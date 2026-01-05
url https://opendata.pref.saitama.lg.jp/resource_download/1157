--- v0 (2025-11-17)
+++ v1 (2026-01-05)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27830"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\115036\Box\【02_課所共有】01_07_市町村課\R07年度\06　交付税担当\56_交付税担当全般\56_01_交付税担当全般\56_01_110_ホームページ\250725_HP更新（普交等）\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\115007\Box\【02_課所共有】01_07_市町村課\R07年度\06　交付税担当\56_交付税担当全般\56_01_交付税担当全般\56_01_110_ホームページ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D1B47005-22D8-4E5F-A235-89AF73D3CAF2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6938E39A-CCDF-4F42-A719-B6B674DC2464}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="財政力指数一覧" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">財政力指数一覧!$A$1:$L$47</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">財政力指数一覧!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -851,50 +851,53 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="6" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="6" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="6" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="6" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="6" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1"/>
     </xf>
     <xf numFmtId="178" fontId="6" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="6" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -908,94 +911,91 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="6" fillId="0" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="178" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="176" fontId="6" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="6" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="6" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" justifyLastLine="1" shrinkToFit="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -1266,1390 +1266,1389 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
+  <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L58"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="70" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="70" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="I1" sqref="I1"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.25" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="4.625" style="22" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="13" max="16384" width="9" style="21"/>
+    <col min="1" max="1" width="4.625" style="23" customWidth="1"/>
+    <col min="2" max="2" width="14.25" style="24" customWidth="1"/>
+    <col min="3" max="5" width="19.5" style="22" customWidth="1"/>
+    <col min="6" max="6" width="2" style="22" customWidth="1"/>
+    <col min="7" max="7" width="4.625" style="22" customWidth="1"/>
+    <col min="8" max="8" width="14.25" style="22" customWidth="1"/>
+    <col min="9" max="11" width="19.5" style="22" customWidth="1"/>
+    <col min="12" max="12" width="3" style="22" customWidth="1"/>
+    <col min="13" max="16384" width="9" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="24" x14ac:dyDescent="0.15">
-      <c r="A1" s="37" t="s">
+      <c r="A1" s="48" t="s">
         <v>64</v>
       </c>
-      <c r="B1" s="37"/>
-[...3 lines deleted...]
-      <c r="F1" s="20"/>
+      <c r="B1" s="48"/>
+      <c r="C1" s="48"/>
+      <c r="D1" s="48"/>
+      <c r="E1" s="48"/>
+      <c r="F1" s="21"/>
     </row>
     <row r="2" spans="1:11" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="E2" s="33"/>
-      <c r="F2" s="33"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="34"/>
       <c r="K2" s="9"/>
     </row>
     <row r="3" spans="1:11" ht="35.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A3" s="42" t="s">
+      <c r="A3" s="45" t="s">
         <v>59</v>
       </c>
-      <c r="B3" s="44" t="s">
+      <c r="B3" s="49" t="s">
         <v>58</v>
       </c>
-      <c r="C3" s="48" t="s">
+      <c r="C3" s="41" t="s">
         <v>74</v>
       </c>
-      <c r="D3" s="48" t="s">
+      <c r="D3" s="41" t="s">
         <v>73</v>
       </c>
-      <c r="E3" s="46" t="s">
+      <c r="E3" s="43" t="s">
         <v>72</v>
       </c>
       <c r="F3" s="1"/>
-      <c r="G3" s="42" t="s">
+      <c r="G3" s="45" t="s">
         <v>59</v>
       </c>
-      <c r="H3" s="44" t="s">
+      <c r="H3" s="49" t="s">
         <v>58</v>
       </c>
-      <c r="I3" s="48" t="s">
+      <c r="I3" s="41" t="s">
         <v>74</v>
       </c>
-      <c r="J3" s="48" t="s">
+      <c r="J3" s="41" t="s">
         <v>73</v>
       </c>
-      <c r="K3" s="46" t="s">
+      <c r="K3" s="43" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="43"/>
-[...3 lines deleted...]
-      <c r="E4" s="47"/>
+      <c r="A4" s="46"/>
+      <c r="B4" s="50"/>
+      <c r="C4" s="42"/>
+      <c r="D4" s="42"/>
+      <c r="E4" s="44"/>
       <c r="F4" s="2"/>
-      <c r="G4" s="43"/>
-[...3 lines deleted...]
-      <c r="K4" s="47"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="50"/>
+      <c r="I4" s="42"/>
+      <c r="J4" s="42"/>
+      <c r="K4" s="44"/>
     </row>
     <row r="5" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="10">
         <v>1</v>
       </c>
       <c r="B5" s="11" t="s">
         <v>60</v>
       </c>
       <c r="C5" s="12">
-        <v>0.94899999999999995</v>
+        <v>0.94299999999999995</v>
       </c>
       <c r="D5" s="12">
         <v>0.95199999999999996</v>
       </c>
       <c r="E5" s="12">
         <v>0.95199999999999996</v>
       </c>
       <c r="F5" s="3"/>
-      <c r="G5" s="17">
+      <c r="G5" s="18">
         <v>41</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>36</v>
       </c>
       <c r="I5" s="12">
-        <v>0.79</v>
+        <v>0.78200000000000003</v>
       </c>
       <c r="J5" s="12">
         <v>0.79500000000000004</v>
       </c>
-      <c r="K5" s="18">
+      <c r="K5" s="19">
         <v>0.80700000000000005</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="5">
         <v>2</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="13">
-        <v>0.93600000000000005</v>
+        <v>0.92800000000000005</v>
       </c>
       <c r="D6" s="13">
         <v>0.93899999999999995</v>
       </c>
       <c r="E6" s="13">
         <v>0.93899999999999995</v>
       </c>
       <c r="F6" s="3"/>
-      <c r="G6" s="17">
+      <c r="G6" s="18">
         <v>42</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>37</v>
       </c>
       <c r="I6" s="13">
-        <v>1.097</v>
+        <v>1.087</v>
       </c>
       <c r="J6" s="13">
         <v>1.0920000000000001</v>
       </c>
-      <c r="K6" s="19">
+      <c r="K6" s="20">
         <v>1.0609999999999999</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="6">
         <v>3</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="13">
-        <v>0.80500000000000005</v>
+        <v>0.79900000000000004</v>
       </c>
       <c r="D7" s="13">
         <v>0.81799999999999995</v>
       </c>
       <c r="E7" s="13">
         <v>0.82499999999999996</v>
       </c>
       <c r="F7" s="3"/>
-      <c r="G7" s="17">
+      <c r="G7" s="18">
         <v>43</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="13">
-        <v>0.58799999999999997</v>
+        <v>0.58199999999999996</v>
       </c>
       <c r="J7" s="13">
         <v>0.57999999999999996</v>
       </c>
-      <c r="K7" s="19">
+      <c r="K7" s="20">
         <v>0.57699999999999996</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="6">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="13">
-        <v>0.93700000000000006</v>
+        <v>0.92900000000000005</v>
       </c>
       <c r="D8" s="13">
         <v>0.93200000000000005</v>
       </c>
       <c r="E8" s="13">
         <v>0.93200000000000005</v>
       </c>
       <c r="F8" s="3"/>
-      <c r="G8" s="17">
+      <c r="G8" s="18">
         <v>44</v>
       </c>
       <c r="H8" s="7" t="s">
         <v>39</v>
       </c>
       <c r="I8" s="13">
-        <v>0.45800000000000002</v>
+        <v>0.45200000000000001</v>
       </c>
       <c r="J8" s="13">
         <v>0.45900000000000002</v>
       </c>
-      <c r="K8" s="19">
+      <c r="K8" s="20">
         <v>0.46200000000000002</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="5">
         <v>5</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="13">
-        <v>0.65500000000000003</v>
+        <v>0.64900000000000002</v>
       </c>
       <c r="D9" s="13">
         <v>0.65400000000000003</v>
       </c>
       <c r="E9" s="13">
         <v>0.65800000000000003</v>
       </c>
       <c r="F9" s="3"/>
-      <c r="G9" s="17">
+      <c r="G9" s="18">
         <v>45</v>
       </c>
       <c r="H9" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I9" s="13">
-        <v>0.79100000000000004</v>
+        <v>0.78200000000000003</v>
       </c>
       <c r="J9" s="13">
         <v>0.79700000000000004</v>
       </c>
-      <c r="K9" s="19">
+      <c r="K9" s="20">
         <v>0.81200000000000006</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="6">
         <v>6</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="13">
-        <v>0.56499999999999995</v>
+        <v>0.55900000000000005</v>
       </c>
       <c r="D10" s="13">
         <v>0.55600000000000005</v>
       </c>
       <c r="E10" s="13">
         <v>0.54700000000000004</v>
       </c>
       <c r="F10" s="3"/>
-      <c r="G10" s="17">
+      <c r="G10" s="18">
         <v>46</v>
       </c>
       <c r="H10" s="7" t="s">
         <v>41</v>
       </c>
       <c r="I10" s="13">
-        <v>0.73199999999999998</v>
+        <v>0.72499999999999998</v>
       </c>
       <c r="J10" s="13">
         <v>0.73399999999999999</v>
       </c>
-      <c r="K10" s="19">
+      <c r="K10" s="20">
         <v>0.73199999999999998</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="6">
         <v>7</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="13">
-        <v>0.93899999999999995</v>
+        <v>0.93100000000000005</v>
       </c>
       <c r="D11" s="13">
         <v>0.93799999999999994</v>
       </c>
       <c r="E11" s="13">
         <v>0.93899999999999995</v>
       </c>
       <c r="F11" s="3"/>
-      <c r="G11" s="17">
+      <c r="G11" s="18">
         <v>47</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>42</v>
       </c>
       <c r="I11" s="13">
-        <v>0.57899999999999996</v>
+        <v>0.57299999999999995</v>
       </c>
       <c r="J11" s="13">
         <v>0.58699999999999997</v>
       </c>
-      <c r="K11" s="19">
+      <c r="K11" s="20">
         <v>0.59599999999999997</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="5">
         <v>8</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="13">
-        <v>0.70499999999999996</v>
+        <v>0.69799999999999995</v>
       </c>
       <c r="D12" s="13">
         <v>0.69899999999999995</v>
       </c>
       <c r="E12" s="13">
         <v>0.70399999999999996</v>
       </c>
       <c r="F12" s="3"/>
-      <c r="G12" s="17">
+      <c r="G12" s="18">
         <v>48</v>
       </c>
       <c r="H12" s="7" t="s">
         <v>43</v>
       </c>
       <c r="I12" s="13">
-        <v>0.71699999999999997</v>
+        <v>0.71</v>
       </c>
       <c r="J12" s="13">
         <v>0.72199999999999998</v>
       </c>
-      <c r="K12" s="19">
+      <c r="K12" s="20">
         <v>0.72599999999999998</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="6">
         <v>9</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="13">
-        <v>0.72899999999999998</v>
+        <v>0.72299999999999998</v>
       </c>
       <c r="D13" s="13">
         <v>0.72599999999999998</v>
       </c>
       <c r="E13" s="13">
         <v>0.72099999999999997</v>
       </c>
       <c r="F13" s="3"/>
-      <c r="G13" s="17">
+      <c r="G13" s="18">
         <v>49</v>
       </c>
       <c r="H13" s="7" t="s">
         <v>44</v>
       </c>
       <c r="I13" s="13">
-        <v>0.624</v>
+        <v>0.61799999999999999</v>
       </c>
       <c r="J13" s="13">
         <v>0.63600000000000001</v>
       </c>
-      <c r="K13" s="19">
+      <c r="K13" s="20">
         <v>0.63</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="6">
         <v>10</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="13">
-        <v>0.72299999999999998</v>
+        <v>0.71699999999999997</v>
       </c>
       <c r="D14" s="13">
         <v>0.72199999999999998</v>
       </c>
       <c r="E14" s="13">
         <v>0.72199999999999998</v>
       </c>
       <c r="F14" s="3"/>
-      <c r="G14" s="17">
+      <c r="G14" s="18">
         <v>50</v>
       </c>
       <c r="H14" s="7" t="s">
         <v>45</v>
       </c>
       <c r="I14" s="13">
-        <v>0.5</v>
+        <v>0.49399999999999999</v>
       </c>
       <c r="J14" s="13">
         <v>0.505</v>
       </c>
-      <c r="K14" s="19">
+      <c r="K14" s="20">
         <v>0.51</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="5">
         <v>11</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="13">
-        <v>0.78700000000000003</v>
+        <v>0.78</v>
       </c>
       <c r="D15" s="13">
         <v>0.79200000000000004</v>
       </c>
       <c r="E15" s="13">
         <v>0.80300000000000005</v>
       </c>
       <c r="F15" s="3"/>
-      <c r="G15" s="17">
+      <c r="G15" s="18">
         <v>51</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>63</v>
       </c>
       <c r="I15" s="13">
-        <v>0.38100000000000001</v>
+        <v>0.377</v>
       </c>
       <c r="J15" s="13">
         <v>0.379</v>
       </c>
-      <c r="K15" s="19">
+      <c r="K15" s="20">
         <v>0.378</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="6">
         <v>12</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="13">
-        <v>0.69799999999999995</v>
+        <v>0.69099999999999995</v>
       </c>
       <c r="D16" s="13">
         <v>0.70299999999999996</v>
       </c>
       <c r="E16" s="13">
         <v>0.70899999999999996</v>
       </c>
       <c r="F16" s="3"/>
-      <c r="G16" s="17">
+      <c r="G16" s="18">
         <v>52</v>
       </c>
       <c r="H16" s="7" t="s">
         <v>46</v>
       </c>
       <c r="I16" s="13">
-        <v>0.46</v>
+        <v>0.45400000000000001</v>
       </c>
       <c r="J16" s="13">
         <v>0.47399999999999998</v>
       </c>
-      <c r="K16" s="19">
+      <c r="K16" s="20">
         <v>0.47699999999999998</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="6">
         <v>13</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="13">
-        <v>0.83199999999999996</v>
+        <v>0.82399999999999995</v>
       </c>
       <c r="D17" s="13">
         <v>0.83499999999999996</v>
       </c>
       <c r="E17" s="13">
         <v>0.84599999999999997</v>
       </c>
       <c r="F17" s="3"/>
-      <c r="G17" s="17">
+      <c r="G17" s="18">
         <v>53</v>
       </c>
       <c r="H17" s="7" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="13">
-        <v>0.38800000000000001</v>
+        <v>0.38200000000000001</v>
       </c>
       <c r="J17" s="13">
         <v>0.39</v>
       </c>
-      <c r="K17" s="19">
+      <c r="K17" s="20">
         <v>0.38800000000000001</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="5">
         <v>14</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="13">
-        <v>0.77400000000000002</v>
+        <v>0.76700000000000002</v>
       </c>
       <c r="D18" s="13">
         <v>0.76300000000000001</v>
       </c>
       <c r="E18" s="13">
         <v>0.76800000000000002</v>
       </c>
       <c r="F18" s="3"/>
-      <c r="G18" s="17">
+      <c r="G18" s="18">
         <v>54</v>
       </c>
       <c r="H18" s="7" t="s">
         <v>48</v>
       </c>
       <c r="I18" s="13">
-        <v>0.35399999999999998</v>
+        <v>0.34899999999999998</v>
       </c>
       <c r="J18" s="13">
         <v>0.36</v>
       </c>
-      <c r="K18" s="19">
+      <c r="K18" s="20">
         <v>0.36</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A19" s="6">
         <v>15</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="13">
-        <v>0.64700000000000002</v>
+        <v>0.64200000000000002</v>
       </c>
       <c r="D19" s="13">
         <v>0.64800000000000002</v>
       </c>
       <c r="E19" s="13">
         <v>0.65500000000000003</v>
       </c>
       <c r="F19" s="3"/>
-      <c r="G19" s="17">
+      <c r="G19" s="18">
         <v>55</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>49</v>
       </c>
       <c r="I19" s="13">
-        <v>0.30199999999999999</v>
+        <v>0.29899999999999999</v>
       </c>
       <c r="J19" s="13">
         <v>0.30199999999999999</v>
       </c>
-      <c r="K19" s="19">
+      <c r="K19" s="20">
         <v>0.30199999999999999</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="6">
         <v>16</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="13">
-        <v>0.70499999999999996</v>
+        <v>0.69899999999999995</v>
       </c>
       <c r="D20" s="13">
         <v>0.70599999999999996</v>
       </c>
       <c r="E20" s="13">
         <v>0.71199999999999997</v>
       </c>
       <c r="F20" s="3"/>
-      <c r="G20" s="17">
+      <c r="G20" s="18">
         <v>56</v>
       </c>
       <c r="H20" s="7" t="s">
         <v>50</v>
       </c>
       <c r="I20" s="13">
-        <v>0.182</v>
+        <v>0.18</v>
       </c>
       <c r="J20" s="13">
         <v>0.18099999999999999</v>
       </c>
-      <c r="K20" s="19">
+      <c r="K20" s="20">
         <v>0.17899999999999999</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A21" s="5">
         <v>17</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="13">
-        <v>0.84199999999999997</v>
+        <v>0.83399999999999996</v>
       </c>
       <c r="D21" s="13">
         <v>0.84899999999999998</v>
       </c>
       <c r="E21" s="13">
         <v>0.85699999999999998</v>
       </c>
       <c r="F21" s="3"/>
-      <c r="G21" s="17">
+      <c r="G21" s="18">
         <v>57</v>
       </c>
       <c r="H21" s="7" t="s">
         <v>51</v>
       </c>
       <c r="I21" s="13">
-        <v>0.61399999999999999</v>
+        <v>0.60699999999999998</v>
       </c>
       <c r="J21" s="13">
         <v>0.624</v>
       </c>
-      <c r="K21" s="19">
+      <c r="K21" s="20">
         <v>0.61899999999999999</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="6">
         <v>18</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C22" s="13">
-        <v>0.89800000000000002</v>
+        <v>0.89</v>
       </c>
       <c r="D22" s="13">
         <v>0.89300000000000002</v>
       </c>
       <c r="E22" s="13">
         <v>0.88900000000000001</v>
       </c>
       <c r="F22" s="3"/>
-      <c r="G22" s="17">
+      <c r="G22" s="18">
         <v>58</v>
       </c>
       <c r="H22" s="7" t="s">
         <v>52</v>
       </c>
       <c r="I22" s="13">
-        <v>0.48899999999999999</v>
+        <v>0.48399999999999999</v>
       </c>
       <c r="J22" s="13">
         <v>0.49</v>
       </c>
-      <c r="K22" s="19">
+      <c r="K22" s="20">
         <v>0.48299999999999998</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A23" s="6">
         <v>19</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C23" s="13">
-        <v>0.85799999999999998</v>
+        <v>0.85</v>
       </c>
       <c r="D23" s="13">
         <v>0.86599999999999999</v>
       </c>
       <c r="E23" s="13">
         <v>0.876</v>
       </c>
       <c r="F23" s="3"/>
-      <c r="G23" s="17">
+      <c r="G23" s="18">
         <v>59</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>53</v>
       </c>
       <c r="I23" s="13">
-        <v>0.74199999999999999</v>
+        <v>0.73399999999999999</v>
       </c>
       <c r="J23" s="13">
         <v>0.74399999999999999</v>
       </c>
-      <c r="K23" s="19">
+      <c r="K23" s="20">
         <v>0.74199999999999999</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A24" s="5">
         <v>20</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="13">
-        <v>0.82099999999999995</v>
+        <v>0.81200000000000006</v>
       </c>
       <c r="D24" s="13">
         <v>0.80500000000000005</v>
       </c>
       <c r="E24" s="13">
         <v>0.81899999999999995</v>
       </c>
       <c r="F24" s="3"/>
-      <c r="G24" s="17">
+      <c r="G24" s="18">
         <v>60</v>
       </c>
       <c r="H24" s="7" t="s">
         <v>54</v>
       </c>
       <c r="I24" s="13">
-        <v>0.75900000000000001</v>
+        <v>0.751</v>
       </c>
       <c r="J24" s="13">
         <v>0.76400000000000001</v>
       </c>
-      <c r="K24" s="19">
+      <c r="K24" s="20">
         <v>0.77300000000000002</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A25" s="6">
         <v>21</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="13">
-        <v>1.2290000000000001</v>
+        <v>1.218</v>
       </c>
       <c r="D25" s="13">
         <v>1.2190000000000001</v>
       </c>
       <c r="E25" s="13">
         <v>1.1930000000000001</v>
       </c>
       <c r="F25" s="3"/>
-      <c r="G25" s="17">
+      <c r="G25" s="18">
         <v>61</v>
       </c>
       <c r="H25" s="7" t="s">
         <v>55</v>
       </c>
       <c r="I25" s="13">
-        <v>0.59899999999999998</v>
+        <v>0.59199999999999997</v>
       </c>
       <c r="J25" s="13">
         <v>0.58899999999999997</v>
       </c>
-      <c r="K25" s="19">
+      <c r="K25" s="20">
         <v>0.58299999999999996</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A26" s="6">
         <v>22</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="13">
-        <v>0.86099999999999999</v>
+        <v>0.85299999999999998</v>
       </c>
       <c r="D26" s="13">
         <v>0.86199999999999999</v>
       </c>
       <c r="E26" s="13">
         <v>0.87</v>
       </c>
       <c r="F26" s="3"/>
-      <c r="G26" s="17">
+      <c r="G26" s="18">
         <v>62</v>
       </c>
       <c r="H26" s="7" t="s">
         <v>56</v>
       </c>
       <c r="I26" s="13">
-        <v>0.69499999999999995</v>
+        <v>0.68799999999999994</v>
       </c>
       <c r="J26" s="13">
         <v>0.70399999999999996</v>
       </c>
-      <c r="K26" s="19">
+      <c r="K26" s="20">
         <v>0.72299999999999998</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A27" s="6">
         <v>23</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C27" s="13">
-        <v>0.99099999999999999</v>
+        <v>0.98199999999999998</v>
       </c>
       <c r="D27" s="13">
         <v>0.97899999999999998</v>
       </c>
       <c r="E27" s="13">
         <v>0.96699999999999997</v>
       </c>
       <c r="F27" s="3"/>
-      <c r="G27" s="17">
+      <c r="G27" s="18">
         <v>63</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>57</v>
       </c>
       <c r="I27" s="13">
-        <v>0.61299999999999999</v>
+        <v>0.60699999999999998</v>
       </c>
       <c r="J27" s="13">
         <v>0.61099999999999999</v>
       </c>
-      <c r="K27" s="19">
+      <c r="K27" s="20">
         <v>0.61099999999999999</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="30" customHeight="1" thickTop="1" x14ac:dyDescent="0.15">
       <c r="A28" s="6">
         <v>24</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C28" s="13">
-        <v>0.78</v>
+        <v>0.77200000000000002</v>
       </c>
       <c r="D28" s="13">
         <v>0.78700000000000003</v>
       </c>
       <c r="E28" s="13">
         <v>0.79700000000000004</v>
       </c>
       <c r="F28" s="3"/>
-      <c r="G28" s="38" t="s">
+      <c r="G28" s="37" t="s">
         <v>67</v>
       </c>
-      <c r="H28" s="39"/>
+      <c r="H28" s="38"/>
       <c r="I28" s="16">
-        <v>0.58499999999999996</v>
+        <v>0.57899999999999996</v>
       </c>
       <c r="J28" s="16">
         <v>0.58799999999999997</v>
       </c>
-      <c r="K28" s="36">
+      <c r="K28" s="17">
         <v>0.58799999999999997</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A29" s="6">
         <v>25</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C29" s="13">
-        <v>1.109</v>
+        <v>1.0980000000000001</v>
       </c>
       <c r="D29" s="13">
         <v>1.0780000000000001</v>
       </c>
       <c r="E29" s="13">
         <v>1.044</v>
       </c>
       <c r="F29" s="3"/>
-      <c r="G29" s="40" t="s">
+      <c r="G29" s="39" t="s">
         <v>68</v>
       </c>
-      <c r="H29" s="41"/>
-[...3 lines deleted...]
-      <c r="J29" s="24">
+      <c r="H29" s="40"/>
+      <c r="I29" s="25">
+        <v>0.628</v>
+      </c>
+      <c r="J29" s="25">
         <v>0.63600000000000001</v>
       </c>
-      <c r="K29" s="25">
+      <c r="K29" s="26">
         <v>0.63700000000000001</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="30" customHeight="1" thickTop="1" x14ac:dyDescent="0.15">
       <c r="A30" s="6">
         <v>26</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>24</v>
       </c>
       <c r="C30" s="13">
-        <v>0.87</v>
+        <v>0.86099999999999999</v>
       </c>
       <c r="D30" s="13">
         <v>0.86799999999999999</v>
       </c>
       <c r="E30" s="13">
         <v>0.875</v>
       </c>
       <c r="F30" s="3"/>
-      <c r="G30" s="38" t="s">
+      <c r="G30" s="37" t="s">
         <v>69</v>
       </c>
-      <c r="H30" s="39"/>
+      <c r="H30" s="38"/>
       <c r="I30" s="16">
-        <v>0.73199999999999998</v>
+        <v>0.72499999999999998</v>
       </c>
       <c r="J30" s="16">
         <v>0.73199999999999998</v>
       </c>
-      <c r="K30" s="36">
+      <c r="K30" s="17">
         <v>0.73399999999999999</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A31" s="6">
         <v>27</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C31" s="13">
-        <v>0.71599999999999997</v>
+        <v>0.70899999999999996</v>
       </c>
       <c r="D31" s="13">
         <v>0.72699999999999998</v>
       </c>
       <c r="E31" s="13">
         <v>0.73699999999999999</v>
       </c>
       <c r="F31" s="3"/>
-      <c r="G31" s="40" t="s">
+      <c r="G31" s="39" t="s">
         <v>70</v>
       </c>
-      <c r="H31" s="41"/>
-      <c r="I31" s="24">
+      <c r="H31" s="40"/>
+      <c r="I31" s="25">
+        <v>0.83799999999999997</v>
+      </c>
+      <c r="J31" s="25">
         <v>0.84499999999999997</v>
       </c>
-      <c r="J31" s="24">
-[...2 lines deleted...]
-      <c r="K31" s="25">
+      <c r="K31" s="26">
         <v>0.84699999999999998</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A32" s="6">
         <v>28</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="13">
-        <v>0.79500000000000004</v>
+        <v>0.78800000000000003</v>
       </c>
       <c r="D32" s="13">
         <v>0.79800000000000004</v>
       </c>
       <c r="E32" s="13">
         <v>0.80700000000000005</v>
       </c>
       <c r="F32" s="4"/>
-      <c r="G32" s="30"/>
-[...3 lines deleted...]
-      <c r="K32" s="32"/>
+      <c r="G32" s="31"/>
+      <c r="H32" s="32"/>
+      <c r="I32" s="33"/>
+      <c r="J32" s="33"/>
+      <c r="K32" s="33"/>
     </row>
     <row r="33" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A33" s="6">
         <v>29</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>27</v>
       </c>
       <c r="C33" s="13">
-        <v>0.72</v>
+        <v>0.71299999999999997</v>
       </c>
       <c r="D33" s="13">
         <v>0.72399999999999998</v>
       </c>
       <c r="E33" s="13">
         <v>0.73099999999999998</v>
       </c>
       <c r="F33" s="4"/>
-      <c r="G33" s="50"/>
-[...3 lines deleted...]
-      <c r="K33" s="50"/>
+      <c r="G33" s="47"/>
+      <c r="H33" s="47"/>
+      <c r="I33" s="47"/>
+      <c r="J33" s="47"/>
+      <c r="K33" s="47"/>
     </row>
     <row r="34" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A34" s="6">
         <v>30</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C34" s="13">
-        <v>1.04</v>
+        <v>1.0309999999999999</v>
       </c>
       <c r="D34" s="13">
         <v>1.0269999999999999</v>
       </c>
       <c r="E34" s="13">
         <v>1.0069999999999999</v>
       </c>
       <c r="F34" s="4"/>
-      <c r="G34" s="50"/>
-[...4 lines deleted...]
-      <c r="L34" s="34"/>
+      <c r="G34" s="47"/>
+      <c r="H34" s="47"/>
+      <c r="I34" s="47"/>
+      <c r="J34" s="47"/>
+      <c r="K34" s="47"/>
+      <c r="L34" s="35"/>
     </row>
     <row r="35" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A35" s="6">
         <v>31</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C35" s="13">
-        <v>0.78400000000000003</v>
+        <v>0.77600000000000002</v>
       </c>
       <c r="D35" s="13">
         <v>0.78100000000000003</v>
       </c>
       <c r="E35" s="13">
         <v>0.78400000000000003</v>
       </c>
       <c r="F35" s="4"/>
-      <c r="G35" s="50"/>
-[...4 lines deleted...]
-      <c r="L35" s="34"/>
+      <c r="G35" s="47"/>
+      <c r="H35" s="47"/>
+      <c r="I35" s="47"/>
+      <c r="J35" s="47"/>
+      <c r="K35" s="47"/>
+      <c r="L35" s="35"/>
     </row>
     <row r="36" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36" s="6">
         <v>32</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>30</v>
       </c>
       <c r="C36" s="13">
-        <v>0.90700000000000003</v>
+        <v>0.89800000000000002</v>
       </c>
       <c r="D36" s="13">
         <v>0.90300000000000002</v>
       </c>
       <c r="E36" s="13">
         <v>0.90700000000000003</v>
       </c>
       <c r="F36" s="4"/>
-      <c r="G36" s="50"/>
-[...4 lines deleted...]
-      <c r="L36" s="34"/>
+      <c r="G36" s="47"/>
+      <c r="H36" s="47"/>
+      <c r="I36" s="47"/>
+      <c r="J36" s="47"/>
+      <c r="K36" s="47"/>
+      <c r="L36" s="35"/>
     </row>
     <row r="37" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37" s="6">
         <v>33</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C37" s="13">
-        <v>0.71</v>
+        <v>0.70399999999999996</v>
       </c>
       <c r="D37" s="13">
         <v>0.71</v>
       </c>
       <c r="E37" s="13">
         <v>0.71399999999999997</v>
       </c>
       <c r="F37" s="4"/>
-      <c r="G37" s="34"/>
-[...4 lines deleted...]
-      <c r="L37" s="34"/>
+      <c r="G37" s="35"/>
+      <c r="H37" s="35"/>
+      <c r="I37" s="35"/>
+      <c r="J37" s="35"/>
+      <c r="K37" s="35"/>
+      <c r="L37" s="35"/>
     </row>
     <row r="38" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A38" s="6">
         <v>34</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C38" s="13">
-        <v>0.78200000000000003</v>
+        <v>0.77400000000000002</v>
       </c>
       <c r="D38" s="13">
         <v>0.77700000000000002</v>
       </c>
       <c r="E38" s="13">
         <v>0.78</v>
       </c>
       <c r="F38" s="4"/>
-      <c r="G38" s="34"/>
-[...4 lines deleted...]
-      <c r="L38" s="34"/>
+      <c r="G38" s="35"/>
+      <c r="H38" s="35"/>
+      <c r="I38" s="35"/>
+      <c r="J38" s="35"/>
+      <c r="K38" s="35"/>
+      <c r="L38" s="35"/>
     </row>
     <row r="39" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39" s="6">
         <v>35</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C39" s="13">
-        <v>0.67900000000000005</v>
+        <v>0.67200000000000004</v>
       </c>
       <c r="D39" s="13">
         <v>0.67500000000000004</v>
       </c>
       <c r="E39" s="13">
         <v>0.68100000000000005</v>
       </c>
       <c r="F39" s="4"/>
-      <c r="G39" s="34"/>
-[...4 lines deleted...]
-      <c r="L39" s="34"/>
+      <c r="G39" s="35"/>
+      <c r="H39" s="35"/>
+      <c r="I39" s="35"/>
+      <c r="J39" s="35"/>
+      <c r="K39" s="35"/>
+      <c r="L39" s="35"/>
     </row>
     <row r="40" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40" s="6">
         <v>36</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="13">
-        <v>0.79100000000000004</v>
+        <v>0.78300000000000003</v>
       </c>
       <c r="D40" s="13">
         <v>0.79200000000000004</v>
       </c>
       <c r="E40" s="13">
         <v>0.80500000000000005</v>
       </c>
       <c r="F40" s="4"/>
-      <c r="L40" s="34"/>
+      <c r="L40" s="35"/>
     </row>
     <row r="41" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A41" s="6">
         <v>37</v>
       </c>
       <c r="B41" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="13">
-        <v>0.79400000000000004</v>
+        <v>0.78600000000000003</v>
       </c>
       <c r="D41" s="13">
         <v>0.79800000000000004</v>
       </c>
       <c r="E41" s="13">
         <v>0.80700000000000005</v>
       </c>
       <c r="F41" s="4"/>
     </row>
     <row r="42" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A42" s="6">
         <v>38</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>35</v>
       </c>
       <c r="C42" s="13">
-        <v>0.77800000000000002</v>
+        <v>0.77</v>
       </c>
       <c r="D42" s="13">
         <v>0.78100000000000003</v>
       </c>
       <c r="E42" s="13">
         <v>0.79300000000000004</v>
       </c>
       <c r="F42" s="4"/>
-      <c r="H42" s="27"/>
     </row>
     <row r="43" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A43" s="6">
         <v>39</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C43" s="14">
-        <v>0.75600000000000001</v>
+        <v>0.748</v>
       </c>
       <c r="D43" s="14">
         <v>0.755</v>
       </c>
       <c r="E43" s="14">
         <v>0.75800000000000001</v>
       </c>
       <c r="F43" s="4"/>
     </row>
     <row r="44" spans="1:12" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="35">
+      <c r="A44" s="36">
         <v>40</v>
       </c>
       <c r="B44" s="7" t="s">
         <v>71</v>
       </c>
       <c r="C44" s="13">
-        <v>0.754</v>
+        <v>0.746</v>
       </c>
       <c r="D44" s="13">
         <v>0.76200000000000001</v>
       </c>
-      <c r="E44" s="19">
+      <c r="E44" s="20">
         <v>0.77700000000000002</v>
       </c>
       <c r="F44" s="4"/>
     </row>
     <row r="45" spans="1:12" ht="30" customHeight="1" thickTop="1" x14ac:dyDescent="0.15">
-      <c r="A45" s="38" t="s">
+      <c r="A45" s="37" t="s">
         <v>65</v>
       </c>
-      <c r="B45" s="39"/>
+      <c r="B45" s="38"/>
       <c r="C45" s="16">
-        <v>0.81599999999999995</v>
+        <v>0.80900000000000005</v>
       </c>
       <c r="D45" s="16">
         <v>0.81499999999999995</v>
       </c>
-      <c r="E45" s="16">
+      <c r="E45" s="17">
         <v>0.81799999999999995</v>
       </c>
       <c r="F45" s="4"/>
     </row>
     <row r="46" spans="1:12" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="40" t="s">
+      <c r="A46" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="B46" s="41"/>
-[...3 lines deleted...]
-      <c r="D46" s="24">
+      <c r="B46" s="40"/>
+      <c r="C46" s="25">
+        <v>0.85599999999999998</v>
+      </c>
+      <c r="D46" s="25">
         <v>0.86399999999999999</v>
       </c>
-      <c r="E46" s="25">
+      <c r="E46" s="26">
         <v>0.86599999999999999</v>
       </c>
       <c r="F46" s="15"/>
     </row>
     <row r="47" spans="1:12" ht="27" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="C47" s="27"/>
-[...2 lines deleted...]
-      <c r="F47" s="26"/>
+      <c r="C47" s="28"/>
+      <c r="D47" s="28"/>
+      <c r="E47" s="28"/>
+      <c r="F47" s="27"/>
     </row>
     <row r="48" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="C48" s="27"/>
-[...1 lines deleted...]
-      <c r="E48" s="27"/>
+      <c r="C48" s="28"/>
+      <c r="D48" s="28"/>
+      <c r="E48" s="28"/>
     </row>
     <row r="49" spans="3:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="C49" s="27"/>
-[...1 lines deleted...]
-      <c r="E49" s="27"/>
+      <c r="C49" s="28"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="28"/>
     </row>
     <row r="50" spans="3:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="C50" s="27"/>
-[...1 lines deleted...]
-      <c r="E50" s="27"/>
+      <c r="C50" s="28"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
     </row>
     <row r="51" spans="3:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="52" spans="3:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="53" spans="3:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="54" spans="3:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="G54" s="28"/>
+      <c r="G54" s="29"/>
     </row>
     <row r="55" spans="3:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="G55" s="29"/>
+      <c r="G55" s="30"/>
     </row>
     <row r="56" spans="3:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="G56" s="29"/>
+      <c r="G56" s="30"/>
     </row>
     <row r="57" spans="3:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="G57" s="29"/>
+      <c r="G57" s="30"/>
     </row>
     <row r="58" spans="3:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.15"/>
   </sheetData>
   <mergeCells count="18">
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="H3:H4"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="E3:E4"/>
     <mergeCell ref="A45:B45"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="G33:K36"/>
     <mergeCell ref="G31:H31"/>
-    <mergeCell ref="A1:E1"/>
-[...6 lines deleted...]
-    <mergeCell ref="E3:E4"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.94488188976377963" right="0.19685039370078741" top="0.98425196850393704" bottom="0.39370078740157483" header="0.23622047244094491" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="53" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>