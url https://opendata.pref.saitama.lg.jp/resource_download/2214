--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab0592a3c734365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a78fc35f6fc445769a2b14f31bb6a2ef.psmdcp" Id="Raaef1a2f7ce2490c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83610ac2a724cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54f33bfb71cd43c08516f41e459eda01.psmdcp" Id="R37b8e343d9a04ef5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="令和7年10月1日" sheetId="2" r:id="rId2"/>
+    <x:sheet name="令和7年11月1日" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="187">
   <x:si>
-    <x:t>埼玉県推計人口　令和7年10月1日現在</x:t>
-[...2 lines deleted...]
-    <x:t>Population of Saitama Prefecture as at October 1, 2025</x:t>
+    <x:t>埼玉県推計人口　令和7年11月1日現在</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Population of Saitama Prefecture as at November 1, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>人口</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>前月</x:t>
   </x:si>
   <x:si>
     <x:t>市町村</x:t>
   </x:si>
   <x:si>
     <x:t>世帯数</x:t>
   </x:si>
   <x:si>
     <x:t>からの</x:t>
   </x:si>
   <x:si>
     <x:t>総数</x:t>
   </x:si>
   <x:si>
     <x:t>男</x:t>
   </x:si>
@@ -1310,2240 +1310,2240 @@
       </x:c>
       <x:c r="D6" s="11" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E6" s="11" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F6" s="11" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="G6" s="11" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H6" s="12" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="13" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B7" s="13" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C7" s="14" t="n">
-        <x:v>3364140</x:v>
+        <x:v>3368416</x:v>
       </x:c>
       <x:c r="D7" s="14" t="n">
-        <x:v>7322991</x:v>
+        <x:v>7324396</x:v>
       </x:c>
       <x:c r="E7" s="14" t="n">
-        <x:v>3629929</x:v>
+        <x:v>3630656</x:v>
       </x:c>
       <x:c r="F7" s="14" t="n">
-        <x:v>3693061</x:v>
+        <x:v>3693739</x:v>
       </x:c>
       <x:c r="G7" s="14" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H7" s="14" t="n">
-        <x:v>-383</x:v>
+        <x:v>1405</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="15" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="15" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="16" t="n">
-        <x:v>3160903</x:v>
+        <x:v>3165062</x:v>
       </x:c>
       <x:c r="D8" s="16" t="n">
-        <x:v>6854239</x:v>
+        <x:v>6855929</x:v>
       </x:c>
       <x:c r="E8" s="16" t="n">
-        <x:v>3396433</x:v>
+        <x:v>3397295</x:v>
       </x:c>
       <x:c r="F8" s="16" t="n">
-        <x:v>3457805</x:v>
+        <x:v>3458633</x:v>
       </x:c>
       <x:c r="G8" s="16" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H8" s="16" t="n">
-        <x:v>1</x:v>
+        <x:v>1690</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="15" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B9" s="15" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="16" t="n">
-        <x:v>203237</x:v>
+        <x:v>203354</x:v>
       </x:c>
       <x:c r="D9" s="16" t="n">
-        <x:v>468752</x:v>
+        <x:v>468467</x:v>
       </x:c>
       <x:c r="E9" s="16" t="n">
-        <x:v>233496</x:v>
+        <x:v>233361</x:v>
       </x:c>
       <x:c r="F9" s="16" t="n">
-        <x:v>235256</x:v>
+        <x:v>235106</x:v>
       </x:c>
       <x:c r="G9" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H9" s="16" t="n">
-        <x:v>-384</x:v>
+        <x:v>-285</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="15" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B10" s="15" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C10" s="16" t="n">
-        <x:v>628318</x:v>
+        <x:v>628985</x:v>
       </x:c>
       <x:c r="D10" s="16" t="n">
-        <x:v>1356136</x:v>
+        <x:v>1356783</x:v>
       </x:c>
       <x:c r="E10" s="16" t="n">
-        <x:v>666098</x:v>
+        <x:v>666487</x:v>
       </x:c>
       <x:c r="F10" s="16" t="n">
-        <x:v>690038</x:v>
+        <x:v>690296</x:v>
       </x:c>
       <x:c r="G10" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H10" s="16" t="n">
-        <x:v>573</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="15" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="15" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C11" s="16" t="n">
-        <x:v>41836</x:v>
+        <x:v>41883</x:v>
       </x:c>
       <x:c r="D11" s="16" t="n">
-        <x:v>96321</x:v>
+        <x:v>96368</x:v>
       </x:c>
       <x:c r="E11" s="16" t="n">
-        <x:v>47151</x:v>
+        <x:v>47173</x:v>
       </x:c>
       <x:c r="F11" s="16" t="n">
-        <x:v>49170</x:v>
+        <x:v>49195</x:v>
       </x:c>
       <x:c r="G11" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H11" s="16" t="n">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="15" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="15" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C12" s="16" t="n">
-        <x:v>71530</x:v>
+        <x:v>71699</x:v>
       </x:c>
       <x:c r="D12" s="16" t="n">
-        <x:v>151886</x:v>
+        <x:v>152052</x:v>
       </x:c>
       <x:c r="E12" s="16" t="n">
-        <x:v>74080</x:v>
+        <x:v>74175</x:v>
       </x:c>
       <x:c r="F12" s="16" t="n">
-        <x:v>77806</x:v>
+        <x:v>77877</x:v>
       </x:c>
       <x:c r="G12" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H12" s="16" t="n">
-        <x:v>-102</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="15" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="15" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="16" t="n">
-        <x:v>61970</x:v>
+        <x:v>61969</x:v>
       </x:c>
       <x:c r="D13" s="16" t="n">
-        <x:v>126348</x:v>
+        <x:v>126355</x:v>
       </x:c>
       <x:c r="E13" s="16" t="n">
-        <x:v>62699</x:v>
+        <x:v>62705</x:v>
       </x:c>
       <x:c r="F13" s="16" t="n">
-        <x:v>63649</x:v>
+        <x:v>63650</x:v>
       </x:c>
       <x:c r="G13" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H13" s="16" t="n">
-        <x:v>-56</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="15" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="15" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="16" t="n">
-        <x:v>75961</x:v>
+        <x:v>76051</x:v>
       </x:c>
       <x:c r="D14" s="16" t="n">
-        <x:v>167071</x:v>
+        <x:v>167144</x:v>
       </x:c>
       <x:c r="E14" s="16" t="n">
-        <x:v>81423</x:v>
+        <x:v>81493</x:v>
       </x:c>
       <x:c r="F14" s="16" t="n">
-        <x:v>85648</x:v>
+        <x:v>85651</x:v>
       </x:c>
       <x:c r="G14" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H14" s="16" t="n">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="15" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="15" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C15" s="16" t="n">
-        <x:v>50639</x:v>
+        <x:v>50705</x:v>
       </x:c>
       <x:c r="D15" s="16" t="n">
-        <x:v>104375</x:v>
+        <x:v>104461</x:v>
       </x:c>
       <x:c r="E15" s="16" t="n">
-        <x:v>51336</x:v>
+        <x:v>51376</x:v>
       </x:c>
       <x:c r="F15" s="16" t="n">
-        <x:v>53039</x:v>
+        <x:v>53085</x:v>
       </x:c>
       <x:c r="G15" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H15" s="16" t="n">
-        <x:v>47</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="15" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B16" s="15" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C16" s="16" t="n">
-        <x:v>49355</x:v>
+        <x:v>49374</x:v>
       </x:c>
       <x:c r="D16" s="16" t="n">
-        <x:v>99162</x:v>
+        <x:v>99132</x:v>
       </x:c>
       <x:c r="E16" s="16" t="n">
-        <x:v>49776</x:v>
+        <x:v>49789</x:v>
       </x:c>
       <x:c r="F16" s="16" t="n">
-        <x:v>49386</x:v>
+        <x:v>49343</x:v>
       </x:c>
       <x:c r="G16" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H16" s="16" t="n">
-        <x:v>121</x:v>
+        <x:v>-30</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="15" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="15" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C17" s="16" t="n">
-        <x:v>79739</x:v>
+        <x:v>79748</x:v>
       </x:c>
       <x:c r="D17" s="16" t="n">
-        <x:v>169112</x:v>
+        <x:v>169152</x:v>
       </x:c>
       <x:c r="E17" s="16" t="n">
-        <x:v>81245</x:v>
+        <x:v>81250</x:v>
       </x:c>
       <x:c r="F17" s="16" t="n">
-        <x:v>87867</x:v>
+        <x:v>87902</x:v>
       </x:c>
       <x:c r="G17" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H17" s="16" t="n">
-        <x:v>162</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="15" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B18" s="15" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C18" s="16" t="n">
-        <x:v>91781</x:v>
+        <x:v>91904</x:v>
       </x:c>
       <x:c r="D18" s="16" t="n">
-        <x:v>195797</x:v>
+        <x:v>195875</x:v>
       </x:c>
       <x:c r="E18" s="16" t="n">
-        <x:v>97079</x:v>
+        <x:v>97109</x:v>
       </x:c>
       <x:c r="F18" s="16" t="n">
-        <x:v>98718</x:v>
+        <x:v>98766</x:v>
       </x:c>
       <x:c r="G18" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H18" s="16" t="n">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="15" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B19" s="15" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C19" s="16" t="n">
-        <x:v>56350</x:v>
+        <x:v>56446</x:v>
       </x:c>
       <x:c r="D19" s="16" t="n">
-        <x:v>135293</x:v>
+        <x:v>135429</x:v>
       </x:c>
       <x:c r="E19" s="16" t="n">
-        <x:v>66413</x:v>
+        <x:v>66488</x:v>
       </x:c>
       <x:c r="F19" s="16" t="n">
-        <x:v>68880</x:v>
+        <x:v>68941</x:v>
       </x:c>
       <x:c r="G19" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H19" s="16" t="n">
-        <x:v>125</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="15" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="15" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C20" s="16" t="n">
-        <x:v>49157</x:v>
+        <x:v>49206</x:v>
       </x:c>
       <x:c r="D20" s="16" t="n">
-        <x:v>110771</x:v>
+        <x:v>110815</x:v>
       </x:c>
       <x:c r="E20" s="16" t="n">
-        <x:v>54896</x:v>
+        <x:v>54929</x:v>
       </x:c>
       <x:c r="F20" s="16" t="n">
-        <x:v>55875</x:v>
+        <x:v>55886</x:v>
       </x:c>
       <x:c r="G20" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H20" s="16" t="n">
-        <x:v>71</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="15" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="15" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C21" s="16" t="n">
-        <x:v>162854</x:v>
+        <x:v>163148</x:v>
       </x:c>
       <x:c r="D21" s="16" t="n">
-        <x:v>354242</x:v>
+        <x:v>354287</x:v>
       </x:c>
       <x:c r="E21" s="16" t="n">
-        <x:v>176330</x:v>
+        <x:v>176308</x:v>
       </x:c>
       <x:c r="F21" s="16" t="n">
-        <x:v>177911</x:v>
+        <x:v>177978</x:v>
       </x:c>
       <x:c r="G21" s="16" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="16" t="n">
-        <x:v>-100</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="15" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="15" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C22" s="16" t="n">
-        <x:v>83975</x:v>
+        <x:v>84023</x:v>
       </x:c>
       <x:c r="D22" s="16" t="n">
-        <x:v>188896</x:v>
+        <x:v>188869</x:v>
       </x:c>
       <x:c r="E22" s="16" t="n">
-        <x:v>94492</x:v>
+        <x:v>94474</x:v>
       </x:c>
       <x:c r="F22" s="16" t="n">
-        <x:v>94404</x:v>
+        <x:v>94395</x:v>
       </x:c>
       <x:c r="G22" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H22" s="16" t="n">
-        <x:v>20</x:v>
+        <x:v>-27</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="15" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B23" s="15" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C23" s="16" t="n">
-        <x:v>284858</x:v>
+        <x:v>285503</x:v>
       </x:c>
       <x:c r="D23" s="16" t="n">
-        <x:v>595396</x:v>
+        <x:v>595902</x:v>
       </x:c>
       <x:c r="E23" s="16" t="n">
-        <x:v>299845</x:v>
+        <x:v>300124</x:v>
       </x:c>
       <x:c r="F23" s="16" t="n">
-        <x:v>295551</x:v>
+        <x:v>295778</x:v>
       </x:c>
       <x:c r="G23" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H23" s="16" t="n">
-        <x:v>14</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="15" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B24" s="15" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C24" s="16" t="n">
-        <x:v>33263</x:v>
+        <x:v>33363</x:v>
       </x:c>
       <x:c r="D24" s="16" t="n">
-        <x:v>75724</x:v>
+        <x:v>75770</x:v>
       </x:c>
       <x:c r="E24" s="16" t="n">
-        <x:v>37266</x:v>
+        <x:v>37280</x:v>
       </x:c>
       <x:c r="F24" s="16" t="n">
-        <x:v>38458</x:v>
+        <x:v>38490</x:v>
       </x:c>
       <x:c r="G24" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H24" s="16" t="n">
-        <x:v>-25</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="15" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B25" s="15" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C25" s="16" t="n">
-        <x:v>23516</x:v>
+        <x:v>23525</x:v>
       </x:c>
       <x:c r="D25" s="16" t="n">
-        <x:v>54807</x:v>
+        <x:v>54746</x:v>
       </x:c>
       <x:c r="E25" s="16" t="n">
-        <x:v>26729</x:v>
+        <x:v>26684</x:v>
       </x:c>
       <x:c r="F25" s="16" t="n">
-        <x:v>28078</x:v>
+        <x:v>28062</x:v>
       </x:c>
       <x:c r="G25" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H25" s="16" t="n">
-        <x:v>-60</x:v>
+        <x:v>-61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="15" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B26" s="15" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C26" s="16" t="n">
-        <x:v>161755</x:v>
+        <x:v>161879</x:v>
       </x:c>
       <x:c r="D26" s="16" t="n">
-        <x:v>340762</x:v>
+        <x:v>340742</x:v>
       </x:c>
       <x:c r="E26" s="16" t="n">
-        <x:v>166414</x:v>
+        <x:v>166424</x:v>
       </x:c>
       <x:c r="F26" s="16" t="n">
-        <x:v>174348</x:v>
+        <x:v>174318</x:v>
       </x:c>
       <x:c r="G26" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H26" s="16" t="n">
-        <x:v>-54</x:v>
+        <x:v>-20</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="15" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B27" s="15" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C27" s="16" t="n">
-        <x:v>34899</x:v>
+        <x:v>34863</x:v>
       </x:c>
       <x:c r="D27" s="16" t="n">
-        <x:v>78680</x:v>
+        <x:v>78603</x:v>
       </x:c>
       <x:c r="E27" s="16" t="n">
-        <x:v>39381</x:v>
+        <x:v>39325</x:v>
       </x:c>
       <x:c r="F27" s="16" t="n">
-        <x:v>39299</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="G27" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H27" s="16" t="n">
-        <x:v>-104</x:v>
+        <x:v>-77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="15" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B28" s="15" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C28" s="16" t="n">
-        <x:v>47978</x:v>
+        <x:v>48103</x:v>
       </x:c>
       <x:c r="D28" s="16" t="n">
-        <x:v>110589</x:v>
+        <x:v>110655</x:v>
       </x:c>
       <x:c r="E28" s="16" t="n">
-        <x:v>55614</x:v>
+        <x:v>55660</x:v>
       </x:c>
       <x:c r="F28" s="16" t="n">
-        <x:v>54975</x:v>
+        <x:v>54995</x:v>
       </x:c>
       <x:c r="G28" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H28" s="16" t="n">
-        <x:v>-59</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="15" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B29" s="15" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C29" s="16" t="n">
-        <x:v>34862</x:v>
+        <x:v>34887</x:v>
       </x:c>
       <x:c r="D29" s="16" t="n">
-        <x:v>76938</x:v>
+        <x:v>76920</x:v>
       </x:c>
       <x:c r="E29" s="16" t="n">
-        <x:v>38504</x:v>
+        <x:v>38503</x:v>
       </x:c>
       <x:c r="F29" s="16" t="n">
-        <x:v>38434</x:v>
+        <x:v>38417</x:v>
       </x:c>
       <x:c r="G29" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H29" s="16" t="n">
-        <x:v>-26</x:v>
+        <x:v>-18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="15" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B30" s="15" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C30" s="16" t="n">
-        <x:v>43038</x:v>
+        <x:v>43040</x:v>
       </x:c>
       <x:c r="D30" s="16" t="n">
-        <x:v>92804</x:v>
+        <x:v>92752</x:v>
       </x:c>
       <x:c r="E30" s="16" t="n">
-        <x:v>46503</x:v>
+        <x:v>46475</x:v>
       </x:c>
       <x:c r="F30" s="16" t="n">
-        <x:v>46301</x:v>
+        <x:v>46277</x:v>
       </x:c>
       <x:c r="G30" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H30" s="16" t="n">
-        <x:v>-34</x:v>
+        <x:v>-52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="15" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="15" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C31" s="16" t="n">
-        <x:v>103802</x:v>
+        <x:v>103952</x:v>
       </x:c>
       <x:c r="D31" s="16" t="n">
-        <x:v>225190</x:v>
+        <x:v>225205</x:v>
       </x:c>
       <x:c r="E31" s="16" t="n">
-        <x:v>110714</x:v>
+        <x:v>110741</x:v>
       </x:c>
       <x:c r="F31" s="16" t="n">
-        <x:v>114476</x:v>
+        <x:v>114464</x:v>
       </x:c>
       <x:c r="G31" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H31" s="16" t="n">
-        <x:v>-3</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="15" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="15" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C32" s="16" t="n">
-        <x:v>67181</x:v>
+        <x:v>67321</x:v>
       </x:c>
       <x:c r="D32" s="16" t="n">
-        <x:v>146099</x:v>
+        <x:v>146142</x:v>
       </x:c>
       <x:c r="E32" s="16" t="n">
-        <x:v>72337</x:v>
+        <x:v>72368</x:v>
       </x:c>
       <x:c r="F32" s="16" t="n">
-        <x:v>73762</x:v>
+        <x:v>73774</x:v>
       </x:c>
       <x:c r="G32" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H32" s="16" t="n">
-        <x:v>-13</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="15" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B33" s="15" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C33" s="16" t="n">
-        <x:v>23003</x:v>
+        <x:v>23029</x:v>
       </x:c>
       <x:c r="D33" s="16" t="n">
-        <x:v>52032</x:v>
+        <x:v>52059</x:v>
       </x:c>
       <x:c r="E33" s="16" t="n">
-        <x:v>25887</x:v>
+        <x:v>25886</x:v>
       </x:c>
       <x:c r="F33" s="16" t="n">
-        <x:v>26145</x:v>
+        <x:v>26173</x:v>
       </x:c>
       <x:c r="G33" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H33" s="16" t="n">
-        <x:v>31</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="15" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B34" s="15" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C34" s="16" t="n">
-        <x:v>51036</x:v>
+        <x:v>51083</x:v>
       </x:c>
       <x:c r="D34" s="16" t="n">
-        <x:v>116488</x:v>
+        <x:v>116467</x:v>
       </x:c>
       <x:c r="E34" s="16" t="n">
-        <x:v>57375</x:v>
+        <x:v>57340</x:v>
       </x:c>
       <x:c r="F34" s="16" t="n">
-        <x:v>59113</x:v>
+        <x:v>59127</x:v>
       </x:c>
       <x:c r="G34" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H34" s="16" t="n">
-        <x:v>13</x:v>
+        <x:v>-21</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="15" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B35" s="15" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C35" s="16" t="n">
-        <x:v>59550</x:v>
+        <x:v>59626</x:v>
       </x:c>
       <x:c r="D35" s="16" t="n">
-        <x:v>138694</x:v>
+        <x:v>138671</x:v>
       </x:c>
       <x:c r="E35" s="16" t="n">
-        <x:v>68884</x:v>
+        <x:v>68886</x:v>
       </x:c>
       <x:c r="F35" s="16" t="n">
-        <x:v>69810</x:v>
+        <x:v>69785</x:v>
       </x:c>
       <x:c r="G35" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H35" s="16" t="n">
-        <x:v>-34</x:v>
+        <x:v>-23</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="15" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B36" s="15" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C36" s="16" t="n">
-        <x:v>103191</x:v>
+        <x:v>103258</x:v>
       </x:c>
       <x:c r="D36" s="16" t="n">
-        <x:v>228405</x:v>
+        <x:v>228393</x:v>
       </x:c>
       <x:c r="E36" s="16" t="n">
-        <x:v>112519</x:v>
+        <x:v>112524</x:v>
       </x:c>
       <x:c r="F36" s="16" t="n">
-        <x:v>115886</x:v>
+        <x:v>115869</x:v>
       </x:c>
       <x:c r="G36" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H36" s="16" t="n">
-        <x:v>28</x:v>
+        <x:v>-12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="15" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B37" s="15" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C37" s="16" t="n">
-        <x:v>120503</x:v>
+        <x:v>120688</x:v>
       </x:c>
       <x:c r="D37" s="16" t="n">
-        <x:v>250547</x:v>
+        <x:v>250627</x:v>
       </x:c>
       <x:c r="E37" s="16" t="n">
-        <x:v>125682</x:v>
+        <x:v>125732</x:v>
       </x:c>
       <x:c r="F37" s="16" t="n">
-        <x:v>124865</x:v>
+        <x:v>124895</x:v>
       </x:c>
       <x:c r="G37" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H37" s="16" t="n">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="15" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B38" s="15" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C38" s="16" t="n">
-        <x:v>150053</x:v>
+        <x:v>150249</x:v>
       </x:c>
       <x:c r="D38" s="16" t="n">
-        <x:v>338134</x:v>
+        <x:v>338200</x:v>
       </x:c>
       <x:c r="E38" s="16" t="n">
-        <x:v>166160</x:v>
+        <x:v>166193</x:v>
       </x:c>
       <x:c r="F38" s="16" t="n">
-        <x:v>171974</x:v>
+        <x:v>172007</x:v>
       </x:c>
       <x:c r="G38" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H38" s="16" t="n">
-        <x:v>-146</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="15" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B39" s="15" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C39" s="16" t="n">
-        <x:v>39765</x:v>
+        <x:v>39819</x:v>
       </x:c>
       <x:c r="D39" s="16" t="n">
-        <x:v>75811</x:v>
+        <x:v>75842</x:v>
       </x:c>
       <x:c r="E39" s="16" t="n">
-        <x:v>38452</x:v>
+        <x:v>38490</x:v>
       </x:c>
       <x:c r="F39" s="16" t="n">
-        <x:v>37359</x:v>
+        <x:v>37352</x:v>
       </x:c>
       <x:c r="G39" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H39" s="16" t="n">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="15" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B40" s="15" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C40" s="16" t="n">
-        <x:v>68627</x:v>
+        <x:v>68837</x:v>
       </x:c>
       <x:c r="D40" s="16" t="n">
-        <x:v>142650</x:v>
+        <x:v>142815</x:v>
       </x:c>
       <x:c r="E40" s="16" t="n">
-        <x:v>71892</x:v>
+        <x:v>71988</x:v>
       </x:c>
       <x:c r="F40" s="16" t="n">
-        <x:v>70758</x:v>
+        <x:v>70827</x:v>
       </x:c>
       <x:c r="G40" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H40" s="16" t="n">
-        <x:v>29</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="15" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B41" s="15" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C41" s="16" t="n">
-        <x:v>63579</x:v>
+        <x:v>63659</x:v>
       </x:c>
       <x:c r="D41" s="16" t="n">
-        <x:v>140814</x:v>
+        <x:v>140812</x:v>
       </x:c>
       <x:c r="E41" s="16" t="n">
-        <x:v>69024</x:v>
+        <x:v>69005</x:v>
       </x:c>
       <x:c r="F41" s="16" t="n">
-        <x:v>71790</x:v>
+        <x:v>71807</x:v>
       </x:c>
       <x:c r="G41" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H41" s="16" t="n">
-        <x:v>-122</x:v>
+        <x:v>-2</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="15" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B42" s="15" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C42" s="16" t="n">
-        <x:v>67051</x:v>
+        <x:v>67100</x:v>
       </x:c>
       <x:c r="D42" s="16" t="n">
-        <x:v>144556</x:v>
+        <x:v>144584</x:v>
       </x:c>
       <x:c r="E42" s="16" t="n">
-        <x:v>72331</x:v>
+        <x:v>72337</x:v>
       </x:c>
       <x:c r="F42" s="16" t="n">
-        <x:v>72225</x:v>
+        <x:v>72247</x:v>
       </x:c>
       <x:c r="G42" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H42" s="16" t="n">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="15" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B43" s="15" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C43" s="16" t="n">
-        <x:v>34465</x:v>
+        <x:v>34515</x:v>
       </x:c>
       <x:c r="D43" s="16" t="n">
-        <x:v>75114</x:v>
+        <x:v>75109</x:v>
       </x:c>
       <x:c r="E43" s="16" t="n">
-        <x:v>36739</x:v>
+        <x:v>36756</x:v>
       </x:c>
       <x:c r="F43" s="16" t="n">
-        <x:v>38375</x:v>
+        <x:v>38353</x:v>
       </x:c>
       <x:c r="G43" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H43" s="16" t="n">
-        <x:v>-26</x:v>
+        <x:v>-5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="15" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B44" s="15" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C44" s="16" t="n">
-        <x:v>42301</x:v>
+        <x:v>42249</x:v>
       </x:c>
       <x:c r="D44" s="16" t="n">
-        <x:v>84816</x:v>
+        <x:v>84763</x:v>
       </x:c>
       <x:c r="E44" s="16" t="n">
-        <x:v>43442</x:v>
+        <x:v>43387</x:v>
       </x:c>
       <x:c r="F44" s="16" t="n">
-        <x:v>41374</x:v>
+        <x:v>41376</x:v>
       </x:c>
       <x:c r="G44" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H44" s="16" t="n">
-        <x:v>-93</x:v>
+        <x:v>-53</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="15" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B45" s="15" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C45" s="16" t="n">
-        <x:v>78573</x:v>
+        <x:v>78678</x:v>
       </x:c>
       <x:c r="D45" s="16" t="n">
-        <x:v>166149</x:v>
+        <x:v>166157</x:v>
       </x:c>
       <x:c r="E45" s="16" t="n">
-        <x:v>81748</x:v>
+        <x:v>81746</x:v>
       </x:c>
       <x:c r="F45" s="16" t="n">
-        <x:v>84401</x:v>
+        <x:v>84411</x:v>
       </x:c>
       <x:c r="G45" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H45" s="16" t="n">
-        <x:v>-75</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="15" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B46" s="15" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C46" s="16" t="n">
-        <x:v>32503</x:v>
+        <x:v>32550</x:v>
       </x:c>
       <x:c r="D46" s="16" t="n">
-        <x:v>73635</x:v>
+        <x:v>73654</x:v>
       </x:c>
       <x:c r="E46" s="16" t="n">
-        <x:v>36124</x:v>
+        <x:v>36148</x:v>
       </x:c>
       <x:c r="F46" s="16" t="n">
-        <x:v>37511</x:v>
+        <x:v>37506</x:v>
       </x:c>
       <x:c r="G46" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H46" s="16" t="n">
-        <x:v>-7</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="15" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="15" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C47" s="16" t="n">
-        <x:v>66127</x:v>
+        <x:v>66269</x:v>
       </x:c>
       <x:c r="D47" s="16" t="n">
-        <x:v>148714</x:v>
+        <x:v>148773</x:v>
       </x:c>
       <x:c r="E47" s="16" t="n">
-        <x:v>73525</x:v>
+        <x:v>73532</x:v>
       </x:c>
       <x:c r="F47" s="16" t="n">
-        <x:v>75189</x:v>
+        <x:v>75241</x:v>
       </x:c>
       <x:c r="G47" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H47" s="16" t="n">
-        <x:v>-37</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="15" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B48" s="15" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C48" s="16" t="n">
-        <x:v>29069</x:v>
+        <x:v>29139</x:v>
       </x:c>
       <x:c r="D48" s="16" t="n">
-        <x:v>64195</x:v>
+        <x:v>64230</x:v>
       </x:c>
       <x:c r="E48" s="16" t="n">
-        <x:v>31383</x:v>
+        <x:v>31392</x:v>
       </x:c>
       <x:c r="F48" s="16" t="n">
-        <x:v>32812</x:v>
+        <x:v>32838</x:v>
       </x:c>
       <x:c r="G48" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H48" s="16" t="n">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="15" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B49" s="15" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C49" s="16" t="n">
-        <x:v>45686</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="D49" s="16" t="n">
-        <x:v>94761</x:v>
+        <x:v>94774</x:v>
       </x:c>
       <x:c r="E49" s="16" t="n">
-        <x:v>48666</x:v>
+        <x:v>48655</x:v>
       </x:c>
       <x:c r="F49" s="16" t="n">
-        <x:v>46095</x:v>
+        <x:v>46119</x:v>
       </x:c>
       <x:c r="G49" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H49" s="16" t="n">
-        <x:v>-85</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="15" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B50" s="15" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C50" s="16" t="n">
-        <x:v>54720</x:v>
+        <x:v>54813</x:v>
       </x:c>
       <x:c r="D50" s="16" t="n">
-        <x:v>113405</x:v>
+        <x:v>113502</x:v>
       </x:c>
       <x:c r="E50" s="16" t="n">
-        <x:v>55273</x:v>
+        <x:v>55325</x:v>
       </x:c>
       <x:c r="F50" s="16" t="n">
-        <x:v>58132</x:v>
+        <x:v>58177</x:v>
       </x:c>
       <x:c r="G50" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H50" s="16" t="n">
-        <x:v>89</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="15" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B51" s="15" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C51" s="16" t="n">
-        <x:v>64413</x:v>
+        <x:v>64492</x:v>
       </x:c>
       <x:c r="D51" s="16" t="n">
-        <x:v>141289</x:v>
+        <x:v>141250</x:v>
       </x:c>
       <x:c r="E51" s="16" t="n">
-        <x:v>70722</x:v>
+        <x:v>70706</x:v>
       </x:c>
       <x:c r="F51" s="16" t="n">
-        <x:v>70567</x:v>
+        <x:v>70544</x:v>
       </x:c>
       <x:c r="G51" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H51" s="16" t="n">
-        <x:v>50</x:v>
+        <x:v>-39</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="15" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B52" s="15" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C52" s="16" t="n">
-        <x:v>26903</x:v>
+        <x:v>26944</x:v>
       </x:c>
       <x:c r="D52" s="16" t="n">
-        <x:v>60844</x:v>
+        <x:v>60848</x:v>
       </x:c>
       <x:c r="E52" s="16" t="n">
-        <x:v>30000</x:v>
+        <x:v>29995</x:v>
       </x:c>
       <x:c r="F52" s="16" t="n">
-        <x:v>30844</x:v>
+        <x:v>30853</x:v>
       </x:c>
       <x:c r="G52" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H52" s="16" t="n">
-        <x:v>-2</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="15" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B53" s="15" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C53" s="16" t="n">
-        <x:v>47503</x:v>
+        <x:v>47469</x:v>
       </x:c>
       <x:c r="D53" s="16" t="n">
-        <x:v>99337</x:v>
+        <x:v>99291</x:v>
       </x:c>
       <x:c r="E53" s="16" t="n">
-        <x:v>49283</x:v>
+        <x:v>49265</x:v>
       </x:c>
       <x:c r="F53" s="16" t="n">
-        <x:v>50054</x:v>
+        <x:v>50026</x:v>
       </x:c>
       <x:c r="G53" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H53" s="16" t="n">
-        <x:v>-24</x:v>
+        <x:v>-46</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="15" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B54" s="15" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C54" s="16" t="n">
-        <x:v>21681</x:v>
+        <x:v>21728</x:v>
       </x:c>
       <x:c r="D54" s="16" t="n">
-        <x:v>48196</x:v>
+        <x:v>48225</x:v>
       </x:c>
       <x:c r="E54" s="16" t="n">
-        <x:v>24062</x:v>
+        <x:v>24068</x:v>
       </x:c>
       <x:c r="F54" s="16" t="n">
-        <x:v>24134</x:v>
+        <x:v>24157</x:v>
       </x:c>
       <x:c r="G54" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H54" s="16" t="n">
-        <x:v>-7</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="15" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B55" s="15" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C55" s="16" t="n">
-        <x:v>32983</x:v>
+        <x:v>33021</x:v>
       </x:c>
       <x:c r="D55" s="16" t="n">
-        <x:v>69881</x:v>
+        <x:v>69860</x:v>
       </x:c>
       <x:c r="E55" s="16" t="n">
-        <x:v>34353</x:v>
+        <x:v>34345</x:v>
       </x:c>
       <x:c r="F55" s="16" t="n">
-        <x:v>35528</x:v>
+        <x:v>35515</x:v>
       </x:c>
       <x:c r="G55" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H55" s="16" t="n">
-        <x:v>65</x:v>
+        <x:v>-21</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="15" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B56" s="15" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C56" s="16" t="n">
-        <x:v>23497</x:v>
+        <x:v>23533</x:v>
       </x:c>
       <x:c r="D56" s="16" t="n">
-        <x:v>53013</x:v>
+        <x:v>52998</x:v>
       </x:c>
       <x:c r="E56" s="16" t="n">
-        <x:v>26182</x:v>
+        <x:v>26179</x:v>
       </x:c>
       <x:c r="F56" s="16" t="n">
-        <x:v>26831</x:v>
+        <x:v>26819</x:v>
       </x:c>
       <x:c r="G56" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H56" s="16" t="n">
-        <x:v>-25</x:v>
+        <x:v>-15</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="15" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B57" s="15" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C57" s="16" t="n">
-        <x:v>29591</x:v>
+        <x:v>29624</x:v>
       </x:c>
       <x:c r="D57" s="16" t="n">
-        <x:v>70965</x:v>
+        <x:v>70953</x:v>
       </x:c>
       <x:c r="E57" s="16" t="n">
-        <x:v>35122</x:v>
+        <x:v>35135</x:v>
       </x:c>
       <x:c r="F57" s="16" t="n">
-        <x:v>35843</x:v>
+        <x:v>35818</x:v>
       </x:c>
       <x:c r="G57" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H57" s="16" t="n">
-        <x:v>-51</x:v>
+        <x:v>-12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="15" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B58" s="15" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C58" s="16" t="n">
-        <x:v>52298</x:v>
+        <x:v>52437</x:v>
       </x:c>
       <x:c r="D58" s="16" t="n">
-        <x:v>113471</x:v>
+        <x:v>113640</x:v>
       </x:c>
       <x:c r="E58" s="16" t="n">
-        <x:v>55720</x:v>
+        <x:v>55779</x:v>
       </x:c>
       <x:c r="F58" s="16" t="n">
-        <x:v>57751</x:v>
+        <x:v>57861</x:v>
       </x:c>
       <x:c r="G58" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H58" s="16" t="n">
-        <x:v>65</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="15" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B59" s="15" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C59" s="16" t="n">
-        <x:v>21933</x:v>
+        <x:v>21939</x:v>
       </x:c>
       <x:c r="D59" s="16" t="n">
-        <x:v>52060</x:v>
+        <x:v>52056</x:v>
       </x:c>
       <x:c r="E59" s="16" t="n">
-        <x:v>25656</x:v>
+        <x:v>25648</x:v>
       </x:c>
       <x:c r="F59" s="16" t="n">
-        <x:v>26404</x:v>
+        <x:v>26408</x:v>
       </x:c>
       <x:c r="G59" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H59" s="16" t="n">
-        <x:v>-7</x:v>
+        <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="15" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B60" s="15" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C60" s="16" t="n">
-        <x:v>19158</x:v>
+        <x:v>19159</x:v>
       </x:c>
       <x:c r="D60" s="16" t="n">
-        <x:v>44838</x:v>
+        <x:v>44815</x:v>
       </x:c>
       <x:c r="E60" s="16" t="n">
-        <x:v>22417</x:v>
+        <x:v>22399</x:v>
       </x:c>
       <x:c r="F60" s="16" t="n">
-        <x:v>22421</x:v>
+        <x:v>22416</x:v>
       </x:c>
       <x:c r="G60" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H60" s="16" t="n">
-        <x:v>-28</x:v>
+        <x:v>-23</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="15" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B61" s="15" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C61" s="16" t="n">
-        <x:v>19158</x:v>
+        <x:v>19159</x:v>
       </x:c>
       <x:c r="D61" s="16" t="n">
-        <x:v>44838</x:v>
+        <x:v>44815</x:v>
       </x:c>
       <x:c r="E61" s="16" t="n">
-        <x:v>22417</x:v>
+        <x:v>22399</x:v>
       </x:c>
       <x:c r="F61" s="16" t="n">
-        <x:v>22421</x:v>
+        <x:v>22416</x:v>
       </x:c>
       <x:c r="G61" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H61" s="16" t="n">
-        <x:v>-28</x:v>
+        <x:v>-23</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="15" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B62" s="15" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C62" s="16" t="n">
-        <x:v>36666</x:v>
+        <x:v>36656</x:v>
       </x:c>
       <x:c r="D62" s="16" t="n">
-        <x:v>81828</x:v>
+        <x:v>81722</x:v>
       </x:c>
       <x:c r="E62" s="16" t="n">
-        <x:v>40274</x:v>
+        <x:v>40222</x:v>
       </x:c>
       <x:c r="F62" s="16" t="n">
-        <x:v>41554</x:v>
+        <x:v>41500</x:v>
       </x:c>
       <x:c r="G62" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H62" s="16" t="n">
-        <x:v>-26</x:v>
+        <x:v>-106</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="15" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B63" s="15" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C63" s="16" t="n">
-        <x:v>15704</x:v>
+        <x:v>15697</x:v>
       </x:c>
       <x:c r="D63" s="16" t="n">
-        <x:v>37676</x:v>
+        <x:v>37637</x:v>
       </x:c>
       <x:c r="E63" s="16" t="n">
-        <x:v>18407</x:v>
+        <x:v>18389</x:v>
       </x:c>
       <x:c r="F63" s="16" t="n">
-        <x:v>19269</x:v>
+        <x:v>19248</x:v>
       </x:c>
       <x:c r="G63" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H63" s="16" t="n">
-        <x:v>-30</x:v>
+        <x:v>-39</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="15" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B64" s="15" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C64" s="16" t="n">
-        <x:v>16299</x:v>
+        <x:v>16293</x:v>
       </x:c>
       <x:c r="D64" s="16" t="n">
-        <x:v>33912</x:v>
+        <x:v>33872</x:v>
       </x:c>
       <x:c r="E64" s="16" t="n">
-        <x:v>16808</x:v>
+        <x:v>16790</x:v>
       </x:c>
       <x:c r="F64" s="16" t="n">
-        <x:v>17104</x:v>
+        <x:v>17082</x:v>
       </x:c>
       <x:c r="G64" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H64" s="16" t="n">
-        <x:v>5</x:v>
+        <x:v>-40</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="15" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B65" s="15" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C65" s="16" t="n">
-        <x:v>4663</x:v>
+        <x:v>4666</x:v>
       </x:c>
       <x:c r="D65" s="16" t="n">
-        <x:v>10240</x:v>
+        <x:v>10213</x:v>
       </x:c>
       <x:c r="E65" s="16" t="n">
-        <x:v>5059</x:v>
+        <x:v>5043</x:v>
       </x:c>
       <x:c r="F65" s="16" t="n">
-        <x:v>5181</x:v>
+        <x:v>5170</x:v>
       </x:c>
       <x:c r="G65" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H65" s="16" t="n">
-        <x:v>-1</x:v>
+        <x:v>-27</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="15" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B66" s="15" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C66" s="16" t="n">
-        <x:v>52137</x:v>
+        <x:v>52167</x:v>
       </x:c>
       <x:c r="D66" s="16" t="n">
-        <x:v>121277</x:v>
+        <x:v>121187</x:v>
       </x:c>
       <x:c r="E66" s="16" t="n">
-        <x:v>60751</x:v>
+        <x:v>60707</x:v>
       </x:c>
       <x:c r="F66" s="16" t="n">
-        <x:v>60526</x:v>
+        <x:v>60480</x:v>
       </x:c>
       <x:c r="G66" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H66" s="16" t="n">
-        <x:v>-109</x:v>
+        <x:v>-90</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="15" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B67" s="15" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C67" s="16" t="n">
-        <x:v>8217</x:v>
+        <x:v>8245</x:v>
       </x:c>
       <x:c r="D67" s="16" t="n">
-        <x:v>20006</x:v>
+        <x:v>20025</x:v>
       </x:c>
       <x:c r="E67" s="16" t="n">
-        <x:v>10199</x:v>
+        <x:v>10216</x:v>
       </x:c>
       <x:c r="F67" s="16" t="n">
-        <x:v>9807</x:v>
+        <x:v>9809</x:v>
       </x:c>
       <x:c r="G67" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H67" s="16" t="n">
-        <x:v>10</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="15" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B68" s="15" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C68" s="16" t="n">
-        <x:v>7845</x:v>
+        <x:v>7854</x:v>
       </x:c>
       <x:c r="D68" s="16" t="n">
-        <x:v>17442</x:v>
+        <x:v>17430</x:v>
       </x:c>
       <x:c r="E68" s="16" t="n">
-        <x:v>8666</x:v>
+        <x:v>8662</x:v>
       </x:c>
       <x:c r="F68" s="16" t="n">
-        <x:v>8776</x:v>
+        <x:v>8768</x:v>
       </x:c>
       <x:c r="G68" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H68" s="16" t="n">
-        <x:v>0</x:v>
+        <x:v>-12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="15" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B69" s="15" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C69" s="16" t="n">
-        <x:v>11843</x:v>
+        <x:v>11845</x:v>
       </x:c>
       <x:c r="D69" s="16" t="n">
-        <x:v>26383</x:v>
+        <x:v>26361</x:v>
       </x:c>
       <x:c r="E69" s="16" t="n">
-        <x:v>13142</x:v>
+        <x:v>13131</x:v>
       </x:c>
       <x:c r="F69" s="16" t="n">
-        <x:v>13241</x:v>
+        <x:v>13230</x:v>
       </x:c>
       <x:c r="G69" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H69" s="16" t="n">
-        <x:v>-43</x:v>
+        <x:v>-22</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="15" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B70" s="15" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C70" s="16" t="n">
-        <x:v>7529</x:v>
+        <x:v>7524</x:v>
       </x:c>
       <x:c r="D70" s="16" t="n">
-        <x:v>18173</x:v>
+        <x:v>18151</x:v>
       </x:c>
       <x:c r="E70" s="16" t="n">
-        <x:v>9220</x:v>
+        <x:v>9212</x:v>
       </x:c>
       <x:c r="F70" s="16" t="n">
-        <x:v>8953</x:v>
+        <x:v>8939</x:v>
       </x:c>
       <x:c r="G70" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H70" s="16" t="n">
-        <x:v>-15</x:v>
+        <x:v>-22</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="15" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B71" s="15" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C71" s="16" t="n">
-        <x:v>7028</x:v>
+        <x:v>7034</x:v>
       </x:c>
       <x:c r="D71" s="16" t="n">
-        <x:v>16867</x:v>
+        <x:v>16868</x:v>
       </x:c>
       <x:c r="E71" s="16" t="n">
-        <x:v>8488</x:v>
+        <x:v>8482</x:v>
       </x:c>
       <x:c r="F71" s="16" t="n">
-        <x:v>8379</x:v>
+        <x:v>8386</x:v>
       </x:c>
       <x:c r="G71" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H71" s="16" t="n">
-        <x:v>-40</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="15" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B72" s="15" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C72" s="16" t="n">
-        <x:v>5446</x:v>
+        <x:v>5437</x:v>
       </x:c>
       <x:c r="D72" s="16" t="n">
-        <x:v>12653</x:v>
+        <x:v>12613</x:v>
       </x:c>
       <x:c r="E72" s="16" t="n">
-        <x:v>6126</x:v>
+        <x:v>6105</x:v>
       </x:c>
       <x:c r="F72" s="16" t="n">
-        <x:v>6527</x:v>
+        <x:v>6508</x:v>
       </x:c>
       <x:c r="G72" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H72" s="16" t="n">
-        <x:v>-22</x:v>
+        <x:v>-40</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="15" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B73" s="15" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C73" s="16" t="n">
-        <x:v>4229</x:v>
+        <x:v>4228</x:v>
       </x:c>
       <x:c r="D73" s="16" t="n">
-        <x:v>9753</x:v>
+        <x:v>9739</x:v>
       </x:c>
       <x:c r="E73" s="16" t="n">
-        <x:v>4910</x:v>
+        <x:v>4899</x:v>
       </x:c>
       <x:c r="F73" s="16" t="n">
-        <x:v>4843</x:v>
+        <x:v>4840</x:v>
       </x:c>
       <x:c r="G73" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H73" s="16" t="n">
-        <x:v>1</x:v>
+        <x:v>-14</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="15" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B74" s="15" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C74" s="16" t="n">
-        <x:v>14051</x:v>
+        <x:v>14038</x:v>
       </x:c>
       <x:c r="D74" s="16" t="n">
-        <x:v>33920</x:v>
+        <x:v>33880</x:v>
       </x:c>
       <x:c r="E74" s="16" t="n">
-        <x:v>16717</x:v>
+        <x:v>16700</x:v>
       </x:c>
       <x:c r="F74" s="16" t="n">
-        <x:v>17203</x:v>
+        <x:v>17180</x:v>
       </x:c>
       <x:c r="G74" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H74" s="16" t="n">
-        <x:v>-65</x:v>
+        <x:v>-40</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="15" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B75" s="15" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C75" s="16" t="n">
-        <x:v>3043</x:v>
+        <x:v>3058</x:v>
       </x:c>
       <x:c r="D75" s="16" t="n">
-        <x:v>7347</x:v>
+        <x:v>7368</x:v>
       </x:c>
       <x:c r="E75" s="16" t="n">
-        <x:v>3647</x:v>
+        <x:v>3660</x:v>
       </x:c>
       <x:c r="F75" s="16" t="n">
-        <x:v>3700</x:v>
+        <x:v>3708</x:v>
       </x:c>
       <x:c r="G75" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H75" s="16" t="n">
-        <x:v>-6</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="15" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B76" s="15" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C76" s="16" t="n">
-        <x:v>3542</x:v>
+        <x:v>3524</x:v>
       </x:c>
       <x:c r="D76" s="16" t="n">
-        <x:v>8539</x:v>
+        <x:v>8506</x:v>
       </x:c>
       <x:c r="E76" s="16" t="n">
-        <x:v>4197</x:v>
+        <x:v>4181</x:v>
       </x:c>
       <x:c r="F76" s="16" t="n">
-        <x:v>4342</x:v>
+        <x:v>4325</x:v>
       </x:c>
       <x:c r="G76" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H76" s="16" t="n">
-        <x:v>-18</x:v>
+        <x:v>-33</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="15" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B77" s="15" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C77" s="16" t="n">
-        <x:v>2553</x:v>
+        <x:v>2549</x:v>
       </x:c>
       <x:c r="D77" s="16" t="n">
-        <x:v>6180</x:v>
+        <x:v>6163</x:v>
       </x:c>
       <x:c r="E77" s="16" t="n">
-        <x:v>3051</x:v>
+        <x:v>3043</x:v>
       </x:c>
       <x:c r="F77" s="16" t="n">
-        <x:v>3129</x:v>
+        <x:v>3120</x:v>
       </x:c>
       <x:c r="G77" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H77" s="16" t="n">
         <x:v>-17</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="15" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B78" s="15" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C78" s="16" t="n">
-        <x:v>3978</x:v>
+        <x:v>3972</x:v>
       </x:c>
       <x:c r="D78" s="16" t="n">
-        <x:v>9536</x:v>
+        <x:v>9528</x:v>
       </x:c>
       <x:c r="E78" s="16" t="n">
-        <x:v>4693</x:v>
+        <x:v>4689</x:v>
       </x:c>
       <x:c r="F78" s="16" t="n">
-        <x:v>4843</x:v>
+        <x:v>4839</x:v>
       </x:c>
       <x:c r="G78" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H78" s="16" t="n">
-        <x:v>-19</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="15" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B79" s="15" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C79" s="16" t="n">
         <x:v>935</x:v>
       </x:c>
       <x:c r="D79" s="16" t="n">
-        <x:v>2318</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="E79" s="16" t="n">
-        <x:v>1129</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="F79" s="16" t="n">
-        <x:v>1189</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="G79" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H79" s="16" t="n">
-        <x:v>-5</x:v>
+        <x:v>-3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="15" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B80" s="15" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C80" s="16" t="n">
-        <x:v>22175</x:v>
+        <x:v>22202</x:v>
       </x:c>
       <x:c r="D80" s="16" t="n">
-        <x:v>53037</x:v>
+        <x:v>53004</x:v>
       </x:c>
       <x:c r="E80" s="16" t="n">
-        <x:v>26544</x:v>
+        <x:v>26529</x:v>
       </x:c>
       <x:c r="F80" s="16" t="n">
-        <x:v>26493</x:v>
+        <x:v>26475</x:v>
       </x:c>
       <x:c r="G80" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H80" s="16" t="n">
-        <x:v>-45</x:v>
+        <x:v>-33</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="15" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B81" s="15" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C81" s="16" t="n">
-        <x:v>3994</x:v>
+        <x:v>4002</x:v>
       </x:c>
       <x:c r="D81" s="16" t="n">
-        <x:v>10526</x:v>
+        <x:v>10528</x:v>
       </x:c>
       <x:c r="E81" s="16" t="n">
-        <x:v>5274</x:v>
+        <x:v>5276</x:v>
       </x:c>
       <x:c r="F81" s="16" t="n">
         <x:v>5252</x:v>
       </x:c>
       <x:c r="G81" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H81" s="16" t="n">
-        <x:v>-21</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="15" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B82" s="15" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C82" s="16" t="n">
-        <x:v>5441</x:v>
+        <x:v>5450</x:v>
       </x:c>
       <x:c r="D82" s="16" t="n">
-        <x:v>12594</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="E82" s="16" t="n">
-        <x:v>6404</x:v>
+        <x:v>6396</x:v>
       </x:c>
       <x:c r="F82" s="16" t="n">
-        <x:v>6190</x:v>
+        <x:v>6186</x:v>
       </x:c>
       <x:c r="G82" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H82" s="16" t="n">
-        <x:v>-19</x:v>
+        <x:v>-12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="15" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B83" s="15" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C83" s="16" t="n">
-        <x:v>12740</x:v>
+        <x:v>12750</x:v>
       </x:c>
       <x:c r="D83" s="16" t="n">
-        <x:v>29917</x:v>
+        <x:v>29894</x:v>
       </x:c>
       <x:c r="E83" s="16" t="n">
-        <x:v>14866</x:v>
+        <x:v>14857</x:v>
       </x:c>
       <x:c r="F83" s="16" t="n">
-        <x:v>15051</x:v>
+        <x:v>15037</x:v>
       </x:c>
       <x:c r="G83" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H83" s="16" t="n">
-        <x:v>-5</x:v>
+        <x:v>-23</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="15" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B84" s="15" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C84" s="16" t="n">
-        <x:v>13862</x:v>
+        <x:v>13887</x:v>
       </x:c>
       <x:c r="D84" s="16" t="n">
-        <x:v>30750</x:v>
+        <x:v>30757</x:v>
       </x:c>
       <x:c r="E84" s="16" t="n">
-        <x:v>15249</x:v>
+        <x:v>15260</x:v>
       </x:c>
       <x:c r="F84" s="16" t="n">
-        <x:v>15501</x:v>
+        <x:v>15497</x:v>
       </x:c>
       <x:c r="G84" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H84" s="16" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="15" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B85" s="15" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C85" s="16" t="n">
-        <x:v>13862</x:v>
+        <x:v>13887</x:v>
       </x:c>
       <x:c r="D85" s="16" t="n">
-        <x:v>30750</x:v>
+        <x:v>30757</x:v>
       </x:c>
       <x:c r="E85" s="16" t="n">
-        <x:v>15249</x:v>
+        <x:v>15260</x:v>
       </x:c>
       <x:c r="F85" s="16" t="n">
-        <x:v>15501</x:v>
+        <x:v>15497</x:v>
       </x:c>
       <x:c r="G85" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H85" s="16" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="15" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B86" s="15" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C86" s="16" t="n">
-        <x:v>15281</x:v>
+        <x:v>15288</x:v>
       </x:c>
       <x:c r="D86" s="16" t="n">
-        <x:v>33589</x:v>
+        <x:v>33572</x:v>
       </x:c>
       <x:c r="E86" s="16" t="n">
-        <x:v>16801</x:v>
+        <x:v>16790</x:v>
       </x:c>
       <x:c r="F86" s="16" t="n">
-        <x:v>16788</x:v>
+        <x:v>16782</x:v>
       </x:c>
       <x:c r="G86" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H86" s="16" t="n">
-        <x:v>-20</x:v>
+        <x:v>-17</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="15" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B87" s="15" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C87" s="16" t="n">
-        <x:v>15281</x:v>
+        <x:v>15288</x:v>
       </x:c>
       <x:c r="D87" s="16" t="n">
-        <x:v>33589</x:v>
+        <x:v>33572</x:v>
       </x:c>
       <x:c r="E87" s="16" t="n">
-        <x:v>16801</x:v>
+        <x:v>16790</x:v>
       </x:c>
       <x:c r="F87" s="16" t="n">
-        <x:v>16788</x:v>
+        <x:v>16782</x:v>
       </x:c>
       <x:c r="G87" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H87" s="16" t="n">
-        <x:v>-20</x:v>
+        <x:v>-17</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="15" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B88" s="15" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C88" s="16" t="n">
-        <x:v>29907</x:v>
+        <x:v>29957</x:v>
       </x:c>
       <x:c r="D88" s="16" t="n">
-        <x:v>69513</x:v>
+        <x:v>69530</x:v>
       </x:c>
       <x:c r="E88" s="16" t="n">
-        <x:v>34743</x:v>
+        <x:v>34754</x:v>
       </x:c>
       <x:c r="F88" s="16" t="n">
-        <x:v>34770</x:v>
+        <x:v>34776</x:v>
       </x:c>
       <x:c r="G88" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H88" s="16" t="n">
-        <x:v>-95</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="15" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B89" s="15" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C89" s="16" t="n">
-        <x:v>18758</x:v>
+        <x:v>18776</x:v>
       </x:c>
       <x:c r="D89" s="16" t="n">
-        <x:v>42569</x:v>
+        <x:v>42549</x:v>
       </x:c>
       <x:c r="E89" s="16" t="n">
-        <x:v>21181</x:v>
+        <x:v>21171</x:v>
       </x:c>
       <x:c r="F89" s="16" t="n">
-        <x:v>21388</x:v>
+        <x:v>21378</x:v>
       </x:c>
       <x:c r="G89" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H89" s="16" t="n">
-        <x:v>-73</x:v>
+        <x:v>-20</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="15" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B90" s="15" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C90" s="16" t="n">
-        <x:v>11149</x:v>
+        <x:v>11181</x:v>
       </x:c>
       <x:c r="D90" s="16" t="n">
-        <x:v>26944</x:v>
+        <x:v>26981</x:v>
       </x:c>
       <x:c r="E90" s="16" t="n">
-        <x:v>13562</x:v>
+        <x:v>13583</x:v>
       </x:c>
       <x:c r="F90" s="16" t="n">
-        <x:v>13382</x:v>
+        <x:v>13398</x:v>
       </x:c>
       <x:c r="G90" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H90" s="16" t="n">
-        <x:v>-22</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
-      <vt:lpstr>令和7年10月1日</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>令和7年10月1日!Print_Titles</vt:lpstr>
+      <vt:lpstr>令和7年11月1日</vt:lpstr>
+      <vt:lpstr>令和7年11月1日!Print_Area</vt:lpstr>
+      <vt:lpstr>令和7年11月1日!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>