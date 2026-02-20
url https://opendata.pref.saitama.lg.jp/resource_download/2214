--- v1 (2025-12-25)
+++ v2 (2026-02-20)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83610ac2a724cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54f33bfb71cd43c08516f41e459eda01.psmdcp" Id="R37b8e343d9a04ef5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a3806b529b4edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c756d8236f14c39a6e6327c0927055e.psmdcp" Id="R6e9f3899523641f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="令和7年11月1日" sheetId="2" r:id="rId2"/>
+    <x:sheet name="令和7年12月1日" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="187">
   <x:si>
-    <x:t>埼玉県推計人口　令和7年11月1日現在</x:t>
-[...2 lines deleted...]
-    <x:t>Population of Saitama Prefecture as at November 1, 2025</x:t>
+    <x:t>埼玉県推計人口　令和7年12月1日現在</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Population of Saitama Prefecture as at December 1, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>人口</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>前月</x:t>
   </x:si>
   <x:si>
     <x:t>市町村</x:t>
   </x:si>
   <x:si>
     <x:t>世帯数</x:t>
   </x:si>
   <x:si>
     <x:t>からの</x:t>
   </x:si>
   <x:si>
     <x:t>総数</x:t>
   </x:si>
   <x:si>
     <x:t>男</x:t>
   </x:si>
@@ -1310,2240 +1310,2240 @@
       </x:c>
       <x:c r="D6" s="11" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E6" s="11" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F6" s="11" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="G6" s="11" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H6" s="12" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="13" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B7" s="13" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C7" s="14" t="n">
-        <x:v>3368416</x:v>
+        <x:v>3369106</x:v>
       </x:c>
       <x:c r="D7" s="14" t="n">
-        <x:v>7324396</x:v>
+        <x:v>7322822</x:v>
       </x:c>
       <x:c r="E7" s="14" t="n">
-        <x:v>3630656</x:v>
+        <x:v>3629722</x:v>
       </x:c>
       <x:c r="F7" s="14" t="n">
-        <x:v>3693739</x:v>
+        <x:v>3693099</x:v>
       </x:c>
       <x:c r="G7" s="14" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H7" s="14" t="n">
-        <x:v>1405</x:v>
+        <x:v>-1574</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="15" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="15" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="16" t="n">
-        <x:v>3165062</x:v>
+        <x:v>3165727</x:v>
       </x:c>
       <x:c r="D8" s="16" t="n">
-        <x:v>6855929</x:v>
+        <x:v>6854655</x:v>
       </x:c>
       <x:c r="E8" s="16" t="n">
-        <x:v>3397295</x:v>
+        <x:v>3396565</x:v>
       </x:c>
       <x:c r="F8" s="16" t="n">
-        <x:v>3458633</x:v>
+        <x:v>3458089</x:v>
       </x:c>
       <x:c r="G8" s="16" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H8" s="16" t="n">
-        <x:v>1690</x:v>
+        <x:v>-1274</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="15" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B9" s="15" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="16" t="n">
-        <x:v>203354</x:v>
+        <x:v>203379</x:v>
       </x:c>
       <x:c r="D9" s="16" t="n">
-        <x:v>468467</x:v>
+        <x:v>468167</x:v>
       </x:c>
       <x:c r="E9" s="16" t="n">
-        <x:v>233361</x:v>
+        <x:v>233157</x:v>
       </x:c>
       <x:c r="F9" s="16" t="n">
-        <x:v>235106</x:v>
+        <x:v>235010</x:v>
       </x:c>
       <x:c r="G9" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H9" s="16" t="n">
-        <x:v>-285</x:v>
+        <x:v>-300</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="15" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B10" s="15" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C10" s="16" t="n">
-        <x:v>628985</x:v>
+        <x:v>629184</x:v>
       </x:c>
       <x:c r="D10" s="16" t="n">
-        <x:v>1356783</x:v>
+        <x:v>1356817</x:v>
       </x:c>
       <x:c r="E10" s="16" t="n">
-        <x:v>666487</x:v>
+        <x:v>666509</x:v>
       </x:c>
       <x:c r="F10" s="16" t="n">
-        <x:v>690296</x:v>
+        <x:v>690308</x:v>
       </x:c>
       <x:c r="G10" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H10" s="16" t="n">
-        <x:v>647</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="15" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="15" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C11" s="16" t="n">
-        <x:v>41883</x:v>
+        <x:v>41889</x:v>
       </x:c>
       <x:c r="D11" s="16" t="n">
-        <x:v>96368</x:v>
+        <x:v>96343</x:v>
       </x:c>
       <x:c r="E11" s="16" t="n">
-        <x:v>47173</x:v>
+        <x:v>47167</x:v>
       </x:c>
       <x:c r="F11" s="16" t="n">
-        <x:v>49195</x:v>
+        <x:v>49176</x:v>
       </x:c>
       <x:c r="G11" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H11" s="16" t="n">
-        <x:v>47</x:v>
+        <x:v>-25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="15" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="15" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C12" s="16" t="n">
-        <x:v>71699</x:v>
+        <x:v>71776</x:v>
       </x:c>
       <x:c r="D12" s="16" t="n">
-        <x:v>152052</x:v>
+        <x:v>152115</x:v>
       </x:c>
       <x:c r="E12" s="16" t="n">
-        <x:v>74175</x:v>
+        <x:v>74208</x:v>
       </x:c>
       <x:c r="F12" s="16" t="n">
-        <x:v>77877</x:v>
+        <x:v>77907</x:v>
       </x:c>
       <x:c r="G12" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H12" s="16" t="n">
-        <x:v>166</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="15" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="15" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="16" t="n">
-        <x:v>61969</x:v>
+        <x:v>62006</x:v>
       </x:c>
       <x:c r="D13" s="16" t="n">
-        <x:v>126355</x:v>
+        <x:v>126386</x:v>
       </x:c>
       <x:c r="E13" s="16" t="n">
-        <x:v>62705</x:v>
+        <x:v>62738</x:v>
       </x:c>
       <x:c r="F13" s="16" t="n">
-        <x:v>63650</x:v>
+        <x:v>63648</x:v>
       </x:c>
       <x:c r="G13" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H13" s="16" t="n">
-        <x:v>7</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="15" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="15" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="16" t="n">
-        <x:v>76051</x:v>
+        <x:v>76081</x:v>
       </x:c>
       <x:c r="D14" s="16" t="n">
-        <x:v>167144</x:v>
+        <x:v>167188</x:v>
       </x:c>
       <x:c r="E14" s="16" t="n">
-        <x:v>81493</x:v>
+        <x:v>81524</x:v>
       </x:c>
       <x:c r="F14" s="16" t="n">
-        <x:v>85651</x:v>
+        <x:v>85664</x:v>
       </x:c>
       <x:c r="G14" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H14" s="16" t="n">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="15" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="15" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C15" s="16" t="n">
-        <x:v>50705</x:v>
+        <x:v>50679</x:v>
       </x:c>
       <x:c r="D15" s="16" t="n">
-        <x:v>104461</x:v>
+        <x:v>104429</x:v>
       </x:c>
       <x:c r="E15" s="16" t="n">
-        <x:v>51376</x:v>
+        <x:v>51348</x:v>
       </x:c>
       <x:c r="F15" s="16" t="n">
-        <x:v>53085</x:v>
+        <x:v>53081</x:v>
       </x:c>
       <x:c r="G15" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H15" s="16" t="n">
-        <x:v>86</x:v>
+        <x:v>-32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="15" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B16" s="15" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C16" s="16" t="n">
-        <x:v>49374</x:v>
+        <x:v>49418</x:v>
       </x:c>
       <x:c r="D16" s="16" t="n">
-        <x:v>99132</x:v>
+        <x:v>99152</x:v>
       </x:c>
       <x:c r="E16" s="16" t="n">
-        <x:v>49789</x:v>
+        <x:v>49796</x:v>
       </x:c>
       <x:c r="F16" s="16" t="n">
-        <x:v>49343</x:v>
+        <x:v>49356</x:v>
       </x:c>
       <x:c r="G16" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H16" s="16" t="n">
-        <x:v>-30</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="15" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="15" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C17" s="16" t="n">
-        <x:v>79748</x:v>
+        <x:v>79686</x:v>
       </x:c>
       <x:c r="D17" s="16" t="n">
-        <x:v>169152</x:v>
+        <x:v>169026</x:v>
       </x:c>
       <x:c r="E17" s="16" t="n">
-        <x:v>81250</x:v>
+        <x:v>81162</x:v>
       </x:c>
       <x:c r="F17" s="16" t="n">
-        <x:v>87902</x:v>
+        <x:v>87864</x:v>
       </x:c>
       <x:c r="G17" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H17" s="16" t="n">
-        <x:v>40</x:v>
+        <x:v>-126</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="15" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B18" s="15" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C18" s="16" t="n">
-        <x:v>91904</x:v>
+        <x:v>91863</x:v>
       </x:c>
       <x:c r="D18" s="16" t="n">
-        <x:v>195875</x:v>
+        <x:v>195768</x:v>
       </x:c>
       <x:c r="E18" s="16" t="n">
-        <x:v>97109</x:v>
+        <x:v>97061</x:v>
       </x:c>
       <x:c r="F18" s="16" t="n">
-        <x:v>98766</x:v>
+        <x:v>98707</x:v>
       </x:c>
       <x:c r="G18" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H18" s="16" t="n">
-        <x:v>78</x:v>
+        <x:v>-107</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="15" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B19" s="15" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C19" s="16" t="n">
-        <x:v>56446</x:v>
+        <x:v>56518</x:v>
       </x:c>
       <x:c r="D19" s="16" t="n">
-        <x:v>135429</x:v>
+        <x:v>135569</x:v>
       </x:c>
       <x:c r="E19" s="16" t="n">
-        <x:v>66488</x:v>
+        <x:v>66570</x:v>
       </x:c>
       <x:c r="F19" s="16" t="n">
-        <x:v>68941</x:v>
+        <x:v>68999</x:v>
       </x:c>
       <x:c r="G19" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H19" s="16" t="n">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="15" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="15" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C20" s="16" t="n">
-        <x:v>49206</x:v>
+        <x:v>49268</x:v>
       </x:c>
       <x:c r="D20" s="16" t="n">
-        <x:v>110815</x:v>
+        <x:v>110841</x:v>
       </x:c>
       <x:c r="E20" s="16" t="n">
-        <x:v>54929</x:v>
+        <x:v>54935</x:v>
       </x:c>
       <x:c r="F20" s="16" t="n">
-        <x:v>55886</x:v>
+        <x:v>55906</x:v>
       </x:c>
       <x:c r="G20" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H20" s="16" t="n">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="15" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="15" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C21" s="16" t="n">
-        <x:v>163148</x:v>
+        <x:v>163168</x:v>
       </x:c>
       <x:c r="D21" s="16" t="n">
-        <x:v>354287</x:v>
+        <x:v>354210</x:v>
       </x:c>
       <x:c r="E21" s="16" t="n">
-        <x:v>176308</x:v>
+        <x:v>176278</x:v>
       </x:c>
       <x:c r="F21" s="16" t="n">
-        <x:v>177978</x:v>
+        <x:v>177931</x:v>
       </x:c>
       <x:c r="G21" s="16" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="16" t="n">
-        <x:v>45</x:v>
+        <x:v>-77</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="15" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="15" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C22" s="16" t="n">
-        <x:v>84023</x:v>
+        <x:v>83985</x:v>
       </x:c>
       <x:c r="D22" s="16" t="n">
-        <x:v>188869</x:v>
+        <x:v>188739</x:v>
       </x:c>
       <x:c r="E22" s="16" t="n">
-        <x:v>94474</x:v>
+        <x:v>94392</x:v>
       </x:c>
       <x:c r="F22" s="16" t="n">
-        <x:v>94395</x:v>
+        <x:v>94347</x:v>
       </x:c>
       <x:c r="G22" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H22" s="16" t="n">
-        <x:v>-27</x:v>
+        <x:v>-130</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="15" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B23" s="15" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C23" s="16" t="n">
-        <x:v>285503</x:v>
+        <x:v>285501</x:v>
       </x:c>
       <x:c r="D23" s="16" t="n">
-        <x:v>595902</x:v>
+        <x:v>595800</x:v>
       </x:c>
       <x:c r="E23" s="16" t="n">
-        <x:v>300124</x:v>
+        <x:v>300017</x:v>
       </x:c>
       <x:c r="F23" s="16" t="n">
-        <x:v>295778</x:v>
+        <x:v>295783</x:v>
       </x:c>
       <x:c r="G23" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H23" s="16" t="n">
-        <x:v>506</x:v>
+        <x:v>-102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="15" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B24" s="15" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C24" s="16" t="n">
-        <x:v>33363</x:v>
+        <x:v>33379</x:v>
       </x:c>
       <x:c r="D24" s="16" t="n">
-        <x:v>75770</x:v>
+        <x:v>75732</x:v>
       </x:c>
       <x:c r="E24" s="16" t="n">
-        <x:v>37280</x:v>
+        <x:v>37247</x:v>
       </x:c>
       <x:c r="F24" s="16" t="n">
-        <x:v>38490</x:v>
+        <x:v>38485</x:v>
       </x:c>
       <x:c r="G24" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H24" s="16" t="n">
-        <x:v>46</x:v>
+        <x:v>-38</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="15" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B25" s="15" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C25" s="16" t="n">
-        <x:v>23525</x:v>
+        <x:v>23509</x:v>
       </x:c>
       <x:c r="D25" s="16" t="n">
-        <x:v>54746</x:v>
+        <x:v>54658</x:v>
       </x:c>
       <x:c r="E25" s="16" t="n">
-        <x:v>26684</x:v>
+        <x:v>26644</x:v>
       </x:c>
       <x:c r="F25" s="16" t="n">
-        <x:v>28062</x:v>
+        <x:v>28014</x:v>
       </x:c>
       <x:c r="G25" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H25" s="16" t="n">
-        <x:v>-61</x:v>
+        <x:v>-88</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="15" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B26" s="15" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C26" s="16" t="n">
-        <x:v>161879</x:v>
+        <x:v>161925</x:v>
       </x:c>
       <x:c r="D26" s="16" t="n">
-        <x:v>340742</x:v>
+        <x:v>340685</x:v>
       </x:c>
       <x:c r="E26" s="16" t="n">
-        <x:v>166424</x:v>
+        <x:v>166401</x:v>
       </x:c>
       <x:c r="F26" s="16" t="n">
-        <x:v>174318</x:v>
+        <x:v>174284</x:v>
       </x:c>
       <x:c r="G26" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H26" s="16" t="n">
-        <x:v>-20</x:v>
+        <x:v>-57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="15" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B27" s="15" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C27" s="16" t="n">
-        <x:v>34863</x:v>
+        <x:v>34822</x:v>
       </x:c>
       <x:c r="D27" s="16" t="n">
-        <x:v>78603</x:v>
+        <x:v>78532</x:v>
       </x:c>
       <x:c r="E27" s="16" t="n">
-        <x:v>39325</x:v>
+        <x:v>39285</x:v>
       </x:c>
       <x:c r="F27" s="16" t="n">
-        <x:v>39278</x:v>
+        <x:v>39247</x:v>
       </x:c>
       <x:c r="G27" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H27" s="16" t="n">
-        <x:v>-77</x:v>
+        <x:v>-71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="15" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B28" s="15" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C28" s="16" t="n">
-        <x:v>48103</x:v>
+        <x:v>48088</x:v>
       </x:c>
       <x:c r="D28" s="16" t="n">
-        <x:v>110655</x:v>
+        <x:v>110603</x:v>
       </x:c>
       <x:c r="E28" s="16" t="n">
-        <x:v>55660</x:v>
+        <x:v>55628</x:v>
       </x:c>
       <x:c r="F28" s="16" t="n">
-        <x:v>54995</x:v>
+        <x:v>54975</x:v>
       </x:c>
       <x:c r="G28" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H28" s="16" t="n">
-        <x:v>66</x:v>
+        <x:v>-52</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="15" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B29" s="15" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C29" s="16" t="n">
-        <x:v>34887</x:v>
+        <x:v>34893</x:v>
       </x:c>
       <x:c r="D29" s="16" t="n">
-        <x:v>76920</x:v>
+        <x:v>76873</x:v>
       </x:c>
       <x:c r="E29" s="16" t="n">
-        <x:v>38503</x:v>
+        <x:v>38502</x:v>
       </x:c>
       <x:c r="F29" s="16" t="n">
-        <x:v>38417</x:v>
+        <x:v>38371</x:v>
       </x:c>
       <x:c r="G29" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H29" s="16" t="n">
-        <x:v>-18</x:v>
+        <x:v>-47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="15" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B30" s="15" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C30" s="16" t="n">
-        <x:v>43040</x:v>
+        <x:v>43057</x:v>
       </x:c>
       <x:c r="D30" s="16" t="n">
-        <x:v>92752</x:v>
+        <x:v>92781</x:v>
       </x:c>
       <x:c r="E30" s="16" t="n">
-        <x:v>46475</x:v>
+        <x:v>46491</x:v>
       </x:c>
       <x:c r="F30" s="16" t="n">
-        <x:v>46277</x:v>
+        <x:v>46290</x:v>
       </x:c>
       <x:c r="G30" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H30" s="16" t="n">
-        <x:v>-52</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="15" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="15" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C31" s="16" t="n">
-        <x:v>103952</x:v>
+        <x:v>103968</x:v>
       </x:c>
       <x:c r="D31" s="16" t="n">
-        <x:v>225205</x:v>
+        <x:v>225072</x:v>
       </x:c>
       <x:c r="E31" s="16" t="n">
-        <x:v>110741</x:v>
+        <x:v>110670</x:v>
       </x:c>
       <x:c r="F31" s="16" t="n">
-        <x:v>114464</x:v>
+        <x:v>114402</x:v>
       </x:c>
       <x:c r="G31" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H31" s="16" t="n">
-        <x:v>15</x:v>
+        <x:v>-133</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="15" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="15" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C32" s="16" t="n">
-        <x:v>67321</x:v>
+        <x:v>67379</x:v>
       </x:c>
       <x:c r="D32" s="16" t="n">
-        <x:v>146142</x:v>
+        <x:v>146113</x:v>
       </x:c>
       <x:c r="E32" s="16" t="n">
-        <x:v>72368</x:v>
+        <x:v>72325</x:v>
       </x:c>
       <x:c r="F32" s="16" t="n">
-        <x:v>73774</x:v>
+        <x:v>73788</x:v>
       </x:c>
       <x:c r="G32" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H32" s="16" t="n">
-        <x:v>43</x:v>
+        <x:v>-29</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="15" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B33" s="15" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C33" s="16" t="n">
-        <x:v>23029</x:v>
+        <x:v>23042</x:v>
       </x:c>
       <x:c r="D33" s="16" t="n">
-        <x:v>52059</x:v>
+        <x:v>52049</x:v>
       </x:c>
       <x:c r="E33" s="16" t="n">
-        <x:v>25886</x:v>
+        <x:v>25892</x:v>
       </x:c>
       <x:c r="F33" s="16" t="n">
-        <x:v>26173</x:v>
+        <x:v>26157</x:v>
       </x:c>
       <x:c r="G33" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H33" s="16" t="n">
-        <x:v>27</x:v>
+        <x:v>-10</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="15" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B34" s="15" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C34" s="16" t="n">
-        <x:v>51083</x:v>
+        <x:v>51104</x:v>
       </x:c>
       <x:c r="D34" s="16" t="n">
-        <x:v>116467</x:v>
+        <x:v>116401</x:v>
       </x:c>
       <x:c r="E34" s="16" t="n">
-        <x:v>57340</x:v>
+        <x:v>57305</x:v>
       </x:c>
       <x:c r="F34" s="16" t="n">
-        <x:v>59127</x:v>
+        <x:v>59096</x:v>
       </x:c>
       <x:c r="G34" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H34" s="16" t="n">
-        <x:v>-21</x:v>
+        <x:v>-66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="15" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B35" s="15" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C35" s="16" t="n">
-        <x:v>59626</x:v>
+        <x:v>59666</x:v>
       </x:c>
       <x:c r="D35" s="16" t="n">
-        <x:v>138671</x:v>
+        <x:v>138637</x:v>
       </x:c>
       <x:c r="E35" s="16" t="n">
-        <x:v>68886</x:v>
+        <x:v>68861</x:v>
       </x:c>
       <x:c r="F35" s="16" t="n">
-        <x:v>69785</x:v>
+        <x:v>69776</x:v>
       </x:c>
       <x:c r="G35" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H35" s="16" t="n">
-        <x:v>-23</x:v>
+        <x:v>-34</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="15" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B36" s="15" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C36" s="16" t="n">
-        <x:v>103258</x:v>
+        <x:v>103252</x:v>
       </x:c>
       <x:c r="D36" s="16" t="n">
-        <x:v>228393</x:v>
+        <x:v>228334</x:v>
       </x:c>
       <x:c r="E36" s="16" t="n">
-        <x:v>112524</x:v>
+        <x:v>112468</x:v>
       </x:c>
       <x:c r="F36" s="16" t="n">
-        <x:v>115869</x:v>
+        <x:v>115866</x:v>
       </x:c>
       <x:c r="G36" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H36" s="16" t="n">
-        <x:v>-12</x:v>
+        <x:v>-59</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="15" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B37" s="15" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C37" s="16" t="n">
-        <x:v>120688</x:v>
+        <x:v>120699</x:v>
       </x:c>
       <x:c r="D37" s="16" t="n">
-        <x:v>250627</x:v>
+        <x:v>250563</x:v>
       </x:c>
       <x:c r="E37" s="16" t="n">
-        <x:v>125732</x:v>
+        <x:v>125702</x:v>
       </x:c>
       <x:c r="F37" s="16" t="n">
-        <x:v>124895</x:v>
+        <x:v>124861</x:v>
       </x:c>
       <x:c r="G37" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H37" s="16" t="n">
-        <x:v>80</x:v>
+        <x:v>-64</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="15" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B38" s="15" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C38" s="16" t="n">
-        <x:v>150249</x:v>
+        <x:v>150281</x:v>
       </x:c>
       <x:c r="D38" s="16" t="n">
-        <x:v>338200</x:v>
+        <x:v>338072</x:v>
       </x:c>
       <x:c r="E38" s="16" t="n">
-        <x:v>166193</x:v>
+        <x:v>166147</x:v>
       </x:c>
       <x:c r="F38" s="16" t="n">
-        <x:v>172007</x:v>
+        <x:v>171925</x:v>
       </x:c>
       <x:c r="G38" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H38" s="16" t="n">
-        <x:v>66</x:v>
+        <x:v>-128</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="15" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B39" s="15" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C39" s="16" t="n">
-        <x:v>39819</x:v>
+        <x:v>39811</x:v>
       </x:c>
       <x:c r="D39" s="16" t="n">
-        <x:v>75842</x:v>
+        <x:v>75839</x:v>
       </x:c>
       <x:c r="E39" s="16" t="n">
-        <x:v>38490</x:v>
+        <x:v>38482</x:v>
       </x:c>
       <x:c r="F39" s="16" t="n">
-        <x:v>37352</x:v>
+        <x:v>37357</x:v>
       </x:c>
       <x:c r="G39" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H39" s="16" t="n">
-        <x:v>31</x:v>
+        <x:v>-3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="15" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B40" s="15" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C40" s="16" t="n">
-        <x:v>68837</x:v>
+        <x:v>68828</x:v>
       </x:c>
       <x:c r="D40" s="16" t="n">
-        <x:v>142815</x:v>
+        <x:v>142841</x:v>
       </x:c>
       <x:c r="E40" s="16" t="n">
-        <x:v>71988</x:v>
+        <x:v>71978</x:v>
       </x:c>
       <x:c r="F40" s="16" t="n">
-        <x:v>70827</x:v>
+        <x:v>70863</x:v>
       </x:c>
       <x:c r="G40" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H40" s="16" t="n">
-        <x:v>165</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="15" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B41" s="15" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C41" s="16" t="n">
-        <x:v>63659</x:v>
+        <x:v>63695</x:v>
       </x:c>
       <x:c r="D41" s="16" t="n">
-        <x:v>140812</x:v>
+        <x:v>140773</x:v>
       </x:c>
       <x:c r="E41" s="16" t="n">
-        <x:v>69005</x:v>
+        <x:v>68988</x:v>
       </x:c>
       <x:c r="F41" s="16" t="n">
-        <x:v>71807</x:v>
+        <x:v>71785</x:v>
       </x:c>
       <x:c r="G41" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H41" s="16" t="n">
-        <x:v>-2</x:v>
+        <x:v>-39</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="15" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B42" s="15" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C42" s="16" t="n">
-        <x:v>67100</x:v>
+        <x:v>67101</x:v>
       </x:c>
       <x:c r="D42" s="16" t="n">
-        <x:v>144584</x:v>
+        <x:v>144602</x:v>
       </x:c>
       <x:c r="E42" s="16" t="n">
-        <x:v>72337</x:v>
+        <x:v>72377</x:v>
       </x:c>
       <x:c r="F42" s="16" t="n">
-        <x:v>72247</x:v>
+        <x:v>72225</x:v>
       </x:c>
       <x:c r="G42" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H42" s="16" t="n">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="15" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B43" s="15" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C43" s="16" t="n">
         <x:v>34515</x:v>
       </x:c>
       <x:c r="D43" s="16" t="n">
-        <x:v>75109</x:v>
+        <x:v>75095</x:v>
       </x:c>
       <x:c r="E43" s="16" t="n">
-        <x:v>36756</x:v>
+        <x:v>36741</x:v>
       </x:c>
       <x:c r="F43" s="16" t="n">
-        <x:v>38353</x:v>
+        <x:v>38354</x:v>
       </x:c>
       <x:c r="G43" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H43" s="16" t="n">
-        <x:v>-5</x:v>
+        <x:v>-14</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="15" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B44" s="15" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C44" s="16" t="n">
         <x:v>42249</x:v>
       </x:c>
       <x:c r="D44" s="16" t="n">
-        <x:v>84763</x:v>
+        <x:v>84769</x:v>
       </x:c>
       <x:c r="E44" s="16" t="n">
-        <x:v>43387</x:v>
+        <x:v>43408</x:v>
       </x:c>
       <x:c r="F44" s="16" t="n">
-        <x:v>41376</x:v>
+        <x:v>41361</x:v>
       </x:c>
       <x:c r="G44" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H44" s="16" t="n">
-        <x:v>-53</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="15" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B45" s="15" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C45" s="16" t="n">
-        <x:v>78678</x:v>
+        <x:v>78687</x:v>
       </x:c>
       <x:c r="D45" s="16" t="n">
-        <x:v>166157</x:v>
+        <x:v>166160</x:v>
       </x:c>
       <x:c r="E45" s="16" t="n">
-        <x:v>81746</x:v>
+        <x:v>81731</x:v>
       </x:c>
       <x:c r="F45" s="16" t="n">
-        <x:v>84411</x:v>
+        <x:v>84429</x:v>
       </x:c>
       <x:c r="G45" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H45" s="16" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="15" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B46" s="15" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C46" s="16" t="n">
-        <x:v>32550</x:v>
+        <x:v>32524</x:v>
       </x:c>
       <x:c r="D46" s="16" t="n">
-        <x:v>73654</x:v>
+        <x:v>73636</x:v>
       </x:c>
       <x:c r="E46" s="16" t="n">
-        <x:v>36148</x:v>
+        <x:v>36137</x:v>
       </x:c>
       <x:c r="F46" s="16" t="n">
-        <x:v>37506</x:v>
+        <x:v>37499</x:v>
       </x:c>
       <x:c r="G46" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H46" s="16" t="n">
-        <x:v>19</x:v>
+        <x:v>-18</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="15" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B47" s="15" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C47" s="16" t="n">
-        <x:v>66269</x:v>
+        <x:v>66346</x:v>
       </x:c>
       <x:c r="D47" s="16" t="n">
-        <x:v>148773</x:v>
+        <x:v>148790</x:v>
       </x:c>
       <x:c r="E47" s="16" t="n">
-        <x:v>73532</x:v>
+        <x:v>73539</x:v>
       </x:c>
       <x:c r="F47" s="16" t="n">
-        <x:v>75241</x:v>
+        <x:v>75251</x:v>
       </x:c>
       <x:c r="G47" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H47" s="16" t="n">
-        <x:v>59</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="15" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B48" s="15" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C48" s="16" t="n">
-        <x:v>29139</x:v>
+        <x:v>29136</x:v>
       </x:c>
       <x:c r="D48" s="16" t="n">
-        <x:v>64230</x:v>
+        <x:v>64170</x:v>
       </x:c>
       <x:c r="E48" s="16" t="n">
-        <x:v>31392</x:v>
+        <x:v>31376</x:v>
       </x:c>
       <x:c r="F48" s="16" t="n">
-        <x:v>32838</x:v>
+        <x:v>32794</x:v>
       </x:c>
       <x:c r="G48" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H48" s="16" t="n">
-        <x:v>35</x:v>
+        <x:v>-60</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="15" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B49" s="15" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C49" s="16" t="n">
-        <x:v>45722</x:v>
+        <x:v>45718</x:v>
       </x:c>
       <x:c r="D49" s="16" t="n">
-        <x:v>94774</x:v>
+        <x:v>94780</x:v>
       </x:c>
       <x:c r="E49" s="16" t="n">
-        <x:v>48655</x:v>
+        <x:v>48649</x:v>
       </x:c>
       <x:c r="F49" s="16" t="n">
-        <x:v>46119</x:v>
+        <x:v>46131</x:v>
       </x:c>
       <x:c r="G49" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H49" s="16" t="n">
-        <x:v>13</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="15" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B50" s="15" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C50" s="16" t="n">
-        <x:v>54813</x:v>
+        <x:v>54840</x:v>
       </x:c>
       <x:c r="D50" s="16" t="n">
-        <x:v>113502</x:v>
+        <x:v>113490</x:v>
       </x:c>
       <x:c r="E50" s="16" t="n">
-        <x:v>55325</x:v>
+        <x:v>55343</x:v>
       </x:c>
       <x:c r="F50" s="16" t="n">
-        <x:v>58177</x:v>
+        <x:v>58147</x:v>
       </x:c>
       <x:c r="G50" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H50" s="16" t="n">
-        <x:v>97</x:v>
+        <x:v>-12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="15" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B51" s="15" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C51" s="16" t="n">
-        <x:v>64492</x:v>
+        <x:v>64567</x:v>
       </x:c>
       <x:c r="D51" s="16" t="n">
-        <x:v>141250</x:v>
+        <x:v>141286</x:v>
       </x:c>
       <x:c r="E51" s="16" t="n">
-        <x:v>70706</x:v>
+        <x:v>70719</x:v>
       </x:c>
       <x:c r="F51" s="16" t="n">
-        <x:v>70544</x:v>
+        <x:v>70567</x:v>
       </x:c>
       <x:c r="G51" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H51" s="16" t="n">
-        <x:v>-39</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="15" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B52" s="15" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C52" s="16" t="n">
-        <x:v>26944</x:v>
+        <x:v>26950</x:v>
       </x:c>
       <x:c r="D52" s="16" t="n">
-        <x:v>60848</x:v>
+        <x:v>60853</x:v>
       </x:c>
       <x:c r="E52" s="16" t="n">
-        <x:v>29995</x:v>
+        <x:v>29994</x:v>
       </x:c>
       <x:c r="F52" s="16" t="n">
-        <x:v>30853</x:v>
+        <x:v>30859</x:v>
       </x:c>
       <x:c r="G52" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H52" s="16" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="15" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B53" s="15" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C53" s="16" t="n">
-        <x:v>47469</x:v>
+        <x:v>47470</x:v>
       </x:c>
       <x:c r="D53" s="16" t="n">
-        <x:v>99291</x:v>
+        <x:v>99279</x:v>
       </x:c>
       <x:c r="E53" s="16" t="n">
-        <x:v>49265</x:v>
+        <x:v>49251</x:v>
       </x:c>
       <x:c r="F53" s="16" t="n">
-        <x:v>50026</x:v>
+        <x:v>50028</x:v>
       </x:c>
       <x:c r="G53" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H53" s="16" t="n">
-        <x:v>-46</x:v>
+        <x:v>-12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="15" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B54" s="15" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C54" s="16" t="n">
-        <x:v>21728</x:v>
+        <x:v>21768</x:v>
       </x:c>
       <x:c r="D54" s="16" t="n">
-        <x:v>48225</x:v>
+        <x:v>48250</x:v>
       </x:c>
       <x:c r="E54" s="16" t="n">
-        <x:v>24068</x:v>
+        <x:v>24073</x:v>
       </x:c>
       <x:c r="F54" s="16" t="n">
-        <x:v>24157</x:v>
+        <x:v>24177</x:v>
       </x:c>
       <x:c r="G54" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H54" s="16" t="n">
-        <x:v>29</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="15" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B55" s="15" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C55" s="16" t="n">
-        <x:v>33021</x:v>
+        <x:v>33041</x:v>
       </x:c>
       <x:c r="D55" s="16" t="n">
-        <x:v>69860</x:v>
+        <x:v>69849</x:v>
       </x:c>
       <x:c r="E55" s="16" t="n">
-        <x:v>34345</x:v>
+        <x:v>34336</x:v>
       </x:c>
       <x:c r="F55" s="16" t="n">
-        <x:v>35515</x:v>
+        <x:v>35513</x:v>
       </x:c>
       <x:c r="G55" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H55" s="16" t="n">
-        <x:v>-21</x:v>
+        <x:v>-11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="15" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B56" s="15" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C56" s="16" t="n">
-        <x:v>23533</x:v>
+        <x:v>23549</x:v>
       </x:c>
       <x:c r="D56" s="16" t="n">
-        <x:v>52998</x:v>
+        <x:v>52955</x:v>
       </x:c>
       <x:c r="E56" s="16" t="n">
-        <x:v>26179</x:v>
+        <x:v>26152</x:v>
       </x:c>
       <x:c r="F56" s="16" t="n">
-        <x:v>26819</x:v>
+        <x:v>26803</x:v>
       </x:c>
       <x:c r="G56" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H56" s="16" t="n">
-        <x:v>-15</x:v>
+        <x:v>-43</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="15" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B57" s="15" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C57" s="16" t="n">
-        <x:v>29624</x:v>
+        <x:v>29613</x:v>
       </x:c>
       <x:c r="D57" s="16" t="n">
-        <x:v>70953</x:v>
+        <x:v>70924</x:v>
       </x:c>
       <x:c r="E57" s="16" t="n">
-        <x:v>35135</x:v>
+        <x:v>35126</x:v>
       </x:c>
       <x:c r="F57" s="16" t="n">
-        <x:v>35818</x:v>
+        <x:v>35798</x:v>
       </x:c>
       <x:c r="G57" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H57" s="16" t="n">
-        <x:v>-12</x:v>
+        <x:v>-29</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="15" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B58" s="15" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C58" s="16" t="n">
-        <x:v>52437</x:v>
+        <x:v>52467</x:v>
       </x:c>
       <x:c r="D58" s="16" t="n">
-        <x:v>113640</x:v>
+        <x:v>113612</x:v>
       </x:c>
       <x:c r="E58" s="16" t="n">
-        <x:v>55779</x:v>
+        <x:v>55765</x:v>
       </x:c>
       <x:c r="F58" s="16" t="n">
-        <x:v>57861</x:v>
+        <x:v>57847</x:v>
       </x:c>
       <x:c r="G58" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H58" s="16" t="n">
-        <x:v>169</x:v>
+        <x:v>-28</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="15" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B59" s="15" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C59" s="16" t="n">
-        <x:v>21939</x:v>
+        <x:v>21950</x:v>
       </x:c>
       <x:c r="D59" s="16" t="n">
-        <x:v>52056</x:v>
+        <x:v>52031</x:v>
       </x:c>
       <x:c r="E59" s="16" t="n">
-        <x:v>25648</x:v>
+        <x:v>25636</x:v>
       </x:c>
       <x:c r="F59" s="16" t="n">
-        <x:v>26408</x:v>
+        <x:v>26395</x:v>
       </x:c>
       <x:c r="G59" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H59" s="16" t="n">
-        <x:v>-4</x:v>
+        <x:v>-25</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="15" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B60" s="15" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C60" s="16" t="n">
-        <x:v>19159</x:v>
+        <x:v>19169</x:v>
       </x:c>
       <x:c r="D60" s="16" t="n">
-        <x:v>44815</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="E60" s="16" t="n">
-        <x:v>22399</x:v>
+        <x:v>22384</x:v>
       </x:c>
       <x:c r="F60" s="16" t="n">
-        <x:v>22416</x:v>
+        <x:v>22422</x:v>
       </x:c>
       <x:c r="G60" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H60" s="16" t="n">
-        <x:v>-23</x:v>
+        <x:v>-9</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="15" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B61" s="15" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C61" s="16" t="n">
-        <x:v>19159</x:v>
+        <x:v>19169</x:v>
       </x:c>
       <x:c r="D61" s="16" t="n">
-        <x:v>44815</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="E61" s="16" t="n">
-        <x:v>22399</x:v>
+        <x:v>22384</x:v>
       </x:c>
       <x:c r="F61" s="16" t="n">
-        <x:v>22416</x:v>
+        <x:v>22422</x:v>
       </x:c>
       <x:c r="G61" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H61" s="16" t="n">
-        <x:v>-23</x:v>
+        <x:v>-9</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="15" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B62" s="15" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C62" s="16" t="n">
-        <x:v>36656</x:v>
+        <x:v>36611</x:v>
       </x:c>
       <x:c r="D62" s="16" t="n">
-        <x:v>81722</x:v>
+        <x:v>81601</x:v>
       </x:c>
       <x:c r="E62" s="16" t="n">
-        <x:v>40222</x:v>
+        <x:v>40148</x:v>
       </x:c>
       <x:c r="F62" s="16" t="n">
-        <x:v>41500</x:v>
+        <x:v>41453</x:v>
       </x:c>
       <x:c r="G62" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H62" s="16" t="n">
-        <x:v>-106</x:v>
+        <x:v>-121</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="15" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B63" s="15" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C63" s="16" t="n">
-        <x:v>15697</x:v>
+        <x:v>15667</x:v>
       </x:c>
       <x:c r="D63" s="16" t="n">
-        <x:v>37637</x:v>
+        <x:v>37566</x:v>
       </x:c>
       <x:c r="E63" s="16" t="n">
-        <x:v>18389</x:v>
+        <x:v>18349</x:v>
       </x:c>
       <x:c r="F63" s="16" t="n">
-        <x:v>19248</x:v>
+        <x:v>19217</x:v>
       </x:c>
       <x:c r="G63" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H63" s="16" t="n">
-        <x:v>-39</x:v>
+        <x:v>-71</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="15" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B64" s="15" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C64" s="16" t="n">
-        <x:v>16293</x:v>
+        <x:v>16284</x:v>
       </x:c>
       <x:c r="D64" s="16" t="n">
-        <x:v>33872</x:v>
+        <x:v>33838</x:v>
       </x:c>
       <x:c r="E64" s="16" t="n">
-        <x:v>16790</x:v>
+        <x:v>16769</x:v>
       </x:c>
       <x:c r="F64" s="16" t="n">
-        <x:v>17082</x:v>
+        <x:v>17069</x:v>
       </x:c>
       <x:c r="G64" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H64" s="16" t="n">
-        <x:v>-40</x:v>
+        <x:v>-34</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="15" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B65" s="15" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C65" s="16" t="n">
-        <x:v>4666</x:v>
+        <x:v>4660</x:v>
       </x:c>
       <x:c r="D65" s="16" t="n">
-        <x:v>10213</x:v>
+        <x:v>10197</x:v>
       </x:c>
       <x:c r="E65" s="16" t="n">
-        <x:v>5043</x:v>
+        <x:v>5030</x:v>
       </x:c>
       <x:c r="F65" s="16" t="n">
-        <x:v>5170</x:v>
+        <x:v>5167</x:v>
       </x:c>
       <x:c r="G65" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H65" s="16" t="n">
-        <x:v>-27</x:v>
+        <x:v>-16</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="15" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B66" s="15" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C66" s="16" t="n">
-        <x:v>52167</x:v>
+        <x:v>52202</x:v>
       </x:c>
       <x:c r="D66" s="16" t="n">
-        <x:v>121187</x:v>
+        <x:v>121117</x:v>
       </x:c>
       <x:c r="E66" s="16" t="n">
-        <x:v>60707</x:v>
+        <x:v>60675</x:v>
       </x:c>
       <x:c r="F66" s="16" t="n">
-        <x:v>60480</x:v>
+        <x:v>60442</x:v>
       </x:c>
       <x:c r="G66" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H66" s="16" t="n">
-        <x:v>-90</x:v>
+        <x:v>-70</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="15" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B67" s="15" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C67" s="16" t="n">
-        <x:v>8245</x:v>
+        <x:v>8263</x:v>
       </x:c>
       <x:c r="D67" s="16" t="n">
-        <x:v>20025</x:v>
+        <x:v>20050</x:v>
       </x:c>
       <x:c r="E67" s="16" t="n">
-        <x:v>10216</x:v>
+        <x:v>10231</x:v>
       </x:c>
       <x:c r="F67" s="16" t="n">
-        <x:v>9809</x:v>
+        <x:v>9819</x:v>
       </x:c>
       <x:c r="G67" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H67" s="16" t="n">
-        <x:v>19</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="15" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B68" s="15" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C68" s="16" t="n">
-        <x:v>7854</x:v>
+        <x:v>7846</x:v>
       </x:c>
       <x:c r="D68" s="16" t="n">
-        <x:v>17430</x:v>
+        <x:v>17396</x:v>
       </x:c>
       <x:c r="E68" s="16" t="n">
-        <x:v>8662</x:v>
+        <x:v>8653</x:v>
       </x:c>
       <x:c r="F68" s="16" t="n">
-        <x:v>8768</x:v>
+        <x:v>8743</x:v>
       </x:c>
       <x:c r="G68" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H68" s="16" t="n">
-        <x:v>-12</x:v>
+        <x:v>-34</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="15" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B69" s="15" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C69" s="16" t="n">
-        <x:v>11845</x:v>
+        <x:v>11861</x:v>
       </x:c>
       <x:c r="D69" s="16" t="n">
-        <x:v>26361</x:v>
+        <x:v>26365</x:v>
       </x:c>
       <x:c r="E69" s="16" t="n">
-        <x:v>13131</x:v>
+        <x:v>13137</x:v>
       </x:c>
       <x:c r="F69" s="16" t="n">
-        <x:v>13230</x:v>
+        <x:v>13228</x:v>
       </x:c>
       <x:c r="G69" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H69" s="16" t="n">
-        <x:v>-22</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="15" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B70" s="15" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C70" s="16" t="n">
-        <x:v>7524</x:v>
+        <x:v>7542</x:v>
       </x:c>
       <x:c r="D70" s="16" t="n">
-        <x:v>18151</x:v>
+        <x:v>18148</x:v>
       </x:c>
       <x:c r="E70" s="16" t="n">
-        <x:v>9212</x:v>
+        <x:v>9200</x:v>
       </x:c>
       <x:c r="F70" s="16" t="n">
-        <x:v>8939</x:v>
+        <x:v>8948</x:v>
       </x:c>
       <x:c r="G70" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H70" s="16" t="n">
-        <x:v>-22</x:v>
+        <x:v>-3</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="15" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B71" s="15" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C71" s="16" t="n">
-        <x:v>7034</x:v>
+        <x:v>7028</x:v>
       </x:c>
       <x:c r="D71" s="16" t="n">
-        <x:v>16868</x:v>
+        <x:v>16827</x:v>
       </x:c>
       <x:c r="E71" s="16" t="n">
-        <x:v>8482</x:v>
+        <x:v>8467</x:v>
       </x:c>
       <x:c r="F71" s="16" t="n">
-        <x:v>8386</x:v>
+        <x:v>8360</x:v>
       </x:c>
       <x:c r="G71" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H71" s="16" t="n">
-        <x:v>1</x:v>
+        <x:v>-41</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="15" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B72" s="15" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C72" s="16" t="n">
-        <x:v>5437</x:v>
+        <x:v>5436</x:v>
       </x:c>
       <x:c r="D72" s="16" t="n">
-        <x:v>12613</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="E72" s="16" t="n">
-        <x:v>6105</x:v>
+        <x:v>6097</x:v>
       </x:c>
       <x:c r="F72" s="16" t="n">
-        <x:v>6508</x:v>
+        <x:v>6501</x:v>
       </x:c>
       <x:c r="G72" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H72" s="16" t="n">
-        <x:v>-40</x:v>
+        <x:v>-15</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="15" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B73" s="15" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C73" s="16" t="n">
-        <x:v>4228</x:v>
+        <x:v>4226</x:v>
       </x:c>
       <x:c r="D73" s="16" t="n">
-        <x:v>9739</x:v>
+        <x:v>9733</x:v>
       </x:c>
       <x:c r="E73" s="16" t="n">
-        <x:v>4899</x:v>
+        <x:v>4890</x:v>
       </x:c>
       <x:c r="F73" s="16" t="n">
-        <x:v>4840</x:v>
+        <x:v>4843</x:v>
       </x:c>
       <x:c r="G73" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H73" s="16" t="n">
-        <x:v>-14</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="15" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B74" s="15" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C74" s="16" t="n">
-        <x:v>14038</x:v>
+        <x:v>14012</x:v>
       </x:c>
       <x:c r="D74" s="16" t="n">
-        <x:v>33880</x:v>
+        <x:v>33821</x:v>
       </x:c>
       <x:c r="E74" s="16" t="n">
-        <x:v>16700</x:v>
+        <x:v>16673</x:v>
       </x:c>
       <x:c r="F74" s="16" t="n">
-        <x:v>17180</x:v>
+        <x:v>17148</x:v>
       </x:c>
       <x:c r="G74" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H74" s="16" t="n">
-        <x:v>-40</x:v>
+        <x:v>-59</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="15" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B75" s="15" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C75" s="16" t="n">
-        <x:v>3058</x:v>
+        <x:v>3046</x:v>
       </x:c>
       <x:c r="D75" s="16" t="n">
-        <x:v>7368</x:v>
+        <x:v>7352</x:v>
       </x:c>
       <x:c r="E75" s="16" t="n">
-        <x:v>3660</x:v>
+        <x:v>3652</x:v>
       </x:c>
       <x:c r="F75" s="16" t="n">
-        <x:v>3708</x:v>
+        <x:v>3700</x:v>
       </x:c>
       <x:c r="G75" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H75" s="16" t="n">
-        <x:v>21</x:v>
+        <x:v>-16</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="15" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B76" s="15" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C76" s="16" t="n">
-        <x:v>3524</x:v>
+        <x:v>3520</x:v>
       </x:c>
       <x:c r="D76" s="16" t="n">
-        <x:v>8506</x:v>
+        <x:v>8497</x:v>
       </x:c>
       <x:c r="E76" s="16" t="n">
-        <x:v>4181</x:v>
+        <x:v>4177</x:v>
       </x:c>
       <x:c r="F76" s="16" t="n">
-        <x:v>4325</x:v>
+        <x:v>4320</x:v>
       </x:c>
       <x:c r="G76" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H76" s="16" t="n">
-        <x:v>-33</x:v>
+        <x:v>-9</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="15" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B77" s="15" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C77" s="16" t="n">
-        <x:v>2549</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="D77" s="16" t="n">
-        <x:v>6163</x:v>
+        <x:v>6155</x:v>
       </x:c>
       <x:c r="E77" s="16" t="n">
-        <x:v>3043</x:v>
+        <x:v>3038</x:v>
       </x:c>
       <x:c r="F77" s="16" t="n">
-        <x:v>3120</x:v>
+        <x:v>3117</x:v>
       </x:c>
       <x:c r="G77" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H77" s="16" t="n">
-        <x:v>-17</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="15" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B78" s="15" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C78" s="16" t="n">
-        <x:v>3972</x:v>
+        <x:v>3964</x:v>
       </x:c>
       <x:c r="D78" s="16" t="n">
-        <x:v>9528</x:v>
+        <x:v>9512</x:v>
       </x:c>
       <x:c r="E78" s="16" t="n">
-        <x:v>4689</x:v>
+        <x:v>4683</x:v>
       </x:c>
       <x:c r="F78" s="16" t="n">
-        <x:v>4839</x:v>
+        <x:v>4829</x:v>
       </x:c>
       <x:c r="G78" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H78" s="16" t="n">
-        <x:v>-8</x:v>
+        <x:v>-16</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="15" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B79" s="15" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C79" s="16" t="n">
-        <x:v>935</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="D79" s="16" t="n">
-        <x:v>2315</x:v>
+        <x:v>2305</x:v>
       </x:c>
       <x:c r="E79" s="16" t="n">
-        <x:v>1127</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="F79" s="16" t="n">
-        <x:v>1188</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="G79" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H79" s="16" t="n">
-        <x:v>-3</x:v>
+        <x:v>-10</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="15" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B80" s="15" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C80" s="16" t="n">
-        <x:v>22202</x:v>
+        <x:v>22212</x:v>
       </x:c>
       <x:c r="D80" s="16" t="n">
-        <x:v>53004</x:v>
+        <x:v>53008</x:v>
       </x:c>
       <x:c r="E80" s="16" t="n">
-        <x:v>26529</x:v>
+        <x:v>26518</x:v>
       </x:c>
       <x:c r="F80" s="16" t="n">
-        <x:v>26475</x:v>
+        <x:v>26490</x:v>
       </x:c>
       <x:c r="G80" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H80" s="16" t="n">
-        <x:v>-33</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="15" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B81" s="15" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C81" s="16" t="n">
-        <x:v>4002</x:v>
+        <x:v>4007</x:v>
       </x:c>
       <x:c r="D81" s="16" t="n">
-        <x:v>10528</x:v>
+        <x:v>10522</x:v>
       </x:c>
       <x:c r="E81" s="16" t="n">
-        <x:v>5276</x:v>
+        <x:v>5275</x:v>
       </x:c>
       <x:c r="F81" s="16" t="n">
-        <x:v>5252</x:v>
+        <x:v>5247</x:v>
       </x:c>
       <x:c r="G81" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H81" s="16" t="n">
-        <x:v>2</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="15" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B82" s="15" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C82" s="16" t="n">
-        <x:v>5450</x:v>
+        <x:v>5462</x:v>
       </x:c>
       <x:c r="D82" s="16" t="n">
-        <x:v>12582</x:v>
+        <x:v>12604</x:v>
       </x:c>
       <x:c r="E82" s="16" t="n">
-        <x:v>6396</x:v>
+        <x:v>6400</x:v>
       </x:c>
       <x:c r="F82" s="16" t="n">
-        <x:v>6186</x:v>
+        <x:v>6204</x:v>
       </x:c>
       <x:c r="G82" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H82" s="16" t="n">
-        <x:v>-12</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="15" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B83" s="15" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C83" s="16" t="n">
-        <x:v>12750</x:v>
+        <x:v>12743</x:v>
       </x:c>
       <x:c r="D83" s="16" t="n">
-        <x:v>29894</x:v>
+        <x:v>29882</x:v>
       </x:c>
       <x:c r="E83" s="16" t="n">
-        <x:v>14857</x:v>
+        <x:v>14843</x:v>
       </x:c>
       <x:c r="F83" s="16" t="n">
-        <x:v>15037</x:v>
+        <x:v>15039</x:v>
       </x:c>
       <x:c r="G83" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H83" s="16" t="n">
-        <x:v>-23</x:v>
+        <x:v>-12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="15" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B84" s="15" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C84" s="16" t="n">
         <x:v>13887</x:v>
       </x:c>
       <x:c r="D84" s="16" t="n">
-        <x:v>30757</x:v>
+        <x:v>30741</x:v>
       </x:c>
       <x:c r="E84" s="16" t="n">
-        <x:v>15260</x:v>
+        <x:v>15237</x:v>
       </x:c>
       <x:c r="F84" s="16" t="n">
-        <x:v>15497</x:v>
+        <x:v>15504</x:v>
       </x:c>
       <x:c r="G84" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H84" s="16" t="n">
-        <x:v>7</x:v>
+        <x:v>-16</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="15" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B85" s="15" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C85" s="16" t="n">
         <x:v>13887</x:v>
       </x:c>
       <x:c r="D85" s="16" t="n">
-        <x:v>30757</x:v>
+        <x:v>30741</x:v>
       </x:c>
       <x:c r="E85" s="16" t="n">
-        <x:v>15260</x:v>
+        <x:v>15237</x:v>
       </x:c>
       <x:c r="F85" s="16" t="n">
-        <x:v>15497</x:v>
+        <x:v>15504</x:v>
       </x:c>
       <x:c r="G85" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H85" s="16" t="n">
-        <x:v>7</x:v>
+        <x:v>-16</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="15" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B86" s="15" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C86" s="16" t="n">
-        <x:v>15288</x:v>
+        <x:v>15327</x:v>
       </x:c>
       <x:c r="D86" s="16" t="n">
-        <x:v>33572</x:v>
+        <x:v>33584</x:v>
       </x:c>
       <x:c r="E86" s="16" t="n">
-        <x:v>16790</x:v>
+        <x:v>16787</x:v>
       </x:c>
       <x:c r="F86" s="16" t="n">
-        <x:v>16782</x:v>
+        <x:v>16797</x:v>
       </x:c>
       <x:c r="G86" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H86" s="16" t="n">
-        <x:v>-17</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="15" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B87" s="15" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C87" s="16" t="n">
-        <x:v>15288</x:v>
+        <x:v>15327</x:v>
       </x:c>
       <x:c r="D87" s="16" t="n">
-        <x:v>33572</x:v>
+        <x:v>33584</x:v>
       </x:c>
       <x:c r="E87" s="16" t="n">
-        <x:v>16790</x:v>
+        <x:v>16787</x:v>
       </x:c>
       <x:c r="F87" s="16" t="n">
-        <x:v>16782</x:v>
+        <x:v>16797</x:v>
       </x:c>
       <x:c r="G87" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H87" s="16" t="n">
-        <x:v>-17</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="15" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B88" s="15" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C88" s="16" t="n">
-        <x:v>29957</x:v>
+        <x:v>29959</x:v>
       </x:c>
       <x:c r="D88" s="16" t="n">
-        <x:v>69530</x:v>
+        <x:v>69489</x:v>
       </x:c>
       <x:c r="E88" s="16" t="n">
+        <x:v>34735</x:v>
+      </x:c>
+      <x:c r="F88" s="16" t="n">
         <x:v>34754</x:v>
       </x:c>
-      <x:c r="F88" s="16" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G88" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H88" s="16" t="n">
-        <x:v>17</x:v>
+        <x:v>-41</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="15" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B89" s="15" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C89" s="16" t="n">
-        <x:v>18776</x:v>
+        <x:v>18779</x:v>
       </x:c>
       <x:c r="D89" s="16" t="n">
-        <x:v>42549</x:v>
+        <x:v>42520</x:v>
       </x:c>
       <x:c r="E89" s="16" t="n">
-        <x:v>21171</x:v>
+        <x:v>21155</x:v>
       </x:c>
       <x:c r="F89" s="16" t="n">
-        <x:v>21378</x:v>
+        <x:v>21365</x:v>
       </x:c>
       <x:c r="G89" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H89" s="16" t="n">
-        <x:v>-20</x:v>
+        <x:v>-29</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="15" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B90" s="15" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C90" s="16" t="n">
-        <x:v>11181</x:v>
+        <x:v>11180</x:v>
       </x:c>
       <x:c r="D90" s="16" t="n">
-        <x:v>26981</x:v>
+        <x:v>26969</x:v>
       </x:c>
       <x:c r="E90" s="16" t="n">
-        <x:v>13583</x:v>
+        <x:v>13580</x:v>
       </x:c>
       <x:c r="F90" s="16" t="n">
-        <x:v>13398</x:v>
+        <x:v>13389</x:v>
       </x:c>
       <x:c r="G90" s="16" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H90" s="16" t="n">
-        <x:v>37</x:v>
+        <x:v>-12</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
-      <vt:lpstr>令和7年11月1日</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>令和7年11月1日!Print_Titles</vt:lpstr>
+      <vt:lpstr>令和7年12月1日</vt:lpstr>
+      <vt:lpstr>令和7年12月1日!Print_Area</vt:lpstr>
+      <vt:lpstr>令和7年12月1日!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>