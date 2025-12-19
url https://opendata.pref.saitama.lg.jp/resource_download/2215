--- v0 (2025-10-27)
+++ v1 (2025-12-19)
@@ -1,95 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\16_02_040_【歴】推計人口（７～９月分）\９月\ホームページ起案用\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\16_02_050_【歴】推計人口（１０～１２月分）\１１月\ホームページ起案用\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C9E29167-04E6-4226-971F-BD580FC93EDF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{246B2F55-CC2E-4480-A536-F908AAC7435C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="今月の特徴" sheetId="2" r:id="rId1"/>
     <sheet name="人口と世帯の動き" sheetId="3" r:id="rId2"/>
     <sheet name="月間増減人口及び増減率" sheetId="4" r:id="rId3"/>
     <sheet name="都道府県別人口" sheetId="5" r:id="rId4"/>
     <sheet name="現在人口と異動人口" sheetId="6" r:id="rId5"/>
     <sheet name="県内市区町村間移動人口" sheetId="7" r:id="rId6"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="780" uniqueCount="330">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="328">
   <si>
     <t>埼  玉  県  の  推  計  人  口</t>
   </si>
   <si>
     <t>(Population of Saitama Prefecture)</t>
   </si>
   <si>
-    <t>令和7年9月1日現在</t>
+    <t>令和7年11月1日現在</t>
   </si>
   <si>
     <t>今月の特徴</t>
   </si>
   <si>
-    <t>　令和７年９月１日現在の推計人口は、７，３２３，３７４人で前月に比べ１，２８７人
-（０．０２％）減少した。この内訳は自然増減２，９８０人の減少、社会増減１，６９３人
+    <t>　令和７年１１月１日現在の推計人口は、７，３２４，３９６人で前月に比べ１，４０５人
+（０．０２％）増加した。この内訳は自然増減３，２５９人の減少、社会増減４，６６４人
 の増加であった。
-　この１年間の人口増減は、６，３５６人（０．０９％）減少で、その内訳は自然増減
-４６，１７６人の減少、社会増減３９，８２０人の増加である。</t>
+　この１年間の人口増減は、６，３０１人（０．０９％）減少で、その内訳は自然増減
+４６，１４６人の減少、社会増減３９，８４５人の増加である。</t>
   </si>
   <si>
     <t>総数</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>人</t>
   </si>
   <si>
     <t>人口</t>
   </si>
   <si>
     <t>Population</t>
   </si>
   <si>
     <t>男</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>女</t>
   </si>
@@ -217,352 +216,343 @@
   <si>
     <t>55・10</t>
   </si>
   <si>
     <t>60・10</t>
   </si>
   <si>
     <t>2・10</t>
   </si>
   <si>
     <t>7・10</t>
   </si>
   <si>
     <t>12・10</t>
   </si>
   <si>
     <t>17・10</t>
   </si>
   <si>
     <t>22・10</t>
   </si>
   <si>
     <t>27・10</t>
   </si>
   <si>
-    <t>6・9</t>
-[...4 lines deleted...]
-  <si>
     <t>6・11</t>
   </si>
   <si>
     <t>6・12</t>
   </si>
   <si>
     <t>7・1</t>
   </si>
   <si>
     <t>7・2</t>
   </si>
   <si>
     <t>7・3</t>
   </si>
   <si>
     <t>7・4</t>
   </si>
   <si>
     <t>7・5</t>
   </si>
   <si>
     <t>7・6</t>
   </si>
   <si>
     <t>7・7</t>
   </si>
   <si>
     <t>7・8</t>
   </si>
   <si>
     <t>7・9</t>
+  </si>
+  <si>
+    <t>7・11</t>
   </si>
   <si>
     <t>※　平成22年国勢調査において集計項目の一部変更があり、平成22年10月1日から世帯の算出
 　に当たっては国勢調査における「総世帯数」を基に集計する方法に変更した。そのため、従前デ
 　ータとの比較には注意を要する。</t>
   </si>
   <si>
     <t>※　住民基本台帳法が改正され、平成24年7月9日から外国人住民が住民基本台帳法の適用対象
 　となったことにより混合世帯の取扱いが変更となった。そのため、従前データとの比較には注意を
 　要する。</t>
   </si>
   <si>
     <t>市町村別月間増減人口及び増減率</t>
   </si>
   <si>
     <t>The population Growth,Rate of Growth,Decline and Rate of Decline for Saitama Cities,Towns and Villages by Month</t>
   </si>
   <si>
     <t>増加（上位５市町村）</t>
   </si>
   <si>
     <t>Population Grouth (Top 5 Places)</t>
   </si>
   <si>
     <t>減少（上位５市町村）</t>
   </si>
   <si>
     <t>Population Decline(Top 5 Places)</t>
   </si>
   <si>
-    <t>令和7年8月中</t>
-[...8 lines deleted...]
-    <t>August2024</t>
+    <t>令和7年10月中</t>
+  </si>
+  <si>
+    <t>October2025</t>
+  </si>
+  <si>
+    <t>令和6年10月中</t>
+  </si>
+  <si>
+    <t>October2024</t>
   </si>
   <si>
     <t>順位</t>
   </si>
   <si>
     <t>市町村</t>
   </si>
   <si>
     <t>増加人口（人）</t>
   </si>
   <si>
     <t>減少人口（人）</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Cities,Towns and Villages</t>
   </si>
   <si>
     <t>Size of Population
 Growth(Number of
 People)</t>
   </si>
   <si>
     <t>Size of Population
 Decline(Number of
 People)</t>
   </si>
   <si>
     <t>１</t>
   </si>
   <si>
-    <t>蕨市</t>
-[...8 lines deleted...]
-    <t>Misato-shi</t>
+    <t>さいたま市</t>
+  </si>
+  <si>
+    <t>Saitama-shi</t>
+  </si>
+  <si>
+    <t>飯能市</t>
+  </si>
+  <si>
+    <t>Hanno-shi</t>
+  </si>
+  <si>
+    <t>春日部市</t>
+  </si>
+  <si>
+    <t>Kasukabe-shi</t>
+  </si>
+  <si>
+    <t>２</t>
   </si>
   <si>
     <t>川口市</t>
   </si>
   <si>
     <t>Kawaguchi-shi</t>
   </si>
   <si>
-    <t>２</t>
-[...23 lines deleted...]
-    <t>Tokorozawa-shi</t>
+    <t>秩父市</t>
+  </si>
+  <si>
+    <t>Chichibu-shi</t>
+  </si>
+  <si>
+    <t>入間市</t>
+  </si>
+  <si>
+    <t>Iruma-shi</t>
   </si>
   <si>
     <t>３</t>
   </si>
   <si>
-    <t>新座市</t>
-[...8 lines deleted...]
-    <t>Iruma-shi</t>
+    <t>ふじみ野市</t>
+  </si>
+  <si>
+    <t>Fujimino-shi</t>
+  </si>
+  <si>
+    <t>草加市</t>
+  </si>
+  <si>
+    <t>Soka-shi</t>
+  </si>
+  <si>
+    <t>和光市</t>
+  </si>
+  <si>
+    <t>Wako-shi</t>
+  </si>
+  <si>
+    <t>蓮田市</t>
+  </si>
+  <si>
+    <t>Hasuda-shi</t>
   </si>
   <si>
     <t>４</t>
   </si>
   <si>
-    <t>朝霞市</t>
-[...20 lines deleted...]
-    <t>Chichibu-shi</t>
+    <t>戸田市</t>
+  </si>
+  <si>
+    <t>Toda-shi</t>
+  </si>
+  <si>
+    <t>東松山市</t>
+  </si>
+  <si>
+    <t>Higashimatsuyama-shi</t>
+  </si>
+  <si>
+    <t>杉戸町</t>
+  </si>
+  <si>
+    <t>Sugito-machi</t>
   </si>
   <si>
     <t>５</t>
   </si>
   <si>
-    <t>東松山市</t>
-[...14 lines deleted...]
-    <t>Gyoda-shi</t>
+    <t>富士見市</t>
+  </si>
+  <si>
+    <t>Fujimi-shi</t>
+  </si>
+  <si>
+    <t>加須市</t>
+  </si>
+  <si>
+    <t>Kazo-shi</t>
+  </si>
+  <si>
+    <t>坂戸市</t>
+  </si>
+  <si>
+    <t>Sakado-shi</t>
+  </si>
+  <si>
+    <t>毛呂山町</t>
+  </si>
+  <si>
+    <t>Moroyama-machi</t>
   </si>
   <si>
     <t>増加率（％）</t>
   </si>
   <si>
     <t>減少率（％）</t>
   </si>
   <si>
     <t>Rate of Population
 Growth(%)</t>
   </si>
   <si>
     <t>Rate of Population
 Decline(%)</t>
   </si>
   <si>
+    <t>横瀬町</t>
+  </si>
+  <si>
+    <t>Yokoze-machi</t>
+  </si>
+  <si>
+    <t>宮代町</t>
+  </si>
+  <si>
+    <t>Miyashiro-machi</t>
+  </si>
+  <si>
+    <t>皆野町</t>
+  </si>
+  <si>
+    <t>Minano-machi</t>
+  </si>
+  <si>
+    <t>鳩山町</t>
+  </si>
+  <si>
+    <t>Hatoyama-machi</t>
+  </si>
+  <si>
+    <t>長瀞町</t>
+  </si>
+  <si>
+    <t>Nagatoro-machi</t>
+  </si>
+  <si>
+    <t>松伏町</t>
+  </si>
+  <si>
+    <t>Matsubushi-machi</t>
+  </si>
+  <si>
     <t>東秩父村</t>
   </si>
   <si>
     <t>Higashichichibu-mura</t>
   </si>
   <si>
-    <t>横瀬町</t>
-[...32 lines deleted...]
-    <t>Kamisato-machi</t>
+    <t>滑川町</t>
+  </si>
+  <si>
+    <t>Namegawa-machi</t>
   </si>
   <si>
     <t>越生町</t>
   </si>
   <si>
     <t>Ogose-machi</t>
   </si>
   <si>
-    <t>三芳町</t>
-[...4 lines deleted...]
-  <si>
     <t>ときがわ町</t>
   </si>
   <si>
     <t>Tokigawa-machi</t>
-  </si>
-[...10 lines deleted...]
-    <t>Nagatoro-machi</t>
   </si>
   <si>
     <t>埼玉県への都道府県別転入人口（上位5都道府県）</t>
   </si>
   <si>
     <t>Immigration to Saitama Prefecture from Other Prefectures</t>
   </si>
   <si>
     <t>都道府県</t>
   </si>
   <si>
     <t>転入人口（人）</t>
   </si>
   <si>
     <t>構成比（％）</t>
   </si>
   <si>
     <t>Prefecture</t>
   </si>
   <si>
     <t>Number of
 Migrated People</t>
   </si>
   <si>
     <t>Percentage of Total</t>
@@ -576,54 +566,54 @@
   <si>
     <t>千葉県</t>
   </si>
   <si>
     <t>Chiba-ken</t>
   </si>
   <si>
     <t>神奈川県</t>
   </si>
   <si>
     <t>Kanagawa-ken</t>
   </si>
   <si>
     <t>群馬県</t>
   </si>
   <si>
     <t>Gunma-ken</t>
   </si>
   <si>
     <t>茨城県</t>
   </si>
   <si>
     <t>Ibaraki-ken</t>
   </si>
   <si>
-    <t>令和7年9月1日現在人口と8月中の異動人口</t>
-[...2 lines deleted...]
-    <t>Population of Saitama Prefecture as at September 1,2025</t>
+    <t>令和7年11月1日現在人口と10月中の異動人口</t>
+  </si>
+  <si>
+    <t>Population of Saitama Prefecture as at November 1,2025</t>
   </si>
   <si>
     <t>前年同月</t>
   </si>
   <si>
     <t>自然動態</t>
   </si>
   <si>
     <t>社会動態</t>
   </si>
   <si>
     <t>との比較</t>
   </si>
   <si>
     <t>うち県外移動・職権記載・職権消除</t>
   </si>
   <si>
     <t xml:space="preserve">     Migration and Immigration to and from Other Prefectures</t>
   </si>
   <si>
     <t>人口密度</t>
   </si>
   <si>
     <t>増減数</t>
   </si>
@@ -770,338 +760,343 @@
   <si>
     <t>南区</t>
   </si>
   <si>
     <t>Minami-ku</t>
   </si>
   <si>
     <t>緑区</t>
   </si>
   <si>
     <t>Midori-ku</t>
   </si>
   <si>
     <t>岩槻区</t>
   </si>
   <si>
     <t>Iwatsuki-ku</t>
   </si>
   <si>
     <t>川越市</t>
   </si>
   <si>
     <t>Kawagoe-shi</t>
   </si>
   <si>
-    <t>飯能市</t>
-[...8 lines deleted...]
-    <t>Kazo-shi</t>
+    <t>熊谷市</t>
+  </si>
+  <si>
+    <t>Kumagaya-shi</t>
+  </si>
+  <si>
+    <t>行田市</t>
+  </si>
+  <si>
+    <t>Gyoda-shi</t>
+  </si>
+  <si>
+    <t>所沢市</t>
+  </si>
+  <si>
+    <t>Tokorozawa-shi</t>
   </si>
   <si>
     <t>本庄市</t>
   </si>
   <si>
     <t>Honjo-shi</t>
   </si>
   <si>
-    <t>春日部市</t>
-[...2 lines deleted...]
-    <t>Kasukabe-shi</t>
+    <t>狭山市</t>
+  </si>
+  <si>
+    <t>Sayama-shi</t>
   </si>
   <si>
     <t>羽生市</t>
   </si>
   <si>
     <t>Hanyu-shi</t>
   </si>
   <si>
     <t>鴻巣市</t>
   </si>
   <si>
     <t>Kounosu-shi</t>
   </si>
   <si>
     <t>深谷市</t>
   </si>
   <si>
     <t>Fukaya-shi</t>
   </si>
   <si>
-    <t>草加市</t>
-[...2 lines deleted...]
-    <t>Soka-shi</t>
+    <t>上尾市</t>
+  </si>
+  <si>
+    <t>Ageo-shi</t>
   </si>
   <si>
     <t>越谷市</t>
   </si>
   <si>
     <t>Koshigaya-shi</t>
   </si>
   <si>
-    <t>戸田市</t>
-[...2 lines deleted...]
-    <t>Toda-shi</t>
+    <t>蕨市</t>
+  </si>
+  <si>
+    <t>Warabi-shi</t>
+  </si>
+  <si>
+    <t>朝霞市</t>
+  </si>
+  <si>
+    <t>Asaka-shi</t>
   </si>
   <si>
     <t>志木市</t>
   </si>
   <si>
     <t>Shiki-shi</t>
   </si>
   <si>
-    <t>和光市</t>
-[...2 lines deleted...]
-    <t>Wako-shi</t>
+    <t>新座市</t>
+  </si>
+  <si>
+    <t>Niiza-shi</t>
   </si>
   <si>
     <t>桶川市</t>
   </si>
   <si>
     <t>Okegawa-shi</t>
   </si>
   <si>
     <t>久喜市</t>
   </si>
   <si>
     <t>Kuki-shi</t>
   </si>
   <si>
     <t>北本市</t>
   </si>
   <si>
     <t>Kitamoto-shi</t>
   </si>
   <si>
-    <t>富士見市</t>
-[...14 lines deleted...]
-    <t>Sakado-shi</t>
+    <t>八潮市</t>
+  </si>
+  <si>
+    <t>Yashio-shi</t>
+  </si>
+  <si>
+    <t>三郷市</t>
+  </si>
+  <si>
+    <t>Misato-shi</t>
   </si>
   <si>
     <t>幸手市</t>
   </si>
   <si>
     <t>Satte-shi</t>
   </si>
   <si>
     <t>鶴ヶ島市</t>
   </si>
   <si>
     <t>Tsurugashima-shi</t>
   </si>
   <si>
     <t>日高市</t>
   </si>
   <si>
     <t>Hidaka-shi</t>
   </si>
   <si>
     <t>吉川市</t>
   </si>
   <si>
     <t>Yoshikawa-shi</t>
   </si>
   <si>
-    <t>ふじみ野市</t>
-[...4 lines deleted...]
-  <si>
     <t>白岡市</t>
   </si>
   <si>
     <t>Shiraoka-shi</t>
   </si>
   <si>
     <t>北足立郡</t>
   </si>
   <si>
     <t>Kitaadachi-gun</t>
   </si>
   <si>
     <t>伊奈町</t>
   </si>
   <si>
     <t>Ina-machi</t>
   </si>
   <si>
     <t>入間郡</t>
   </si>
   <si>
     <t>Iruma-gun</t>
   </si>
   <si>
-    <t>毛呂山町</t>
-[...2 lines deleted...]
-    <t>Moroyama-machi</t>
+    <t>三芳町</t>
+  </si>
+  <si>
+    <t>Miyoshi-machi</t>
   </si>
   <si>
     <t>比企郡</t>
   </si>
   <si>
     <t>Hiki-gun</t>
   </si>
   <si>
-    <t>滑川町</t>
-[...2 lines deleted...]
-    <t>Namegawa-machi</t>
+    <t>嵐山町</t>
+  </si>
+  <si>
+    <t>Ranzan-machi</t>
+  </si>
+  <si>
+    <t>小川町</t>
+  </si>
+  <si>
+    <t>Ogawa-machi</t>
   </si>
   <si>
     <t>川島町</t>
   </si>
   <si>
     <t>Kawajima-machi</t>
   </si>
   <si>
     <t>吉見町</t>
   </si>
   <si>
     <t>Yoshimi-machi</t>
   </si>
   <si>
     <t>秩父郡</t>
   </si>
   <si>
     <t>Chichibu-gun</t>
   </si>
   <si>
-    <t>皆野町</t>
-[...4 lines deleted...]
-  <si>
     <t>小鹿野町</t>
   </si>
   <si>
     <t>Ogano-machi</t>
   </si>
   <si>
     <t>児玉郡</t>
   </si>
   <si>
     <t>Kodama-gun</t>
   </si>
   <si>
+    <t>美里町</t>
+  </si>
+  <si>
+    <t>Misato-machi</t>
+  </si>
+  <si>
     <t>神川町</t>
   </si>
   <si>
     <t>Kamikawa-machi</t>
   </si>
   <si>
+    <t>上里町</t>
+  </si>
+  <si>
+    <t>Kamisato-machi</t>
+  </si>
+  <si>
     <t>大里郡</t>
   </si>
   <si>
     <t>Osato-gun</t>
   </si>
   <si>
+    <t>寄居町</t>
+  </si>
+  <si>
+    <t>Yorii-machi</t>
+  </si>
+  <si>
     <t>南埼玉郡</t>
   </si>
   <si>
     <t>Minamisaitama-gun</t>
   </si>
   <si>
     <t>北葛飾郡</t>
   </si>
   <si>
     <t>Kitakatsushika-gun</t>
   </si>
   <si>
-    <t>杉戸町</t>
-[...10 lines deleted...]
-  <si>
     <t>※ さいたま市の各区の転入・転出には区間移動が含まれるため、区の合計とさいたま市の総数とは一致しない。</t>
   </si>
   <si>
     <t xml:space="preserve">  また、この区間移動分は、総数及び市計には含まない。</t>
   </si>
   <si>
-    <t>令和7年8月中の県内市区町村間移動人口（単位：人）</t>
+    <t>令和7年10月中の県内市区町村間移動人口（単位：人）</t>
   </si>
   <si>
     <t>　　移動前
 移動後</t>
   </si>
   <si>
     <t>総計</t>
   </si>
   <si>
     <t>※　人口密度計算資料の面積については、国土地理院「全国都道府県市区町村別面積調（令和7
-　年4月1日）」による。</t>
+　年7月1日）」による。</t>
     <phoneticPr fontId="9"/>
   </si>
   <si>
+    <t>Moroyama-machi
+Minano-machi</t>
+    <phoneticPr fontId="9"/>
+  </si>
+  <si>
+    <t>毛呂山町
+皆野町</t>
+    <rPh sb="5" eb="8">
+      <t>ミナノマチ</t>
+    </rPh>
+    <phoneticPr fontId="9"/>
+  </si>
+  <si>
     <t>※さいたま市の各区間の移動は、さいたま市欄の各区に記載しており、この区間移動分は、市計及び総計には含まない。</t>
-    <phoneticPr fontId="9"/>
-[...12 lines deleted...]
-    <t>-</t>
     <phoneticPr fontId="9"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#,##0.0"/>
     <numFmt numFmtId="177" formatCode="0.00;\-0.00"/>
     <numFmt numFmtId="178" formatCode="#0.0"/>
     <numFmt numFmtId="179" formatCode="##0.00"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
@@ -1440,50 +1435,71 @@
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyBorder="0"/>
   </cellStyleXfs>
   <cellXfs count="99">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
@@ -1613,100 +1629,79 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1970,27831 +1965,27823 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="I6" sqref="I6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="5.90625" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="16384" width="13.54296875" style="1"/>
+    <col min="1" max="1" width="5.90625" style="8" customWidth="1"/>
+    <col min="2" max="3" width="13.54296875" style="8" customWidth="1"/>
+    <col min="4" max="4" width="18.7265625" style="8" customWidth="1"/>
+    <col min="5" max="5" width="18.6328125" style="8" customWidth="1"/>
+    <col min="6" max="6" width="14" style="8" customWidth="1"/>
+    <col min="7" max="7" width="11.08984375" style="8" customWidth="1"/>
+    <col min="8" max="8" width="5.90625" style="8" customWidth="1"/>
+    <col min="9" max="9" width="13.54296875" style="8" customWidth="1"/>
+    <col min="10" max="16384" width="13.54296875" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A1" s="2"/>
-[...9 lines deleted...]
-      <c r="G1" s="2"/>
+      <c r="A1" s="9"/>
+      <c r="B1" s="9" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
     </row>
     <row r="2" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A2" s="2"/>
-[...7 lines deleted...]
-      <c r="G2" s="2"/>
+      <c r="A2" s="9"/>
+      <c r="B2" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
     </row>
     <row r="3" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A3" s="2"/>
-[...5 lines deleted...]
-      <c r="G3" s="2"/>
+      <c r="A3" s="9"/>
+      <c r="B3" s="9"/>
+      <c r="C3" s="9"/>
+      <c r="D3" s="9"/>
+      <c r="E3" s="9"/>
+      <c r="F3" s="9"/>
+      <c r="G3" s="9"/>
     </row>
     <row r="4" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A4" s="2"/>
-      <c r="B4" s="2" t="s">
+      <c r="A4" s="9"/>
+      <c r="B4" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="2"/>
-[...3 lines deleted...]
-      <c r="G4" s="2"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="9"/>
+      <c r="F4" s="9"/>
+      <c r="G4" s="9"/>
     </row>
     <row r="5" spans="1:9" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="2"/>
-[...5 lines deleted...]
-      <c r="G5" s="2"/>
+      <c r="A5" s="9"/>
+      <c r="B5" s="9"/>
+      <c r="C5" s="9"/>
+      <c r="D5" s="9"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="9"/>
     </row>
     <row r="6" spans="1:9" customFormat="1" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="2"/>
+      <c r="A6" s="9"/>
       <c r="B6" s="87" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="88"/>
       <c r="D6" s="88"/>
       <c r="E6" s="88"/>
       <c r="F6" s="88"/>
       <c r="G6" s="88"/>
       <c r="I6" s="98"/>
     </row>
     <row r="7" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A7" s="2"/>
-[...5 lines deleted...]
-      <c r="G7" s="2"/>
+      <c r="A7" s="9"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="9"/>
+      <c r="D7" s="9"/>
+      <c r="E7" s="9"/>
+      <c r="F7" s="9"/>
+      <c r="G7" s="9"/>
     </row>
     <row r="8" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A8" s="2"/>
-[...2 lines deleted...]
-      <c r="D8" s="6" t="s">
+      <c r="A8" s="9"/>
+      <c r="B8" s="11"/>
+      <c r="C8" s="12"/>
+      <c r="D8" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="E8" s="7" t="s">
+      <c r="E8" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="F8" s="8">
-[...2 lines deleted...]
-      <c r="G8" s="9" t="s">
+      <c r="F8" s="15">
+        <v>7324396</v>
+      </c>
+      <c r="G8" s="16" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A9" s="2"/>
-      <c r="B9" s="10" t="s">
+      <c r="A9" s="9"/>
+      <c r="B9" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="11" t="s">
+      <c r="C9" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="12" t="s">
+      <c r="D9" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="E9" s="13" t="s">
+      <c r="E9" s="20" t="s">
         <v>11</v>
       </c>
-      <c r="F9" s="14">
-[...2 lines deleted...]
-      <c r="G9" s="15" t="s">
+      <c r="F9" s="21">
+        <v>3630656</v>
+      </c>
+      <c r="G9" s="22" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A10" s="2"/>
-[...2 lines deleted...]
-      <c r="D10" s="12" t="s">
+      <c r="A10" s="9"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="18"/>
+      <c r="D10" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="E10" s="13" t="s">
+      <c r="E10" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="F10" s="14">
-[...2 lines deleted...]
-      <c r="G10" s="15" t="s">
+      <c r="F10" s="21">
+        <v>3693739</v>
+      </c>
+      <c r="G10" s="22" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A11" s="2"/>
-[...2 lines deleted...]
-      <c r="D11" s="12" t="s">
+      <c r="A11" s="9"/>
+      <c r="B11" s="23"/>
+      <c r="C11" s="20"/>
+      <c r="D11" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="E11" s="13" t="s">
+      <c r="E11" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="F11" s="14">
-[...2 lines deleted...]
-      <c r="G11" s="15" t="s">
+      <c r="F11" s="21">
+        <v>1</v>
+      </c>
+      <c r="G11" s="22" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:9" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="2"/>
-      <c r="B12" s="10" t="s">
+      <c r="A12" s="9"/>
+      <c r="B12" s="17" t="s">
         <v>16</v>
       </c>
-      <c r="C12" s="17" t="s">
+      <c r="C12" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="D12" s="12" t="s">
+      <c r="D12" s="19" t="s">
         <v>18</v>
       </c>
-      <c r="E12" s="13" t="s">
+      <c r="E12" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="F12" s="14">
-[...2 lines deleted...]
-      <c r="G12" s="15" t="s">
+      <c r="F12" s="21">
+        <v>1405</v>
+      </c>
+      <c r="G12" s="22" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A13" s="2"/>
-      <c r="B13" s="10" t="s">
+      <c r="A13" s="9"/>
+      <c r="B13" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="C13" s="11"/>
-      <c r="D13" s="2" t="s">
+      <c r="C13" s="18"/>
+      <c r="D13" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="E13" s="11" t="s">
+      <c r="E13" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="F13" s="18">
-[...2 lines deleted...]
-      <c r="G13" s="19" t="s">
+      <c r="F13" s="25">
+        <v>-3259</v>
+      </c>
+      <c r="G13" s="26" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A14" s="2"/>
-      <c r="B14" s="16" t="s">
+      <c r="A14" s="9"/>
+      <c r="B14" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="C14" s="13"/>
-      <c r="D14" s="12" t="s">
+      <c r="C14" s="20"/>
+      <c r="D14" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="E14" s="13" t="s">
+      <c r="E14" s="20" t="s">
         <v>25</v>
       </c>
-      <c r="F14" s="14">
-[...2 lines deleted...]
-      <c r="G14" s="15" t="s">
+      <c r="F14" s="21">
+        <v>4664</v>
+      </c>
+      <c r="G14" s="22" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="24" x14ac:dyDescent="0.2">
-      <c r="A15" s="2"/>
-      <c r="B15" s="10" t="s">
+      <c r="A15" s="9"/>
+      <c r="B15" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="C15" s="17" t="s">
+      <c r="C15" s="24" t="s">
         <v>27</v>
       </c>
-      <c r="D15" s="12" t="s">
+      <c r="D15" s="19" t="s">
         <v>18</v>
       </c>
-      <c r="E15" s="13" t="s">
+      <c r="E15" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="F15" s="14">
-[...2 lines deleted...]
-      <c r="G15" s="15" t="s">
+      <c r="F15" s="21">
+        <v>-6301</v>
+      </c>
+      <c r="G15" s="22" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-      <c r="A16" s="2"/>
-      <c r="B16" s="10" t="s">
+      <c r="A16" s="9"/>
+      <c r="B16" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="C16" s="19"/>
-      <c r="D16" s="2" t="s">
+      <c r="C16" s="26"/>
+      <c r="D16" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="E16" s="11" t="s">
+      <c r="E16" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="F16" s="18">
-[...2 lines deleted...]
-      <c r="G16" s="19" t="s">
+      <c r="F16" s="25">
+        <v>-46146</v>
+      </c>
+      <c r="G16" s="26" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A17" s="2"/>
-      <c r="B17" s="16" t="s">
+      <c r="A17" s="9"/>
+      <c r="B17" s="23" t="s">
         <v>29</v>
       </c>
-      <c r="C17" s="15"/>
-      <c r="D17" s="12" t="s">
+      <c r="C17" s="22"/>
+      <c r="D17" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="E17" s="13" t="s">
+      <c r="E17" s="20" t="s">
         <v>25</v>
       </c>
-      <c r="F17" s="14">
-[...2 lines deleted...]
-      <c r="G17" s="15" t="s">
+      <c r="F17" s="21">
+        <v>39845</v>
+      </c>
+      <c r="G17" s="22" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A18" s="2"/>
-      <c r="B18" s="16" t="s">
+      <c r="A18" s="9"/>
+      <c r="B18" s="23" t="s">
         <v>30</v>
       </c>
-      <c r="C18" s="15"/>
-      <c r="D18" s="20" t="s">
+      <c r="C18" s="22"/>
+      <c r="D18" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="E18" s="15"/>
-[...3 lines deleted...]
-      <c r="G18" s="15"/>
+      <c r="E18" s="22"/>
+      <c r="F18" s="28">
+        <v>1928.61</v>
+      </c>
+      <c r="G18" s="22"/>
     </row>
     <row r="19" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A19" s="2"/>
-      <c r="B19" s="16" t="s">
+      <c r="A19" s="9"/>
+      <c r="B19" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="C19" s="15"/>
-      <c r="D19" s="20" t="s">
+      <c r="C19" s="22"/>
+      <c r="D19" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="E19" s="15"/>
-[...3 lines deleted...]
-      <c r="G19" s="15" t="s">
+      <c r="E19" s="22"/>
+      <c r="F19" s="21">
+        <v>3368416</v>
+      </c>
+      <c r="G19" s="22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A20" s="2"/>
-      <c r="B20" s="16" t="s">
+      <c r="A20" s="9"/>
+      <c r="B20" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="C20" s="15"/>
-      <c r="D20" s="20" t="s">
+      <c r="C20" s="22"/>
+      <c r="D20" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="E20" s="15"/>
-[...3 lines deleted...]
-      <c r="G20" s="15" t="s">
+      <c r="E20" s="22"/>
+      <c r="F20" s="29">
+        <v>2.17443332414999</v>
+      </c>
+      <c r="G20" s="22" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A21" s="2"/>
-      <c r="B21" s="2" t="s">
+      <c r="A21" s="9"/>
+      <c r="B21" s="9" t="s">
         <v>37</v>
       </c>
-      <c r="C21" s="2"/>
-[...3 lines deleted...]
-      <c r="G21" s="2"/>
+      <c r="C21" s="9"/>
+      <c r="D21" s="9"/>
+      <c r="E21" s="9"/>
+      <c r="F21" s="9"/>
+      <c r="G21" s="9"/>
     </row>
     <row r="22" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A22" s="2"/>
-[...5 lines deleted...]
-      <c r="G22" s="2"/>
+      <c r="A22" s="9"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9"/>
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
     </row>
     <row r="23" spans="1:7" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A23" s="2"/>
+      <c r="A23" s="9"/>
       <c r="B23" s="89" t="s">
         <v>38</v>
       </c>
       <c r="C23" s="88"/>
       <c r="D23" s="88"/>
       <c r="E23" s="88"/>
       <c r="F23" s="88"/>
       <c r="G23" s="88"/>
     </row>
     <row r="24" spans="1:7" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="2"/>
+      <c r="A24" s="9"/>
       <c r="B24" s="89" t="s">
         <v>39</v>
       </c>
       <c r="C24" s="88"/>
       <c r="D24" s="88"/>
       <c r="E24" s="88"/>
       <c r="F24" s="88"/>
       <c r="G24" s="88"/>
     </row>
     <row r="25" spans="1:7" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A25" s="2"/>
+      <c r="A25" s="9"/>
       <c r="B25" s="89" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C25" s="88"/>
       <c r="D25" s="88"/>
       <c r="E25" s="88"/>
       <c r="F25" s="88"/>
       <c r="G25" s="88"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="B23:G23"/>
     <mergeCell ref="B24:G24"/>
     <mergeCell ref="B25:G25"/>
   </mergeCells>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:E28"/>
   <sheetViews>
-    <sheetView topLeftCell="A14" workbookViewId="0"/>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="14.54296875" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="16384" width="14.54296875" style="1"/>
+    <col min="1" max="2" width="14.54296875" style="8" customWidth="1"/>
+    <col min="3" max="3" width="18.90625" style="8" customWidth="1"/>
+    <col min="4" max="4" width="14.54296875" style="8" customWidth="1"/>
+    <col min="5" max="5" width="18.90625" style="8" customWidth="1"/>
+    <col min="6" max="6" width="14.54296875" style="8" customWidth="1"/>
+    <col min="7" max="16384" width="14.54296875" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="B1" s="2"/>
-      <c r="C1" s="3" t="s">
+      <c r="B1" s="9"/>
+      <c r="C1" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="D1" s="2"/>
-      <c r="E1" s="2"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
     </row>
     <row r="2" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A2" s="23" t="s">
+      <c r="A2" s="30" t="s">
         <v>42</v>
       </c>
-      <c r="B2" s="24" t="s">
+      <c r="B2" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="C2" s="25" t="s">
+      <c r="C2" s="32" t="s">
         <v>44</v>
       </c>
-      <c r="D2" s="25" t="s">
+      <c r="D2" s="32" t="s">
         <v>45</v>
       </c>
-      <c r="E2" s="25" t="s">
+      <c r="E2" s="32" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:5" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="26" t="s">
+      <c r="A3" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="26" t="s">
+      <c r="B3" s="33" t="s">
         <v>9</v>
       </c>
-      <c r="C3" s="27" t="s">
+      <c r="C3" s="34" t="s">
         <v>47</v>
       </c>
-      <c r="D3" s="27" t="s">
+      <c r="D3" s="34" t="s">
         <v>48</v>
       </c>
-      <c r="E3" s="27" t="s">
+      <c r="E3" s="34" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A4" s="28" t="s">
+      <c r="A4" s="35" t="s">
         <v>49</v>
       </c>
-      <c r="B4" s="29">
+      <c r="B4" s="36">
         <v>4821340</v>
       </c>
-      <c r="C4" s="30" t="s">
+      <c r="C4" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="D4" s="29">
+      <c r="D4" s="36">
         <v>1440498</v>
       </c>
-      <c r="E4" s="30" t="s">
+      <c r="E4" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A5" s="28" t="s">
+      <c r="A5" s="35" t="s">
         <v>51</v>
       </c>
-      <c r="B5" s="29">
+      <c r="B5" s="36">
         <v>5420480</v>
       </c>
-      <c r="C5" s="30" t="s">
+      <c r="C5" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="D5" s="29">
+      <c r="D5" s="36">
         <v>1632008</v>
       </c>
-      <c r="E5" s="30" t="s">
+      <c r="E5" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A6" s="28" t="s">
+      <c r="A6" s="35" t="s">
         <v>52</v>
       </c>
-      <c r="B6" s="29">
+      <c r="B6" s="36">
         <v>5863678</v>
       </c>
-      <c r="C6" s="30" t="s">
+      <c r="C6" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="D6" s="29">
+      <c r="D6" s="36">
         <v>1806380</v>
       </c>
-      <c r="E6" s="30" t="s">
+      <c r="E6" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A7" s="28" t="s">
+      <c r="A7" s="35" t="s">
         <v>53</v>
       </c>
-      <c r="B7" s="29">
+      <c r="B7" s="36">
         <v>6405319</v>
       </c>
-      <c r="C7" s="30" t="s">
+      <c r="C7" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="D7" s="29">
+      <c r="D7" s="36">
         <v>2092783</v>
       </c>
-      <c r="E7" s="30" t="s">
+      <c r="E7" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A8" s="28" t="s">
+      <c r="A8" s="35" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="29">
+      <c r="B8" s="36">
         <v>6759311</v>
       </c>
-      <c r="C8" s="30" t="s">
+      <c r="C8" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="D8" s="29">
+      <c r="D8" s="36">
         <v>2349015</v>
       </c>
-      <c r="E8" s="30" t="s">
+      <c r="E8" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A9" s="28" t="s">
+      <c r="A9" s="35" t="s">
         <v>55</v>
       </c>
-      <c r="B9" s="29">
+      <c r="B9" s="36">
         <v>6938006</v>
       </c>
-      <c r="C9" s="30" t="s">
+      <c r="C9" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="D9" s="29">
+      <c r="D9" s="36">
         <v>2555098</v>
       </c>
-      <c r="E9" s="30" t="s">
+      <c r="E9" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A10" s="28" t="s">
+      <c r="A10" s="35" t="s">
         <v>56</v>
       </c>
-      <c r="B10" s="29">
+      <c r="B10" s="36">
         <v>7054243</v>
       </c>
-      <c r="C10" s="30" t="s">
+      <c r="C10" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="D10" s="29">
+      <c r="D10" s="36">
         <v>2735628</v>
       </c>
-      <c r="E10" s="30" t="s">
+      <c r="E10" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A11" s="28" t="s">
+      <c r="A11" s="35" t="s">
         <v>57</v>
       </c>
-      <c r="B11" s="29">
+      <c r="B11" s="36">
         <v>7194556</v>
       </c>
-      <c r="C11" s="30" t="s">
+      <c r="C11" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="D11" s="29">
+      <c r="D11" s="36">
         <v>2841595</v>
       </c>
-      <c r="E11" s="30" t="s">
+      <c r="E11" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A12" s="28" t="s">
+      <c r="A12" s="35" t="s">
         <v>58</v>
       </c>
-      <c r="B12" s="29">
+      <c r="B12" s="36">
         <v>7266534</v>
       </c>
-      <c r="C12" s="30" t="s">
+      <c r="C12" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="D12" s="29">
+      <c r="D12" s="36">
         <v>2971659</v>
       </c>
-      <c r="E12" s="30" t="s">
+      <c r="E12" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A13" s="28" t="s">
+      <c r="A13" s="35" t="s">
         <v>53</v>
       </c>
-      <c r="B13" s="29">
+      <c r="B13" s="36">
         <v>7344765</v>
       </c>
-      <c r="C13" s="30" t="s">
+      <c r="C13" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="D13" s="29">
+      <c r="D13" s="36">
         <v>3162743</v>
       </c>
-      <c r="E13" s="30" t="s">
+      <c r="E13" s="37" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A14" s="28" t="s">
+      <c r="A14" s="35" t="s">
         <v>59</v>
       </c>
-      <c r="B14" s="29">
-[...9 lines deleted...]
-        <v>4.7731129999999997E-2</v>
+      <c r="B14" s="36">
+        <v>7330697</v>
+      </c>
+      <c r="C14" s="38">
+        <v>1.9633640000000001E-2</v>
+      </c>
+      <c r="D14" s="36">
+        <v>3324928</v>
+      </c>
+      <c r="E14" s="38">
+        <v>0.12777479999999999</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A15" s="28" t="s">
+      <c r="A15" s="35" t="s">
         <v>60</v>
       </c>
-      <c r="B15" s="29">
-[...9 lines deleted...]
-        <v>7.8599740000000001E-2</v>
+      <c r="B15" s="36">
+        <v>7329133</v>
+      </c>
+      <c r="C15" s="38">
+        <v>-2.133494E-2</v>
+      </c>
+      <c r="D15" s="36">
+        <v>3325935</v>
+      </c>
+      <c r="E15" s="38">
+        <v>3.028637E-2</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A16" s="28" t="s">
+      <c r="A16" s="35" t="s">
         <v>61</v>
       </c>
-      <c r="B16" s="29">
-[...9 lines deleted...]
-        <v>0.12777479999999999</v>
+      <c r="B16" s="36">
+        <v>7326255</v>
+      </c>
+      <c r="C16" s="38">
+        <v>-3.9267950000000003E-2</v>
+      </c>
+      <c r="D16" s="36">
+        <v>3326243</v>
+      </c>
+      <c r="E16" s="38">
+        <v>9.2605540000000007E-3</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A17" s="28" t="s">
+      <c r="A17" s="35" t="s">
         <v>62</v>
       </c>
-      <c r="B17" s="29">
-[...9 lines deleted...]
-        <v>3.028637E-2</v>
+      <c r="B17" s="36">
+        <v>7320520</v>
+      </c>
+      <c r="C17" s="38">
+        <v>-7.8280100000000005E-2</v>
+      </c>
+      <c r="D17" s="36">
+        <v>3325256</v>
+      </c>
+      <c r="E17" s="38">
+        <v>-2.9673120000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A18" s="28" t="s">
+      <c r="A18" s="35" t="s">
         <v>63</v>
       </c>
-      <c r="B18" s="29">
-[...9 lines deleted...]
-        <v>9.2605540000000007E-3</v>
+      <c r="B18" s="36">
+        <v>7317916</v>
+      </c>
+      <c r="C18" s="38">
+        <v>-3.5571239999999997E-2</v>
+      </c>
+      <c r="D18" s="36">
+        <v>3323430</v>
+      </c>
+      <c r="E18" s="38">
+        <v>-5.4913070000000001E-2</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A19" s="28" t="s">
+      <c r="A19" s="35" t="s">
         <v>64</v>
       </c>
-      <c r="B19" s="29">
-[...9 lines deleted...]
-        <v>-2.9673120000000001E-2</v>
+      <c r="B19" s="36">
+        <v>7321033</v>
+      </c>
+      <c r="C19" s="38">
+        <v>4.2594090000000001E-2</v>
+      </c>
+      <c r="D19" s="36">
+        <v>3339693</v>
+      </c>
+      <c r="E19" s="38">
+        <v>0.4893439</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A20" s="28" t="s">
+      <c r="A20" s="35" t="s">
         <v>65</v>
       </c>
-      <c r="B20" s="29">
-[...9 lines deleted...]
-        <v>-5.4913070000000001E-2</v>
+      <c r="B20" s="36">
+        <v>7326060</v>
+      </c>
+      <c r="C20" s="38">
+        <v>6.8665180000000006E-2</v>
+      </c>
+      <c r="D20" s="36">
+        <v>3351121</v>
+      </c>
+      <c r="E20" s="38">
+        <v>0.34218710000000002</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A21" s="28" t="s">
+      <c r="A21" s="35" t="s">
         <v>66</v>
       </c>
-      <c r="B21" s="29">
-[...9 lines deleted...]
-        <v>0.4893439</v>
+      <c r="B21" s="36">
+        <v>7325516</v>
+      </c>
+      <c r="C21" s="38">
+        <v>-7.4255470000000002E-3</v>
+      </c>
+      <c r="D21" s="36">
+        <v>3354320</v>
+      </c>
+      <c r="E21" s="38">
+        <v>9.5460589999999998E-2</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A22" s="28" t="s">
+      <c r="A22" s="35" t="s">
         <v>67</v>
       </c>
-      <c r="B22" s="29">
-[...9 lines deleted...]
-        <v>0.34218710000000002</v>
+      <c r="B22" s="36">
+        <v>7325312</v>
+      </c>
+      <c r="C22" s="38">
+        <v>-2.7847869999999999E-3</v>
+      </c>
+      <c r="D22" s="36">
+        <v>3356785</v>
+      </c>
+      <c r="E22" s="38">
+        <v>7.3487330000000003E-2</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A23" s="28" t="s">
+      <c r="A23" s="35" t="s">
         <v>68</v>
       </c>
-      <c r="B23" s="29">
-[...9 lines deleted...]
-        <v>9.5460589999999998E-2</v>
+      <c r="B23" s="36">
+        <v>7324661</v>
+      </c>
+      <c r="C23" s="38">
+        <v>-8.8869940000000005E-3</v>
+      </c>
+      <c r="D23" s="36">
+        <v>3359183</v>
+      </c>
+      <c r="E23" s="38">
+        <v>7.1437399999999998E-2</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A24" s="28" t="s">
+      <c r="A24" s="35" t="s">
         <v>69</v>
       </c>
-      <c r="B24" s="29">
-[...9 lines deleted...]
-        <v>7.3487330000000003E-2</v>
+      <c r="B24" s="36">
+        <v>7323374</v>
+      </c>
+      <c r="C24" s="38">
+        <v>-1.7570780000000001E-2</v>
+      </c>
+      <c r="D24" s="36">
+        <v>3361259</v>
+      </c>
+      <c r="E24" s="38">
+        <v>6.180074E-2</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A25" s="28" t="s">
-[...12 lines deleted...]
-        <v>7.1437399999999998E-2</v>
+      <c r="A25" s="35" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="36">
+        <v>7322991</v>
+      </c>
+      <c r="C25" s="38">
+        <v>-5.2298300000000004E-3</v>
+      </c>
+      <c r="D25" s="36">
+        <v>3364140</v>
+      </c>
+      <c r="E25" s="38">
+        <v>8.5711930000000006E-2</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A26" s="28" t="s">
-[...12 lines deleted...]
-        <v>6.180074E-2</v>
+      <c r="A26" s="35" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="36">
+        <v>7324396</v>
+      </c>
+      <c r="C26" s="38">
+        <v>1.9186149999999999E-2</v>
+      </c>
+      <c r="D26" s="36">
+        <v>3368416</v>
+      </c>
+      <c r="E26" s="38">
+        <v>0.1271053</v>
       </c>
     </row>
     <row r="27" spans="1:5" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="90" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B27" s="88"/>
       <c r="C27" s="88"/>
       <c r="D27" s="88"/>
       <c r="E27" s="88"/>
     </row>
     <row r="28" spans="1:5" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="90" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B28" s="88"/>
       <c r="C28" s="88"/>
       <c r="D28" s="88"/>
       <c r="E28" s="88"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="A28:E28"/>
   </mergeCells>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <sheetPr>
-[...1 lines deleted...]
-  </sheetPr>
   <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G10" sqref="G10"/>
+      <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="13.54296875" style="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="16384" width="13.54296875" style="1"/>
+    <col min="1" max="2" width="13.54296875" style="8" customWidth="1"/>
+    <col min="3" max="3" width="18.90625" style="8" customWidth="1"/>
+    <col min="4" max="4" width="17.1796875" style="8" customWidth="1"/>
+    <col min="5" max="5" width="13.54296875" style="8" customWidth="1"/>
+    <col min="6" max="6" width="18.90625" style="8" customWidth="1"/>
+    <col min="7" max="7" width="17.1796875" style="8" customWidth="1"/>
+    <col min="8" max="8" width="13.54296875" style="8" customWidth="1"/>
+    <col min="9" max="9" width="18.90625" style="8" customWidth="1"/>
+    <col min="10" max="10" width="17.1796875" style="8" customWidth="1"/>
+    <col min="11" max="11" width="13.54296875" style="8" customWidth="1"/>
+    <col min="12" max="12" width="18.90625" style="8" customWidth="1"/>
+    <col min="13" max="13" width="17.1796875" style="8" customWidth="1"/>
+    <col min="14" max="14" width="13.54296875" style="8" customWidth="1"/>
+    <col min="15" max="16384" width="13.54296875" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A1" s="2" t="s">
+      <c r="A1" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="10" t="s">
         <v>74</v>
       </c>
-      <c r="B1" s="2"/>
-[...12 lines deleted...]
-      <c r="M1" s="2"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
     </row>
     <row r="2" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A2" s="2"/>
-      <c r="B2" s="2" t="s">
+      <c r="A2" s="9"/>
+      <c r="B2" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" s="9"/>
+      <c r="D2" s="10" t="s">
         <v>76</v>
       </c>
-      <c r="C2" s="2"/>
-      <c r="D2" s="3" t="s">
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9" t="s">
         <v>77</v>
       </c>
-      <c r="E2" s="2"/>
-[...2 lines deleted...]
-      <c r="H2" s="2" t="s">
+      <c r="I2" s="9"/>
+      <c r="J2" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="I2" s="2"/>
-[...5 lines deleted...]
-      <c r="M2" s="2"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
     </row>
     <row r="3" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A3" s="32"/>
-      <c r="B3" s="33" t="s">
+      <c r="A3" s="39"/>
+      <c r="B3" s="40" t="s">
+        <v>79</v>
+      </c>
+      <c r="C3" s="40"/>
+      <c r="D3" s="41" t="s">
         <v>80</v>
       </c>
-      <c r="C3" s="33"/>
-      <c r="D3" s="34" t="s">
+      <c r="E3" s="40" t="s">
         <v>81</v>
       </c>
-      <c r="E3" s="33" t="s">
+      <c r="F3" s="40"/>
+      <c r="G3" s="41" t="s">
         <v>82</v>
       </c>
-      <c r="F3" s="33"/>
-[...3 lines deleted...]
-      <c r="H3" s="33" t="s">
+      <c r="H3" s="40" t="s">
+        <v>79</v>
+      </c>
+      <c r="I3" s="40"/>
+      <c r="J3" s="41" t="s">
         <v>80</v>
       </c>
-      <c r="I3" s="33"/>
-      <c r="J3" s="34" t="s">
+      <c r="K3" s="40" t="s">
         <v>81</v>
       </c>
-      <c r="K3" s="33" t="s">
+      <c r="L3" s="40"/>
+      <c r="M3" s="41" t="s">
         <v>82</v>
-      </c>
-[...2 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="4" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A4" s="35" t="s">
+      <c r="A4" s="42" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" s="43" t="s">
         <v>84</v>
       </c>
-      <c r="B4" s="36" t="s">
+      <c r="C4" s="44"/>
+      <c r="D4" s="44" t="s">
         <v>85</v>
       </c>
-      <c r="C4" s="37"/>
-      <c r="D4" s="37" t="s">
+      <c r="E4" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="F4" s="44"/>
+      <c r="G4" s="44" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="I4" s="44"/>
+      <c r="J4" s="44" t="s">
         <v>86</v>
       </c>
-      <c r="E4" s="36" t="s">
-[...3 lines deleted...]
-      <c r="G4" s="37" t="s">
+      <c r="K4" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="L4" s="44"/>
+      <c r="M4" s="44" t="s">
         <v>86</v>
-      </c>
-[...12 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="5" spans="1:13" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="38" t="s">
+      <c r="A5" s="45" t="s">
+        <v>87</v>
+      </c>
+      <c r="B5" s="46" t="s">
         <v>88</v>
       </c>
-      <c r="B5" s="39" t="s">
+      <c r="C5" s="47"/>
+      <c r="D5" s="48" t="s">
         <v>89</v>
       </c>
-      <c r="C5" s="40"/>
-      <c r="D5" s="41" t="s">
+      <c r="E5" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="F5" s="47"/>
+      <c r="G5" s="48" t="s">
+        <v>89</v>
+      </c>
+      <c r="H5" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="I5" s="47"/>
+      <c r="J5" s="48" t="s">
         <v>90</v>
       </c>
-      <c r="E5" s="39" t="s">
-[...3 lines deleted...]
-      <c r="G5" s="41" t="s">
+      <c r="K5" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="L5" s="47"/>
+      <c r="M5" s="48" t="s">
         <v>90</v>
-      </c>
-[...12 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A6" s="42" t="s">
+      <c r="A6" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="B6" s="50" t="s">
         <v>92</v>
       </c>
-      <c r="B6" s="43" t="s">
+      <c r="C6" s="51" t="s">
         <v>93</v>
       </c>
-      <c r="C6" s="44" t="s">
+      <c r="D6" s="52">
+        <v>647</v>
+      </c>
+      <c r="E6" s="50" t="s">
+        <v>92</v>
+      </c>
+      <c r="F6" s="51" t="s">
+        <v>93</v>
+      </c>
+      <c r="G6" s="52">
+        <v>639</v>
+      </c>
+      <c r="H6" s="50" t="s">
         <v>94</v>
       </c>
-      <c r="D6" s="45">
-[...2 lines deleted...]
-      <c r="E6" s="43" t="s">
+      <c r="I6" s="51" t="s">
         <v>95</v>
       </c>
-      <c r="F6" s="44" t="s">
+      <c r="J6" s="52">
+        <v>77</v>
+      </c>
+      <c r="K6" s="50" t="s">
         <v>96</v>
       </c>
-      <c r="G6" s="45">
-[...2 lines deleted...]
-      <c r="H6" s="43" t="s">
+      <c r="L6" s="51" t="s">
         <v>97</v>
       </c>
-      <c r="I6" s="44" t="s">
-[...12 lines deleted...]
-        <v>232</v>
+      <c r="M6" s="52">
+        <v>99</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A7" s="46" t="s">
+      <c r="A7" s="53" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" s="39" t="s">
         <v>99</v>
       </c>
-      <c r="B7" s="32" t="s">
+      <c r="C7" s="54" t="s">
         <v>100</v>
       </c>
-      <c r="C7" s="47" t="s">
+      <c r="D7" s="36">
+        <v>506</v>
+      </c>
+      <c r="E7" s="39" t="s">
+        <v>99</v>
+      </c>
+      <c r="F7" s="54" t="s">
+        <v>100</v>
+      </c>
+      <c r="G7" s="36">
+        <v>330</v>
+      </c>
+      <c r="H7" s="39" t="s">
         <v>101</v>
       </c>
-      <c r="D7" s="29">
-[...2 lines deleted...]
-      <c r="E7" s="32" t="s">
+      <c r="I7" s="54" t="s">
         <v>102</v>
       </c>
-      <c r="F7" s="47" t="s">
+      <c r="J7" s="36">
+        <v>61</v>
+      </c>
+      <c r="K7" s="39" t="s">
         <v>103</v>
       </c>
-      <c r="G7" s="29">
-[...2 lines deleted...]
-      <c r="H7" s="32" t="s">
+      <c r="L7" s="54" t="s">
         <v>104</v>
       </c>
-      <c r="I7" s="47" t="s">
-[...12 lines deleted...]
-        <v>154</v>
+      <c r="M7" s="36">
+        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A8" s="46" t="s">
+      <c r="A8" s="53" t="s">
+        <v>105</v>
+      </c>
+      <c r="B8" s="39" t="s">
+        <v>106</v>
+      </c>
+      <c r="C8" s="54" t="s">
+        <v>107</v>
+      </c>
+      <c r="D8" s="36">
+        <v>169</v>
+      </c>
+      <c r="E8" s="39" t="s">
         <v>108</v>
       </c>
-      <c r="B8" s="32" t="s">
+      <c r="F8" s="54" t="s">
         <v>109</v>
       </c>
-      <c r="C8" s="47" t="s">
+      <c r="G8" s="36">
+        <v>199</v>
+      </c>
+      <c r="H8" s="39" t="s">
         <v>110</v>
       </c>
-      <c r="D8" s="29">
-[...11 lines deleted...]
-      <c r="H8" s="32" t="s">
+      <c r="I8" s="54" t="s">
         <v>111</v>
       </c>
-      <c r="I8" s="47" t="s">
+      <c r="J8" s="36">
+        <v>53</v>
+      </c>
+      <c r="K8" s="39" t="s">
         <v>112</v>
       </c>
-      <c r="J8" s="29">
-[...9 lines deleted...]
-        <v>134</v>
+      <c r="L8" s="54" t="s">
+        <v>113</v>
+      </c>
+      <c r="M8" s="36">
+        <v>60</v>
       </c>
     </row>
-    <row r="9" spans="1:13" s="86" customFormat="1" ht="28" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B9" s="81" t="s">
+    <row r="9" spans="1:13" ht="14" x14ac:dyDescent="0.2">
+      <c r="A9" s="53" t="s">
         <v>114</v>
       </c>
-      <c r="C9" s="82" t="s">
+      <c r="B9" s="39" t="s">
         <v>115</v>
       </c>
-      <c r="D9" s="83">
-[...11 lines deleted...]
-      <c r="H9" s="81" t="s">
+      <c r="C9" s="54" t="s">
+        <v>116</v>
+      </c>
+      <c r="D9" s="36">
+        <v>165</v>
+      </c>
+      <c r="E9" s="39" t="s">
+        <v>117</v>
+      </c>
+      <c r="F9" s="54" t="s">
         <v>118</v>
       </c>
-      <c r="I9" s="82" t="s">
+      <c r="G9" s="36">
+        <v>176</v>
+      </c>
+      <c r="H9" s="39" t="s">
+        <v>117</v>
+      </c>
+      <c r="I9" s="54" t="s">
+        <v>118</v>
+      </c>
+      <c r="J9" s="36">
+        <v>52</v>
+      </c>
+      <c r="K9" s="39" t="s">
         <v>119</v>
       </c>
-      <c r="J9" s="83">
-[...2 lines deleted...]
-      <c r="K9" s="81" t="s">
+      <c r="L9" s="54" t="s">
         <v>120</v>
       </c>
-      <c r="L9" s="82" t="s">
+      <c r="M9" s="36">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" s="1" customFormat="1" ht="28" x14ac:dyDescent="0.35">
+      <c r="A10" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="M9" s="83">
-[...4 lines deleted...]
-      <c r="A10" s="46" t="s">
+      <c r="B10" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="B10" s="32" t="s">
+      <c r="C10" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="C10" s="47" t="s">
+      <c r="D10" s="4">
+        <v>97</v>
+      </c>
+      <c r="E10" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="D10" s="29">
-[...20 lines deleted...]
-      <c r="K10" s="32" t="s">
+      <c r="F10" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="G10" s="4">
+        <v>106</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="L10" s="47" t="s">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="J10" s="4">
+        <v>46</v>
+      </c>
+      <c r="K10" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="L10" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="M10" s="4">
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A11" s="35" t="s">
+      <c r="A11" s="42" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" s="43" t="s">
         <v>84</v>
       </c>
-      <c r="B11" s="36" t="s">
-[...17 lines deleted...]
-      <c r="J11" s="37" t="s">
+      <c r="C11" s="44"/>
+      <c r="D11" s="44" t="s">
         <v>130</v>
       </c>
-      <c r="K11" s="36" t="s">
-[...3 lines deleted...]
-      <c r="M11" s="37" t="s">
+      <c r="E11" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="F11" s="44"/>
+      <c r="G11" s="44" t="s">
         <v>130</v>
+      </c>
+      <c r="H11" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="I11" s="44"/>
+      <c r="J11" s="44" t="s">
+        <v>131</v>
+      </c>
+      <c r="K11" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="L11" s="44"/>
+      <c r="M11" s="44" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="12" spans="1:13" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="38" t="s">
+      <c r="A12" s="45" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" s="46" t="s">
         <v>88</v>
       </c>
-      <c r="B12" s="39" t="s">
-[...17 lines deleted...]
-      <c r="J12" s="41" t="s">
+      <c r="C12" s="47"/>
+      <c r="D12" s="48" t="s">
         <v>132</v>
       </c>
-      <c r="K12" s="39" t="s">
-[...3 lines deleted...]
-      <c r="M12" s="41" t="s">
+      <c r="E12" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="F12" s="47"/>
+      <c r="G12" s="48" t="s">
         <v>132</v>
+      </c>
+      <c r="H12" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="I12" s="47"/>
+      <c r="J12" s="48" t="s">
+        <v>133</v>
+      </c>
+      <c r="K12" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="L12" s="47"/>
+      <c r="M12" s="48" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A13" s="42" t="s">
-[...23 lines deleted...]
-      <c r="I13" s="44" t="s">
+      <c r="A13" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" s="50" t="s">
         <v>134</v>
       </c>
-      <c r="J13" s="48">
-[...2 lines deleted...]
-      <c r="K13" s="43" t="s">
+      <c r="C13" s="51" t="s">
         <v>135</v>
       </c>
-      <c r="L13" s="44" t="s">
+      <c r="D13" s="55">
+        <v>0.2858309</v>
+      </c>
+      <c r="E13" s="50" t="s">
         <v>136</v>
       </c>
-      <c r="M13" s="48">
-        <v>0.37313429999999997</v>
+      <c r="F13" s="51" t="s">
+        <v>137</v>
+      </c>
+      <c r="G13" s="55">
+        <v>0.21087020000000001</v>
+      </c>
+      <c r="H13" s="50" t="s">
+        <v>138</v>
+      </c>
+      <c r="I13" s="51" t="s">
+        <v>139</v>
+      </c>
+      <c r="J13" s="55">
+        <v>0.38646209999999998</v>
+      </c>
+      <c r="K13" s="50" t="s">
+        <v>138</v>
+      </c>
+      <c r="L13" s="51" t="s">
+        <v>139</v>
+      </c>
+      <c r="M13" s="55">
+        <v>0.44694020000000001</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A14" s="46" t="s">
-[...23 lines deleted...]
-      <c r="I14" s="47" t="s">
+      <c r="A14" s="53" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" s="39" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" s="54" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" s="56">
+        <v>0.14893670000000001</v>
+      </c>
+      <c r="E14" s="39" t="s">
+        <v>117</v>
+      </c>
+      <c r="F14" s="54" t="s">
+        <v>118</v>
+      </c>
+      <c r="G14" s="56">
+        <v>0.19010589999999999</v>
+      </c>
+      <c r="H14" s="39" t="s">
         <v>140</v>
       </c>
-      <c r="J14" s="49">
-[...2 lines deleted...]
-      <c r="K14" s="32" t="s">
+      <c r="I14" s="54" t="s">
         <v>141</v>
       </c>
-      <c r="L14" s="47" t="s">
+      <c r="J14" s="56">
+        <v>0.31613049999999998</v>
+      </c>
+      <c r="K14" s="39" t="s">
         <v>142</v>
       </c>
-      <c r="M14" s="49">
-        <v>0.26321699999999998</v>
+      <c r="L14" s="54" t="s">
+        <v>143</v>
+      </c>
+      <c r="M14" s="56">
+        <v>0.2532046</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A15" s="46" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="32" t="s">
+      <c r="A15" s="53" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="C15" s="54" t="s">
+        <v>145</v>
+      </c>
+      <c r="D15" s="56">
+        <v>0.1373219</v>
+      </c>
+      <c r="E15" s="39" t="s">
+        <v>124</v>
+      </c>
+      <c r="F15" s="54" t="s">
+        <v>125</v>
+      </c>
+      <c r="G15" s="56">
+        <v>9.5737859999999994E-2</v>
+      </c>
+      <c r="H15" s="39" t="s">
+        <v>142</v>
+      </c>
+      <c r="I15" s="54" t="s">
         <v>143</v>
       </c>
-      <c r="C15" s="47" t="s">
-[...8 lines deleted...]
-      <c r="F15" s="47" t="s">
+      <c r="J15" s="56">
+        <v>0.27508090000000002</v>
+      </c>
+      <c r="K15" s="39" t="s">
         <v>146</v>
       </c>
-      <c r="G15" s="49">
-[...2 lines deleted...]
-      <c r="H15" s="32" t="s">
+      <c r="L15" s="54" t="s">
         <v>147</v>
       </c>
-      <c r="I15" s="47" t="s">
-[...12 lines deleted...]
-        <v>0.24979180000000001</v>
+      <c r="M15" s="56">
+        <v>0.25094100000000003</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A16" s="46" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="32" t="s">
+      <c r="A16" s="53" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" s="39" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" s="54" t="s">
+        <v>116</v>
+      </c>
+      <c r="D16" s="56">
+        <v>0.1156677</v>
+      </c>
+      <c r="E16" s="39" t="s">
+        <v>148</v>
+      </c>
+      <c r="F16" s="54" t="s">
         <v>149</v>
       </c>
-      <c r="C16" s="47" t="s">
+      <c r="G16" s="56">
+        <v>7.9932059999999999E-2</v>
+      </c>
+      <c r="H16" s="39" t="s">
         <v>150</v>
       </c>
-      <c r="D16" s="49">
-[...2 lines deleted...]
-      <c r="E16" s="32" t="s">
+      <c r="I16" s="54" t="s">
         <v>151</v>
       </c>
-      <c r="F16" s="47" t="s">
+      <c r="J16" s="56">
+        <v>0.26367190000000001</v>
+      </c>
+      <c r="K16" s="39" t="s">
         <v>152</v>
       </c>
-      <c r="G16" s="49">
-[...2 lines deleted...]
-      <c r="H16" s="32" t="s">
+      <c r="L16" s="54" t="s">
         <v>153</v>
       </c>
-      <c r="I16" s="47" t="s">
-[...12 lines deleted...]
-        <v>0.205015</v>
+      <c r="M16" s="56">
+        <v>0.22316900000000001</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A17" s="46" t="s">
-[...23 lines deleted...]
-      <c r="I17" s="47" t="s">
+      <c r="A17" s="53" t="s">
         <v>121</v>
       </c>
-      <c r="J17" s="49">
-[...9 lines deleted...]
-        <v>0.19669700000000001</v>
+      <c r="B17" s="39" t="s">
+        <v>148</v>
+      </c>
+      <c r="C17" s="54" t="s">
+        <v>149</v>
+      </c>
+      <c r="D17" s="56">
+        <v>9.4971509999999995E-2</v>
+      </c>
+      <c r="E17" s="39" t="s">
+        <v>108</v>
+      </c>
+      <c r="F17" s="54" t="s">
+        <v>109</v>
+      </c>
+      <c r="G17" s="56">
+        <v>7.9665330000000006E-2</v>
+      </c>
+      <c r="H17" s="39" t="s">
+        <v>152</v>
+      </c>
+      <c r="I17" s="54" t="s">
+        <v>153</v>
+      </c>
+      <c r="J17" s="56">
+        <v>0.1435456</v>
+      </c>
+      <c r="K17" s="39" t="s">
+        <v>150</v>
+      </c>
+      <c r="L17" s="54" t="s">
+        <v>151</v>
+      </c>
+      <c r="M17" s="56">
+        <v>0.1149535</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
-  <pageSetup paperSize="9" scale="61" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="3" width="13.54296875" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="13.54296875" style="1"/>
+    <col min="1" max="3" width="13.54296875" style="8" customWidth="1"/>
+    <col min="4" max="4" width="14.90625" style="8" customWidth="1"/>
+    <col min="5" max="5" width="17.1796875" style="8" customWidth="1"/>
+    <col min="6" max="7" width="13.54296875" style="8" customWidth="1"/>
+    <col min="8" max="8" width="14.90625" style="8" customWidth="1"/>
+    <col min="9" max="9" width="17.1796875" style="8" customWidth="1"/>
+    <col min="10" max="10" width="13.54296875" style="8" customWidth="1"/>
+    <col min="11" max="16384" width="13.54296875" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A1" s="2" t="s">
-[...15 lines deleted...]
-      <c r="M1" s="2"/>
+      <c r="A1" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
     </row>
     <row r="2" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A2" s="2"/>
-[...11 lines deleted...]
-      <c r="M2" s="2"/>
+      <c r="A2" s="9"/>
+      <c r="B2" s="9"/>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
     </row>
     <row r="3" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A3" s="32"/>
-      <c r="B3" s="33" t="s">
+      <c r="A3" s="39"/>
+      <c r="B3" s="40" t="s">
+        <v>79</v>
+      </c>
+      <c r="C3" s="40"/>
+      <c r="D3" s="40"/>
+      <c r="E3" s="41" t="s">
         <v>80</v>
       </c>
-      <c r="C3" s="33"/>
-[...1 lines deleted...]
-      <c r="E3" s="34" t="s">
+      <c r="F3" s="40" t="s">
         <v>81</v>
       </c>
-      <c r="F3" s="33" t="s">
+      <c r="G3" s="40"/>
+      <c r="H3" s="40"/>
+      <c r="I3" s="41" t="s">
         <v>82</v>
       </c>
-      <c r="G3" s="33"/>
-[...7 lines deleted...]
-      <c r="M3" s="36"/>
+      <c r="J3" s="43"/>
+      <c r="K3" s="43"/>
+      <c r="L3" s="43"/>
+      <c r="M3" s="43"/>
     </row>
     <row r="4" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A4" s="35" t="s">
-[...25 lines deleted...]
-      <c r="M4" s="36"/>
+      <c r="A4" s="42" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" s="43" t="s">
+        <v>156</v>
+      </c>
+      <c r="C4" s="44"/>
+      <c r="D4" s="44" t="s">
+        <v>157</v>
+      </c>
+      <c r="E4" s="44" t="s">
+        <v>158</v>
+      </c>
+      <c r="F4" s="43" t="s">
+        <v>156</v>
+      </c>
+      <c r="G4" s="44"/>
+      <c r="H4" s="44" t="s">
+        <v>157</v>
+      </c>
+      <c r="I4" s="44" t="s">
+        <v>158</v>
+      </c>
+      <c r="J4" s="43"/>
+      <c r="K4" s="43"/>
+      <c r="L4" s="43"/>
+      <c r="M4" s="43"/>
     </row>
     <row r="5" spans="1:13" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="38" t="s">
-[...25 lines deleted...]
-      <c r="M5" s="36"/>
+      <c r="A5" s="45" t="s">
+        <v>87</v>
+      </c>
+      <c r="B5" s="57" t="s">
+        <v>159</v>
+      </c>
+      <c r="C5" s="58"/>
+      <c r="D5" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="E5" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="F5" s="57" t="s">
+        <v>159</v>
+      </c>
+      <c r="G5" s="58"/>
+      <c r="H5" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="I5" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="J5" s="43"/>
+      <c r="K5" s="43"/>
+      <c r="L5" s="43"/>
+      <c r="M5" s="43"/>
     </row>
     <row r="6" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A6" s="42" t="s">
-[...29 lines deleted...]
-      <c r="M6" s="36"/>
+      <c r="A6" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="B6" s="50" t="s">
+        <v>162</v>
+      </c>
+      <c r="C6" s="51" t="s">
+        <v>163</v>
+      </c>
+      <c r="D6" s="52">
+        <v>5821</v>
+      </c>
+      <c r="E6" s="59">
+        <v>32.016939999999998</v>
+      </c>
+      <c r="F6" s="50" t="s">
+        <v>162</v>
+      </c>
+      <c r="G6" s="51" t="s">
+        <v>163</v>
+      </c>
+      <c r="H6" s="52">
+        <v>5549</v>
+      </c>
+      <c r="I6" s="59">
+        <v>30.776479999999999</v>
+      </c>
+      <c r="J6" s="43"/>
+      <c r="K6" s="43"/>
+      <c r="L6" s="43"/>
+      <c r="M6" s="43"/>
     </row>
     <row r="7" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A7" s="46" t="s">
-[...29 lines deleted...]
-      <c r="M7" s="36"/>
+      <c r="A7" s="53" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" s="39" t="s">
+        <v>164</v>
+      </c>
+      <c r="C7" s="54" t="s">
+        <v>165</v>
+      </c>
+      <c r="D7" s="36">
+        <v>1391</v>
+      </c>
+      <c r="E7" s="60">
+        <v>7.6508440000000002</v>
+      </c>
+      <c r="F7" s="39" t="s">
+        <v>164</v>
+      </c>
+      <c r="G7" s="54" t="s">
+        <v>165</v>
+      </c>
+      <c r="H7" s="36">
+        <v>1361</v>
+      </c>
+      <c r="I7" s="60">
+        <v>7.5485300000000004</v>
+      </c>
+      <c r="J7" s="43"/>
+      <c r="K7" s="43"/>
+      <c r="L7" s="43"/>
+      <c r="M7" s="43"/>
     </row>
     <row r="8" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A8" s="46" t="s">
-[...29 lines deleted...]
-      <c r="M8" s="36"/>
+      <c r="A8" s="53" t="s">
+        <v>105</v>
+      </c>
+      <c r="B8" s="39" t="s">
+        <v>166</v>
+      </c>
+      <c r="C8" s="54" t="s">
+        <v>167</v>
+      </c>
+      <c r="D8" s="36">
+        <v>1383</v>
+      </c>
+      <c r="E8" s="60">
+        <v>7.6068429999999996</v>
+      </c>
+      <c r="F8" s="39" t="s">
+        <v>166</v>
+      </c>
+      <c r="G8" s="54" t="s">
+        <v>167</v>
+      </c>
+      <c r="H8" s="36">
+        <v>1212</v>
+      </c>
+      <c r="I8" s="60">
+        <v>6.7221299999999999</v>
+      </c>
+      <c r="J8" s="43"/>
+      <c r="K8" s="43"/>
+      <c r="L8" s="43"/>
+      <c r="M8" s="43"/>
     </row>
     <row r="9" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A9" s="46" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="32" t="s">
+      <c r="A9" s="53" t="s">
+        <v>114</v>
+      </c>
+      <c r="B9" s="39" t="s">
+        <v>168</v>
+      </c>
+      <c r="C9" s="54" t="s">
+        <v>169</v>
+      </c>
+      <c r="D9" s="36">
+        <v>581</v>
+      </c>
+      <c r="E9" s="60">
+        <v>3.1956440000000002</v>
+      </c>
+      <c r="F9" s="39" t="s">
+        <v>170</v>
+      </c>
+      <c r="G9" s="54" t="s">
         <v>171</v>
       </c>
-      <c r="C9" s="47" t="s">
-[...23 lines deleted...]
-      <c r="M9" s="36"/>
+      <c r="H9" s="36">
+        <v>601</v>
+      </c>
+      <c r="I9" s="60">
+        <v>3.3333330000000001</v>
+      </c>
+      <c r="J9" s="43"/>
+      <c r="K9" s="43"/>
+      <c r="L9" s="43"/>
+      <c r="M9" s="43"/>
     </row>
     <row r="10" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A10" s="46" t="s">
-[...29 lines deleted...]
-      <c r="M10" s="36"/>
+      <c r="A10" s="53" t="s">
+        <v>121</v>
+      </c>
+      <c r="B10" s="39" t="s">
+        <v>170</v>
+      </c>
+      <c r="C10" s="54" t="s">
+        <v>171</v>
+      </c>
+      <c r="D10" s="36">
+        <v>561</v>
+      </c>
+      <c r="E10" s="60">
+        <v>3.085639</v>
+      </c>
+      <c r="F10" s="39" t="s">
+        <v>168</v>
+      </c>
+      <c r="G10" s="54" t="s">
+        <v>169</v>
+      </c>
+      <c r="H10" s="36">
+        <v>598</v>
+      </c>
+      <c r="I10" s="60">
+        <v>3.316694</v>
+      </c>
+      <c r="J10" s="43"/>
+      <c r="K10" s="43"/>
+      <c r="L10" s="43"/>
+      <c r="M10" s="43"/>
     </row>
     <row r="11" spans="1:13" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="36"/>
-[...11 lines deleted...]
-      <c r="M11" s="36"/>
+      <c r="A11" s="43"/>
+      <c r="B11" s="43"/>
+      <c r="C11" s="43"/>
+      <c r="D11" s="43"/>
+      <c r="E11" s="43"/>
+      <c r="F11" s="43"/>
+      <c r="G11" s="43"/>
+      <c r="H11" s="43"/>
+      <c r="I11" s="43"/>
+      <c r="J11" s="43"/>
+      <c r="K11" s="43"/>
+      <c r="L11" s="43"/>
+      <c r="M11" s="43"/>
     </row>
     <row r="12" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A12" s="36"/>
-[...11 lines deleted...]
-      <c r="M12" s="36"/>
+      <c r="A12" s="43"/>
+      <c r="B12" s="43"/>
+      <c r="C12" s="43"/>
+      <c r="D12" s="43"/>
+      <c r="E12" s="43"/>
+      <c r="F12" s="43"/>
+      <c r="G12" s="43"/>
+      <c r="H12" s="43"/>
+      <c r="I12" s="43"/>
+      <c r="J12" s="43"/>
+      <c r="K12" s="43"/>
+      <c r="L12" s="43"/>
+      <c r="M12" s="43"/>
     </row>
     <row r="13" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A13" s="36"/>
-[...11 lines deleted...]
-      <c r="M13" s="36"/>
+      <c r="A13" s="43"/>
+      <c r="B13" s="43"/>
+      <c r="C13" s="43"/>
+      <c r="D13" s="43"/>
+      <c r="E13" s="43"/>
+      <c r="F13" s="43"/>
+      <c r="G13" s="43"/>
+      <c r="H13" s="43"/>
+      <c r="I13" s="43"/>
+      <c r="J13" s="43"/>
+      <c r="K13" s="43"/>
+      <c r="L13" s="43"/>
+      <c r="M13" s="43"/>
     </row>
     <row r="14" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A14" s="36"/>
-[...11 lines deleted...]
-      <c r="M14" s="36"/>
+      <c r="A14" s="43"/>
+      <c r="B14" s="43"/>
+      <c r="C14" s="43"/>
+      <c r="D14" s="43"/>
+      <c r="E14" s="43"/>
+      <c r="F14" s="43"/>
+      <c r="G14" s="43"/>
+      <c r="H14" s="43"/>
+      <c r="I14" s="43"/>
+      <c r="J14" s="43"/>
+      <c r="K14" s="43"/>
+      <c r="L14" s="43"/>
+      <c r="M14" s="43"/>
     </row>
     <row r="15" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A15" s="36"/>
-[...11 lines deleted...]
-      <c r="M15" s="36"/>
+      <c r="A15" s="43"/>
+      <c r="B15" s="43"/>
+      <c r="C15" s="43"/>
+      <c r="D15" s="43"/>
+      <c r="E15" s="43"/>
+      <c r="F15" s="43"/>
+      <c r="G15" s="43"/>
+      <c r="H15" s="43"/>
+      <c r="I15" s="43"/>
+      <c r="J15" s="43"/>
+      <c r="K15" s="43"/>
+      <c r="L15" s="43"/>
+      <c r="M15" s="43"/>
     </row>
     <row r="16" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A16" s="36"/>
-[...11 lines deleted...]
-      <c r="M16" s="36"/>
+      <c r="A16" s="43"/>
+      <c r="B16" s="43"/>
+      <c r="C16" s="43"/>
+      <c r="D16" s="43"/>
+      <c r="E16" s="43"/>
+      <c r="F16" s="43"/>
+      <c r="G16" s="43"/>
+      <c r="H16" s="43"/>
+      <c r="I16" s="43"/>
+      <c r="J16" s="43"/>
+      <c r="K16" s="43"/>
+      <c r="L16" s="43"/>
+      <c r="M16" s="43"/>
     </row>
     <row r="17" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A17" s="36"/>
-[...11 lines deleted...]
-      <c r="M17" s="36"/>
+      <c r="A17" s="43"/>
+      <c r="B17" s="43"/>
+      <c r="C17" s="43"/>
+      <c r="D17" s="43"/>
+      <c r="E17" s="43"/>
+      <c r="F17" s="43"/>
+      <c r="G17" s="43"/>
+      <c r="H17" s="43"/>
+      <c r="I17" s="43"/>
+      <c r="J17" s="43"/>
+      <c r="K17" s="43"/>
+      <c r="L17" s="43"/>
+      <c r="M17" s="43"/>
     </row>
   </sheetData>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:AB92"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="2" ySplit="6" topLeftCell="C52" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" style="1" customWidth="1"/>
-    <col min="2" max="16384" width="13.54296875" style="1"/>
+    <col min="1" max="1" width="13.54296875" style="8" customWidth="1"/>
+    <col min="2" max="16384" width="13.54296875" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A1" s="2"/>
-[...30 lines deleted...]
-      <c r="AB1" s="2"/>
+      <c r="A1" s="9"/>
+      <c r="B1" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+      <c r="L1" s="9"/>
+      <c r="M1" s="9"/>
+      <c r="N1" s="9"/>
+      <c r="O1" s="9"/>
+      <c r="P1" s="9"/>
+      <c r="Q1" s="9"/>
+      <c r="R1" s="9"/>
+      <c r="S1" s="9"/>
+      <c r="T1" s="9"/>
+      <c r="U1" s="9"/>
+      <c r="V1" s="9"/>
+      <c r="W1" s="9"/>
+      <c r="X1" s="9"/>
+      <c r="Y1" s="9"/>
+      <c r="Z1" s="9"/>
+      <c r="AA1" s="9"/>
+      <c r="AB1" s="9"/>
     </row>
     <row r="2" spans="1:28" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="4"/>
-[...6 lines deleted...]
-      <c r="H2" s="55" t="s">
+      <c r="A2" s="11"/>
+      <c r="B2" s="12"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="61"/>
+      <c r="E2" s="61"/>
+      <c r="F2" s="61"/>
+      <c r="G2" s="12"/>
+      <c r="H2" s="62" t="s">
         <v>16</v>
       </c>
-      <c r="I2" s="56" t="s">
+      <c r="I2" s="63" t="s">
         <v>17</v>
       </c>
-      <c r="J2" s="55" t="s">
-[...2 lines deleted...]
-      <c r="K2" s="56" t="s">
+      <c r="J2" s="62" t="s">
+        <v>174</v>
+      </c>
+      <c r="K2" s="63" t="s">
         <v>27</v>
       </c>
-      <c r="L2" s="57" t="s">
-[...2 lines deleted...]
-      <c r="M2" s="6" t="s">
+      <c r="L2" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="M2" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="N2" s="9"/>
-[...3 lines deleted...]
-      <c r="P2" s="6" t="s">
+      <c r="N2" s="16"/>
+      <c r="O2" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="P2" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="Q2" s="6"/>
-[...10 lines deleted...]
-      <c r="AB2" s="5"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
+      <c r="S2" s="13"/>
+      <c r="T2" s="13"/>
+      <c r="U2" s="13"/>
+      <c r="V2" s="13"/>
+      <c r="W2" s="13"/>
+      <c r="X2" s="13"/>
+      <c r="Y2" s="13"/>
+      <c r="Z2" s="16"/>
+      <c r="AA2" s="12"/>
+      <c r="AB2" s="12"/>
     </row>
     <row r="3" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A3" s="10"/>
-[...2 lines deleted...]
-      <c r="D3" s="2" t="s">
+      <c r="A3" s="17"/>
+      <c r="B3" s="26"/>
+      <c r="C3" s="26"/>
+      <c r="D3" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="E3" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="F3" s="2"/>
-[...1 lines deleted...]
-      <c r="H3" s="12" t="s">
+      <c r="F3" s="9"/>
+      <c r="G3" s="26"/>
+      <c r="H3" s="19" t="s">
+        <v>177</v>
+      </c>
+      <c r="I3" s="22"/>
+      <c r="J3" s="19" t="s">
+        <v>177</v>
+      </c>
+      <c r="K3" s="22"/>
+      <c r="L3" s="26"/>
+      <c r="M3" s="26"/>
+      <c r="N3" s="26"/>
+      <c r="O3" s="26"/>
+      <c r="P3" s="26"/>
+      <c r="Q3" s="26"/>
+      <c r="R3" s="19" t="s">
+        <v>178</v>
+      </c>
+      <c r="S3" s="19"/>
+      <c r="T3" s="27"/>
+      <c r="U3" s="19" t="s">
+        <v>179</v>
+      </c>
+      <c r="V3" s="19"/>
+      <c r="W3" s="19"/>
+      <c r="X3" s="19"/>
+      <c r="Y3" s="19"/>
+      <c r="Z3" s="22"/>
+      <c r="AA3" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="AB3" s="26" t="s">
         <v>180</v>
-      </c>
-[...28 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="4" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A4" s="10" t="s">
-[...3 lines deleted...]
-      <c r="C4" s="19" t="s">
+      <c r="A4" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="B4" s="26"/>
+      <c r="C4" s="26" t="s">
         <v>32</v>
       </c>
-      <c r="D4" s="12"/>
-[...3 lines deleted...]
-      <c r="H4" s="19" t="s">
+      <c r="D4" s="19"/>
+      <c r="E4" s="19"/>
+      <c r="F4" s="19"/>
+      <c r="G4" s="22"/>
+      <c r="H4" s="26" t="s">
+        <v>181</v>
+      </c>
+      <c r="I4" s="26" t="s">
+        <v>182</v>
+      </c>
+      <c r="J4" s="26" t="s">
+        <v>181</v>
+      </c>
+      <c r="K4" s="26" t="s">
+        <v>182</v>
+      </c>
+      <c r="L4" s="26" t="s">
+        <v>183</v>
+      </c>
+      <c r="M4" s="26" t="s">
         <v>184</v>
       </c>
-      <c r="I4" s="19" t="s">
+      <c r="N4" s="26" t="s">
         <v>185</v>
       </c>
-      <c r="J4" s="19" t="s">
-[...5 lines deleted...]
-      <c r="L4" s="19" t="s">
+      <c r="O4" s="26" t="s">
         <v>186</v>
       </c>
-      <c r="M4" s="19" t="s">
+      <c r="P4" s="26" t="s">
         <v>187</v>
       </c>
-      <c r="N4" s="19" t="s">
+      <c r="Q4" s="26" t="s">
         <v>188</v>
       </c>
-      <c r="O4" s="19" t="s">
+      <c r="R4" s="26" t="s">
+        <v>181</v>
+      </c>
+      <c r="S4" s="19" t="s">
+        <v>187</v>
+      </c>
+      <c r="T4" s="19" t="s">
         <v>189</v>
       </c>
-      <c r="P4" s="19" t="s">
+      <c r="U4" s="19"/>
+      <c r="V4" s="22"/>
+      <c r="W4" s="19" t="s">
+        <v>188</v>
+      </c>
+      <c r="X4" s="19" t="s">
         <v>190</v>
       </c>
-      <c r="Q4" s="19" t="s">
+      <c r="Y4" s="19"/>
+      <c r="Z4" s="22"/>
+      <c r="AA4" s="26" t="s">
         <v>191</v>
       </c>
-      <c r="R4" s="19" t="s">
-[...21 lines deleted...]
-      <c r="AB4" s="19"/>
+      <c r="AB4" s="26"/>
     </row>
     <row r="5" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A5" s="10"/>
-[...2 lines deleted...]
-      <c r="D5" s="19" t="s">
+      <c r="A5" s="17"/>
+      <c r="B5" s="26"/>
+      <c r="C5" s="26"/>
+      <c r="D5" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="E5" s="19" t="s">
+      <c r="E5" s="26" t="s">
         <v>10</v>
       </c>
-      <c r="F5" s="19" t="s">
+      <c r="F5" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="19" t="s">
+      <c r="G5" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="H5" s="19"/>
-      <c r="I5" s="19" t="s">
+      <c r="H5" s="26"/>
+      <c r="I5" s="26" t="s">
+        <v>192</v>
+      </c>
+      <c r="J5" s="26"/>
+      <c r="K5" s="26" t="s">
+        <v>192</v>
+      </c>
+      <c r="L5" s="26"/>
+      <c r="M5" s="26"/>
+      <c r="N5" s="26"/>
+      <c r="O5" s="26"/>
+      <c r="P5" s="26"/>
+      <c r="Q5" s="26"/>
+      <c r="R5" s="26"/>
+      <c r="S5" s="26" t="s">
+        <v>193</v>
+      </c>
+      <c r="T5" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="U5" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="V5" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="W5" s="26" t="s">
+        <v>193</v>
+      </c>
+      <c r="X5" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="Y5" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z5" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="AA5" s="26" t="s">
+        <v>194</v>
+      </c>
+      <c r="AB5" s="26" t="s">
         <v>195</v>
-      </c>
-[...39 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="6" spans="1:28" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="58" t="s">
+      <c r="A6" s="65" t="s">
+        <v>196</v>
+      </c>
+      <c r="B6" s="66"/>
+      <c r="C6" s="66" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" s="66" t="s">
+        <v>6</v>
+      </c>
+      <c r="E6" s="66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="67" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" s="67" t="s">
+        <v>17</v>
+      </c>
+      <c r="I6" s="67" t="s">
+        <v>197</v>
+      </c>
+      <c r="J6" s="67" t="s">
+        <v>198</v>
+      </c>
+      <c r="K6" s="67" t="s">
+        <v>197</v>
+      </c>
+      <c r="L6" s="67" t="s">
         <v>199</v>
       </c>
-      <c r="B6" s="59"/>
-[...3 lines deleted...]
-      <c r="D6" s="59" t="s">
+      <c r="M6" s="67" t="s">
+        <v>200</v>
+      </c>
+      <c r="N6" s="67" t="s">
+        <v>201</v>
+      </c>
+      <c r="O6" s="67" t="s">
+        <v>202</v>
+      </c>
+      <c r="P6" s="67" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q6" s="67" t="s">
+        <v>190</v>
+      </c>
+      <c r="R6" s="67" t="s">
+        <v>203</v>
+      </c>
+      <c r="S6" s="67" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="59" t="s">
+      <c r="T6" s="67" t="s">
         <v>11</v>
       </c>
-      <c r="F6" s="59" t="s">
+      <c r="U6" s="67" t="s">
         <v>13</v>
       </c>
-      <c r="G6" s="60" t="s">
+      <c r="V6" s="67" t="s">
         <v>15</v>
       </c>
-      <c r="H6" s="60" t="s">
-[...17 lines deleted...]
-      <c r="N6" s="60" t="s">
+      <c r="W6" s="67" t="s">
+        <v>6</v>
+      </c>
+      <c r="X6" s="67" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y6" s="67" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z6" s="67" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA6" s="67" t="s">
         <v>204</v>
       </c>
-      <c r="O6" s="60" t="s">
+      <c r="AB6" s="67" t="s">
         <v>205</v>
-      </c>
-[...37 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="7" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A7" s="61" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="62" t="s">
+      <c r="A7" s="68" t="s">
+        <v>206</v>
+      </c>
+      <c r="B7" s="69" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="45">
-[...71 lines deleted...]
-      <c r="AA7" s="64">
+      <c r="C7" s="52">
+        <v>3368416</v>
+      </c>
+      <c r="D7" s="52">
+        <v>7324396</v>
+      </c>
+      <c r="E7" s="52">
+        <v>3630656</v>
+      </c>
+      <c r="F7" s="52">
+        <v>3693739</v>
+      </c>
+      <c r="G7" s="52">
+        <v>1</v>
+      </c>
+      <c r="H7" s="52">
+        <v>1405</v>
+      </c>
+      <c r="I7" s="70">
+        <v>1.9186149484548099E-2</v>
+      </c>
+      <c r="J7" s="52">
+        <v>-6301</v>
+      </c>
+      <c r="K7" s="70">
+        <v>-8.5953627601850102E-2</v>
+      </c>
+      <c r="L7" s="52">
+        <v>-3259</v>
+      </c>
+      <c r="M7" s="52">
+        <v>3688</v>
+      </c>
+      <c r="N7" s="52">
+        <v>6947</v>
+      </c>
+      <c r="O7" s="52">
+        <v>4664</v>
+      </c>
+      <c r="P7" s="52">
+        <v>29481</v>
+      </c>
+      <c r="Q7" s="52">
+        <v>24817</v>
+      </c>
+      <c r="R7" s="52">
+        <v>4664</v>
+      </c>
+      <c r="S7" s="52">
+        <v>18960</v>
+      </c>
+      <c r="T7" s="52">
+        <v>10645</v>
+      </c>
+      <c r="U7" s="52">
+        <v>8315</v>
+      </c>
+      <c r="V7" s="52">
+        <v>0</v>
+      </c>
+      <c r="W7" s="52">
+        <v>14296</v>
+      </c>
+      <c r="X7" s="52">
+        <v>8021</v>
+      </c>
+      <c r="Y7" s="52">
+        <v>6275</v>
+      </c>
+      <c r="Z7" s="52">
+        <v>0</v>
+      </c>
+      <c r="AA7" s="71">
         <v>100</v>
       </c>
-      <c r="AB7" s="65">
-        <v>1928.34</v>
+      <c r="AB7" s="72">
+        <v>1928.61</v>
       </c>
     </row>
     <row r="8" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A8" s="66" t="s">
-[...81 lines deleted...]
-        <v>2427.9499999999998</v>
+      <c r="A8" s="73" t="s">
+        <v>207</v>
+      </c>
+      <c r="B8" s="74" t="s">
+        <v>208</v>
+      </c>
+      <c r="C8" s="36">
+        <v>3165062</v>
+      </c>
+      <c r="D8" s="36">
+        <v>6855929</v>
+      </c>
+      <c r="E8" s="36">
+        <v>3397295</v>
+      </c>
+      <c r="F8" s="36">
+        <v>3458633</v>
+      </c>
+      <c r="G8" s="36">
+        <v>1</v>
+      </c>
+      <c r="H8" s="36">
+        <v>1690</v>
+      </c>
+      <c r="I8" s="38">
+        <v>2.4656274752018401E-2</v>
+      </c>
+      <c r="J8" s="36">
+        <v>-1678</v>
+      </c>
+      <c r="K8" s="38">
+        <v>-2.4469177075909999E-2</v>
+      </c>
+      <c r="L8" s="36">
+        <v>-2903</v>
+      </c>
+      <c r="M8" s="36">
+        <v>3510</v>
+      </c>
+      <c r="N8" s="36">
+        <v>6413</v>
+      </c>
+      <c r="O8" s="36">
+        <v>4593</v>
+      </c>
+      <c r="P8" s="36">
+        <v>27956</v>
+      </c>
+      <c r="Q8" s="36">
+        <v>23363</v>
+      </c>
+      <c r="R8" s="36">
+        <v>4545</v>
+      </c>
+      <c r="S8" s="36">
+        <v>18222</v>
+      </c>
+      <c r="T8" s="36">
+        <v>10206</v>
+      </c>
+      <c r="U8" s="36">
+        <v>8016</v>
+      </c>
+      <c r="V8" s="36">
+        <v>0</v>
+      </c>
+      <c r="W8" s="36">
+        <v>13677</v>
+      </c>
+      <c r="X8" s="36">
+        <v>7645</v>
+      </c>
+      <c r="Y8" s="36">
+        <v>6032</v>
+      </c>
+      <c r="Z8" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA8" s="75">
+        <v>93.604018679492498</v>
+      </c>
+      <c r="AB8" s="76">
+        <v>2428.5500000000002</v>
       </c>
     </row>
     <row r="9" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A9" s="66" t="s">
-[...81 lines deleted...]
-        <v>481.31</v>
+      <c r="A9" s="73" t="s">
+        <v>209</v>
+      </c>
+      <c r="B9" s="74" t="s">
+        <v>210</v>
+      </c>
+      <c r="C9" s="36">
+        <v>203354</v>
+      </c>
+      <c r="D9" s="36">
+        <v>468467</v>
+      </c>
+      <c r="E9" s="36">
+        <v>233361</v>
+      </c>
+      <c r="F9" s="36">
+        <v>235106</v>
+      </c>
+      <c r="G9" s="36">
+        <v>0</v>
+      </c>
+      <c r="H9" s="36">
+        <v>-285</v>
+      </c>
+      <c r="I9" s="38">
+        <v>-6.0799740587773501E-2</v>
+      </c>
+      <c r="J9" s="36">
+        <v>-4623</v>
+      </c>
+      <c r="K9" s="38">
+        <v>-0.97719250036990901</v>
+      </c>
+      <c r="L9" s="36">
+        <v>-356</v>
+      </c>
+      <c r="M9" s="36">
+        <v>178</v>
+      </c>
+      <c r="N9" s="36">
+        <v>534</v>
+      </c>
+      <c r="O9" s="36">
+        <v>71</v>
+      </c>
+      <c r="P9" s="36">
+        <v>1525</v>
+      </c>
+      <c r="Q9" s="36">
+        <v>1454</v>
+      </c>
+      <c r="R9" s="36">
+        <v>119</v>
+      </c>
+      <c r="S9" s="36">
+        <v>738</v>
+      </c>
+      <c r="T9" s="36">
+        <v>439</v>
+      </c>
+      <c r="U9" s="36">
+        <v>299</v>
+      </c>
+      <c r="V9" s="36">
+        <v>0</v>
+      </c>
+      <c r="W9" s="36">
+        <v>619</v>
+      </c>
+      <c r="X9" s="36">
+        <v>376</v>
+      </c>
+      <c r="Y9" s="36">
+        <v>243</v>
+      </c>
+      <c r="Z9" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA9" s="75">
+        <v>6.39598132050752</v>
+      </c>
+      <c r="AB9" s="76">
+        <v>480.62</v>
       </c>
     </row>
     <row r="10" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A10" s="66" t="s">
-[...81 lines deleted...]
-        <v>6234.48</v>
+      <c r="A10" s="73" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" s="74" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" s="36">
+        <v>628985</v>
+      </c>
+      <c r="D10" s="36">
+        <v>1356783</v>
+      </c>
+      <c r="E10" s="36">
+        <v>666487</v>
+      </c>
+      <c r="F10" s="36">
+        <v>690296</v>
+      </c>
+      <c r="G10" s="36">
+        <v>0</v>
+      </c>
+      <c r="H10" s="36">
+        <v>647</v>
+      </c>
+      <c r="I10" s="38">
+        <v>4.77090793253774E-2</v>
+      </c>
+      <c r="J10" s="36">
+        <v>5008</v>
+      </c>
+      <c r="K10" s="38">
+        <v>0.37047585581920101</v>
+      </c>
+      <c r="L10" s="36">
+        <v>-289</v>
+      </c>
+      <c r="M10" s="36">
+        <v>825</v>
+      </c>
+      <c r="N10" s="36">
+        <v>1114</v>
+      </c>
+      <c r="O10" s="36">
+        <v>936</v>
+      </c>
+      <c r="P10" s="36">
+        <v>5068</v>
+      </c>
+      <c r="Q10" s="36">
+        <v>4132</v>
+      </c>
+      <c r="R10" s="36">
+        <v>791</v>
+      </c>
+      <c r="S10" s="36">
+        <v>3473</v>
+      </c>
+      <c r="T10" s="36">
+        <v>1943</v>
+      </c>
+      <c r="U10" s="36">
+        <v>1530</v>
+      </c>
+      <c r="V10" s="36">
+        <v>0</v>
+      </c>
+      <c r="W10" s="36">
+        <v>2682</v>
+      </c>
+      <c r="X10" s="36">
+        <v>1469</v>
+      </c>
+      <c r="Y10" s="36">
+        <v>1213</v>
+      </c>
+      <c r="Z10" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA10" s="75">
+        <v>18.524162265393599</v>
+      </c>
+      <c r="AB10" s="76">
+        <v>6240.09</v>
       </c>
     </row>
     <row r="11" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A11" s="66" t="s">
-[...35 lines deleted...]
-      <c r="M11" s="29">
+      <c r="A11" s="73" t="s">
+        <v>211</v>
+      </c>
+      <c r="B11" s="74" t="s">
+        <v>212</v>
+      </c>
+      <c r="C11" s="36">
+        <v>41883</v>
+      </c>
+      <c r="D11" s="36">
+        <v>96368</v>
+      </c>
+      <c r="E11" s="36">
+        <v>47173</v>
+      </c>
+      <c r="F11" s="36">
+        <v>49195</v>
+      </c>
+      <c r="G11" s="36">
+        <v>0</v>
+      </c>
+      <c r="H11" s="36">
+        <v>47</v>
+      </c>
+      <c r="I11" s="38">
+        <v>4.87951744687036E-2</v>
+      </c>
+      <c r="J11" s="36">
+        <v>313</v>
+      </c>
+      <c r="K11" s="38">
+        <v>0.32585497891832799</v>
+      </c>
+      <c r="L11" s="36">
+        <v>-50</v>
+      </c>
+      <c r="M11" s="36">
+        <v>51</v>
+      </c>
+      <c r="N11" s="36">
+        <v>101</v>
+      </c>
+      <c r="O11" s="36">
+        <v>97</v>
+      </c>
+      <c r="P11" s="36">
+        <v>419</v>
+      </c>
+      <c r="Q11" s="36">
+        <v>322</v>
+      </c>
+      <c r="R11" s="36">
+        <v>22</v>
+      </c>
+      <c r="S11" s="36">
+        <v>164</v>
+      </c>
+      <c r="T11" s="36">
+        <v>90</v>
+      </c>
+      <c r="U11" s="36">
+        <v>74</v>
+      </c>
+      <c r="V11" s="36">
+        <v>0</v>
+      </c>
+      <c r="W11" s="36">
+        <v>142</v>
+      </c>
+      <c r="X11" s="36">
+        <v>79</v>
+      </c>
+      <c r="Y11" s="36">
         <v>63</v>
       </c>
-      <c r="N11" s="29">
-[...42 lines deleted...]
-        <v>3305.87</v>
+      <c r="Z11" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA11" s="75">
+        <v>1.31571258572038</v>
+      </c>
+      <c r="AB11" s="76">
+        <v>3309.34</v>
       </c>
     </row>
     <row r="12" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A12" s="66" t="s">
-[...11 lines deleted...]
-      <c r="E12" s="29">
+      <c r="A12" s="73" t="s">
+        <v>213</v>
+      </c>
+      <c r="B12" s="74" t="s">
+        <v>214</v>
+      </c>
+      <c r="C12" s="36">
+        <v>71699</v>
+      </c>
+      <c r="D12" s="36">
+        <v>152052</v>
+      </c>
+      <c r="E12" s="36">
         <v>74175</v>
       </c>
-      <c r="F12" s="29">
-[...66 lines deleted...]
-        <v>9014.7000000000007</v>
+      <c r="F12" s="36">
+        <v>77877</v>
+      </c>
+      <c r="G12" s="36">
+        <v>0</v>
+      </c>
+      <c r="H12" s="36">
+        <v>166</v>
+      </c>
+      <c r="I12" s="38">
+        <v>0.109292495687555</v>
+      </c>
+      <c r="J12" s="36">
+        <v>891</v>
+      </c>
+      <c r="K12" s="38">
+        <v>0.58943775180105995</v>
+      </c>
+      <c r="L12" s="36">
+        <v>-39</v>
+      </c>
+      <c r="M12" s="36">
+        <v>87</v>
+      </c>
+      <c r="N12" s="36">
+        <v>126</v>
+      </c>
+      <c r="O12" s="36">
+        <v>205</v>
+      </c>
+      <c r="P12" s="36">
+        <v>847</v>
+      </c>
+      <c r="Q12" s="36">
+        <v>642</v>
+      </c>
+      <c r="R12" s="36">
+        <v>139</v>
+      </c>
+      <c r="S12" s="36">
+        <v>409</v>
+      </c>
+      <c r="T12" s="36">
+        <v>239</v>
+      </c>
+      <c r="U12" s="36">
+        <v>170</v>
+      </c>
+      <c r="V12" s="36">
+        <v>0</v>
+      </c>
+      <c r="W12" s="36">
+        <v>270</v>
+      </c>
+      <c r="X12" s="36">
+        <v>135</v>
+      </c>
+      <c r="Y12" s="36">
+        <v>135</v>
+      </c>
+      <c r="Z12" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA12" s="75">
+        <v>2.07596640050593</v>
+      </c>
+      <c r="AB12" s="76">
+        <v>9018.5</v>
       </c>
     </row>
     <row r="13" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A13" s="66" t="s">
-[...81 lines deleted...]
-        <v>9875.31</v>
+      <c r="A13" s="73" t="s">
+        <v>215</v>
+      </c>
+      <c r="B13" s="74" t="s">
+        <v>216</v>
+      </c>
+      <c r="C13" s="36">
+        <v>61969</v>
+      </c>
+      <c r="D13" s="36">
+        <v>126355</v>
+      </c>
+      <c r="E13" s="36">
+        <v>62705</v>
+      </c>
+      <c r="F13" s="36">
+        <v>63650</v>
+      </c>
+      <c r="G13" s="36">
+        <v>0</v>
+      </c>
+      <c r="H13" s="36">
+        <v>7</v>
+      </c>
+      <c r="I13" s="38">
+        <v>5.5402539019216799E-3</v>
+      </c>
+      <c r="J13" s="36">
+        <v>1292</v>
+      </c>
+      <c r="K13" s="38">
+        <v>1.0330793280186801</v>
+      </c>
+      <c r="L13" s="36">
+        <v>-16</v>
+      </c>
+      <c r="M13" s="36">
+        <v>81</v>
+      </c>
+      <c r="N13" s="36">
+        <v>97</v>
+      </c>
+      <c r="O13" s="36">
+        <v>23</v>
+      </c>
+      <c r="P13" s="36">
+        <v>705</v>
+      </c>
+      <c r="Q13" s="36">
+        <v>682</v>
+      </c>
+      <c r="R13" s="36">
+        <v>60</v>
+      </c>
+      <c r="S13" s="36">
+        <v>429</v>
+      </c>
+      <c r="T13" s="36">
+        <v>261</v>
+      </c>
+      <c r="U13" s="36">
+        <v>168</v>
+      </c>
+      <c r="V13" s="36">
+        <v>0</v>
+      </c>
+      <c r="W13" s="36">
+        <v>369</v>
+      </c>
+      <c r="X13" s="36">
+        <v>217</v>
+      </c>
+      <c r="Y13" s="36">
+        <v>152</v>
+      </c>
+      <c r="Z13" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="75">
+        <v>1.7251251843838</v>
+      </c>
+      <c r="AB13" s="76">
+        <v>9871.48</v>
       </c>
     </row>
     <row r="14" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A14" s="66" t="s">
-[...81 lines deleted...]
-        <v>5441.05</v>
+      <c r="A14" s="73" t="s">
+        <v>217</v>
+      </c>
+      <c r="B14" s="74" t="s">
+        <v>218</v>
+      </c>
+      <c r="C14" s="36">
+        <v>76051</v>
+      </c>
+      <c r="D14" s="36">
+        <v>167144</v>
+      </c>
+      <c r="E14" s="36">
+        <v>81493</v>
+      </c>
+      <c r="F14" s="36">
+        <v>85651</v>
+      </c>
+      <c r="G14" s="36">
+        <v>0</v>
+      </c>
+      <c r="H14" s="36">
+        <v>73</v>
+      </c>
+      <c r="I14" s="38">
+        <v>4.3693998359978697E-2</v>
+      </c>
+      <c r="J14" s="36">
+        <v>421</v>
+      </c>
+      <c r="K14" s="38">
+        <v>0.252514650048284</v>
+      </c>
+      <c r="L14" s="36">
+        <v>-46</v>
+      </c>
+      <c r="M14" s="36">
+        <v>102</v>
+      </c>
+      <c r="N14" s="36">
+        <v>148</v>
+      </c>
+      <c r="O14" s="36">
+        <v>119</v>
+      </c>
+      <c r="P14" s="36">
+        <v>671</v>
+      </c>
+      <c r="Q14" s="36">
+        <v>552</v>
+      </c>
+      <c r="R14" s="36">
+        <v>56</v>
+      </c>
+      <c r="S14" s="36">
+        <v>311</v>
+      </c>
+      <c r="T14" s="36">
+        <v>176</v>
+      </c>
+      <c r="U14" s="36">
+        <v>135</v>
+      </c>
+      <c r="V14" s="36">
+        <v>0</v>
+      </c>
+      <c r="W14" s="36">
+        <v>255</v>
+      </c>
+      <c r="X14" s="36">
+        <v>137</v>
+      </c>
+      <c r="Y14" s="36">
+        <v>118</v>
+      </c>
+      <c r="Z14" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA14" s="75">
+        <v>2.2820175206255899</v>
+      </c>
+      <c r="AB14" s="76">
+        <v>5446.2</v>
       </c>
     </row>
     <row r="15" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A15" s="66" t="s">
-[...81 lines deleted...]
-        <v>12434.8</v>
+      <c r="A15" s="73" t="s">
+        <v>219</v>
+      </c>
+      <c r="B15" s="74" t="s">
+        <v>220</v>
+      </c>
+      <c r="C15" s="36">
+        <v>50705</v>
+      </c>
+      <c r="D15" s="36">
+        <v>104461</v>
+      </c>
+      <c r="E15" s="36">
+        <v>51376</v>
+      </c>
+      <c r="F15" s="36">
+        <v>53085</v>
+      </c>
+      <c r="G15" s="36">
+        <v>0</v>
+      </c>
+      <c r="H15" s="36">
+        <v>86</v>
+      </c>
+      <c r="I15" s="38">
+        <v>8.2395209580838305E-2</v>
+      </c>
+      <c r="J15" s="36">
+        <v>334</v>
+      </c>
+      <c r="K15" s="38">
+        <v>0.32076214622528298</v>
+      </c>
+      <c r="L15" s="36">
+        <v>7</v>
+      </c>
+      <c r="M15" s="36">
+        <v>71</v>
+      </c>
+      <c r="N15" s="36">
+        <v>64</v>
+      </c>
+      <c r="O15" s="36">
+        <v>79</v>
+      </c>
+      <c r="P15" s="36">
+        <v>546</v>
+      </c>
+      <c r="Q15" s="36">
+        <v>467</v>
+      </c>
+      <c r="R15" s="36">
+        <v>125</v>
+      </c>
+      <c r="S15" s="36">
+        <v>323</v>
+      </c>
+      <c r="T15" s="36">
+        <v>175</v>
+      </c>
+      <c r="U15" s="36">
+        <v>148</v>
+      </c>
+      <c r="V15" s="36">
+        <v>0</v>
+      </c>
+      <c r="W15" s="36">
+        <v>198</v>
+      </c>
+      <c r="X15" s="36">
+        <v>105</v>
+      </c>
+      <c r="Y15" s="36">
+        <v>93</v>
+      </c>
+      <c r="Z15" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="75">
+        <v>1.4262063383793</v>
+      </c>
+      <c r="AB15" s="76">
+        <v>12450.65</v>
       </c>
     </row>
     <row r="16" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A16" s="66" t="s">
-[...53 lines deleted...]
-      <c r="S16" s="29">
+      <c r="A16" s="73" t="s">
+        <v>221</v>
+      </c>
+      <c r="B16" s="74" t="s">
+        <v>222</v>
+      </c>
+      <c r="C16" s="36">
+        <v>49374</v>
+      </c>
+      <c r="D16" s="36">
+        <v>99132</v>
+      </c>
+      <c r="E16" s="36">
+        <v>49789</v>
+      </c>
+      <c r="F16" s="36">
+        <v>49343</v>
+      </c>
+      <c r="G16" s="36">
+        <v>0</v>
+      </c>
+      <c r="H16" s="36">
+        <v>-30</v>
+      </c>
+      <c r="I16" s="38">
+        <v>-3.0253524535608398E-2</v>
+      </c>
+      <c r="J16" s="36">
+        <v>-400</v>
+      </c>
+      <c r="K16" s="38">
+        <v>-0.40188080215408101</v>
+      </c>
+      <c r="L16" s="36">
+        <v>-46</v>
+      </c>
+      <c r="M16" s="36">
+        <v>55</v>
+      </c>
+      <c r="N16" s="36">
+        <v>101</v>
+      </c>
+      <c r="O16" s="36">
+        <v>16</v>
+      </c>
+      <c r="P16" s="36">
+        <v>494</v>
+      </c>
+      <c r="Q16" s="36">
+        <v>478</v>
+      </c>
+      <c r="R16" s="36">
+        <v>18</v>
+      </c>
+      <c r="S16" s="36">
+        <v>247</v>
+      </c>
+      <c r="T16" s="36">
+        <v>143</v>
+      </c>
+      <c r="U16" s="36">
+        <v>104</v>
+      </c>
+      <c r="V16" s="36">
+        <v>0</v>
+      </c>
+      <c r="W16" s="36">
         <v>229</v>
       </c>
-      <c r="T16" s="29">
-[...24 lines deleted...]
-        <v>5313.35</v>
+      <c r="X16" s="36">
+        <v>121</v>
+      </c>
+      <c r="Y16" s="36">
+        <v>108</v>
+      </c>
+      <c r="Z16" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA16" s="75">
+        <v>1.3534494858006001</v>
+      </c>
+      <c r="AB16" s="76">
+        <v>5318.24</v>
       </c>
     </row>
     <row r="17" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A17" s="66" t="s">
+      <c r="A17" s="73" t="s">
+        <v>223</v>
+      </c>
+      <c r="B17" s="74" t="s">
+        <v>224</v>
+      </c>
+      <c r="C17" s="36">
+        <v>79748</v>
+      </c>
+      <c r="D17" s="36">
+        <v>169152</v>
+      </c>
+      <c r="E17" s="36">
+        <v>81250</v>
+      </c>
+      <c r="F17" s="36">
+        <v>87902</v>
+      </c>
+      <c r="G17" s="36">
+        <v>0</v>
+      </c>
+      <c r="H17" s="36">
+        <v>40</v>
+      </c>
+      <c r="I17" s="38">
+        <v>2.3652963716353701E-2</v>
+      </c>
+      <c r="J17" s="36">
+        <v>483</v>
+      </c>
+      <c r="K17" s="38">
+        <v>0.28635967486615799</v>
+      </c>
+      <c r="L17" s="36">
+        <v>21</v>
+      </c>
+      <c r="M17" s="36">
+        <v>134</v>
+      </c>
+      <c r="N17" s="36">
+        <v>113</v>
+      </c>
+      <c r="O17" s="36">
+        <v>19</v>
+      </c>
+      <c r="P17" s="36">
+        <v>784</v>
+      </c>
+      <c r="Q17" s="36">
+        <v>765</v>
+      </c>
+      <c r="R17" s="36">
+        <v>71</v>
+      </c>
+      <c r="S17" s="36">
+        <v>454</v>
+      </c>
+      <c r="T17" s="36">
+        <v>228</v>
+      </c>
+      <c r="U17" s="36">
         <v>226</v>
       </c>
-      <c r="B17" s="67" t="s">
-[...78 lines deleted...]
-        <v>14678.54</v>
+      <c r="V17" s="36">
+        <v>0</v>
+      </c>
+      <c r="W17" s="36">
+        <v>383</v>
+      </c>
+      <c r="X17" s="36">
+        <v>211</v>
+      </c>
+      <c r="Y17" s="36">
+        <v>172</v>
+      </c>
+      <c r="Z17" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA17" s="75">
+        <v>2.3094327504957399</v>
+      </c>
+      <c r="AB17" s="76">
+        <v>14696.08</v>
       </c>
     </row>
     <row r="18" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A18" s="66" t="s">
-[...59 lines deleted...]
-      <c r="U18" s="29">
+      <c r="A18" s="73" t="s">
         <v>225</v>
       </c>
-      <c r="V18" s="29">
-[...18 lines deleted...]
-        <v>14162.87</v>
+      <c r="B18" s="74" t="s">
+        <v>226</v>
+      </c>
+      <c r="C18" s="36">
+        <v>91904</v>
+      </c>
+      <c r="D18" s="36">
+        <v>195875</v>
+      </c>
+      <c r="E18" s="36">
+        <v>97109</v>
+      </c>
+      <c r="F18" s="36">
+        <v>98766</v>
+      </c>
+      <c r="G18" s="36">
+        <v>0</v>
+      </c>
+      <c r="H18" s="36">
+        <v>78</v>
+      </c>
+      <c r="I18" s="38">
+        <v>3.9837178302016898E-2</v>
+      </c>
+      <c r="J18" s="36">
+        <v>540</v>
+      </c>
+      <c r="K18" s="38">
+        <v>0.27644815317275501</v>
+      </c>
+      <c r="L18" s="36">
+        <v>-30</v>
+      </c>
+      <c r="M18" s="36">
+        <v>116</v>
+      </c>
+      <c r="N18" s="36">
+        <v>146</v>
+      </c>
+      <c r="O18" s="36">
+        <v>108</v>
+      </c>
+      <c r="P18" s="36">
+        <v>1025</v>
+      </c>
+      <c r="Q18" s="36">
+        <v>917</v>
+      </c>
+      <c r="R18" s="36">
+        <v>160</v>
+      </c>
+      <c r="S18" s="36">
+        <v>619</v>
+      </c>
+      <c r="T18" s="36">
+        <v>353</v>
+      </c>
+      <c r="U18" s="36">
+        <v>266</v>
+      </c>
+      <c r="V18" s="36">
+        <v>0</v>
+      </c>
+      <c r="W18" s="36">
+        <v>459</v>
+      </c>
+      <c r="X18" s="36">
+        <v>263</v>
+      </c>
+      <c r="Y18" s="36">
+        <v>196</v>
+      </c>
+      <c r="Z18" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA18" s="75">
+        <v>2.6742819476172501</v>
+      </c>
+      <c r="AB18" s="76">
+        <v>14173.29</v>
       </c>
     </row>
     <row r="19" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A19" s="66" t="s">
-[...38 lines deleted...]
-      <c r="N19" s="29">
+      <c r="A19" s="73" t="s">
+        <v>227</v>
+      </c>
+      <c r="B19" s="74" t="s">
+        <v>228</v>
+      </c>
+      <c r="C19" s="36">
+        <v>56446</v>
+      </c>
+      <c r="D19" s="36">
+        <v>135429</v>
+      </c>
+      <c r="E19" s="36">
+        <v>66488</v>
+      </c>
+      <c r="F19" s="36">
+        <v>68941</v>
+      </c>
+      <c r="G19" s="36">
+        <v>0</v>
+      </c>
+      <c r="H19" s="36">
+        <v>136</v>
+      </c>
+      <c r="I19" s="38">
+        <v>0.10052256953427</v>
+      </c>
+      <c r="J19" s="36">
+        <v>1364</v>
+      </c>
+      <c r="K19" s="38">
+        <v>1.01741692462611</v>
+      </c>
+      <c r="L19" s="36">
+        <v>-20</v>
+      </c>
+      <c r="M19" s="36">
+        <v>84</v>
+      </c>
+      <c r="N19" s="36">
+        <v>104</v>
+      </c>
+      <c r="O19" s="36">
+        <v>156</v>
+      </c>
+      <c r="P19" s="36">
+        <v>663</v>
+      </c>
+      <c r="Q19" s="36">
+        <v>507</v>
+      </c>
+      <c r="R19" s="36">
+        <v>93</v>
+      </c>
+      <c r="S19" s="36">
+        <v>293</v>
+      </c>
+      <c r="T19" s="36">
+        <v>153</v>
+      </c>
+      <c r="U19" s="36">
+        <v>140</v>
+      </c>
+      <c r="V19" s="36">
+        <v>0</v>
+      </c>
+      <c r="W19" s="36">
+        <v>200</v>
+      </c>
+      <c r="X19" s="36">
+        <v>113</v>
+      </c>
+      <c r="Y19" s="36">
         <v>87</v>
       </c>
-      <c r="O19" s="29">
-[...39 lines deleted...]
-        <v>5112.25</v>
+      <c r="Z19" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="75">
+        <v>1.84901253291056</v>
+      </c>
+      <c r="AB19" s="76">
+        <v>5122.12</v>
       </c>
     </row>
     <row r="20" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A20" s="66" t="s">
-[...81 lines deleted...]
-        <v>2251.37</v>
+      <c r="A20" s="73" t="s">
+        <v>229</v>
+      </c>
+      <c r="B20" s="74" t="s">
+        <v>230</v>
+      </c>
+      <c r="C20" s="36">
+        <v>49206</v>
+      </c>
+      <c r="D20" s="36">
+        <v>110815</v>
+      </c>
+      <c r="E20" s="36">
+        <v>54929</v>
+      </c>
+      <c r="F20" s="36">
+        <v>55886</v>
+      </c>
+      <c r="G20" s="36">
+        <v>0</v>
+      </c>
+      <c r="H20" s="36">
+        <v>44</v>
+      </c>
+      <c r="I20" s="38">
+        <v>3.9721587780195203E-2</v>
+      </c>
+      <c r="J20" s="36">
+        <v>-230</v>
+      </c>
+      <c r="K20" s="38">
+        <v>-0.20712323832680399</v>
+      </c>
+      <c r="L20" s="36">
+        <v>-70</v>
+      </c>
+      <c r="M20" s="36">
+        <v>44</v>
+      </c>
+      <c r="N20" s="36">
+        <v>114</v>
+      </c>
+      <c r="O20" s="36">
+        <v>114</v>
+      </c>
+      <c r="P20" s="36">
+        <v>497</v>
+      </c>
+      <c r="Q20" s="36">
+        <v>383</v>
+      </c>
+      <c r="R20" s="36">
+        <v>47</v>
+      </c>
+      <c r="S20" s="36">
+        <v>224</v>
+      </c>
+      <c r="T20" s="36">
+        <v>125</v>
+      </c>
+      <c r="U20" s="36">
+        <v>99</v>
+      </c>
+      <c r="V20" s="36">
+        <v>0</v>
+      </c>
+      <c r="W20" s="36">
+        <v>177</v>
+      </c>
+      <c r="X20" s="36">
+        <v>88</v>
+      </c>
+      <c r="Y20" s="36">
+        <v>89</v>
+      </c>
+      <c r="Z20" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA20" s="75">
+        <v>1.51295751895446</v>
+      </c>
+      <c r="AB20" s="76">
+        <v>2253.71</v>
       </c>
     </row>
     <row r="21" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A21" s="66" t="s">
-[...71 lines deleted...]
-      <c r="Y21" s="29">
+      <c r="A21" s="73" t="s">
+        <v>231</v>
+      </c>
+      <c r="B21" s="74" t="s">
+        <v>232</v>
+      </c>
+      <c r="C21" s="36">
+        <v>163148</v>
+      </c>
+      <c r="D21" s="36">
+        <v>354287</v>
+      </c>
+      <c r="E21" s="36">
+        <v>176308</v>
+      </c>
+      <c r="F21" s="36">
+        <v>177978</v>
+      </c>
+      <c r="G21" s="36">
+        <v>1</v>
+      </c>
+      <c r="H21" s="36">
+        <v>45</v>
+      </c>
+      <c r="I21" s="38">
+        <v>1.27031803117643E-2</v>
+      </c>
+      <c r="J21" s="36">
+        <v>-276</v>
+      </c>
+      <c r="K21" s="38">
+        <v>-7.7842301650200396E-2</v>
+      </c>
+      <c r="L21" s="36">
+        <v>-176</v>
+      </c>
+      <c r="M21" s="36">
+        <v>170</v>
+      </c>
+      <c r="N21" s="36">
+        <v>346</v>
+      </c>
+      <c r="O21" s="36">
+        <v>221</v>
+      </c>
+      <c r="P21" s="36">
+        <v>1405</v>
+      </c>
+      <c r="Q21" s="36">
+        <v>1184</v>
+      </c>
+      <c r="R21" s="36">
+        <v>124</v>
+      </c>
+      <c r="S21" s="36">
+        <v>807</v>
+      </c>
+      <c r="T21" s="36">
+        <v>444</v>
+      </c>
+      <c r="U21" s="36">
+        <v>363</v>
+      </c>
+      <c r="V21" s="36">
+        <v>0</v>
+      </c>
+      <c r="W21" s="36">
+        <v>683</v>
+      </c>
+      <c r="X21" s="36">
+        <v>371</v>
+      </c>
+      <c r="Y21" s="36">
         <v>312</v>
       </c>
-      <c r="Z21" s="29">
-[...6 lines deleted...]
-        <v>3246.97</v>
+      <c r="Z21" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA21" s="75">
+        <v>4.8370814467158798</v>
+      </c>
+      <c r="AB21" s="76">
+        <v>3246.46</v>
       </c>
     </row>
     <row r="22" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A22" s="66" t="s">
-[...81 lines deleted...]
-        <v>1181.8</v>
+      <c r="A22" s="73" t="s">
+        <v>233</v>
+      </c>
+      <c r="B22" s="74" t="s">
+        <v>234</v>
+      </c>
+      <c r="C22" s="36">
+        <v>84023</v>
+      </c>
+      <c r="D22" s="36">
+        <v>188869</v>
+      </c>
+      <c r="E22" s="36">
+        <v>94474</v>
+      </c>
+      <c r="F22" s="36">
+        <v>94395</v>
+      </c>
+      <c r="G22" s="36">
+        <v>0</v>
+      </c>
+      <c r="H22" s="36">
+        <v>-27</v>
+      </c>
+      <c r="I22" s="38">
+        <v>-1.4293579535829199E-2</v>
+      </c>
+      <c r="J22" s="36">
+        <v>-1013</v>
+      </c>
+      <c r="K22" s="38">
+        <v>-0.53348921962060603</v>
+      </c>
+      <c r="L22" s="36">
+        <v>-121</v>
+      </c>
+      <c r="M22" s="36">
+        <v>77</v>
+      </c>
+      <c r="N22" s="36">
+        <v>198</v>
+      </c>
+      <c r="O22" s="36">
+        <v>94</v>
+      </c>
+      <c r="P22" s="36">
+        <v>639</v>
+      </c>
+      <c r="Q22" s="36">
+        <v>545</v>
+      </c>
+      <c r="R22" s="36">
+        <v>120</v>
+      </c>
+      <c r="S22" s="36">
+        <v>429</v>
+      </c>
+      <c r="T22" s="36">
+        <v>257</v>
+      </c>
+      <c r="U22" s="36">
+        <v>172</v>
+      </c>
+      <c r="V22" s="36">
+        <v>0</v>
+      </c>
+      <c r="W22" s="36">
+        <v>309</v>
+      </c>
+      <c r="X22" s="36">
+        <v>209</v>
+      </c>
+      <c r="Y22" s="36">
+        <v>100</v>
+      </c>
+      <c r="Z22" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA22" s="75">
+        <v>2.5786290091360402</v>
+      </c>
+      <c r="AB22" s="76">
+        <v>1181.76</v>
       </c>
     </row>
     <row r="23" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A23" s="66" t="s">
-[...81 lines deleted...]
-        <v>9610.68</v>
+      <c r="A23" s="73" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" s="74" t="s">
+        <v>100</v>
+      </c>
+      <c r="C23" s="36">
+        <v>285503</v>
+      </c>
+      <c r="D23" s="36">
+        <v>595902</v>
+      </c>
+      <c r="E23" s="36">
+        <v>300124</v>
+      </c>
+      <c r="F23" s="36">
+        <v>295778</v>
+      </c>
+      <c r="G23" s="36">
+        <v>0</v>
+      </c>
+      <c r="H23" s="36">
+        <v>506</v>
+      </c>
+      <c r="I23" s="38">
+        <v>8.4985455058482096E-2</v>
+      </c>
+      <c r="J23" s="36">
+        <v>923</v>
+      </c>
+      <c r="K23" s="38">
+        <v>0.15513152565048499</v>
+      </c>
+      <c r="L23" s="36">
+        <v>-199</v>
+      </c>
+      <c r="M23" s="36">
+        <v>328</v>
+      </c>
+      <c r="N23" s="36">
+        <v>527</v>
+      </c>
+      <c r="O23" s="36">
+        <v>705</v>
+      </c>
+      <c r="P23" s="36">
+        <v>3207</v>
+      </c>
+      <c r="Q23" s="36">
+        <v>2502</v>
+      </c>
+      <c r="R23" s="36">
+        <v>789</v>
+      </c>
+      <c r="S23" s="36">
+        <v>2434</v>
+      </c>
+      <c r="T23" s="36">
+        <v>1400</v>
+      </c>
+      <c r="U23" s="36">
+        <v>1034</v>
+      </c>
+      <c r="V23" s="36">
+        <v>0</v>
+      </c>
+      <c r="W23" s="36">
+        <v>1645</v>
+      </c>
+      <c r="X23" s="36">
+        <v>939</v>
+      </c>
+      <c r="Y23" s="36">
+        <v>706</v>
+      </c>
+      <c r="Z23" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA23" s="75">
+        <v>8.1358517480485801</v>
+      </c>
+      <c r="AB23" s="76">
+        <v>9619.08</v>
       </c>
     </row>
     <row r="24" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A24" s="66" t="s">
-[...47 lines deleted...]
-      <c r="Q24" s="29">
+      <c r="A24" s="73" t="s">
+        <v>235</v>
+      </c>
+      <c r="B24" s="74" t="s">
+        <v>236</v>
+      </c>
+      <c r="C24" s="36">
+        <v>33363</v>
+      </c>
+      <c r="D24" s="36">
+        <v>75770</v>
+      </c>
+      <c r="E24" s="36">
+        <v>37280</v>
+      </c>
+      <c r="F24" s="36">
+        <v>38490</v>
+      </c>
+      <c r="G24" s="36">
+        <v>0</v>
+      </c>
+      <c r="H24" s="36">
+        <v>46</v>
+      </c>
+      <c r="I24" s="38">
+        <v>6.0746923036289702E-2</v>
+      </c>
+      <c r="J24" s="36">
+        <v>-559</v>
+      </c>
+      <c r="K24" s="38">
+        <v>-0.73235598527427304</v>
+      </c>
+      <c r="L24" s="36">
+        <v>-72</v>
+      </c>
+      <c r="M24" s="36">
+        <v>22</v>
+      </c>
+      <c r="N24" s="36">
+        <v>94</v>
+      </c>
+      <c r="O24" s="36">
+        <v>118</v>
+      </c>
+      <c r="P24" s="36">
+        <v>320</v>
+      </c>
+      <c r="Q24" s="36">
+        <v>202</v>
+      </c>
+      <c r="R24" s="36">
+        <v>83</v>
+      </c>
+      <c r="S24" s="36">
         <v>191</v>
       </c>
-      <c r="R24" s="29">
-[...30 lines deleted...]
-        <v>1122.3699999999999</v>
+      <c r="T24" s="36">
+        <v>108</v>
+      </c>
+      <c r="U24" s="36">
+        <v>83</v>
+      </c>
+      <c r="V24" s="36">
+        <v>0</v>
+      </c>
+      <c r="W24" s="36">
+        <v>108</v>
+      </c>
+      <c r="X24" s="36">
+        <v>59</v>
+      </c>
+      <c r="Y24" s="36">
+        <v>49</v>
+      </c>
+      <c r="Z24" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="75">
+        <v>1.0344880315045799</v>
+      </c>
+      <c r="AB24" s="76">
+        <v>1122.68</v>
       </c>
     </row>
     <row r="25" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A25" s="66" t="s">
-[...68 lines deleted...]
-      <c r="X25" s="29">
+      <c r="A25" s="73" t="s">
+        <v>101</v>
+      </c>
+      <c r="B25" s="74" t="s">
+        <v>102</v>
+      </c>
+      <c r="C25" s="36">
+        <v>23525</v>
+      </c>
+      <c r="D25" s="36">
+        <v>54746</v>
+      </c>
+      <c r="E25" s="36">
+        <v>26684</v>
+      </c>
+      <c r="F25" s="36">
+        <v>28062</v>
+      </c>
+      <c r="G25" s="36">
+        <v>0</v>
+      </c>
+      <c r="H25" s="36">
+        <v>-61</v>
+      </c>
+      <c r="I25" s="38">
+        <v>-0.11129965150437</v>
+      </c>
+      <c r="J25" s="36">
+        <v>-956</v>
+      </c>
+      <c r="K25" s="38">
+        <v>-1.7162758967362</v>
+      </c>
+      <c r="L25" s="36">
+        <v>-64</v>
+      </c>
+      <c r="M25" s="36">
+        <v>15</v>
+      </c>
+      <c r="N25" s="36">
+        <v>79</v>
+      </c>
+      <c r="O25" s="36">
+        <v>3</v>
+      </c>
+      <c r="P25" s="36">
+        <v>91</v>
+      </c>
+      <c r="Q25" s="36">
+        <v>88</v>
+      </c>
+      <c r="R25" s="36">
         <v>14</v>
       </c>
-      <c r="Y25" s="29">
-[...9 lines deleted...]
-        <v>94.95</v>
+      <c r="S25" s="36">
+        <v>41</v>
+      </c>
+      <c r="T25" s="36">
+        <v>24</v>
+      </c>
+      <c r="U25" s="36">
+        <v>17</v>
+      </c>
+      <c r="V25" s="36">
+        <v>0</v>
+      </c>
+      <c r="W25" s="36">
+        <v>27</v>
+      </c>
+      <c r="X25" s="36">
+        <v>19</v>
+      </c>
+      <c r="Y25" s="36">
+        <v>8</v>
+      </c>
+      <c r="Z25" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA25" s="75">
+        <v>0.74744729804341503</v>
+      </c>
+      <c r="AB25" s="76">
+        <v>94.74</v>
       </c>
     </row>
     <row r="26" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A26" s="66" t="s">
-[...81 lines deleted...]
-        <v>4726.33</v>
+      <c r="A26" s="73" t="s">
+        <v>237</v>
+      </c>
+      <c r="B26" s="74" t="s">
+        <v>238</v>
+      </c>
+      <c r="C26" s="36">
+        <v>161879</v>
+      </c>
+      <c r="D26" s="36">
+        <v>340742</v>
+      </c>
+      <c r="E26" s="36">
+        <v>166424</v>
+      </c>
+      <c r="F26" s="36">
+        <v>174318</v>
+      </c>
+      <c r="G26" s="36">
+        <v>0</v>
+      </c>
+      <c r="H26" s="36">
+        <v>-20</v>
+      </c>
+      <c r="I26" s="38">
+        <v>-5.8691990304083203E-3</v>
+      </c>
+      <c r="J26" s="36">
+        <v>-17</v>
+      </c>
+      <c r="K26" s="38">
+        <v>-4.9888630967927497E-3</v>
+      </c>
+      <c r="L26" s="36">
+        <v>-165</v>
+      </c>
+      <c r="M26" s="36">
+        <v>141</v>
+      </c>
+      <c r="N26" s="36">
+        <v>306</v>
+      </c>
+      <c r="O26" s="36">
+        <v>145</v>
+      </c>
+      <c r="P26" s="36">
+        <v>1226</v>
+      </c>
+      <c r="Q26" s="36">
+        <v>1081</v>
+      </c>
+      <c r="R26" s="36">
+        <v>225</v>
+      </c>
+      <c r="S26" s="36">
+        <v>936</v>
+      </c>
+      <c r="T26" s="36">
+        <v>531</v>
+      </c>
+      <c r="U26" s="36">
+        <v>405</v>
+      </c>
+      <c r="V26" s="36">
+        <v>0</v>
+      </c>
+      <c r="W26" s="36">
+        <v>711</v>
+      </c>
+      <c r="X26" s="36">
+        <v>372</v>
+      </c>
+      <c r="Y26" s="36">
+        <v>339</v>
+      </c>
+      <c r="Z26" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA26" s="75">
+        <v>4.6521515221186798</v>
+      </c>
+      <c r="AB26" s="76">
+        <v>4725.3</v>
       </c>
     </row>
     <row r="27" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A27" s="66" t="s">
-[...81 lines deleted...]
-        <v>408.1</v>
+      <c r="A27" s="73" t="s">
+        <v>94</v>
+      </c>
+      <c r="B27" s="74" t="s">
+        <v>95</v>
+      </c>
+      <c r="C27" s="36">
+        <v>34863</v>
+      </c>
+      <c r="D27" s="36">
+        <v>78603</v>
+      </c>
+      <c r="E27" s="36">
+        <v>39325</v>
+      </c>
+      <c r="F27" s="36">
+        <v>39278</v>
+      </c>
+      <c r="G27" s="36">
+        <v>0</v>
+      </c>
+      <c r="H27" s="36">
+        <v>-77</v>
+      </c>
+      <c r="I27" s="38">
+        <v>-9.7864768683273998E-2</v>
+      </c>
+      <c r="J27" s="36">
+        <v>-594</v>
+      </c>
+      <c r="K27" s="38">
+        <v>-0.75002841016705202</v>
+      </c>
+      <c r="L27" s="36">
+        <v>-56</v>
+      </c>
+      <c r="M27" s="36">
+        <v>31</v>
+      </c>
+      <c r="N27" s="36">
+        <v>87</v>
+      </c>
+      <c r="O27" s="36">
+        <v>-21</v>
+      </c>
+      <c r="P27" s="36">
+        <v>168</v>
+      </c>
+      <c r="Q27" s="36">
+        <v>189</v>
+      </c>
+      <c r="R27" s="36">
+        <v>-15</v>
+      </c>
+      <c r="S27" s="36">
+        <v>92</v>
+      </c>
+      <c r="T27" s="36">
+        <v>49</v>
+      </c>
+      <c r="U27" s="36">
+        <v>43</v>
+      </c>
+      <c r="V27" s="36">
+        <v>0</v>
+      </c>
+      <c r="W27" s="36">
+        <v>107</v>
+      </c>
+      <c r="X27" s="36">
+        <v>68</v>
+      </c>
+      <c r="Y27" s="36">
+        <v>39</v>
+      </c>
+      <c r="Z27" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA27" s="75">
+        <v>1.0731669887865201</v>
+      </c>
+      <c r="AB27" s="76">
+        <v>407.16</v>
       </c>
     </row>
     <row r="28" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A28" s="66" t="s">
-[...59 lines deleted...]
-      <c r="U28" s="29">
+      <c r="A28" s="73" t="s">
+        <v>124</v>
+      </c>
+      <c r="B28" s="74" t="s">
+        <v>125</v>
+      </c>
+      <c r="C28" s="36">
+        <v>48103</v>
+      </c>
+      <c r="D28" s="36">
+        <v>110655</v>
+      </c>
+      <c r="E28" s="36">
+        <v>55660</v>
+      </c>
+      <c r="F28" s="36">
+        <v>54995</v>
+      </c>
+      <c r="G28" s="36">
+        <v>0</v>
+      </c>
+      <c r="H28" s="36">
         <v>66</v>
       </c>
-      <c r="V28" s="29">
-[...18 lines deleted...]
-        <v>830.06</v>
+      <c r="I28" s="38">
+        <v>5.9680438379947402E-2</v>
+      </c>
+      <c r="J28" s="36">
+        <v>-170</v>
+      </c>
+      <c r="K28" s="38">
+        <v>-0.15339499210467</v>
+      </c>
+      <c r="L28" s="36">
+        <v>-78</v>
+      </c>
+      <c r="M28" s="36">
+        <v>50</v>
+      </c>
+      <c r="N28" s="36">
+        <v>128</v>
+      </c>
+      <c r="O28" s="36">
+        <v>144</v>
+      </c>
+      <c r="P28" s="36">
+        <v>467</v>
+      </c>
+      <c r="Q28" s="36">
+        <v>323</v>
+      </c>
+      <c r="R28" s="36">
+        <v>114</v>
+      </c>
+      <c r="S28" s="36">
+        <v>287</v>
+      </c>
+      <c r="T28" s="36">
+        <v>161</v>
+      </c>
+      <c r="U28" s="36">
+        <v>126</v>
+      </c>
+      <c r="V28" s="36">
+        <v>0</v>
+      </c>
+      <c r="W28" s="36">
+        <v>173</v>
+      </c>
+      <c r="X28" s="36">
+        <v>96</v>
+      </c>
+      <c r="Y28" s="36">
+        <v>77</v>
+      </c>
+      <c r="Z28" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="75">
+        <v>1.51077303848672</v>
+      </c>
+      <c r="AB28" s="76">
+        <v>830.11</v>
       </c>
     </row>
     <row r="29" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A29" s="66" t="s">
+      <c r="A29" s="73" t="s">
+        <v>239</v>
+      </c>
+      <c r="B29" s="74" t="s">
         <v>240</v>
       </c>
-      <c r="B29" s="67" t="s">
-[...78 lines deleted...]
-        <v>858.11</v>
+      <c r="C29" s="36">
+        <v>34887</v>
+      </c>
+      <c r="D29" s="36">
+        <v>76920</v>
+      </c>
+      <c r="E29" s="36">
+        <v>38503</v>
+      </c>
+      <c r="F29" s="36">
+        <v>38417</v>
+      </c>
+      <c r="G29" s="36">
+        <v>0</v>
+      </c>
+      <c r="H29" s="36">
+        <v>-18</v>
+      </c>
+      <c r="I29" s="38">
+        <v>-2.3395461280511599E-2</v>
+      </c>
+      <c r="J29" s="36">
+        <v>-606</v>
+      </c>
+      <c r="K29" s="38">
+        <v>-0.78167324510486802</v>
+      </c>
+      <c r="L29" s="36">
+        <v>-63</v>
+      </c>
+      <c r="M29" s="36">
+        <v>24</v>
+      </c>
+      <c r="N29" s="36">
+        <v>87</v>
+      </c>
+      <c r="O29" s="36">
+        <v>45</v>
+      </c>
+      <c r="P29" s="36">
+        <v>274</v>
+      </c>
+      <c r="Q29" s="36">
+        <v>229</v>
+      </c>
+      <c r="R29" s="36">
+        <v>14</v>
+      </c>
+      <c r="S29" s="36">
+        <v>163</v>
+      </c>
+      <c r="T29" s="36">
+        <v>101</v>
+      </c>
+      <c r="U29" s="36">
+        <v>62</v>
+      </c>
+      <c r="V29" s="36">
+        <v>0</v>
+      </c>
+      <c r="W29" s="36">
+        <v>149</v>
+      </c>
+      <c r="X29" s="36">
+        <v>80</v>
+      </c>
+      <c r="Y29" s="36">
+        <v>69</v>
+      </c>
+      <c r="Z29" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA29" s="75">
+        <v>1.0501889848664701</v>
+      </c>
+      <c r="AB29" s="76">
+        <v>857.62</v>
       </c>
     </row>
     <row r="30" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A30" s="66" t="s">
-[...35 lines deleted...]
-      <c r="M30" s="29">
+      <c r="A30" s="73" t="s">
+        <v>117</v>
+      </c>
+      <c r="B30" s="74" t="s">
+        <v>118</v>
+      </c>
+      <c r="C30" s="36">
+        <v>43040</v>
+      </c>
+      <c r="D30" s="36">
+        <v>92752</v>
+      </c>
+      <c r="E30" s="36">
+        <v>46475</v>
+      </c>
+      <c r="F30" s="36">
+        <v>46277</v>
+      </c>
+      <c r="G30" s="36">
+        <v>0</v>
+      </c>
+      <c r="H30" s="36">
+        <v>-52</v>
+      </c>
+      <c r="I30" s="38">
+        <v>-5.60320675832938E-2</v>
+      </c>
+      <c r="J30" s="36">
+        <v>-4</v>
+      </c>
+      <c r="K30" s="38">
+        <v>-4.3123894950191904E-3</v>
+      </c>
+      <c r="L30" s="36">
+        <v>-48</v>
+      </c>
+      <c r="M30" s="36">
         <v>38</v>
       </c>
-      <c r="N30" s="29">
-[...42 lines deleted...]
-        <v>1420.62</v>
+      <c r="N30" s="36">
+        <v>86</v>
+      </c>
+      <c r="O30" s="36">
+        <v>-4</v>
+      </c>
+      <c r="P30" s="36">
+        <v>324</v>
+      </c>
+      <c r="Q30" s="36">
+        <v>328</v>
+      </c>
+      <c r="R30" s="36">
+        <v>44</v>
+      </c>
+      <c r="S30" s="36">
+        <v>202</v>
+      </c>
+      <c r="T30" s="36">
+        <v>128</v>
+      </c>
+      <c r="U30" s="36">
+        <v>74</v>
+      </c>
+      <c r="V30" s="36">
+        <v>0</v>
+      </c>
+      <c r="W30" s="36">
+        <v>158</v>
+      </c>
+      <c r="X30" s="36">
+        <v>102</v>
+      </c>
+      <c r="Y30" s="36">
+        <v>56</v>
+      </c>
+      <c r="Z30" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA30" s="75">
+        <v>1.26634332714943</v>
+      </c>
+      <c r="AB30" s="76">
+        <v>1419.31</v>
       </c>
     </row>
     <row r="31" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A31" s="66" t="s">
-[...81 lines deleted...]
-        <v>3412.01</v>
+      <c r="A31" s="73" t="s">
+        <v>96</v>
+      </c>
+      <c r="B31" s="74" t="s">
+        <v>97</v>
+      </c>
+      <c r="C31" s="36">
+        <v>103952</v>
+      </c>
+      <c r="D31" s="36">
+        <v>225205</v>
+      </c>
+      <c r="E31" s="36">
+        <v>110741</v>
+      </c>
+      <c r="F31" s="36">
+        <v>114464</v>
+      </c>
+      <c r="G31" s="36">
+        <v>0</v>
+      </c>
+      <c r="H31" s="36">
+        <v>15</v>
+      </c>
+      <c r="I31" s="38">
+        <v>6.6610417869354798E-3</v>
+      </c>
+      <c r="J31" s="36">
+        <v>-906</v>
+      </c>
+      <c r="K31" s="38">
+        <v>-0.40068815758631798</v>
+      </c>
+      <c r="L31" s="36">
+        <v>-158</v>
+      </c>
+      <c r="M31" s="36">
+        <v>100</v>
+      </c>
+      <c r="N31" s="36">
+        <v>258</v>
+      </c>
+      <c r="O31" s="36">
+        <v>173</v>
+      </c>
+      <c r="P31" s="36">
+        <v>809</v>
+      </c>
+      <c r="Q31" s="36">
+        <v>636</v>
+      </c>
+      <c r="R31" s="36">
+        <v>129</v>
+      </c>
+      <c r="S31" s="36">
+        <v>450</v>
+      </c>
+      <c r="T31" s="36">
+        <v>286</v>
+      </c>
+      <c r="U31" s="36">
+        <v>164</v>
+      </c>
+      <c r="V31" s="36">
+        <v>0</v>
+      </c>
+      <c r="W31" s="36">
+        <v>321</v>
+      </c>
+      <c r="X31" s="36">
+        <v>190</v>
+      </c>
+      <c r="Y31" s="36">
+        <v>131</v>
+      </c>
+      <c r="Z31" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA31" s="75">
+        <v>3.07472452336002</v>
+      </c>
+      <c r="AB31" s="76">
+        <v>3412.19</v>
       </c>
     </row>
     <row r="32" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A32" s="66" t="s">
-[...38 lines deleted...]
-      <c r="N32" s="29">
+      <c r="A32" s="73" t="s">
+        <v>241</v>
+      </c>
+      <c r="B32" s="74" t="s">
+        <v>242</v>
+      </c>
+      <c r="C32" s="36">
+        <v>67321</v>
+      </c>
+      <c r="D32" s="36">
+        <v>146142</v>
+      </c>
+      <c r="E32" s="36">
+        <v>72368</v>
+      </c>
+      <c r="F32" s="36">
+        <v>73774</v>
+      </c>
+      <c r="G32" s="36">
+        <v>0</v>
+      </c>
+      <c r="H32" s="36">
+        <v>43</v>
+      </c>
+      <c r="I32" s="38">
+        <v>2.9432097413397799E-2</v>
+      </c>
+      <c r="J32" s="36">
+        <v>-958</v>
+      </c>
+      <c r="K32" s="38">
+        <v>-0.65125764785859996</v>
+      </c>
+      <c r="L32" s="36">
+        <v>-91</v>
+      </c>
+      <c r="M32" s="36">
+        <v>75</v>
+      </c>
+      <c r="N32" s="36">
         <v>166</v>
       </c>
-      <c r="O32" s="29">
-[...39 lines deleted...]
-        <v>2982.48</v>
+      <c r="O32" s="36">
+        <v>134</v>
+      </c>
+      <c r="P32" s="36">
+        <v>540</v>
+      </c>
+      <c r="Q32" s="36">
+        <v>406</v>
+      </c>
+      <c r="R32" s="36">
+        <v>88</v>
+      </c>
+      <c r="S32" s="36">
+        <v>282</v>
+      </c>
+      <c r="T32" s="36">
+        <v>154</v>
+      </c>
+      <c r="U32" s="36">
+        <v>128</v>
+      </c>
+      <c r="V32" s="36">
+        <v>0</v>
+      </c>
+      <c r="W32" s="36">
+        <v>194</v>
+      </c>
+      <c r="X32" s="36">
+        <v>102</v>
+      </c>
+      <c r="Y32" s="36">
+        <v>92</v>
+      </c>
+      <c r="Z32" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA32" s="75">
+        <v>1.9952771532287401</v>
+      </c>
+      <c r="AB32" s="76">
+        <v>2983.09</v>
       </c>
     </row>
     <row r="33" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A33" s="66" t="s">
+      <c r="A33" s="73" t="s">
+        <v>243</v>
+      </c>
+      <c r="B33" s="74" t="s">
         <v>244</v>
       </c>
-      <c r="B33" s="67" t="s">
-[...38 lines deleted...]
-      <c r="O33" s="29">
+      <c r="C33" s="36">
+        <v>23029</v>
+      </c>
+      <c r="D33" s="36">
+        <v>52059</v>
+      </c>
+      <c r="E33" s="36">
+        <v>25886</v>
+      </c>
+      <c r="F33" s="36">
+        <v>26173</v>
+      </c>
+      <c r="G33" s="36">
+        <v>0</v>
+      </c>
+      <c r="H33" s="36">
+        <v>27</v>
+      </c>
+      <c r="I33" s="38">
+        <v>5.1891143911439098E-2</v>
+      </c>
+      <c r="J33" s="36">
+        <v>-119</v>
+      </c>
+      <c r="K33" s="38">
+        <v>-0.22806546820499099</v>
+      </c>
+      <c r="L33" s="36">
+        <v>-27</v>
+      </c>
+      <c r="M33" s="36">
+        <v>26</v>
+      </c>
+      <c r="N33" s="36">
+        <v>53</v>
+      </c>
+      <c r="O33" s="36">
+        <v>54</v>
+      </c>
+      <c r="P33" s="36">
+        <v>209</v>
+      </c>
+      <c r="Q33" s="36">
+        <v>155</v>
+      </c>
+      <c r="R33" s="36">
+        <v>44</v>
+      </c>
+      <c r="S33" s="36">
+        <v>135</v>
+      </c>
+      <c r="T33" s="36">
         <v>72</v>
       </c>
-      <c r="P33" s="29">
-[...36 lines deleted...]
-        <v>886.78</v>
+      <c r="U33" s="36">
+        <v>63</v>
+      </c>
+      <c r="V33" s="36">
+        <v>0</v>
+      </c>
+      <c r="W33" s="36">
+        <v>91</v>
+      </c>
+      <c r="X33" s="36">
+        <v>59</v>
+      </c>
+      <c r="Y33" s="36">
+        <v>32</v>
+      </c>
+      <c r="Z33" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA33" s="75">
+        <v>0.71076167918829103</v>
+      </c>
+      <c r="AB33" s="76">
+        <v>887.77</v>
       </c>
     </row>
     <row r="34" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A34" s="66" t="s">
+      <c r="A34" s="73" t="s">
+        <v>245</v>
+      </c>
+      <c r="B34" s="74" t="s">
         <v>246</v>
       </c>
-      <c r="B34" s="67" t="s">
-[...23 lines deleted...]
-      <c r="J34" s="29">
+      <c r="C34" s="36">
+        <v>51083</v>
+      </c>
+      <c r="D34" s="36">
+        <v>116467</v>
+      </c>
+      <c r="E34" s="36">
+        <v>57340</v>
+      </c>
+      <c r="F34" s="36">
+        <v>59127</v>
+      </c>
+      <c r="G34" s="36">
+        <v>0</v>
+      </c>
+      <c r="H34" s="36">
+        <v>-21</v>
+      </c>
+      <c r="I34" s="38">
+        <v>-1.8027607993956501E-2</v>
+      </c>
+      <c r="J34" s="36">
+        <v>108</v>
+      </c>
+      <c r="K34" s="38">
+        <v>9.2816198145394893E-2</v>
+      </c>
+      <c r="L34" s="36">
+        <v>-77</v>
+      </c>
+      <c r="M34" s="36">
+        <v>56</v>
+      </c>
+      <c r="N34" s="36">
+        <v>133</v>
+      </c>
+      <c r="O34" s="36">
+        <v>56</v>
+      </c>
+      <c r="P34" s="36">
+        <v>365</v>
+      </c>
+      <c r="Q34" s="36">
+        <v>309</v>
+      </c>
+      <c r="R34" s="36">
+        <v>51</v>
+      </c>
+      <c r="S34" s="36">
+        <v>192</v>
+      </c>
+      <c r="T34" s="36">
+        <v>97</v>
+      </c>
+      <c r="U34" s="36">
+        <v>95</v>
+      </c>
+      <c r="V34" s="36">
+        <v>0</v>
+      </c>
+      <c r="W34" s="36">
         <v>141</v>
       </c>
-      <c r="K34" s="31">
-[...41 lines deleted...]
-      <c r="Y34" s="29">
+      <c r="X34" s="36">
+        <v>76</v>
+      </c>
+      <c r="Y34" s="36">
         <v>65</v>
       </c>
-      <c r="Z34" s="29">
-[...6 lines deleted...]
-        <v>1727.09</v>
+      <c r="Z34" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA34" s="75">
+        <v>1.5901242914774101</v>
+      </c>
+      <c r="AB34" s="76">
+        <v>1726.97</v>
       </c>
     </row>
     <row r="35" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A35" s="66" t="s">
+      <c r="A35" s="73" t="s">
+        <v>247</v>
+      </c>
+      <c r="B35" s="74" t="s">
         <v>248</v>
       </c>
-      <c r="B35" s="67" t="s">
-[...8 lines deleted...]
-      <c r="E35" s="29">
+      <c r="C35" s="36">
+        <v>59626</v>
+      </c>
+      <c r="D35" s="36">
+        <v>138671</v>
+      </c>
+      <c r="E35" s="36">
         <v>68886</v>
       </c>
-      <c r="F35" s="29">
-[...20 lines deleted...]
-      <c r="M35" s="29">
+      <c r="F35" s="36">
+        <v>69785</v>
+      </c>
+      <c r="G35" s="36">
+        <v>0</v>
+      </c>
+      <c r="H35" s="36">
+        <v>-23</v>
+      </c>
+      <c r="I35" s="38">
+        <v>-1.65832696439644E-2</v>
+      </c>
+      <c r="J35" s="36">
+        <v>-532</v>
+      </c>
+      <c r="K35" s="38">
+        <v>-0.38217567150133303</v>
+      </c>
+      <c r="L35" s="36">
+        <v>-85</v>
+      </c>
+      <c r="M35" s="36">
         <v>72</v>
       </c>
-      <c r="N35" s="29">
-[...42 lines deleted...]
-        <v>1002.58</v>
+      <c r="N35" s="36">
+        <v>157</v>
+      </c>
+      <c r="O35" s="36">
+        <v>62</v>
+      </c>
+      <c r="P35" s="36">
+        <v>423</v>
+      </c>
+      <c r="Q35" s="36">
+        <v>361</v>
+      </c>
+      <c r="R35" s="36">
+        <v>68</v>
+      </c>
+      <c r="S35" s="36">
+        <v>253</v>
+      </c>
+      <c r="T35" s="36">
+        <v>169</v>
+      </c>
+      <c r="U35" s="36">
+        <v>84</v>
+      </c>
+      <c r="V35" s="36">
+        <v>0</v>
+      </c>
+      <c r="W35" s="36">
+        <v>185</v>
+      </c>
+      <c r="X35" s="36">
+        <v>118</v>
+      </c>
+      <c r="Y35" s="36">
+        <v>67</v>
+      </c>
+      <c r="Z35" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA35" s="75">
+        <v>1.8932755683881599</v>
+      </c>
+      <c r="AB35" s="76">
+        <v>1002.17</v>
       </c>
     </row>
     <row r="36" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A36" s="66" t="s">
-[...20 lines deleted...]
-      <c r="H36" s="29">
+      <c r="A36" s="73" t="s">
+        <v>249</v>
+      </c>
+      <c r="B36" s="74" t="s">
+        <v>250</v>
+      </c>
+      <c r="C36" s="36">
+        <v>103258</v>
+      </c>
+      <c r="D36" s="36">
+        <v>228393</v>
+      </c>
+      <c r="E36" s="36">
+        <v>112524</v>
+      </c>
+      <c r="F36" s="36">
+        <v>115869</v>
+      </c>
+      <c r="G36" s="36">
+        <v>0</v>
+      </c>
+      <c r="H36" s="36">
+        <v>-12</v>
+      </c>
+      <c r="I36" s="38">
+        <v>-5.2538254416496996E-3</v>
+      </c>
+      <c r="J36" s="36">
+        <v>510</v>
+      </c>
+      <c r="K36" s="38">
+        <v>0.22379905477810999</v>
+      </c>
+      <c r="L36" s="36">
+        <v>-106</v>
+      </c>
+      <c r="M36" s="36">
+        <v>130</v>
+      </c>
+      <c r="N36" s="36">
+        <v>236</v>
+      </c>
+      <c r="O36" s="36">
         <v>94</v>
       </c>
-      <c r="I36" s="31">
-[...57 lines deleted...]
-        <v>5018.17</v>
+      <c r="P36" s="36">
+        <v>805</v>
+      </c>
+      <c r="Q36" s="36">
+        <v>711</v>
+      </c>
+      <c r="R36" s="36">
+        <v>94</v>
+      </c>
+      <c r="S36" s="36">
+        <v>430</v>
+      </c>
+      <c r="T36" s="36">
+        <v>225</v>
+      </c>
+      <c r="U36" s="36">
+        <v>205</v>
+      </c>
+      <c r="V36" s="36">
+        <v>0</v>
+      </c>
+      <c r="W36" s="36">
+        <v>336</v>
+      </c>
+      <c r="X36" s="36">
+        <v>168</v>
+      </c>
+      <c r="Y36" s="36">
+        <v>168</v>
+      </c>
+      <c r="Z36" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA36" s="75">
+        <v>3.1182502966797498</v>
+      </c>
+      <c r="AB36" s="76">
+        <v>5018.5200000000004</v>
       </c>
     </row>
     <row r="37" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A37" s="66" t="s">
-[...35 lines deleted...]
-      <c r="M37" s="29">
+      <c r="A37" s="73" t="s">
+        <v>108</v>
+      </c>
+      <c r="B37" s="74" t="s">
+        <v>109</v>
+      </c>
+      <c r="C37" s="36">
+        <v>120688</v>
+      </c>
+      <c r="D37" s="36">
+        <v>250627</v>
+      </c>
+      <c r="E37" s="36">
+        <v>125732</v>
+      </c>
+      <c r="F37" s="36">
+        <v>124895</v>
+      </c>
+      <c r="G37" s="36">
+        <v>0</v>
+      </c>
+      <c r="H37" s="36">
+        <v>80</v>
+      </c>
+      <c r="I37" s="38">
+        <v>3.1930136860549102E-2</v>
+      </c>
+      <c r="J37" s="36">
+        <v>633</v>
+      </c>
+      <c r="K37" s="38">
+        <v>0.25320607694584701</v>
+      </c>
+      <c r="L37" s="36">
+        <v>-127</v>
+      </c>
+      <c r="M37" s="36">
         <v>119</v>
       </c>
-      <c r="N37" s="29">
-[...42 lines deleted...]
-        <v>9121.26</v>
+      <c r="N37" s="36">
+        <v>246</v>
+      </c>
+      <c r="O37" s="36">
+        <v>207</v>
+      </c>
+      <c r="P37" s="36">
+        <v>1237</v>
+      </c>
+      <c r="Q37" s="36">
+        <v>1030</v>
+      </c>
+      <c r="R37" s="36">
+        <v>290</v>
+      </c>
+      <c r="S37" s="36">
+        <v>908</v>
+      </c>
+      <c r="T37" s="36">
+        <v>506</v>
+      </c>
+      <c r="U37" s="36">
+        <v>402</v>
+      </c>
+      <c r="V37" s="36">
+        <v>0</v>
+      </c>
+      <c r="W37" s="36">
+        <v>618</v>
+      </c>
+      <c r="X37" s="36">
+        <v>340</v>
+      </c>
+      <c r="Y37" s="36">
+        <v>278</v>
+      </c>
+      <c r="Z37" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA37" s="75">
+        <v>3.42181116367821</v>
+      </c>
+      <c r="AB37" s="76">
+        <v>9126.98</v>
       </c>
     </row>
     <row r="38" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A38" s="66" t="s">
+      <c r="A38" s="73" t="s">
+        <v>251</v>
+      </c>
+      <c r="B38" s="74" t="s">
         <v>252</v>
       </c>
-      <c r="B38" s="67" t="s">
-[...78 lines deleted...]
-        <v>5615.53</v>
+      <c r="C38" s="36">
+        <v>150249</v>
+      </c>
+      <c r="D38" s="36">
+        <v>338200</v>
+      </c>
+      <c r="E38" s="36">
+        <v>166193</v>
+      </c>
+      <c r="F38" s="36">
+        <v>172007</v>
+      </c>
+      <c r="G38" s="36">
+        <v>0</v>
+      </c>
+      <c r="H38" s="36">
+        <v>66</v>
+      </c>
+      <c r="I38" s="38">
+        <v>1.9518888961181102E-2</v>
+      </c>
+      <c r="J38" s="36">
+        <v>-673</v>
+      </c>
+      <c r="K38" s="38">
+        <v>-0.19859947531966299</v>
+      </c>
+      <c r="L38" s="36">
+        <v>-179</v>
+      </c>
+      <c r="M38" s="36">
+        <v>152</v>
+      </c>
+      <c r="N38" s="36">
+        <v>331</v>
+      </c>
+      <c r="O38" s="36">
+        <v>245</v>
+      </c>
+      <c r="P38" s="36">
+        <v>1245</v>
+      </c>
+      <c r="Q38" s="36">
+        <v>1000</v>
+      </c>
+      <c r="R38" s="36">
+        <v>125</v>
+      </c>
+      <c r="S38" s="36">
+        <v>723</v>
+      </c>
+      <c r="T38" s="36">
+        <v>398</v>
+      </c>
+      <c r="U38" s="36">
+        <v>325</v>
+      </c>
+      <c r="V38" s="36">
+        <v>0</v>
+      </c>
+      <c r="W38" s="36">
+        <v>598</v>
+      </c>
+      <c r="X38" s="36">
+        <v>308</v>
+      </c>
+      <c r="Y38" s="36">
+        <v>290</v>
+      </c>
+      <c r="Z38" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA38" s="75">
+        <v>4.6174455886874499</v>
+      </c>
+      <c r="AB38" s="76">
+        <v>5614.2</v>
       </c>
     </row>
     <row r="39" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A39" s="66" t="s">
-[...81 lines deleted...]
-        <v>14819.17</v>
+      <c r="A39" s="73" t="s">
+        <v>253</v>
+      </c>
+      <c r="B39" s="74" t="s">
+        <v>254</v>
+      </c>
+      <c r="C39" s="36">
+        <v>39819</v>
+      </c>
+      <c r="D39" s="36">
+        <v>75842</v>
+      </c>
+      <c r="E39" s="36">
+        <v>38490</v>
+      </c>
+      <c r="F39" s="36">
+        <v>37352</v>
+      </c>
+      <c r="G39" s="36">
+        <v>0</v>
+      </c>
+      <c r="H39" s="36">
+        <v>31</v>
+      </c>
+      <c r="I39" s="38">
+        <v>4.0891163551463501E-2</v>
+      </c>
+      <c r="J39" s="36">
+        <v>775</v>
+      </c>
+      <c r="K39" s="38">
+        <v>1.0324110461321201</v>
+      </c>
+      <c r="L39" s="36">
+        <v>-17</v>
+      </c>
+      <c r="M39" s="36">
+        <v>39</v>
+      </c>
+      <c r="N39" s="36">
+        <v>56</v>
+      </c>
+      <c r="O39" s="36">
+        <v>48</v>
+      </c>
+      <c r="P39" s="36">
+        <v>636</v>
+      </c>
+      <c r="Q39" s="36">
+        <v>588</v>
+      </c>
+      <c r="R39" s="36">
+        <v>170</v>
+      </c>
+      <c r="S39" s="36">
+        <v>475</v>
+      </c>
+      <c r="T39" s="36">
+        <v>280</v>
+      </c>
+      <c r="U39" s="36">
+        <v>195</v>
+      </c>
+      <c r="V39" s="36">
+        <v>0</v>
+      </c>
+      <c r="W39" s="36">
+        <v>305</v>
+      </c>
+      <c r="X39" s="36">
+        <v>179</v>
+      </c>
+      <c r="Y39" s="36">
+        <v>126</v>
+      </c>
+      <c r="Z39" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA39" s="75">
+        <v>1.0354710477150599</v>
+      </c>
+      <c r="AB39" s="76">
+        <v>14841.87</v>
       </c>
     </row>
     <row r="40" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A40" s="66" t="s">
-[...38 lines deleted...]
-      <c r="N40" s="29">
+      <c r="A40" s="73" t="s">
+        <v>115</v>
+      </c>
+      <c r="B40" s="74" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" s="36">
+        <v>68837</v>
+      </c>
+      <c r="D40" s="36">
+        <v>142815</v>
+      </c>
+      <c r="E40" s="36">
+        <v>71988</v>
+      </c>
+      <c r="F40" s="36">
+        <v>70827</v>
+      </c>
+      <c r="G40" s="36">
+        <v>0</v>
+      </c>
+      <c r="H40" s="36">
+        <v>165</v>
+      </c>
+      <c r="I40" s="38">
+        <v>0.115667718191377</v>
+      </c>
+      <c r="J40" s="36">
+        <v>666</v>
+      </c>
+      <c r="K40" s="38">
+        <v>0.468522465863284</v>
+      </c>
+      <c r="L40" s="36">
+        <v>8</v>
+      </c>
+      <c r="M40" s="36">
+        <v>97</v>
+      </c>
+      <c r="N40" s="36">
         <v>89</v>
       </c>
-      <c r="O40" s="29">
-[...39 lines deleted...]
-        <v>7840.62</v>
+      <c r="O40" s="36">
+        <v>157</v>
+      </c>
+      <c r="P40" s="36">
+        <v>895</v>
+      </c>
+      <c r="Q40" s="36">
+        <v>738</v>
+      </c>
+      <c r="R40" s="36">
+        <v>243</v>
+      </c>
+      <c r="S40" s="36">
+        <v>656</v>
+      </c>
+      <c r="T40" s="36">
+        <v>361</v>
+      </c>
+      <c r="U40" s="36">
+        <v>295</v>
+      </c>
+      <c r="V40" s="36">
+        <v>0</v>
+      </c>
+      <c r="W40" s="36">
+        <v>413</v>
+      </c>
+      <c r="X40" s="36">
+        <v>223</v>
+      </c>
+      <c r="Y40" s="36">
+        <v>190</v>
+      </c>
+      <c r="Z40" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA40" s="75">
+        <v>1.94985361250266</v>
+      </c>
+      <c r="AB40" s="76">
+        <v>7851.29</v>
       </c>
     </row>
     <row r="41" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A41" s="66" t="s">
-[...38 lines deleted...]
-      <c r="N41" s="29">
+      <c r="A41" s="73" t="s">
+        <v>103</v>
+      </c>
+      <c r="B41" s="74" t="s">
+        <v>104</v>
+      </c>
+      <c r="C41" s="36">
+        <v>63659</v>
+      </c>
+      <c r="D41" s="36">
+        <v>140812</v>
+      </c>
+      <c r="E41" s="36">
+        <v>69005</v>
+      </c>
+      <c r="F41" s="36">
+        <v>71807</v>
+      </c>
+      <c r="G41" s="36">
+        <v>0</v>
+      </c>
+      <c r="H41" s="36">
+        <v>-2</v>
+      </c>
+      <c r="I41" s="38">
+        <v>-1.42031332111864E-3</v>
+      </c>
+      <c r="J41" s="36">
+        <v>-1248</v>
+      </c>
+      <c r="K41" s="38">
+        <v>-0.878502041390962</v>
+      </c>
+      <c r="L41" s="36">
+        <v>-96</v>
+      </c>
+      <c r="M41" s="36">
+        <v>51</v>
+      </c>
+      <c r="N41" s="36">
         <v>147</v>
       </c>
-      <c r="O41" s="29">
-[...2 lines deleted...]
-      <c r="P41" s="29">
+      <c r="O41" s="36">
+        <v>94</v>
+      </c>
+      <c r="P41" s="36">
+        <v>482</v>
+      </c>
+      <c r="Q41" s="36">
         <v>388</v>
       </c>
-      <c r="Q41" s="29">
-[...23 lines deleted...]
-      <c r="Y41" s="29">
+      <c r="R41" s="36">
+        <v>50</v>
+      </c>
+      <c r="S41" s="36">
+        <v>281</v>
+      </c>
+      <c r="T41" s="36">
+        <v>161</v>
+      </c>
+      <c r="U41" s="36">
         <v>120</v>
       </c>
-      <c r="Z41" s="29">
-[...6 lines deleted...]
-        <v>3153.63</v>
+      <c r="V41" s="36">
+        <v>0</v>
+      </c>
+      <c r="W41" s="36">
+        <v>231</v>
+      </c>
+      <c r="X41" s="36">
+        <v>136</v>
+      </c>
+      <c r="Y41" s="36">
+        <v>95</v>
+      </c>
+      <c r="Z41" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA41" s="75">
+        <v>1.92250664764712</v>
+      </c>
+      <c r="AB41" s="76">
+        <v>3150.86</v>
       </c>
     </row>
     <row r="42" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A42" s="66" t="s">
-[...81 lines deleted...]
-        <v>7880.47</v>
+      <c r="A42" s="73" t="s">
+        <v>255</v>
+      </c>
+      <c r="B42" s="74" t="s">
+        <v>256</v>
+      </c>
+      <c r="C42" s="36">
+        <v>67100</v>
+      </c>
+      <c r="D42" s="36">
+        <v>144584</v>
+      </c>
+      <c r="E42" s="36">
+        <v>72337</v>
+      </c>
+      <c r="F42" s="36">
+        <v>72247</v>
+      </c>
+      <c r="G42" s="36">
+        <v>0</v>
+      </c>
+      <c r="H42" s="36">
+        <v>28</v>
+      </c>
+      <c r="I42" s="38">
+        <v>1.93696560502504E-2</v>
+      </c>
+      <c r="J42" s="36">
+        <v>561</v>
+      </c>
+      <c r="K42" s="38">
+        <v>0.389521118154739</v>
+      </c>
+      <c r="L42" s="36">
+        <v>6</v>
+      </c>
+      <c r="M42" s="36">
+        <v>90</v>
+      </c>
+      <c r="N42" s="36">
+        <v>84</v>
+      </c>
+      <c r="O42" s="36">
+        <v>22</v>
+      </c>
+      <c r="P42" s="36">
+        <v>661</v>
+      </c>
+      <c r="Q42" s="36">
+        <v>639</v>
+      </c>
+      <c r="R42" s="36">
+        <v>107</v>
+      </c>
+      <c r="S42" s="36">
+        <v>461</v>
+      </c>
+      <c r="T42" s="36">
+        <v>268</v>
+      </c>
+      <c r="U42" s="36">
+        <v>193</v>
+      </c>
+      <c r="V42" s="36">
+        <v>0</v>
+      </c>
+      <c r="W42" s="36">
+        <v>354</v>
+      </c>
+      <c r="X42" s="36">
+        <v>203</v>
+      </c>
+      <c r="Y42" s="36">
+        <v>151</v>
+      </c>
+      <c r="Z42" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA42" s="75">
+        <v>1.97400577467412</v>
+      </c>
+      <c r="AB42" s="76">
+        <v>7883.53</v>
       </c>
     </row>
     <row r="43" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A43" s="66" t="s">
-[...2 lines deleted...]
-      <c r="B43" s="67" t="s">
+      <c r="A43" s="73" t="s">
         <v>257</v>
       </c>
-      <c r="C43" s="29">
-[...44 lines deleted...]
-      <c r="R43" s="29">
+      <c r="B43" s="74" t="s">
+        <v>258</v>
+      </c>
+      <c r="C43" s="36">
+        <v>34515</v>
+      </c>
+      <c r="D43" s="36">
+        <v>75109</v>
+      </c>
+      <c r="E43" s="36">
+        <v>36756</v>
+      </c>
+      <c r="F43" s="36">
+        <v>38353</v>
+      </c>
+      <c r="G43" s="36">
+        <v>0</v>
+      </c>
+      <c r="H43" s="36">
+        <v>-5</v>
+      </c>
+      <c r="I43" s="38">
+        <v>-6.6565487126234802E-3</v>
+      </c>
+      <c r="J43" s="36">
+        <v>-12</v>
+      </c>
+      <c r="K43" s="38">
+        <v>-1.59742282450979E-2</v>
+      </c>
+      <c r="L43" s="36">
         <v>-10</v>
       </c>
-      <c r="S43" s="29">
-[...27 lines deleted...]
-        <v>8302.76</v>
+      <c r="M43" s="36">
+        <v>53</v>
+      </c>
+      <c r="N43" s="36">
+        <v>63</v>
+      </c>
+      <c r="O43" s="36">
+        <v>5</v>
+      </c>
+      <c r="P43" s="36">
+        <v>341</v>
+      </c>
+      <c r="Q43" s="36">
+        <v>336</v>
+      </c>
+      <c r="R43" s="36">
+        <v>22</v>
+      </c>
+      <c r="S43" s="36">
+        <v>181</v>
+      </c>
+      <c r="T43" s="36">
+        <v>101</v>
+      </c>
+      <c r="U43" s="36">
+        <v>80</v>
+      </c>
+      <c r="V43" s="36">
+        <v>0</v>
+      </c>
+      <c r="W43" s="36">
+        <v>159</v>
+      </c>
+      <c r="X43" s="36">
+        <v>79</v>
+      </c>
+      <c r="Y43" s="36">
+        <v>80</v>
+      </c>
+      <c r="Z43" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA43" s="75">
+        <v>1.02546339657222</v>
+      </c>
+      <c r="AB43" s="76">
+        <v>8299.33</v>
       </c>
     </row>
     <row r="44" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A44" s="66" t="s">
-[...35 lines deleted...]
-      <c r="M44" s="29">
+      <c r="A44" s="73" t="s">
+        <v>110</v>
+      </c>
+      <c r="B44" s="74" t="s">
+        <v>111</v>
+      </c>
+      <c r="C44" s="36">
+        <v>42249</v>
+      </c>
+      <c r="D44" s="36">
+        <v>84763</v>
+      </c>
+      <c r="E44" s="36">
+        <v>43387</v>
+      </c>
+      <c r="F44" s="36">
+        <v>41376</v>
+      </c>
+      <c r="G44" s="36">
+        <v>0</v>
+      </c>
+      <c r="H44" s="36">
+        <v>-53</v>
+      </c>
+      <c r="I44" s="38">
+        <v>-6.2488209771741202E-2</v>
+      </c>
+      <c r="J44" s="36">
+        <v>-64</v>
+      </c>
+      <c r="K44" s="38">
+        <v>-7.54476758579226E-2</v>
+      </c>
+      <c r="L44" s="36">
+        <v>8</v>
+      </c>
+      <c r="M44" s="36">
+        <v>60</v>
+      </c>
+      <c r="N44" s="36">
         <v>52</v>
       </c>
-      <c r="N44" s="29">
-[...42 lines deleted...]
-        <v>7691.03</v>
+      <c r="O44" s="36">
+        <v>-61</v>
+      </c>
+      <c r="P44" s="36">
+        <v>476</v>
+      </c>
+      <c r="Q44" s="36">
+        <v>537</v>
+      </c>
+      <c r="R44" s="36">
+        <v>-57</v>
+      </c>
+      <c r="S44" s="36">
+        <v>358</v>
+      </c>
+      <c r="T44" s="36">
+        <v>184</v>
+      </c>
+      <c r="U44" s="36">
+        <v>174</v>
+      </c>
+      <c r="V44" s="36">
+        <v>0</v>
+      </c>
+      <c r="W44" s="36">
+        <v>415</v>
+      </c>
+      <c r="X44" s="36">
+        <v>249</v>
+      </c>
+      <c r="Y44" s="36">
+        <v>166</v>
+      </c>
+      <c r="Z44" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA44" s="75">
+        <v>1.1572694867945399</v>
+      </c>
+      <c r="AB44" s="76">
+        <v>7677.8</v>
       </c>
     </row>
     <row r="45" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A45" s="66" t="s">
-[...81 lines deleted...]
-        <v>7296.92</v>
+      <c r="A45" s="73" t="s">
+        <v>259</v>
+      </c>
+      <c r="B45" s="74" t="s">
+        <v>260</v>
+      </c>
+      <c r="C45" s="36">
+        <v>78678</v>
+      </c>
+      <c r="D45" s="36">
+        <v>166157</v>
+      </c>
+      <c r="E45" s="36">
+        <v>81746</v>
+      </c>
+      <c r="F45" s="36">
+        <v>84411</v>
+      </c>
+      <c r="G45" s="36">
+        <v>0</v>
+      </c>
+      <c r="H45" s="36">
+        <v>8</v>
+      </c>
+      <c r="I45" s="38">
+        <v>4.8149552510096403E-3</v>
+      </c>
+      <c r="J45" s="36">
+        <v>-101</v>
+      </c>
+      <c r="K45" s="38">
+        <v>-6.0748956441193797E-2</v>
+      </c>
+      <c r="L45" s="36">
+        <v>-48</v>
+      </c>
+      <c r="M45" s="36">
+        <v>81</v>
+      </c>
+      <c r="N45" s="36">
+        <v>129</v>
+      </c>
+      <c r="O45" s="36">
+        <v>56</v>
+      </c>
+      <c r="P45" s="36">
+        <v>641</v>
+      </c>
+      <c r="Q45" s="36">
+        <v>585</v>
+      </c>
+      <c r="R45" s="36">
+        <v>75</v>
+      </c>
+      <c r="S45" s="36">
+        <v>453</v>
+      </c>
+      <c r="T45" s="36">
+        <v>242</v>
+      </c>
+      <c r="U45" s="36">
+        <v>211</v>
+      </c>
+      <c r="V45" s="36">
+        <v>0</v>
+      </c>
+      <c r="W45" s="36">
+        <v>378</v>
+      </c>
+      <c r="X45" s="36">
+        <v>210</v>
+      </c>
+      <c r="Y45" s="36">
+        <v>168</v>
+      </c>
+      <c r="Z45" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA45" s="75">
+        <v>2.2685420067402098</v>
+      </c>
+      <c r="AB45" s="76">
+        <v>7293.98</v>
       </c>
     </row>
     <row r="46" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A46" s="66" t="s">
-[...2 lines deleted...]
-      <c r="B46" s="67" t="s">
+      <c r="A46" s="73" t="s">
         <v>261</v>
       </c>
-      <c r="C46" s="29">
-[...75 lines deleted...]
-        <v>2905</v>
+      <c r="B46" s="74" t="s">
+        <v>262</v>
+      </c>
+      <c r="C46" s="36">
+        <v>32550</v>
+      </c>
+      <c r="D46" s="36">
+        <v>73654</v>
+      </c>
+      <c r="E46" s="36">
+        <v>36148</v>
+      </c>
+      <c r="F46" s="36">
+        <v>37506</v>
+      </c>
+      <c r="G46" s="36">
+        <v>0</v>
+      </c>
+      <c r="H46" s="36">
+        <v>19</v>
+      </c>
+      <c r="I46" s="38">
+        <v>2.58029469681537E-2</v>
+      </c>
+      <c r="J46" s="36">
+        <v>-10</v>
+      </c>
+      <c r="K46" s="38">
+        <v>-1.35751520417029E-2</v>
+      </c>
+      <c r="L46" s="36">
+        <v>-50</v>
+      </c>
+      <c r="M46" s="36">
+        <v>34</v>
+      </c>
+      <c r="N46" s="36">
+        <v>84</v>
+      </c>
+      <c r="O46" s="36">
+        <v>69</v>
+      </c>
+      <c r="P46" s="36">
+        <v>282</v>
+      </c>
+      <c r="Q46" s="36">
+        <v>213</v>
+      </c>
+      <c r="R46" s="36">
+        <v>18</v>
+      </c>
+      <c r="S46" s="36">
+        <v>119</v>
+      </c>
+      <c r="T46" s="36">
+        <v>64</v>
+      </c>
+      <c r="U46" s="36">
+        <v>55</v>
+      </c>
+      <c r="V46" s="36">
+        <v>0</v>
+      </c>
+      <c r="W46" s="36">
+        <v>101</v>
+      </c>
+      <c r="X46" s="36">
+        <v>58</v>
+      </c>
+      <c r="Y46" s="36">
+        <v>43</v>
+      </c>
+      <c r="Z46" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA46" s="75">
+        <v>1.0055982773187</v>
+      </c>
+      <c r="AB46" s="76">
+        <v>2905.48</v>
       </c>
     </row>
     <row r="47" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A47" s="66" t="s">
-[...2 lines deleted...]
-      <c r="B47" s="67" t="s">
+      <c r="A47" s="73" t="s">
         <v>263</v>
       </c>
-      <c r="C47" s="29">
-[...75 lines deleted...]
-        <v>1805.01</v>
+      <c r="B47" s="74" t="s">
+        <v>264</v>
+      </c>
+      <c r="C47" s="36">
+        <v>66269</v>
+      </c>
+      <c r="D47" s="36">
+        <v>148773</v>
+      </c>
+      <c r="E47" s="36">
+        <v>73532</v>
+      </c>
+      <c r="F47" s="36">
+        <v>75241</v>
+      </c>
+      <c r="G47" s="36">
+        <v>0</v>
+      </c>
+      <c r="H47" s="36">
+        <v>59</v>
+      </c>
+      <c r="I47" s="38">
+        <v>3.96734671920599E-2</v>
+      </c>
+      <c r="J47" s="36">
+        <v>-211</v>
+      </c>
+      <c r="K47" s="38">
+        <v>-0.141625946410353</v>
+      </c>
+      <c r="L47" s="36">
+        <v>-58</v>
+      </c>
+      <c r="M47" s="36">
+        <v>66</v>
+      </c>
+      <c r="N47" s="36">
+        <v>124</v>
+      </c>
+      <c r="O47" s="36">
+        <v>117</v>
+      </c>
+      <c r="P47" s="36">
+        <v>602</v>
+      </c>
+      <c r="Q47" s="36">
+        <v>485</v>
+      </c>
+      <c r="R47" s="36">
+        <v>101</v>
+      </c>
+      <c r="S47" s="36">
+        <v>378</v>
+      </c>
+      <c r="T47" s="36">
+        <v>176</v>
+      </c>
+      <c r="U47" s="36">
+        <v>202</v>
+      </c>
+      <c r="V47" s="36">
+        <v>0</v>
+      </c>
+      <c r="W47" s="36">
+        <v>277</v>
+      </c>
+      <c r="X47" s="36">
+        <v>161</v>
+      </c>
+      <c r="Y47" s="36">
+        <v>116</v>
+      </c>
+      <c r="Z47" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA47" s="75">
+        <v>2.0311982039201602</v>
+      </c>
+      <c r="AB47" s="76">
+        <v>1805.27</v>
       </c>
     </row>
     <row r="48" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A48" s="66" t="s">
-[...2 lines deleted...]
-      <c r="B48" s="67" t="s">
+      <c r="A48" s="73" t="s">
         <v>265</v>
       </c>
-      <c r="C48" s="29">
-[...65 lines deleted...]
-      <c r="Y48" s="29">
+      <c r="B48" s="74" t="s">
+        <v>266</v>
+      </c>
+      <c r="C48" s="36">
+        <v>29139</v>
+      </c>
+      <c r="D48" s="36">
+        <v>64230</v>
+      </c>
+      <c r="E48" s="36">
+        <v>31392</v>
+      </c>
+      <c r="F48" s="36">
+        <v>32838</v>
+      </c>
+      <c r="G48" s="36">
+        <v>0</v>
+      </c>
+      <c r="H48" s="36">
         <v>35</v>
       </c>
-      <c r="Z48" s="29">
-[...6 lines deleted...]
-        <v>3236.22</v>
+      <c r="I48" s="38">
+        <v>5.45213801697952E-2</v>
+      </c>
+      <c r="J48" s="36">
+        <v>-239</v>
+      </c>
+      <c r="K48" s="38">
+        <v>-0.37072081155283898</v>
+      </c>
+      <c r="L48" s="36">
+        <v>-50</v>
+      </c>
+      <c r="M48" s="36">
+        <v>28</v>
+      </c>
+      <c r="N48" s="36">
+        <v>78</v>
+      </c>
+      <c r="O48" s="36">
+        <v>85</v>
+      </c>
+      <c r="P48" s="36">
+        <v>254</v>
+      </c>
+      <c r="Q48" s="36">
+        <v>169</v>
+      </c>
+      <c r="R48" s="36">
+        <v>51</v>
+      </c>
+      <c r="S48" s="36">
+        <v>123</v>
+      </c>
+      <c r="T48" s="36">
+        <v>59</v>
+      </c>
+      <c r="U48" s="36">
+        <v>64</v>
+      </c>
+      <c r="V48" s="36">
+        <v>0</v>
+      </c>
+      <c r="W48" s="36">
+        <v>72</v>
+      </c>
+      <c r="X48" s="36">
+        <v>32</v>
+      </c>
+      <c r="Y48" s="36">
+        <v>40</v>
+      </c>
+      <c r="Z48" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA48" s="75">
+        <v>0.87693237776876098</v>
+      </c>
+      <c r="AB48" s="76">
+        <v>3240.66</v>
       </c>
     </row>
     <row r="49" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A49" s="66" t="s">
-[...35 lines deleted...]
-      <c r="M49" s="29">
+      <c r="A49" s="73" t="s">
+        <v>267</v>
+      </c>
+      <c r="B49" s="74" t="s">
+        <v>268</v>
+      </c>
+      <c r="C49" s="36">
+        <v>45722</v>
+      </c>
+      <c r="D49" s="36">
+        <v>94774</v>
+      </c>
+      <c r="E49" s="36">
+        <v>48655</v>
+      </c>
+      <c r="F49" s="36">
+        <v>46119</v>
+      </c>
+      <c r="G49" s="36">
+        <v>0</v>
+      </c>
+      <c r="H49" s="36">
+        <v>13</v>
+      </c>
+      <c r="I49" s="38">
+        <v>1.3718723947615599E-2</v>
+      </c>
+      <c r="J49" s="36">
+        <v>321</v>
+      </c>
+      <c r="K49" s="38">
+        <v>0.33985156638751601</v>
+      </c>
+      <c r="L49" s="36">
+        <v>-23</v>
+      </c>
+      <c r="M49" s="36">
         <v>60</v>
       </c>
-      <c r="N49" s="29">
-[...42 lines deleted...]
-        <v>5263.37</v>
+      <c r="N49" s="36">
+        <v>83</v>
+      </c>
+      <c r="O49" s="36">
+        <v>36</v>
+      </c>
+      <c r="P49" s="36">
+        <v>415</v>
+      </c>
+      <c r="Q49" s="36">
+        <v>379</v>
+      </c>
+      <c r="R49" s="36">
+        <v>74</v>
+      </c>
+      <c r="S49" s="36">
+        <v>330</v>
+      </c>
+      <c r="T49" s="36">
+        <v>179</v>
+      </c>
+      <c r="U49" s="36">
+        <v>151</v>
+      </c>
+      <c r="V49" s="36">
+        <v>0</v>
+      </c>
+      <c r="W49" s="36">
+        <v>256</v>
+      </c>
+      <c r="X49" s="36">
+        <v>158</v>
+      </c>
+      <c r="Y49" s="36">
+        <v>98</v>
+      </c>
+      <c r="Z49" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA49" s="75">
+        <v>1.2939496990605099</v>
+      </c>
+      <c r="AB49" s="76">
+        <v>5259.37</v>
       </c>
     </row>
     <row r="50" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A50" s="66" t="s">
-[...59 lines deleted...]
-      <c r="U50" s="29">
+      <c r="A50" s="73" t="s">
+        <v>122</v>
+      </c>
+      <c r="B50" s="74" t="s">
+        <v>123</v>
+      </c>
+      <c r="C50" s="36">
+        <v>54813</v>
+      </c>
+      <c r="D50" s="36">
+        <v>113502</v>
+      </c>
+      <c r="E50" s="36">
+        <v>55325</v>
+      </c>
+      <c r="F50" s="36">
+        <v>58177</v>
+      </c>
+      <c r="G50" s="36">
+        <v>0</v>
+      </c>
+      <c r="H50" s="36">
+        <v>97</v>
+      </c>
+      <c r="I50" s="38">
+        <v>8.5534147524359602E-2</v>
+      </c>
+      <c r="J50" s="36">
+        <v>297</v>
+      </c>
+      <c r="K50" s="38">
+        <v>0.26235590300781803</v>
+      </c>
+      <c r="L50" s="36">
+        <v>-29</v>
+      </c>
+      <c r="M50" s="36">
+        <v>71</v>
+      </c>
+      <c r="N50" s="36">
+        <v>100</v>
+      </c>
+      <c r="O50" s="36">
+        <v>126</v>
+      </c>
+      <c r="P50" s="36">
+        <v>613</v>
+      </c>
+      <c r="Q50" s="36">
+        <v>487</v>
+      </c>
+      <c r="R50" s="36">
+        <v>131</v>
+      </c>
+      <c r="S50" s="36">
+        <v>384</v>
+      </c>
+      <c r="T50" s="36">
+        <v>216</v>
+      </c>
+      <c r="U50" s="36">
+        <v>168</v>
+      </c>
+      <c r="V50" s="36">
+        <v>0</v>
+      </c>
+      <c r="W50" s="36">
+        <v>253</v>
+      </c>
+      <c r="X50" s="36">
+        <v>135</v>
+      </c>
+      <c r="Y50" s="36">
         <v>118</v>
       </c>
-      <c r="V50" s="29">
-[...18 lines deleted...]
-        <v>5731.71</v>
+      <c r="Z50" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA50" s="75">
+        <v>1.5496431378095901</v>
+      </c>
+      <c r="AB50" s="76">
+        <v>5741.12</v>
       </c>
     </row>
     <row r="51" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A51" s="66" t="s">
-[...56 lines deleted...]
-      <c r="T51" s="29">
+      <c r="A51" s="73" t="s">
+        <v>269</v>
+      </c>
+      <c r="B51" s="74" t="s">
+        <v>270</v>
+      </c>
+      <c r="C51" s="36">
+        <v>64492</v>
+      </c>
+      <c r="D51" s="36">
+        <v>141250</v>
+      </c>
+      <c r="E51" s="36">
+        <v>70706</v>
+      </c>
+      <c r="F51" s="36">
+        <v>70544</v>
+      </c>
+      <c r="G51" s="36">
+        <v>0</v>
+      </c>
+      <c r="H51" s="36">
+        <v>-39</v>
+      </c>
+      <c r="I51" s="38">
+        <v>-2.7602998110256301E-2</v>
+      </c>
+      <c r="J51" s="36">
+        <v>-298</v>
+      </c>
+      <c r="K51" s="38">
+        <v>-0.210529290417385</v>
+      </c>
+      <c r="L51" s="36">
+        <v>-58</v>
+      </c>
+      <c r="M51" s="36">
+        <v>71</v>
+      </c>
+      <c r="N51" s="36">
+        <v>129</v>
+      </c>
+      <c r="O51" s="36">
+        <v>19</v>
+      </c>
+      <c r="P51" s="36">
+        <v>535</v>
+      </c>
+      <c r="Q51" s="36">
+        <v>516</v>
+      </c>
+      <c r="R51" s="36">
+        <v>32</v>
+      </c>
+      <c r="S51" s="36">
+        <v>411</v>
+      </c>
+      <c r="T51" s="36">
+        <v>228</v>
+      </c>
+      <c r="U51" s="36">
+        <v>183</v>
+      </c>
+      <c r="V51" s="36">
+        <v>0</v>
+      </c>
+      <c r="W51" s="36">
+        <v>379</v>
+      </c>
+      <c r="X51" s="36">
         <v>218</v>
       </c>
-      <c r="U51" s="29">
-[...21 lines deleted...]
-        <v>4687.6499999999996</v>
+      <c r="Y51" s="36">
+        <v>161</v>
+      </c>
+      <c r="Z51" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA51" s="75">
+        <v>1.9284866629275601</v>
+      </c>
+      <c r="AB51" s="76">
+        <v>4688.01</v>
       </c>
     </row>
     <row r="52" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A52" s="66" t="s">
-[...56 lines deleted...]
-      <c r="T52" s="29">
+      <c r="A52" s="73" t="s">
+        <v>112</v>
+      </c>
+      <c r="B52" s="74" t="s">
+        <v>113</v>
+      </c>
+      <c r="C52" s="36">
+        <v>26944</v>
+      </c>
+      <c r="D52" s="36">
+        <v>60848</v>
+      </c>
+      <c r="E52" s="36">
+        <v>29995</v>
+      </c>
+      <c r="F52" s="36">
+        <v>30853</v>
+      </c>
+      <c r="G52" s="36">
+        <v>0</v>
+      </c>
+      <c r="H52" s="36">
+        <v>4</v>
+      </c>
+      <c r="I52" s="38">
+        <v>6.5741897311156396E-3</v>
+      </c>
+      <c r="J52" s="36">
+        <v>-179</v>
+      </c>
+      <c r="K52" s="38">
+        <v>-0.29331279597555199</v>
+      </c>
+      <c r="L52" s="36">
+        <v>-50</v>
+      </c>
+      <c r="M52" s="36">
+        <v>17</v>
+      </c>
+      <c r="N52" s="36">
+        <v>67</v>
+      </c>
+      <c r="O52" s="36">
         <v>54</v>
       </c>
-      <c r="U52" s="29">
-[...21 lines deleted...]
-        <v>2230.42</v>
+      <c r="P52" s="36">
+        <v>224</v>
+      </c>
+      <c r="Q52" s="36">
+        <v>170</v>
+      </c>
+      <c r="R52" s="36">
+        <v>42</v>
+      </c>
+      <c r="S52" s="36">
+        <v>115</v>
+      </c>
+      <c r="T52" s="36">
+        <v>51</v>
+      </c>
+      <c r="U52" s="36">
+        <v>64</v>
+      </c>
+      <c r="V52" s="36">
+        <v>0</v>
+      </c>
+      <c r="W52" s="36">
+        <v>73</v>
+      </c>
+      <c r="X52" s="36">
+        <v>38</v>
+      </c>
+      <c r="Y52" s="36">
+        <v>35</v>
+      </c>
+      <c r="Z52" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA52" s="75">
+        <v>0.83075792188188602</v>
+      </c>
+      <c r="AB52" s="76">
+        <v>2230.4899999999998</v>
       </c>
     </row>
     <row r="53" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A53" s="66" t="s">
-[...35 lines deleted...]
-      <c r="M53" s="29">
+      <c r="A53" s="73" t="s">
+        <v>126</v>
+      </c>
+      <c r="B53" s="74" t="s">
+        <v>127</v>
+      </c>
+      <c r="C53" s="36">
+        <v>47469</v>
+      </c>
+      <c r="D53" s="36">
+        <v>99291</v>
+      </c>
+      <c r="E53" s="36">
+        <v>49265</v>
+      </c>
+      <c r="F53" s="36">
+        <v>50026</v>
+      </c>
+      <c r="G53" s="36">
+        <v>0</v>
+      </c>
+      <c r="H53" s="36">
+        <v>-46</v>
+      </c>
+      <c r="I53" s="38">
+        <v>-4.63070155128502E-2</v>
+      </c>
+      <c r="J53" s="36">
+        <v>-325</v>
+      </c>
+      <c r="K53" s="38">
+        <v>-0.32625281079344698</v>
+      </c>
+      <c r="L53" s="36">
+        <v>-70</v>
+      </c>
+      <c r="M53" s="36">
+        <v>41</v>
+      </c>
+      <c r="N53" s="36">
+        <v>111</v>
+      </c>
+      <c r="O53" s="36">
         <v>24</v>
       </c>
-      <c r="N53" s="29">
-[...42 lines deleted...]
-        <v>2422.25</v>
+      <c r="P53" s="36">
+        <v>414</v>
+      </c>
+      <c r="Q53" s="36">
+        <v>390</v>
+      </c>
+      <c r="R53" s="36">
+        <v>50</v>
+      </c>
+      <c r="S53" s="36">
+        <v>219</v>
+      </c>
+      <c r="T53" s="36">
+        <v>126</v>
+      </c>
+      <c r="U53" s="36">
+        <v>93</v>
+      </c>
+      <c r="V53" s="36">
+        <v>0</v>
+      </c>
+      <c r="W53" s="36">
+        <v>169</v>
+      </c>
+      <c r="X53" s="36">
+        <v>100</v>
+      </c>
+      <c r="Y53" s="36">
+        <v>69</v>
+      </c>
+      <c r="Z53" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA53" s="75">
+        <v>1.3556203132654201</v>
+      </c>
+      <c r="AB53" s="76">
+        <v>2420.5500000000002</v>
       </c>
     </row>
     <row r="54" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A54" s="66" t="s">
+      <c r="A54" s="73" t="s">
+        <v>271</v>
+      </c>
+      <c r="B54" s="74" t="s">
         <v>272</v>
       </c>
-      <c r="B54" s="67" t="s">
-[...53 lines deleted...]
-      <c r="T54" s="29">
+      <c r="C54" s="36">
+        <v>21728</v>
+      </c>
+      <c r="D54" s="36">
+        <v>48225</v>
+      </c>
+      <c r="E54" s="36">
+        <v>24068</v>
+      </c>
+      <c r="F54" s="36">
+        <v>24157</v>
+      </c>
+      <c r="G54" s="36">
+        <v>0</v>
+      </c>
+      <c r="H54" s="36">
+        <v>29</v>
+      </c>
+      <c r="I54" s="38">
+        <v>6.0170968545107499E-2</v>
+      </c>
+      <c r="J54" s="36">
+        <v>-312</v>
+      </c>
+      <c r="K54" s="38">
+        <v>-0.64280857902218902</v>
+      </c>
+      <c r="L54" s="36">
+        <v>-38</v>
+      </c>
+      <c r="M54" s="36">
+        <v>18</v>
+      </c>
+      <c r="N54" s="36">
         <v>56</v>
       </c>
-      <c r="U54" s="29">
-[...11 lines deleted...]
-      <c r="Y54" s="29">
+      <c r="O54" s="36">
+        <v>67</v>
+      </c>
+      <c r="P54" s="36">
+        <v>199</v>
+      </c>
+      <c r="Q54" s="36">
+        <v>132</v>
+      </c>
+      <c r="R54" s="36">
         <v>34</v>
       </c>
-      <c r="Z54" s="29">
-[...6 lines deleted...]
-        <v>1420.66</v>
+      <c r="S54" s="36">
+        <v>108</v>
+      </c>
+      <c r="T54" s="36">
+        <v>65</v>
+      </c>
+      <c r="U54" s="36">
+        <v>43</v>
+      </c>
+      <c r="V54" s="36">
+        <v>0</v>
+      </c>
+      <c r="W54" s="36">
+        <v>74</v>
+      </c>
+      <c r="X54" s="36">
+        <v>51</v>
+      </c>
+      <c r="Y54" s="36">
+        <v>23</v>
+      </c>
+      <c r="Z54" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA54" s="75">
+        <v>0.65841606598004798</v>
+      </c>
+      <c r="AB54" s="76">
+        <v>1421.3</v>
       </c>
     </row>
     <row r="55" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A55" s="66" t="s">
+      <c r="A55" s="73" t="s">
+        <v>273</v>
+      </c>
+      <c r="B55" s="74" t="s">
         <v>274</v>
       </c>
-      <c r="B55" s="67" t="s">
-[...53 lines deleted...]
-      <c r="T55" s="29">
+      <c r="C55" s="36">
+        <v>33021</v>
+      </c>
+      <c r="D55" s="36">
+        <v>69860</v>
+      </c>
+      <c r="E55" s="36">
+        <v>34345</v>
+      </c>
+      <c r="F55" s="36">
+        <v>35515</v>
+      </c>
+      <c r="G55" s="36">
+        <v>0</v>
+      </c>
+      <c r="H55" s="36">
+        <v>-21</v>
+      </c>
+      <c r="I55" s="38">
+        <v>-3.0051086847641E-2</v>
+      </c>
+      <c r="J55" s="36">
+        <v>-256</v>
+      </c>
+      <c r="K55" s="38">
+        <v>-0.36510924753266</v>
+      </c>
+      <c r="L55" s="36">
+        <v>-23</v>
+      </c>
+      <c r="M55" s="36">
+        <v>36</v>
+      </c>
+      <c r="N55" s="36">
+        <v>59</v>
+      </c>
+      <c r="O55" s="36">
+        <v>2</v>
+      </c>
+      <c r="P55" s="36">
+        <v>292</v>
+      </c>
+      <c r="Q55" s="36">
+        <v>290</v>
+      </c>
+      <c r="R55" s="36">
+        <v>39</v>
+      </c>
+      <c r="S55" s="36">
+        <v>125</v>
+      </c>
+      <c r="T55" s="36">
         <v>69</v>
       </c>
-      <c r="U55" s="29">
-[...21 lines deleted...]
-        <v>3955.58</v>
+      <c r="U55" s="36">
+        <v>56</v>
+      </c>
+      <c r="V55" s="36">
+        <v>0</v>
+      </c>
+      <c r="W55" s="36">
+        <v>86</v>
+      </c>
+      <c r="X55" s="36">
+        <v>43</v>
+      </c>
+      <c r="Y55" s="36">
+        <v>43</v>
+      </c>
+      <c r="Z55" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA55" s="75">
+        <v>0.95379878422739595</v>
+      </c>
+      <c r="AB55" s="76">
+        <v>3958.07</v>
       </c>
     </row>
     <row r="56" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A56" s="66" t="s">
+      <c r="A56" s="73" t="s">
+        <v>275</v>
+      </c>
+      <c r="B56" s="74" t="s">
         <v>276</v>
       </c>
-      <c r="B56" s="67" t="s">
-[...17 lines deleted...]
-      <c r="H56" s="29">
+      <c r="C56" s="36">
+        <v>23533</v>
+      </c>
+      <c r="D56" s="36">
+        <v>52998</v>
+      </c>
+      <c r="E56" s="36">
+        <v>26179</v>
+      </c>
+      <c r="F56" s="36">
+        <v>26819</v>
+      </c>
+      <c r="G56" s="36">
+        <v>0</v>
+      </c>
+      <c r="H56" s="36">
+        <v>-15</v>
+      </c>
+      <c r="I56" s="38">
+        <v>-2.8294946522551101E-2</v>
+      </c>
+      <c r="J56" s="36">
+        <v>-403</v>
+      </c>
+      <c r="K56" s="38">
+        <v>-0.75466751558959599</v>
+      </c>
+      <c r="L56" s="36">
         <v>-38</v>
       </c>
-      <c r="I56" s="31">
-[...14 lines deleted...]
-      <c r="N56" s="29">
+      <c r="M56" s="36">
+        <v>19</v>
+      </c>
+      <c r="N56" s="36">
+        <v>57</v>
+      </c>
+      <c r="O56" s="36">
+        <v>23</v>
+      </c>
+      <c r="P56" s="36">
+        <v>171</v>
+      </c>
+      <c r="Q56" s="36">
+        <v>148</v>
+      </c>
+      <c r="R56" s="36">
+        <v>24</v>
+      </c>
+      <c r="S56" s="36">
+        <v>87</v>
+      </c>
+      <c r="T56" s="36">
+        <v>41</v>
+      </c>
+      <c r="U56" s="36">
         <v>46</v>
       </c>
-      <c r="O56" s="29">
-[...39 lines deleted...]
-        <v>1117.05</v>
+      <c r="V56" s="36">
+        <v>0</v>
+      </c>
+      <c r="W56" s="36">
+        <v>63</v>
+      </c>
+      <c r="X56" s="36">
+        <v>27</v>
+      </c>
+      <c r="Y56" s="36">
+        <v>36</v>
+      </c>
+      <c r="Z56" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA56" s="75">
+        <v>0.72358184893334498</v>
+      </c>
+      <c r="AB56" s="76">
+        <v>1116.21</v>
       </c>
     </row>
     <row r="57" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A57" s="66" t="s">
+      <c r="A57" s="73" t="s">
+        <v>277</v>
+      </c>
+      <c r="B57" s="74" t="s">
         <v>278</v>
       </c>
-      <c r="B57" s="67" t="s">
-[...56 lines deleted...]
-      <c r="U57" s="29">
+      <c r="C57" s="36">
+        <v>29624</v>
+      </c>
+      <c r="D57" s="36">
+        <v>70953</v>
+      </c>
+      <c r="E57" s="36">
+        <v>35135</v>
+      </c>
+      <c r="F57" s="36">
+        <v>35818</v>
+      </c>
+      <c r="G57" s="36">
+        <v>0</v>
+      </c>
+      <c r="H57" s="36">
+        <v>-12</v>
+      </c>
+      <c r="I57" s="38">
+        <v>-1.6909744240118402E-2</v>
+      </c>
+      <c r="J57" s="36">
+        <v>-255</v>
+      </c>
+      <c r="K57" s="38">
+        <v>-0.35810583080552699</v>
+      </c>
+      <c r="L57" s="36">
+        <v>-33</v>
+      </c>
+      <c r="M57" s="36">
+        <v>34</v>
+      </c>
+      <c r="N57" s="36">
         <v>67</v>
       </c>
-      <c r="V57" s="29">
-[...18 lines deleted...]
-        <v>2243.08</v>
+      <c r="O57" s="36">
+        <v>21</v>
+      </c>
+      <c r="P57" s="36">
+        <v>252</v>
+      </c>
+      <c r="Q57" s="36">
+        <v>231</v>
+      </c>
+      <c r="R57" s="36">
+        <v>21</v>
+      </c>
+      <c r="S57" s="36">
+        <v>150</v>
+      </c>
+      <c r="T57" s="36">
+        <v>83</v>
+      </c>
+      <c r="U57" s="36">
+        <v>67</v>
+      </c>
+      <c r="V57" s="36">
+        <v>0</v>
+      </c>
+      <c r="W57" s="36">
+        <v>129</v>
+      </c>
+      <c r="X57" s="36">
+        <v>67</v>
+      </c>
+      <c r="Y57" s="36">
+        <v>62</v>
+      </c>
+      <c r="Z57" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA57" s="75">
+        <v>0.96872151642265103</v>
+      </c>
+      <c r="AB57" s="76">
+        <v>2241.09</v>
       </c>
     </row>
     <row r="58" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A58" s="66" t="s">
-[...56 lines deleted...]
-      <c r="T58" s="29">
+      <c r="A58" s="73" t="s">
+        <v>106</v>
+      </c>
+      <c r="B58" s="74" t="s">
+        <v>107</v>
+      </c>
+      <c r="C58" s="36">
+        <v>52437</v>
+      </c>
+      <c r="D58" s="36">
+        <v>113640</v>
+      </c>
+      <c r="E58" s="36">
+        <v>55779</v>
+      </c>
+      <c r="F58" s="36">
+        <v>57861</v>
+      </c>
+      <c r="G58" s="36">
+        <v>0</v>
+      </c>
+      <c r="H58" s="36">
+        <v>169</v>
+      </c>
+      <c r="I58" s="38">
+        <v>0.14893673273347399</v>
+      </c>
+      <c r="J58" s="36">
+        <v>44</v>
+      </c>
+      <c r="K58" s="38">
+        <v>3.87337582309236E-2</v>
+      </c>
+      <c r="L58" s="36">
+        <v>-35</v>
+      </c>
+      <c r="M58" s="36">
+        <v>63</v>
+      </c>
+      <c r="N58" s="36">
+        <v>98</v>
+      </c>
+      <c r="O58" s="36">
+        <v>204</v>
+      </c>
+      <c r="P58" s="36">
+        <v>569</v>
+      </c>
+      <c r="Q58" s="36">
+        <v>365</v>
+      </c>
+      <c r="R58" s="36">
+        <v>124</v>
+      </c>
+      <c r="S58" s="36">
+        <v>310</v>
+      </c>
+      <c r="T58" s="36">
         <v>164</v>
       </c>
-      <c r="U58" s="29">
-[...21 lines deleted...]
-        <v>7746.31</v>
+      <c r="U58" s="36">
+        <v>146</v>
+      </c>
+      <c r="V58" s="36">
+        <v>0</v>
+      </c>
+      <c r="W58" s="36">
+        <v>186</v>
+      </c>
+      <c r="X58" s="36">
+        <v>98</v>
+      </c>
+      <c r="Y58" s="36">
+        <v>88</v>
+      </c>
+      <c r="Z58" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA58" s="75">
+        <v>1.5515272522130199</v>
+      </c>
+      <c r="AB58" s="76">
+        <v>7762.29</v>
       </c>
     </row>
     <row r="59" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A59" s="66" t="s">
-[...35 lines deleted...]
-      <c r="M59" s="29">
+      <c r="A59" s="73" t="s">
+        <v>279</v>
+      </c>
+      <c r="B59" s="74" t="s">
+        <v>280</v>
+      </c>
+      <c r="C59" s="36">
+        <v>21939</v>
+      </c>
+      <c r="D59" s="36">
+        <v>52056</v>
+      </c>
+      <c r="E59" s="36">
+        <v>25648</v>
+      </c>
+      <c r="F59" s="36">
+        <v>26408</v>
+      </c>
+      <c r="G59" s="36">
+        <v>0</v>
+      </c>
+      <c r="H59" s="36">
+        <v>-4</v>
+      </c>
+      <c r="I59" s="38">
+        <v>-7.6834421820975796E-3</v>
+      </c>
+      <c r="J59" s="36">
+        <v>-228</v>
+      </c>
+      <c r="K59" s="38">
+        <v>-0.43607987147119598</v>
+      </c>
+      <c r="L59" s="36">
+        <v>-18</v>
+      </c>
+      <c r="M59" s="36">
+        <v>30</v>
+      </c>
+      <c r="N59" s="36">
+        <v>48</v>
+      </c>
+      <c r="O59" s="36">
+        <v>14</v>
+      </c>
+      <c r="P59" s="36">
+        <v>180</v>
+      </c>
+      <c r="Q59" s="36">
+        <v>166</v>
+      </c>
+      <c r="R59" s="36">
+        <v>2</v>
+      </c>
+      <c r="S59" s="36">
+        <v>70</v>
+      </c>
+      <c r="T59" s="36">
+        <v>35</v>
+      </c>
+      <c r="U59" s="36">
+        <v>35</v>
+      </c>
+      <c r="V59" s="36">
+        <v>0</v>
+      </c>
+      <c r="W59" s="36">
+        <v>68</v>
+      </c>
+      <c r="X59" s="36">
+        <v>35</v>
+      </c>
+      <c r="Y59" s="36">
         <v>33</v>
       </c>
-      <c r="N59" s="29">
-[...42 lines deleted...]
-        <v>2089.36</v>
+      <c r="Z59" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA59" s="75">
+        <v>0.71072072017952104</v>
+      </c>
+      <c r="AB59" s="76">
+        <v>2088.92</v>
       </c>
     </row>
     <row r="60" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A60" s="66" t="s">
-[...32 lines deleted...]
-      <c r="L60" s="29">
+      <c r="A60" s="73" t="s">
+        <v>281</v>
+      </c>
+      <c r="B60" s="74" t="s">
+        <v>282</v>
+      </c>
+      <c r="C60" s="36">
+        <v>19159</v>
+      </c>
+      <c r="D60" s="36">
+        <v>44815</v>
+      </c>
+      <c r="E60" s="36">
+        <v>22399</v>
+      </c>
+      <c r="F60" s="36">
+        <v>22416</v>
+      </c>
+      <c r="G60" s="36">
+        <v>0</v>
+      </c>
+      <c r="H60" s="36">
+        <v>-23</v>
+      </c>
+      <c r="I60" s="38">
+        <v>-5.1295779999999999E-2</v>
+      </c>
+      <c r="J60" s="36">
+        <v>-203</v>
+      </c>
+      <c r="K60" s="38">
+        <v>-0.45093070000000002</v>
+      </c>
+      <c r="L60" s="36">
+        <v>-10</v>
+      </c>
+      <c r="M60" s="36">
+        <v>27</v>
+      </c>
+      <c r="N60" s="36">
+        <v>37</v>
+      </c>
+      <c r="O60" s="36">
         <v>-13</v>
       </c>
-      <c r="M60" s="29">
-[...5 lines deleted...]
-      <c r="O60" s="29">
+      <c r="P60" s="36">
+        <v>153</v>
+      </c>
+      <c r="Q60" s="36">
+        <v>166</v>
+      </c>
+      <c r="R60" s="36">
+        <v>3</v>
+      </c>
+      <c r="S60" s="36">
+        <v>67</v>
+      </c>
+      <c r="T60" s="36">
+        <v>33</v>
+      </c>
+      <c r="U60" s="36">
+        <v>34</v>
+      </c>
+      <c r="V60" s="36">
+        <v>0</v>
+      </c>
+      <c r="W60" s="36">
+        <v>64</v>
+      </c>
+      <c r="X60" s="36">
+        <v>44</v>
+      </c>
+      <c r="Y60" s="36">
         <v>20</v>
       </c>
-      <c r="P60" s="29">
-[...36 lines deleted...]
-        <v>3033.53</v>
+      <c r="Z60" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA60" s="75">
+        <v>0.61185932601131898</v>
+      </c>
+      <c r="AB60" s="76">
+        <v>3030.08</v>
       </c>
     </row>
     <row r="61" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A61" s="66" t="s">
-[...32 lines deleted...]
-      <c r="L61" s="29">
+      <c r="A61" s="73" t="s">
+        <v>283</v>
+      </c>
+      <c r="B61" s="74" t="s">
+        <v>284</v>
+      </c>
+      <c r="C61" s="36">
+        <v>19159</v>
+      </c>
+      <c r="D61" s="36">
+        <v>44815</v>
+      </c>
+      <c r="E61" s="36">
+        <v>22399</v>
+      </c>
+      <c r="F61" s="36">
+        <v>22416</v>
+      </c>
+      <c r="G61" s="36">
+        <v>0</v>
+      </c>
+      <c r="H61" s="36">
+        <v>-23</v>
+      </c>
+      <c r="I61" s="38">
+        <v>-5.1295775904366799E-2</v>
+      </c>
+      <c r="J61" s="36">
+        <v>-203</v>
+      </c>
+      <c r="K61" s="38">
+        <v>-0.45093073881558499</v>
+      </c>
+      <c r="L61" s="36">
+        <v>-10</v>
+      </c>
+      <c r="M61" s="36">
+        <v>27</v>
+      </c>
+      <c r="N61" s="36">
+        <v>37</v>
+      </c>
+      <c r="O61" s="36">
         <v>-13</v>
       </c>
-      <c r="M61" s="29">
-[...5 lines deleted...]
-      <c r="O61" s="29">
+      <c r="P61" s="36">
+        <v>153</v>
+      </c>
+      <c r="Q61" s="36">
+        <v>166</v>
+      </c>
+      <c r="R61" s="36">
+        <v>3</v>
+      </c>
+      <c r="S61" s="36">
+        <v>67</v>
+      </c>
+      <c r="T61" s="36">
+        <v>33</v>
+      </c>
+      <c r="U61" s="36">
+        <v>34</v>
+      </c>
+      <c r="V61" s="36">
+        <v>0</v>
+      </c>
+      <c r="W61" s="36">
+        <v>64</v>
+      </c>
+      <c r="X61" s="36">
+        <v>44</v>
+      </c>
+      <c r="Y61" s="36">
         <v>20</v>
       </c>
-      <c r="P61" s="29">
-[...36 lines deleted...]
-        <v>3033.53</v>
+      <c r="Z61" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA61" s="75">
+        <v>0.61185932601131898</v>
+      </c>
+      <c r="AB61" s="76">
+        <v>3030.08</v>
       </c>
     </row>
     <row r="62" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A62" s="66" t="s">
-[...56 lines deleted...]
-      <c r="T62" s="29">
+      <c r="A62" s="73" t="s">
+        <v>285</v>
+      </c>
+      <c r="B62" s="74" t="s">
+        <v>286</v>
+      </c>
+      <c r="C62" s="36">
+        <v>36656</v>
+      </c>
+      <c r="D62" s="36">
+        <v>81722</v>
+      </c>
+      <c r="E62" s="36">
+        <v>40222</v>
+      </c>
+      <c r="F62" s="36">
+        <v>41500</v>
+      </c>
+      <c r="G62" s="36">
+        <v>0</v>
+      </c>
+      <c r="H62" s="36">
+        <v>-106</v>
+      </c>
+      <c r="I62" s="38">
+        <v>-0.12953999999999999</v>
+      </c>
+      <c r="J62" s="36">
+        <v>-680</v>
+      </c>
+      <c r="K62" s="38">
+        <v>-0.82522269999999998</v>
+      </c>
+      <c r="L62" s="36">
+        <v>-55</v>
+      </c>
+      <c r="M62" s="36">
+        <v>30</v>
+      </c>
+      <c r="N62" s="36">
+        <v>85</v>
+      </c>
+      <c r="O62" s="36">
+        <v>-51</v>
+      </c>
+      <c r="P62" s="36">
+        <v>224</v>
+      </c>
+      <c r="Q62" s="36">
+        <v>275</v>
+      </c>
+      <c r="R62" s="36">
+        <v>0</v>
+      </c>
+      <c r="S62" s="36">
+        <v>110</v>
+      </c>
+      <c r="T62" s="36">
         <v>67</v>
       </c>
-      <c r="U62" s="29">
-[...21 lines deleted...]
-        <v>911.61</v>
+      <c r="U62" s="36">
+        <v>43</v>
+      </c>
+      <c r="V62" s="36">
+        <v>0</v>
+      </c>
+      <c r="W62" s="36">
+        <v>110</v>
+      </c>
+      <c r="X62" s="36">
+        <v>72</v>
+      </c>
+      <c r="Y62" s="36">
+        <v>38</v>
+      </c>
+      <c r="Z62" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA62" s="75">
+        <v>1.1157507049045401</v>
+      </c>
+      <c r="AB62" s="76">
+        <v>910.14</v>
       </c>
     </row>
     <row r="63" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A63" s="66" t="s">
-[...68 lines deleted...]
-      <c r="X63" s="29">
+      <c r="A63" s="73" t="s">
+        <v>287</v>
+      </c>
+      <c r="B63" s="74" t="s">
+        <v>288</v>
+      </c>
+      <c r="C63" s="36">
+        <v>15697</v>
+      </c>
+      <c r="D63" s="36">
+        <v>37637</v>
+      </c>
+      <c r="E63" s="36">
+        <v>18389</v>
+      </c>
+      <c r="F63" s="36">
+        <v>19248</v>
+      </c>
+      <c r="G63" s="36">
+        <v>0</v>
+      </c>
+      <c r="H63" s="36">
+        <v>-39</v>
+      </c>
+      <c r="I63" s="38">
+        <v>-0.10351417347913799</v>
+      </c>
+      <c r="J63" s="36">
+        <v>-62</v>
+      </c>
+      <c r="K63" s="38">
+        <v>-0.164460595771771</v>
+      </c>
+      <c r="L63" s="36">
+        <v>-17</v>
+      </c>
+      <c r="M63" s="36">
         <v>18</v>
       </c>
-      <c r="Y63" s="29">
+      <c r="N63" s="36">
+        <v>35</v>
+      </c>
+      <c r="O63" s="36">
+        <v>-22</v>
+      </c>
+      <c r="P63" s="36">
+        <v>114</v>
+      </c>
+      <c r="Q63" s="36">
+        <v>136</v>
+      </c>
+      <c r="R63" s="36">
+        <v>5</v>
+      </c>
+      <c r="S63" s="36">
+        <v>59</v>
+      </c>
+      <c r="T63" s="36">
+        <v>35</v>
+      </c>
+      <c r="U63" s="36">
+        <v>24</v>
+      </c>
+      <c r="V63" s="36">
+        <v>0</v>
+      </c>
+      <c r="W63" s="36">
+        <v>54</v>
+      </c>
+      <c r="X63" s="36">
+        <v>34</v>
+      </c>
+      <c r="Y63" s="36">
         <v>20</v>
       </c>
-      <c r="Z63" s="29">
-[...6 lines deleted...]
-        <v>2459.62</v>
+      <c r="Z63" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA63" s="75">
+        <v>0.51385807102728998</v>
+      </c>
+      <c r="AB63" s="76">
+        <v>2455.12</v>
       </c>
     </row>
     <row r="64" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A64" s="66" t="s">
-[...44 lines deleted...]
-      <c r="P64" s="29">
+      <c r="A64" s="73" t="s">
+        <v>128</v>
+      </c>
+      <c r="B64" s="74" t="s">
+        <v>129</v>
+      </c>
+      <c r="C64" s="36">
+        <v>16293</v>
+      </c>
+      <c r="D64" s="36">
+        <v>33872</v>
+      </c>
+      <c r="E64" s="36">
+        <v>16790</v>
+      </c>
+      <c r="F64" s="36">
+        <v>17082</v>
+      </c>
+      <c r="G64" s="36">
+        <v>0</v>
+      </c>
+      <c r="H64" s="36">
+        <v>-40</v>
+      </c>
+      <c r="I64" s="38">
+        <v>-0.11795234725171</v>
+      </c>
+      <c r="J64" s="36">
+        <v>-404</v>
+      </c>
+      <c r="K64" s="38">
+        <v>-1.1786672890652401</v>
+      </c>
+      <c r="L64" s="36">
+        <v>-22</v>
+      </c>
+      <c r="M64" s="36">
+        <v>10</v>
+      </c>
+      <c r="N64" s="36">
+        <v>32</v>
+      </c>
+      <c r="O64" s="36">
+        <v>-18</v>
+      </c>
+      <c r="P64" s="36">
+        <v>87</v>
+      </c>
+      <c r="Q64" s="36">
         <v>105</v>
       </c>
-      <c r="Q64" s="29">
-[...11 lines deleted...]
-      <c r="U64" s="29">
+      <c r="R64" s="36">
+        <v>-4</v>
+      </c>
+      <c r="S64" s="36">
+        <v>40</v>
+      </c>
+      <c r="T64" s="36">
+        <v>25</v>
+      </c>
+      <c r="U64" s="36">
+        <v>15</v>
+      </c>
+      <c r="V64" s="36">
+        <v>0</v>
+      </c>
+      <c r="W64" s="36">
+        <v>44</v>
+      </c>
+      <c r="X64" s="36">
         <v>28</v>
       </c>
-      <c r="V64" s="29">
-[...18 lines deleted...]
-        <v>995.21</v>
+      <c r="Y64" s="36">
+        <v>16</v>
+      </c>
+      <c r="Z64" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA64" s="75">
+        <v>0.46245451502076101</v>
+      </c>
+      <c r="AB64" s="76">
+        <v>994.18</v>
       </c>
     </row>
     <row r="65" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A65" s="66" t="s">
-[...35 lines deleted...]
-      <c r="M65" s="29">
+      <c r="A65" s="73" t="s">
+        <v>150</v>
+      </c>
+      <c r="B65" s="74" t="s">
+        <v>151</v>
+      </c>
+      <c r="C65" s="36">
+        <v>4666</v>
+      </c>
+      <c r="D65" s="36">
+        <v>10213</v>
+      </c>
+      <c r="E65" s="36">
+        <v>5043</v>
+      </c>
+      <c r="F65" s="36">
+        <v>5170</v>
+      </c>
+      <c r="G65" s="36">
+        <v>0</v>
+      </c>
+      <c r="H65" s="36">
+        <v>-27</v>
+      </c>
+      <c r="I65" s="38">
+        <v>-0.263671875</v>
+      </c>
+      <c r="J65" s="36">
+        <v>-214</v>
+      </c>
+      <c r="K65" s="38">
+        <v>-2.0523640548575801</v>
+      </c>
+      <c r="L65" s="36">
+        <v>-16</v>
+      </c>
+      <c r="M65" s="36">
+        <v>2</v>
+      </c>
+      <c r="N65" s="36">
+        <v>18</v>
+      </c>
+      <c r="O65" s="36">
+        <v>-11</v>
+      </c>
+      <c r="P65" s="36">
+        <v>23</v>
+      </c>
+      <c r="Q65" s="36">
+        <v>34</v>
+      </c>
+      <c r="R65" s="36">
+        <v>-1</v>
+      </c>
+      <c r="S65" s="36">
+        <v>11</v>
+      </c>
+      <c r="T65" s="36">
+        <v>7</v>
+      </c>
+      <c r="U65" s="36">
         <v>4</v>
       </c>
-      <c r="N65" s="29">
-[...26 lines deleted...]
-      <c r="W65" s="29">
+      <c r="V65" s="36">
+        <v>0</v>
+      </c>
+      <c r="W65" s="36">
         <v>12</v>
       </c>
-      <c r="X65" s="29">
-[...12 lines deleted...]
-        <v>253.55</v>
+      <c r="X65" s="36">
+        <v>10</v>
+      </c>
+      <c r="Y65" s="36">
+        <v>2</v>
+      </c>
+      <c r="Z65" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA65" s="75">
+        <v>0.13943811885648999</v>
+      </c>
+      <c r="AB65" s="76">
+        <v>252.85</v>
       </c>
     </row>
     <row r="66" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A66" s="66" t="s">
-[...20 lines deleted...]
-      <c r="H66" s="29">
+      <c r="A66" s="73" t="s">
+        <v>289</v>
+      </c>
+      <c r="B66" s="74" t="s">
+        <v>290</v>
+      </c>
+      <c r="C66" s="36">
+        <v>52167</v>
+      </c>
+      <c r="D66" s="36">
+        <v>121187</v>
+      </c>
+      <c r="E66" s="36">
+        <v>60707</v>
+      </c>
+      <c r="F66" s="36">
+        <v>60480</v>
+      </c>
+      <c r="G66" s="36">
+        <v>0</v>
+      </c>
+      <c r="H66" s="36">
         <v>-90</v>
       </c>
-      <c r="I66" s="31">
-[...32 lines deleted...]
-      <c r="T66" s="29">
+      <c r="I66" s="38">
+        <v>-7.4210280000000003E-2</v>
+      </c>
+      <c r="J66" s="36">
+        <v>-1456</v>
+      </c>
+      <c r="K66" s="38">
+        <v>-1.1871860000000001</v>
+      </c>
+      <c r="L66" s="36">
+        <v>-137</v>
+      </c>
+      <c r="M66" s="36">
+        <v>33</v>
+      </c>
+      <c r="N66" s="36">
+        <v>170</v>
+      </c>
+      <c r="O66" s="36">
+        <v>47</v>
+      </c>
+      <c r="P66" s="36">
+        <v>400</v>
+      </c>
+      <c r="Q66" s="36">
+        <v>353</v>
+      </c>
+      <c r="R66" s="36">
+        <v>47</v>
+      </c>
+      <c r="S66" s="36">
+        <v>196</v>
+      </c>
+      <c r="T66" s="36">
+        <v>128</v>
+      </c>
+      <c r="U66" s="36">
+        <v>68</v>
+      </c>
+      <c r="V66" s="36">
+        <v>0</v>
+      </c>
+      <c r="W66" s="36">
+        <v>149</v>
+      </c>
+      <c r="X66" s="36">
         <v>88</v>
       </c>
-      <c r="U66" s="29">
-[...21 lines deleted...]
-        <v>430.66</v>
+      <c r="Y66" s="36">
+        <v>61</v>
+      </c>
+      <c r="Z66" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA66" s="75">
+        <v>1.6545664652757699</v>
+      </c>
+      <c r="AB66" s="76">
+        <v>429.95</v>
       </c>
     </row>
     <row r="67" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A67" s="66" t="s">
-[...56 lines deleted...]
-      <c r="T67" s="29">
+      <c r="A67" s="73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B67" s="74" t="s">
+        <v>149</v>
+      </c>
+      <c r="C67" s="36">
+        <v>8245</v>
+      </c>
+      <c r="D67" s="36">
+        <v>20025</v>
+      </c>
+      <c r="E67" s="36">
+        <v>10216</v>
+      </c>
+      <c r="F67" s="36">
+        <v>9809</v>
+      </c>
+      <c r="G67" s="36">
+        <v>0</v>
+      </c>
+      <c r="H67" s="36">
+        <v>19</v>
+      </c>
+      <c r="I67" s="38">
+        <v>9.4971508547435801E-2</v>
+      </c>
+      <c r="J67" s="36">
+        <v>-8</v>
+      </c>
+      <c r="K67" s="38">
+        <v>-3.9934108720610997E-2</v>
+      </c>
+      <c r="L67" s="36">
+        <v>-13</v>
+      </c>
+      <c r="M67" s="36">
+        <v>9</v>
+      </c>
+      <c r="N67" s="36">
+        <v>22</v>
+      </c>
+      <c r="O67" s="36">
+        <v>32</v>
+      </c>
+      <c r="P67" s="36">
+        <v>104</v>
+      </c>
+      <c r="Q67" s="36">
+        <v>72</v>
+      </c>
+      <c r="R67" s="36">
+        <v>15</v>
+      </c>
+      <c r="S67" s="36">
+        <v>46</v>
+      </c>
+      <c r="T67" s="36">
+        <v>28</v>
+      </c>
+      <c r="U67" s="36">
+        <v>18</v>
+      </c>
+      <c r="V67" s="36">
+        <v>0</v>
+      </c>
+      <c r="W67" s="36">
+        <v>31</v>
+      </c>
+      <c r="X67" s="36">
+        <v>19</v>
+      </c>
+      <c r="Y67" s="36">
         <v>12</v>
       </c>
-      <c r="U67" s="29">
-[...21 lines deleted...]
-        <v>673.71</v>
+      <c r="Z67" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA67" s="75">
+        <v>0.27340138354070398</v>
+      </c>
+      <c r="AB67" s="76">
+        <v>674.69</v>
       </c>
     </row>
     <row r="68" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A68" s="66" t="s">
-[...35 lines deleted...]
-      <c r="M68" s="29">
+      <c r="A68" s="73" t="s">
+        <v>291</v>
+      </c>
+      <c r="B68" s="74" t="s">
+        <v>292</v>
+      </c>
+      <c r="C68" s="36">
+        <v>7854</v>
+      </c>
+      <c r="D68" s="36">
+        <v>17430</v>
+      </c>
+      <c r="E68" s="36">
+        <v>8662</v>
+      </c>
+      <c r="F68" s="36">
+        <v>8768</v>
+      </c>
+      <c r="G68" s="36">
+        <v>0</v>
+      </c>
+      <c r="H68" s="36">
+        <v>-12</v>
+      </c>
+      <c r="I68" s="38">
+        <v>-6.8799449604403207E-2</v>
+      </c>
+      <c r="J68" s="36">
+        <v>-99</v>
+      </c>
+      <c r="K68" s="38">
+        <v>-0.56477836727708397</v>
+      </c>
+      <c r="L68" s="36">
+        <v>-12</v>
+      </c>
+      <c r="M68" s="36">
         <v>6</v>
       </c>
-      <c r="N68" s="29">
-[...42 lines deleted...]
-        <v>582.95000000000005</v>
+      <c r="N68" s="36">
+        <v>18</v>
+      </c>
+      <c r="O68" s="36">
+        <v>0</v>
+      </c>
+      <c r="P68" s="36">
+        <v>57</v>
+      </c>
+      <c r="Q68" s="36">
+        <v>57</v>
+      </c>
+      <c r="R68" s="36">
+        <v>10</v>
+      </c>
+      <c r="S68" s="36">
+        <v>36</v>
+      </c>
+      <c r="T68" s="36">
+        <v>22</v>
+      </c>
+      <c r="U68" s="36">
+        <v>14</v>
+      </c>
+      <c r="V68" s="36">
+        <v>0</v>
+      </c>
+      <c r="W68" s="36">
+        <v>26</v>
+      </c>
+      <c r="X68" s="36">
+        <v>10</v>
+      </c>
+      <c r="Y68" s="36">
+        <v>16</v>
+      </c>
+      <c r="Z68" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA68" s="75">
+        <v>0.237971840954531</v>
+      </c>
+      <c r="AB68" s="76">
+        <v>582.54999999999995</v>
       </c>
     </row>
     <row r="69" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A69" s="66" t="s">
-[...71 lines deleted...]
-      <c r="Y69" s="29">
+      <c r="A69" s="73" t="s">
+        <v>293</v>
+      </c>
+      <c r="B69" s="74" t="s">
+        <v>294</v>
+      </c>
+      <c r="C69" s="36">
+        <v>11845</v>
+      </c>
+      <c r="D69" s="36">
+        <v>26361</v>
+      </c>
+      <c r="E69" s="36">
+        <v>13131</v>
+      </c>
+      <c r="F69" s="36">
+        <v>13230</v>
+      </c>
+      <c r="G69" s="36">
+        <v>0</v>
+      </c>
+      <c r="H69" s="36">
+        <v>-22</v>
+      </c>
+      <c r="I69" s="38">
+        <v>-8.3387029526589093E-2</v>
+      </c>
+      <c r="J69" s="36">
+        <v>-483</v>
+      </c>
+      <c r="K69" s="38">
+        <v>-1.79928475637014</v>
+      </c>
+      <c r="L69" s="36">
+        <v>-36</v>
+      </c>
+      <c r="M69" s="36">
         <v>10</v>
       </c>
-      <c r="Z69" s="29">
-[...6 lines deleted...]
-        <v>437.8</v>
+      <c r="N69" s="36">
+        <v>46</v>
+      </c>
+      <c r="O69" s="36">
+        <v>14</v>
+      </c>
+      <c r="P69" s="36">
+        <v>71</v>
+      </c>
+      <c r="Q69" s="36">
+        <v>57</v>
+      </c>
+      <c r="R69" s="36">
+        <v>12</v>
+      </c>
+      <c r="S69" s="36">
+        <v>37</v>
+      </c>
+      <c r="T69" s="36">
+        <v>25</v>
+      </c>
+      <c r="U69" s="36">
+        <v>12</v>
+      </c>
+      <c r="V69" s="36">
+        <v>0</v>
+      </c>
+      <c r="W69" s="36">
+        <v>25</v>
+      </c>
+      <c r="X69" s="36">
+        <v>17</v>
+      </c>
+      <c r="Y69" s="36">
+        <v>8</v>
+      </c>
+      <c r="Z69" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA69" s="75">
+        <v>0.35990681006324599</v>
+      </c>
+      <c r="AB69" s="76">
+        <v>436.72</v>
       </c>
     </row>
     <row r="70" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A70" s="66" t="s">
+      <c r="A70" s="73" t="s">
+        <v>295</v>
+      </c>
+      <c r="B70" s="74" t="s">
         <v>296</v>
       </c>
-      <c r="B70" s="67" t="s">
-[...32 lines deleted...]
-      <c r="M70" s="29">
+      <c r="C70" s="36">
+        <v>7524</v>
+      </c>
+      <c r="D70" s="36">
+        <v>18151</v>
+      </c>
+      <c r="E70" s="36">
+        <v>9212</v>
+      </c>
+      <c r="F70" s="36">
+        <v>8939</v>
+      </c>
+      <c r="G70" s="36">
+        <v>0</v>
+      </c>
+      <c r="H70" s="36">
+        <v>-22</v>
+      </c>
+      <c r="I70" s="38">
+        <v>-0.121058713476036</v>
+      </c>
+      <c r="J70" s="36">
+        <v>-206</v>
+      </c>
+      <c r="K70" s="38">
+        <v>-1.12218772130522</v>
+      </c>
+      <c r="L70" s="36">
+        <v>-24</v>
+      </c>
+      <c r="M70" s="36">
         <v>4</v>
       </c>
-      <c r="N70" s="29">
-[...2 lines deleted...]
-      <c r="O70" s="29">
+      <c r="N70" s="36">
+        <v>28</v>
+      </c>
+      <c r="O70" s="36">
+        <v>2</v>
+      </c>
+      <c r="P70" s="36">
+        <v>52</v>
+      </c>
+      <c r="Q70" s="36">
+        <v>50</v>
+      </c>
+      <c r="R70" s="36">
+        <v>0</v>
+      </c>
+      <c r="S70" s="36">
+        <v>15</v>
+      </c>
+      <c r="T70" s="36">
         <v>11</v>
       </c>
-      <c r="P70" s="29">
-[...36 lines deleted...]
-        <v>436.89</v>
+      <c r="U70" s="36">
+        <v>4</v>
+      </c>
+      <c r="V70" s="36">
+        <v>0</v>
+      </c>
+      <c r="W70" s="36">
+        <v>15</v>
+      </c>
+      <c r="X70" s="36">
+        <v>8</v>
+      </c>
+      <c r="Y70" s="36">
+        <v>7</v>
+      </c>
+      <c r="Z70" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA70" s="75">
+        <v>0.247815656062288</v>
+      </c>
+      <c r="AB70" s="76">
+        <v>436</v>
       </c>
     </row>
     <row r="71" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A71" s="66" t="s">
+      <c r="A71" s="73" t="s">
+        <v>297</v>
+      </c>
+      <c r="B71" s="74" t="s">
         <v>298</v>
       </c>
-      <c r="B71" s="67" t="s">
-[...35 lines deleted...]
-      <c r="N71" s="29">
+      <c r="C71" s="36">
+        <v>7034</v>
+      </c>
+      <c r="D71" s="36">
+        <v>16868</v>
+      </c>
+      <c r="E71" s="36">
+        <v>8482</v>
+      </c>
+      <c r="F71" s="36">
+        <v>8386</v>
+      </c>
+      <c r="G71" s="36">
+        <v>0</v>
+      </c>
+      <c r="H71" s="36">
+        <v>1</v>
+      </c>
+      <c r="I71" s="38">
+        <v>5.9287365862334702E-3</v>
+      </c>
+      <c r="J71" s="36">
+        <v>-303</v>
+      </c>
+      <c r="K71" s="38">
+        <v>-1.76460310989459</v>
+      </c>
+      <c r="L71" s="36">
+        <v>-17</v>
+      </c>
+      <c r="M71" s="36">
+        <v>0</v>
+      </c>
+      <c r="N71" s="36">
+        <v>17</v>
+      </c>
+      <c r="O71" s="36">
         <v>18</v>
       </c>
-      <c r="O71" s="29">
-[...14 lines deleted...]
-      <c r="T71" s="29">
+      <c r="P71" s="36">
+        <v>56</v>
+      </c>
+      <c r="Q71" s="36">
+        <v>38</v>
+      </c>
+      <c r="R71" s="36">
+        <v>16</v>
+      </c>
+      <c r="S71" s="36">
+        <v>32</v>
+      </c>
+      <c r="T71" s="36">
+        <v>16</v>
+      </c>
+      <c r="U71" s="36">
+        <v>16</v>
+      </c>
+      <c r="V71" s="36">
+        <v>0</v>
+      </c>
+      <c r="W71" s="36">
+        <v>16</v>
+      </c>
+      <c r="X71" s="36">
         <v>13</v>
       </c>
-      <c r="U71" s="29">
-[...21 lines deleted...]
-        <v>437.55</v>
+      <c r="Y71" s="36">
+        <v>3</v>
+      </c>
+      <c r="Z71" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA71" s="75">
+        <v>0.230298853311591</v>
+      </c>
+      <c r="AB71" s="76">
+        <v>436.54</v>
       </c>
     </row>
     <row r="72" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A72" s="66" t="s">
-[...53 lines deleted...]
-      <c r="S72" s="29">
+      <c r="A72" s="73" t="s">
+        <v>140</v>
+      </c>
+      <c r="B72" s="74" t="s">
+        <v>141</v>
+      </c>
+      <c r="C72" s="36">
+        <v>5437</v>
+      </c>
+      <c r="D72" s="36">
+        <v>12613</v>
+      </c>
+      <c r="E72" s="36">
+        <v>6105</v>
+      </c>
+      <c r="F72" s="36">
+        <v>6508</v>
+      </c>
+      <c r="G72" s="36">
+        <v>0</v>
+      </c>
+      <c r="H72" s="36">
+        <v>-40</v>
+      </c>
+      <c r="I72" s="38">
+        <v>-0.316130561922074</v>
+      </c>
+      <c r="J72" s="36">
+        <v>-260</v>
+      </c>
+      <c r="K72" s="38">
+        <v>-2.0197312203837501</v>
+      </c>
+      <c r="L72" s="36">
+        <v>-20</v>
+      </c>
+      <c r="M72" s="36">
+        <v>2</v>
+      </c>
+      <c r="N72" s="36">
+        <v>22</v>
+      </c>
+      <c r="O72" s="36">
+        <v>-20</v>
+      </c>
+      <c r="P72" s="36">
+        <v>24</v>
+      </c>
+      <c r="Q72" s="36">
+        <v>44</v>
+      </c>
+      <c r="R72" s="36">
+        <v>-13</v>
+      </c>
+      <c r="S72" s="36">
         <v>6</v>
       </c>
-      <c r="T72" s="29">
-[...11 lines deleted...]
-      <c r="X72" s="29">
+      <c r="T72" s="36">
         <v>6</v>
       </c>
-      <c r="Y72" s="29">
-[...9 lines deleted...]
-        <v>492.61</v>
+      <c r="U72" s="36">
+        <v>0</v>
+      </c>
+      <c r="V72" s="36">
+        <v>0</v>
+      </c>
+      <c r="W72" s="36">
+        <v>19</v>
+      </c>
+      <c r="X72" s="36">
+        <v>9</v>
+      </c>
+      <c r="Y72" s="36">
+        <v>10</v>
+      </c>
+      <c r="Z72" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA72" s="75">
+        <v>0.17220532587260401</v>
+      </c>
+      <c r="AB72" s="76">
+        <v>490.2</v>
       </c>
     </row>
     <row r="73" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A73" s="66" t="s">
-[...2 lines deleted...]
-      <c r="B73" s="67" t="s">
+      <c r="A73" s="73" t="s">
         <v>152</v>
       </c>
-      <c r="C73" s="29">
-[...26 lines deleted...]
-      <c r="L73" s="29">
+      <c r="B73" s="74" t="s">
+        <v>153</v>
+      </c>
+      <c r="C73" s="36">
+        <v>4228</v>
+      </c>
+      <c r="D73" s="36">
+        <v>9739</v>
+      </c>
+      <c r="E73" s="36">
+        <v>4899</v>
+      </c>
+      <c r="F73" s="36">
+        <v>4840</v>
+      </c>
+      <c r="G73" s="36">
+        <v>0</v>
+      </c>
+      <c r="H73" s="36">
         <v>-14</v>
       </c>
-      <c r="M73" s="29">
-[...14 lines deleted...]
-      <c r="R73" s="29">
+      <c r="I73" s="38">
+        <v>-0.143545575720291</v>
+      </c>
+      <c r="J73" s="36">
+        <v>-97</v>
+      </c>
+      <c r="K73" s="38">
+        <v>-0.98617324115494098</v>
+      </c>
+      <c r="L73" s="36">
+        <v>-15</v>
+      </c>
+      <c r="M73" s="36">
+        <v>2</v>
+      </c>
+      <c r="N73" s="36">
+        <v>17</v>
+      </c>
+      <c r="O73" s="36">
+        <v>1</v>
+      </c>
+      <c r="P73" s="36">
+        <v>36</v>
+      </c>
+      <c r="Q73" s="36">
+        <v>35</v>
+      </c>
+      <c r="R73" s="36">
+        <v>7</v>
+      </c>
+      <c r="S73" s="36">
+        <v>24</v>
+      </c>
+      <c r="T73" s="36">
+        <v>20</v>
+      </c>
+      <c r="U73" s="36">
+        <v>4</v>
+      </c>
+      <c r="V73" s="36">
+        <v>0</v>
+      </c>
+      <c r="W73" s="36">
+        <v>17</v>
+      </c>
+      <c r="X73" s="36">
+        <v>12</v>
+      </c>
+      <c r="Y73" s="36">
         <v>5</v>
       </c>
-      <c r="S73" s="29">
-[...27 lines deleted...]
-        <v>174.45</v>
+      <c r="Z73" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA73" s="75">
+        <v>0.132966595470807</v>
+      </c>
+      <c r="AB73" s="76">
+        <v>174.22</v>
       </c>
     </row>
     <row r="74" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A74" s="66" t="s">
+      <c r="A74" s="73" t="s">
+        <v>299</v>
+      </c>
+      <c r="B74" s="74" t="s">
         <v>300</v>
       </c>
-      <c r="B74" s="67" t="s">
-[...53 lines deleted...]
-      <c r="T74" s="29">
+      <c r="C74" s="36">
+        <v>14038</v>
+      </c>
+      <c r="D74" s="36">
+        <v>33880</v>
+      </c>
+      <c r="E74" s="36">
+        <v>16700</v>
+      </c>
+      <c r="F74" s="36">
+        <v>17180</v>
+      </c>
+      <c r="G74" s="36">
+        <v>0</v>
+      </c>
+      <c r="H74" s="36">
+        <v>-40</v>
+      </c>
+      <c r="I74" s="38">
+        <v>-0.1179245</v>
+      </c>
+      <c r="J74" s="36">
+        <v>-733</v>
+      </c>
+      <c r="K74" s="38">
+        <v>-2.117702</v>
+      </c>
+      <c r="L74" s="36">
+        <v>-42</v>
+      </c>
+      <c r="M74" s="36">
+        <v>10</v>
+      </c>
+      <c r="N74" s="36">
+        <v>52</v>
+      </c>
+      <c r="O74" s="36">
+        <v>2</v>
+      </c>
+      <c r="P74" s="36">
+        <v>91</v>
+      </c>
+      <c r="Q74" s="36">
+        <v>89</v>
+      </c>
+      <c r="R74" s="36">
+        <v>2</v>
+      </c>
+      <c r="S74" s="36">
+        <v>35</v>
+      </c>
+      <c r="T74" s="36">
         <v>18</v>
       </c>
-      <c r="U74" s="29">
-[...21 lines deleted...]
-        <v>96.59</v>
+      <c r="U74" s="36">
+        <v>17</v>
+      </c>
+      <c r="V74" s="36">
+        <v>0</v>
+      </c>
+      <c r="W74" s="36">
+        <v>33</v>
+      </c>
+      <c r="X74" s="36">
+        <v>19</v>
+      </c>
+      <c r="Y74" s="36">
+        <v>14</v>
+      </c>
+      <c r="Z74" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA74" s="75">
+        <v>0.46256373904414799</v>
+      </c>
+      <c r="AB74" s="76">
+        <v>96.29</v>
       </c>
     </row>
     <row r="75" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A75" s="66" t="s">
+      <c r="A75" s="73" t="s">
+        <v>134</v>
+      </c>
+      <c r="B75" s="74" t="s">
         <v>135</v>
       </c>
-      <c r="B75" s="67" t="s">
-[...35 lines deleted...]
-      <c r="N75" s="29">
+      <c r="C75" s="36">
+        <v>3058</v>
+      </c>
+      <c r="D75" s="36">
+        <v>7368</v>
+      </c>
+      <c r="E75" s="36">
+        <v>3660</v>
+      </c>
+      <c r="F75" s="36">
+        <v>3708</v>
+      </c>
+      <c r="G75" s="36">
+        <v>0</v>
+      </c>
+      <c r="H75" s="36">
+        <v>21</v>
+      </c>
+      <c r="I75" s="38">
+        <v>0.28583095140873799</v>
+      </c>
+      <c r="J75" s="36">
+        <v>-96</v>
+      </c>
+      <c r="K75" s="38">
+        <v>-1.2861736334405101</v>
+      </c>
+      <c r="L75" s="36">
+        <v>-5</v>
+      </c>
+      <c r="M75" s="36">
+        <v>3</v>
+      </c>
+      <c r="N75" s="36">
+        <v>8</v>
+      </c>
+      <c r="O75" s="36">
+        <v>26</v>
+      </c>
+      <c r="P75" s="36">
+        <v>44</v>
+      </c>
+      <c r="Q75" s="36">
+        <v>18</v>
+      </c>
+      <c r="R75" s="36">
+        <v>8</v>
+      </c>
+      <c r="S75" s="36">
+        <v>14</v>
+      </c>
+      <c r="T75" s="36">
         <v>6</v>
       </c>
-      <c r="O75" s="29">
-[...14 lines deleted...]
-      <c r="T75" s="29">
+      <c r="U75" s="36">
+        <v>8</v>
+      </c>
+      <c r="V75" s="36">
+        <v>0</v>
+      </c>
+      <c r="W75" s="36">
+        <v>6</v>
+      </c>
+      <c r="X75" s="36">
         <v>3</v>
       </c>
-      <c r="U75" s="29">
-[...11 lines deleted...]
-      <c r="Y75" s="29">
+      <c r="Y75" s="36">
         <v>3</v>
       </c>
-      <c r="Z75" s="29">
-[...6 lines deleted...]
-        <v>148.96</v>
+      <c r="Z75" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA75" s="75">
+        <v>0.10059532553947099</v>
+      </c>
+      <c r="AB75" s="76">
+        <v>149.27000000000001</v>
       </c>
     </row>
     <row r="76" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A76" s="66" t="s">
-[...20 lines deleted...]
-      <c r="H76" s="29">
+      <c r="A76" s="73" t="s">
+        <v>138</v>
+      </c>
+      <c r="B76" s="74" t="s">
+        <v>139</v>
+      </c>
+      <c r="C76" s="36">
+        <v>3524</v>
+      </c>
+      <c r="D76" s="36">
+        <v>8506</v>
+      </c>
+      <c r="E76" s="36">
+        <v>4181</v>
+      </c>
+      <c r="F76" s="36">
+        <v>4325</v>
+      </c>
+      <c r="G76" s="36">
+        <v>0</v>
+      </c>
+      <c r="H76" s="36">
+        <v>-33</v>
+      </c>
+      <c r="I76" s="38">
+        <v>-0.38646211500175698</v>
+      </c>
+      <c r="J76" s="36">
+        <v>-181</v>
+      </c>
+      <c r="K76" s="38">
+        <v>-2.08357315528951</v>
+      </c>
+      <c r="L76" s="36">
         <v>-10</v>
       </c>
-      <c r="I76" s="31">
-[...26 lines deleted...]
-      <c r="R76" s="29">
+      <c r="M76" s="36">
+        <v>3</v>
+      </c>
+      <c r="N76" s="36">
+        <v>13</v>
+      </c>
+      <c r="O76" s="36">
+        <v>-23</v>
+      </c>
+      <c r="P76" s="36">
+        <v>18</v>
+      </c>
+      <c r="Q76" s="36">
+        <v>41</v>
+      </c>
+      <c r="R76" s="36">
+        <v>-7</v>
+      </c>
+      <c r="S76" s="36">
+        <v>9</v>
+      </c>
+      <c r="T76" s="36">
+        <v>7</v>
+      </c>
+      <c r="U76" s="36">
+        <v>2</v>
+      </c>
+      <c r="V76" s="36">
+        <v>0</v>
+      </c>
+      <c r="W76" s="36">
+        <v>16</v>
+      </c>
+      <c r="X76" s="36">
+        <v>12</v>
+      </c>
+      <c r="Y76" s="36">
         <v>4</v>
       </c>
-      <c r="S76" s="29">
-[...27 lines deleted...]
-        <v>134.24</v>
+      <c r="Z76" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA76" s="75">
+        <v>0.116132442866279</v>
+      </c>
+      <c r="AB76" s="76">
+        <v>133.44</v>
       </c>
     </row>
     <row r="77" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A77" s="66" t="s">
-[...53 lines deleted...]
-      <c r="S77" s="29">
+      <c r="A77" s="73" t="s">
+        <v>142</v>
+      </c>
+      <c r="B77" s="74" t="s">
+        <v>143</v>
+      </c>
+      <c r="C77" s="36">
+        <v>2549</v>
+      </c>
+      <c r="D77" s="36">
+        <v>6163</v>
+      </c>
+      <c r="E77" s="36">
+        <v>3043</v>
+      </c>
+      <c r="F77" s="36">
+        <v>3120</v>
+      </c>
+      <c r="G77" s="36">
+        <v>0</v>
+      </c>
+      <c r="H77" s="36">
+        <v>-17</v>
+      </c>
+      <c r="I77" s="38">
+        <v>-0.27508090614886699</v>
+      </c>
+      <c r="J77" s="36">
+        <v>-140</v>
+      </c>
+      <c r="K77" s="38">
+        <v>-2.22116452482945</v>
+      </c>
+      <c r="L77" s="36">
+        <v>-8</v>
+      </c>
+      <c r="M77" s="36">
+        <v>2</v>
+      </c>
+      <c r="N77" s="36">
+        <v>10</v>
+      </c>
+      <c r="O77" s="36">
+        <v>-9</v>
+      </c>
+      <c r="P77" s="36">
+        <v>7</v>
+      </c>
+      <c r="Q77" s="36">
+        <v>16</v>
+      </c>
+      <c r="R77" s="36">
+        <v>-4</v>
+      </c>
+      <c r="S77" s="36">
+        <v>0</v>
+      </c>
+      <c r="T77" s="36">
+        <v>0</v>
+      </c>
+      <c r="U77" s="36">
+        <v>0</v>
+      </c>
+      <c r="V77" s="36">
+        <v>0</v>
+      </c>
+      <c r="W77" s="36">
         <v>4</v>
       </c>
-      <c r="T77" s="29">
-[...24 lines deleted...]
-        <v>203.64</v>
+      <c r="X77" s="36">
+        <v>2</v>
+      </c>
+      <c r="Y77" s="36">
+        <v>2</v>
+      </c>
+      <c r="Z77" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA77" s="75">
+        <v>8.4143457016796999E-2</v>
+      </c>
+      <c r="AB77" s="76">
+        <v>202.53</v>
       </c>
     </row>
     <row r="78" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A78" s="66" t="s">
-[...32 lines deleted...]
-      <c r="L78" s="29">
+      <c r="A78" s="73" t="s">
+        <v>301</v>
+      </c>
+      <c r="B78" s="74" t="s">
+        <v>302</v>
+      </c>
+      <c r="C78" s="36">
+        <v>3972</v>
+      </c>
+      <c r="D78" s="36">
+        <v>9528</v>
+      </c>
+      <c r="E78" s="36">
+        <v>4689</v>
+      </c>
+      <c r="F78" s="36">
+        <v>4839</v>
+      </c>
+      <c r="G78" s="36">
+        <v>0</v>
+      </c>
+      <c r="H78" s="36">
         <v>-8</v>
       </c>
-      <c r="M78" s="29">
-[...2 lines deleted...]
-      <c r="N78" s="29">
+      <c r="I78" s="38">
+        <v>-8.3892617449664406E-2</v>
+      </c>
+      <c r="J78" s="36">
+        <v>-246</v>
+      </c>
+      <c r="K78" s="38">
+        <v>-2.5168815224063801</v>
+      </c>
+      <c r="L78" s="36">
+        <v>-17</v>
+      </c>
+      <c r="M78" s="36">
+        <v>2</v>
+      </c>
+      <c r="N78" s="36">
+        <v>19</v>
+      </c>
+      <c r="O78" s="36">
         <v>9</v>
       </c>
-      <c r="O78" s="29">
-[...11 lines deleted...]
-      <c r="S78" s="29">
+      <c r="P78" s="36">
+        <v>20</v>
+      </c>
+      <c r="Q78" s="36">
+        <v>11</v>
+      </c>
+      <c r="R78" s="36">
+        <v>4</v>
+      </c>
+      <c r="S78" s="36">
+        <v>11</v>
+      </c>
+      <c r="T78" s="36">
+        <v>4</v>
+      </c>
+      <c r="U78" s="36">
         <v>7</v>
       </c>
-      <c r="T78" s="29">
+      <c r="V78" s="36">
+        <v>0</v>
+      </c>
+      <c r="W78" s="36">
+        <v>7</v>
+      </c>
+      <c r="X78" s="36">
+        <v>2</v>
+      </c>
+      <c r="Y78" s="36">
         <v>5</v>
       </c>
-      <c r="U78" s="29">
-[...21 lines deleted...]
-        <v>55.79</v>
+      <c r="Z78" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA78" s="75">
+        <v>0.130085811853974</v>
+      </c>
+      <c r="AB78" s="76">
+        <v>55.63</v>
       </c>
     </row>
     <row r="79" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A79" s="66" t="s">
-[...50 lines deleted...]
-      <c r="R79" s="29">
+      <c r="A79" s="73" t="s">
+        <v>146</v>
+      </c>
+      <c r="B79" s="74" t="s">
+        <v>147</v>
+      </c>
+      <c r="C79" s="36">
+        <v>935</v>
+      </c>
+      <c r="D79" s="36">
+        <v>2315</v>
+      </c>
+      <c r="E79" s="36">
+        <v>1127</v>
+      </c>
+      <c r="F79" s="36">
+        <v>1188</v>
+      </c>
+      <c r="G79" s="36">
+        <v>0</v>
+      </c>
+      <c r="H79" s="36">
         <v>-3</v>
       </c>
-      <c r="S79" s="29">
-[...11 lines deleted...]
-      <c r="W79" s="29">
+      <c r="I79" s="38">
+        <v>-0.129421915444349</v>
+      </c>
+      <c r="J79" s="36">
+        <v>-70</v>
+      </c>
+      <c r="K79" s="38">
+        <v>-2.93501048218029</v>
+      </c>
+      <c r="L79" s="36">
+        <v>-2</v>
+      </c>
+      <c r="M79" s="36">
+        <v>0</v>
+      </c>
+      <c r="N79" s="36">
+        <v>2</v>
+      </c>
+      <c r="O79" s="36">
+        <v>-1</v>
+      </c>
+      <c r="P79" s="36">
+        <v>2</v>
+      </c>
+      <c r="Q79" s="36">
         <v>3</v>
       </c>
-      <c r="X79" s="29">
-[...12 lines deleted...]
-        <v>62.68</v>
+      <c r="R79" s="36">
+        <v>1</v>
+      </c>
+      <c r="S79" s="36">
+        <v>1</v>
+      </c>
+      <c r="T79" s="36">
+        <v>1</v>
+      </c>
+      <c r="U79" s="36">
+        <v>0</v>
+      </c>
+      <c r="V79" s="36">
+        <v>0</v>
+      </c>
+      <c r="W79" s="36">
+        <v>0</v>
+      </c>
+      <c r="X79" s="36">
+        <v>0</v>
+      </c>
+      <c r="Y79" s="36">
+        <v>0</v>
+      </c>
+      <c r="Z79" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA79" s="75">
+        <v>3.1606701767626998E-2</v>
+      </c>
+      <c r="AB79" s="76">
+        <v>62.46</v>
       </c>
     </row>
     <row r="80" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A80" s="66" t="s">
-[...68 lines deleted...]
-      <c r="X80" s="29">
+      <c r="A80" s="73" t="s">
+        <v>303</v>
+      </c>
+      <c r="B80" s="74" t="s">
+        <v>304</v>
+      </c>
+      <c r="C80" s="36">
+        <v>22202</v>
+      </c>
+      <c r="D80" s="36">
+        <v>53004</v>
+      </c>
+      <c r="E80" s="36">
+        <v>26529</v>
+      </c>
+      <c r="F80" s="36">
+        <v>26475</v>
+      </c>
+      <c r="G80" s="36">
+        <v>0</v>
+      </c>
+      <c r="H80" s="36">
+        <v>-33</v>
+      </c>
+      <c r="I80" s="38">
+        <v>-6.2220709999999999E-2</v>
+      </c>
+      <c r="J80" s="36">
+        <v>-403</v>
+      </c>
+      <c r="K80" s="38">
+        <v>-0.75458270000000005</v>
+      </c>
+      <c r="L80" s="36">
+        <v>-59</v>
+      </c>
+      <c r="M80" s="36">
+        <v>19</v>
+      </c>
+      <c r="N80" s="36">
+        <v>78</v>
+      </c>
+      <c r="O80" s="36">
+        <v>26</v>
+      </c>
+      <c r="P80" s="36">
+        <v>203</v>
+      </c>
+      <c r="Q80" s="36">
+        <v>177</v>
+      </c>
+      <c r="R80" s="36">
         <v>30</v>
       </c>
-      <c r="Y80" s="29">
-[...9 lines deleted...]
-        <v>482.6</v>
+      <c r="S80" s="36">
+        <v>120</v>
+      </c>
+      <c r="T80" s="36">
+        <v>71</v>
+      </c>
+      <c r="U80" s="36">
+        <v>49</v>
+      </c>
+      <c r="V80" s="36">
+        <v>0</v>
+      </c>
+      <c r="W80" s="36">
+        <v>90</v>
+      </c>
+      <c r="X80" s="36">
+        <v>51</v>
+      </c>
+      <c r="Y80" s="36">
+        <v>39</v>
+      </c>
+      <c r="Z80" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA80" s="75">
+        <v>0.72366376695088597</v>
+      </c>
+      <c r="AB80" s="76">
+        <v>481.89</v>
       </c>
     </row>
     <row r="81" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A81" s="66" t="s">
-[...50 lines deleted...]
-      <c r="R81" s="29">
+      <c r="A81" s="73" t="s">
+        <v>305</v>
+      </c>
+      <c r="B81" s="74" t="s">
+        <v>306</v>
+      </c>
+      <c r="C81" s="36">
+        <v>4002</v>
+      </c>
+      <c r="D81" s="36">
+        <v>10528</v>
+      </c>
+      <c r="E81" s="36">
+        <v>5276</v>
+      </c>
+      <c r="F81" s="36">
+        <v>5252</v>
+      </c>
+      <c r="G81" s="36">
+        <v>0</v>
+      </c>
+      <c r="H81" s="36">
+        <v>2</v>
+      </c>
+      <c r="I81" s="38">
+        <v>1.9000570017100499E-2</v>
+      </c>
+      <c r="J81" s="36">
+        <v>-137</v>
+      </c>
+      <c r="K81" s="38">
+        <v>-1.28457571495546</v>
+      </c>
+      <c r="L81" s="36">
+        <v>-17</v>
+      </c>
+      <c r="M81" s="36">
+        <v>2</v>
+      </c>
+      <c r="N81" s="36">
+        <v>19</v>
+      </c>
+      <c r="O81" s="36">
+        <v>19</v>
+      </c>
+      <c r="P81" s="36">
+        <v>41</v>
+      </c>
+      <c r="Q81" s="36">
+        <v>22</v>
+      </c>
+      <c r="R81" s="36">
+        <v>9</v>
+      </c>
+      <c r="S81" s="36">
+        <v>18</v>
+      </c>
+      <c r="T81" s="36">
+        <v>11</v>
+      </c>
+      <c r="U81" s="36">
+        <v>7</v>
+      </c>
+      <c r="V81" s="36">
+        <v>0</v>
+      </c>
+      <c r="W81" s="36">
+        <v>9</v>
+      </c>
+      <c r="X81" s="36">
         <v>5</v>
       </c>
-      <c r="S81" s="29">
-[...27 lines deleted...]
-        <v>315.68</v>
+      <c r="Y81" s="36">
+        <v>4</v>
+      </c>
+      <c r="Z81" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA81" s="75">
+        <v>0.14373881477735501</v>
+      </c>
+      <c r="AB81" s="76">
+        <v>315.11</v>
       </c>
     </row>
     <row r="82" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A82" s="66" t="s">
+      <c r="A82" s="73" t="s">
+        <v>307</v>
+      </c>
+      <c r="B82" s="74" t="s">
         <v>308</v>
       </c>
-      <c r="B82" s="67" t="s">
-[...2 lines deleted...]
-      <c r="C82" s="29">
+      <c r="C82" s="36">
         <v>5450</v>
       </c>
-      <c r="D82" s="29">
-[...23 lines deleted...]
-      <c r="L82" s="29">
+      <c r="D82" s="36">
+        <v>12582</v>
+      </c>
+      <c r="E82" s="36">
+        <v>6396</v>
+      </c>
+      <c r="F82" s="36">
+        <v>6186</v>
+      </c>
+      <c r="G82" s="36">
+        <v>0</v>
+      </c>
+      <c r="H82" s="36">
         <v>-12</v>
       </c>
-      <c r="M82" s="29">
-[...5 lines deleted...]
-      <c r="O82" s="29">
+      <c r="I82" s="38">
+        <v>-9.52834683182468E-2</v>
+      </c>
+      <c r="J82" s="36">
+        <v>-154</v>
+      </c>
+      <c r="K82" s="38">
+        <v>-1.20917085427136</v>
+      </c>
+      <c r="L82" s="36">
+        <v>-22</v>
+      </c>
+      <c r="M82" s="36">
+        <v>5</v>
+      </c>
+      <c r="N82" s="36">
+        <v>27</v>
+      </c>
+      <c r="O82" s="36">
         <v>10</v>
       </c>
-      <c r="P82" s="29">
-[...14 lines deleted...]
-      <c r="U82" s="29">
+      <c r="P82" s="36">
+        <v>48</v>
+      </c>
+      <c r="Q82" s="36">
+        <v>38</v>
+      </c>
+      <c r="R82" s="36">
+        <v>16</v>
+      </c>
+      <c r="S82" s="36">
+        <v>31</v>
+      </c>
+      <c r="T82" s="36">
+        <v>12</v>
+      </c>
+      <c r="U82" s="36">
+        <v>19</v>
+      </c>
+      <c r="V82" s="36">
+        <v>0</v>
+      </c>
+      <c r="W82" s="36">
+        <v>15</v>
+      </c>
+      <c r="X82" s="36">
         <v>10</v>
       </c>
-      <c r="V82" s="29">
-[...18 lines deleted...]
-        <v>266.08999999999997</v>
+      <c r="Y82" s="36">
+        <v>5</v>
+      </c>
+      <c r="Z82" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA82" s="75">
+        <v>0.17178208278198001</v>
+      </c>
+      <c r="AB82" s="76">
+        <v>265.44</v>
       </c>
     </row>
     <row r="83" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A83" s="66" t="s">
-[...47 lines deleted...]
-      <c r="Q83" s="29">
+      <c r="A83" s="73" t="s">
+        <v>309</v>
+      </c>
+      <c r="B83" s="74" t="s">
+        <v>310</v>
+      </c>
+      <c r="C83" s="36">
+        <v>12750</v>
+      </c>
+      <c r="D83" s="36">
+        <v>29894</v>
+      </c>
+      <c r="E83" s="36">
+        <v>14857</v>
+      </c>
+      <c r="F83" s="36">
+        <v>15037</v>
+      </c>
+      <c r="G83" s="36">
+        <v>0</v>
+      </c>
+      <c r="H83" s="36">
+        <v>-23</v>
+      </c>
+      <c r="I83" s="38">
+        <v>-7.6879366246615594E-2</v>
+      </c>
+      <c r="J83" s="36">
+        <v>-112</v>
+      </c>
+      <c r="K83" s="38">
+        <v>-0.37325868159701397</v>
+      </c>
+      <c r="L83" s="36">
+        <v>-20</v>
+      </c>
+      <c r="M83" s="36">
+        <v>12</v>
+      </c>
+      <c r="N83" s="36">
+        <v>32</v>
+      </c>
+      <c r="O83" s="36">
+        <v>-3</v>
+      </c>
+      <c r="P83" s="36">
+        <v>114</v>
+      </c>
+      <c r="Q83" s="36">
+        <v>117</v>
+      </c>
+      <c r="R83" s="36">
+        <v>5</v>
+      </c>
+      <c r="S83" s="36">
+        <v>71</v>
+      </c>
+      <c r="T83" s="36">
+        <v>48</v>
+      </c>
+      <c r="U83" s="36">
+        <v>23</v>
+      </c>
+      <c r="V83" s="36">
+        <v>0</v>
+      </c>
+      <c r="W83" s="36">
         <v>66</v>
       </c>
-      <c r="R83" s="29">
-[...30 lines deleted...]
-        <v>1025.42</v>
+      <c r="X83" s="36">
+        <v>36</v>
+      </c>
+      <c r="Y83" s="36">
+        <v>30</v>
+      </c>
+      <c r="Z83" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA83" s="75">
+        <v>0.40814286939155098</v>
+      </c>
+      <c r="AB83" s="76">
+        <v>1024.46</v>
       </c>
     </row>
     <row r="84" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A84" s="66" t="s">
-[...2 lines deleted...]
-      <c r="B84" s="67" t="s">
+      <c r="A84" s="73" t="s">
         <v>311</v>
       </c>
-      <c r="C84" s="29">
-[...59 lines deleted...]
-      <c r="W84" s="29">
+      <c r="B84" s="74" t="s">
+        <v>312</v>
+      </c>
+      <c r="C84" s="36">
+        <v>13887</v>
+      </c>
+      <c r="D84" s="36">
+        <v>30757</v>
+      </c>
+      <c r="E84" s="36">
+        <v>15260</v>
+      </c>
+      <c r="F84" s="36">
+        <v>15497</v>
+      </c>
+      <c r="G84" s="36">
+        <v>0</v>
+      </c>
+      <c r="H84" s="36">
+        <v>7</v>
+      </c>
+      <c r="I84" s="38">
+        <v>2.276423E-2</v>
+      </c>
+      <c r="J84" s="36">
+        <v>-316</v>
+      </c>
+      <c r="K84" s="38">
+        <v>-1.0169600000000001</v>
+      </c>
+      <c r="L84" s="36">
+        <v>-16</v>
+      </c>
+      <c r="M84" s="36">
+        <v>12</v>
+      </c>
+      <c r="N84" s="36">
         <v>28</v>
       </c>
-      <c r="X84" s="29">
-[...12 lines deleted...]
-        <v>478.53</v>
+      <c r="O84" s="36">
+        <v>23</v>
+      </c>
+      <c r="P84" s="36">
+        <v>119</v>
+      </c>
+      <c r="Q84" s="36">
+        <v>96</v>
+      </c>
+      <c r="R84" s="36">
+        <v>20</v>
+      </c>
+      <c r="S84" s="36">
+        <v>60</v>
+      </c>
+      <c r="T84" s="36">
+        <v>35</v>
+      </c>
+      <c r="U84" s="36">
+        <v>25</v>
+      </c>
+      <c r="V84" s="36">
+        <v>0</v>
+      </c>
+      <c r="W84" s="36">
+        <v>40</v>
+      </c>
+      <c r="X84" s="36">
+        <v>25</v>
+      </c>
+      <c r="Y84" s="36">
+        <v>15</v>
+      </c>
+      <c r="Z84" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA84" s="75">
+        <v>0.41992541091442898</v>
+      </c>
+      <c r="AB84" s="76">
+        <v>478.7</v>
       </c>
     </row>
     <row r="85" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A85" s="66" t="s">
-[...65 lines deleted...]
-      <c r="W85" s="29">
+      <c r="A85" s="73" t="s">
+        <v>313</v>
+      </c>
+      <c r="B85" s="74" t="s">
+        <v>314</v>
+      </c>
+      <c r="C85" s="36">
+        <v>13887</v>
+      </c>
+      <c r="D85" s="36">
+        <v>30757</v>
+      </c>
+      <c r="E85" s="36">
+        <v>15260</v>
+      </c>
+      <c r="F85" s="36">
+        <v>15497</v>
+      </c>
+      <c r="G85" s="36">
+        <v>0</v>
+      </c>
+      <c r="H85" s="36">
+        <v>7</v>
+      </c>
+      <c r="I85" s="38">
+        <v>2.27642276422764E-2</v>
+      </c>
+      <c r="J85" s="36">
+        <v>-316</v>
+      </c>
+      <c r="K85" s="38">
+        <v>-1.0169600617899801</v>
+      </c>
+      <c r="L85" s="36">
+        <v>-16</v>
+      </c>
+      <c r="M85" s="36">
+        <v>12</v>
+      </c>
+      <c r="N85" s="36">
         <v>28</v>
       </c>
-      <c r="X85" s="29">
-[...12 lines deleted...]
-        <v>478.53</v>
+      <c r="O85" s="36">
+        <v>23</v>
+      </c>
+      <c r="P85" s="36">
+        <v>119</v>
+      </c>
+      <c r="Q85" s="36">
+        <v>96</v>
+      </c>
+      <c r="R85" s="36">
+        <v>20</v>
+      </c>
+      <c r="S85" s="36">
+        <v>60</v>
+      </c>
+      <c r="T85" s="36">
+        <v>35</v>
+      </c>
+      <c r="U85" s="36">
+        <v>25</v>
+      </c>
+      <c r="V85" s="36">
+        <v>0</v>
+      </c>
+      <c r="W85" s="36">
+        <v>40</v>
+      </c>
+      <c r="X85" s="36">
+        <v>25</v>
+      </c>
+      <c r="Y85" s="36">
+        <v>15</v>
+      </c>
+      <c r="Z85" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA85" s="75">
+        <v>0.41992541091442898</v>
+      </c>
+      <c r="AB85" s="76">
+        <v>478.7</v>
       </c>
     </row>
     <row r="86" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A86" s="66" t="s">
-[...32 lines deleted...]
-      <c r="L86" s="29">
+      <c r="A86" s="73" t="s">
+        <v>315</v>
+      </c>
+      <c r="B86" s="74" t="s">
+        <v>316</v>
+      </c>
+      <c r="C86" s="36">
+        <v>15288</v>
+      </c>
+      <c r="D86" s="36">
+        <v>33572</v>
+      </c>
+      <c r="E86" s="36">
+        <v>16790</v>
+      </c>
+      <c r="F86" s="36">
+        <v>16782</v>
+      </c>
+      <c r="G86" s="36">
+        <v>0</v>
+      </c>
+      <c r="H86" s="36">
         <v>-17</v>
       </c>
-      <c r="M86" s="29">
-[...5 lines deleted...]
-      <c r="O86" s="29">
+      <c r="I86" s="38">
+        <v>-5.061181E-2</v>
+      </c>
+      <c r="J86" s="36">
+        <v>-169</v>
+      </c>
+      <c r="K86" s="38">
+        <v>-0.50087429999999999</v>
+      </c>
+      <c r="L86" s="36">
+        <v>-16</v>
+      </c>
+      <c r="M86" s="36">
+        <v>15</v>
+      </c>
+      <c r="N86" s="36">
+        <v>31</v>
+      </c>
+      <c r="O86" s="36">
+        <v>-1</v>
+      </c>
+      <c r="P86" s="36">
+        <v>107</v>
+      </c>
+      <c r="Q86" s="36">
+        <v>108</v>
+      </c>
+      <c r="R86" s="36">
         <v>-6</v>
       </c>
-      <c r="P86" s="29">
-[...26 lines deleted...]
-      <c r="Y86" s="29">
+      <c r="S86" s="36">
+        <v>36</v>
+      </c>
+      <c r="T86" s="36">
+        <v>23</v>
+      </c>
+      <c r="U86" s="36">
+        <v>13</v>
+      </c>
+      <c r="V86" s="36">
+        <v>0</v>
+      </c>
+      <c r="W86" s="36">
+        <v>42</v>
+      </c>
+      <c r="X86" s="36">
+        <v>24</v>
+      </c>
+      <c r="Y86" s="36">
         <v>18</v>
       </c>
-      <c r="Z86" s="29">
-[...6 lines deleted...]
-        <v>2107.14</v>
+      <c r="Z86" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA86" s="75">
+        <v>0.45835861414374601</v>
+      </c>
+      <c r="AB86" s="76">
+        <v>2104.8200000000002</v>
       </c>
     </row>
     <row r="87" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A87" s="66" t="s">
-[...32 lines deleted...]
-      <c r="L87" s="29">
+      <c r="A87" s="73" t="s">
+        <v>136</v>
+      </c>
+      <c r="B87" s="74" t="s">
+        <v>137</v>
+      </c>
+      <c r="C87" s="36">
+        <v>15288</v>
+      </c>
+      <c r="D87" s="36">
+        <v>33572</v>
+      </c>
+      <c r="E87" s="36">
+        <v>16790</v>
+      </c>
+      <c r="F87" s="36">
+        <v>16782</v>
+      </c>
+      <c r="G87" s="36">
+        <v>0</v>
+      </c>
+      <c r="H87" s="36">
         <v>-17</v>
       </c>
-      <c r="M87" s="29">
-[...5 lines deleted...]
-      <c r="O87" s="29">
+      <c r="I87" s="38">
+        <v>-5.0611807436958499E-2</v>
+      </c>
+      <c r="J87" s="36">
+        <v>-169</v>
+      </c>
+      <c r="K87" s="38">
+        <v>-0.50087430722266701</v>
+      </c>
+      <c r="L87" s="36">
+        <v>-16</v>
+      </c>
+      <c r="M87" s="36">
+        <v>15</v>
+      </c>
+      <c r="N87" s="36">
+        <v>31</v>
+      </c>
+      <c r="O87" s="36">
+        <v>-1</v>
+      </c>
+      <c r="P87" s="36">
+        <v>107</v>
+      </c>
+      <c r="Q87" s="36">
+        <v>108</v>
+      </c>
+      <c r="R87" s="36">
         <v>-6</v>
       </c>
-      <c r="P87" s="29">
-[...26 lines deleted...]
-      <c r="Y87" s="29">
+      <c r="S87" s="36">
+        <v>36</v>
+      </c>
+      <c r="T87" s="36">
+        <v>23</v>
+      </c>
+      <c r="U87" s="36">
+        <v>13</v>
+      </c>
+      <c r="V87" s="36">
+        <v>0</v>
+      </c>
+      <c r="W87" s="36">
+        <v>42</v>
+      </c>
+      <c r="X87" s="36">
+        <v>24</v>
+      </c>
+      <c r="Y87" s="36">
         <v>18</v>
       </c>
-      <c r="Z87" s="29">
-[...6 lines deleted...]
-        <v>2107.14</v>
+      <c r="Z87" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA87" s="75">
+        <v>0.45835861414374601</v>
+      </c>
+      <c r="AB87" s="76">
+        <v>2104.8200000000002</v>
       </c>
     </row>
     <row r="88" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A88" s="66" t="s">
-[...44 lines deleted...]
-      <c r="P88" s="29">
+      <c r="A88" s="73" t="s">
+        <v>317</v>
+      </c>
+      <c r="B88" s="74" t="s">
+        <v>318</v>
+      </c>
+      <c r="C88" s="36">
+        <v>29957</v>
+      </c>
+      <c r="D88" s="36">
+        <v>69530</v>
+      </c>
+      <c r="E88" s="36">
+        <v>34754</v>
+      </c>
+      <c r="F88" s="36">
+        <v>34776</v>
+      </c>
+      <c r="G88" s="36">
+        <v>0</v>
+      </c>
+      <c r="H88" s="36">
+        <v>17</v>
+      </c>
+      <c r="I88" s="38">
+        <v>2.4455859999999999E-2</v>
+      </c>
+      <c r="J88" s="36">
+        <v>-663</v>
+      </c>
+      <c r="K88" s="38">
+        <v>-0.94453869999999995</v>
+      </c>
+      <c r="L88" s="36">
+        <v>-21</v>
+      </c>
+      <c r="M88" s="36">
+        <v>32</v>
+      </c>
+      <c r="N88" s="36">
+        <v>53</v>
+      </c>
+      <c r="O88" s="36">
+        <v>38</v>
+      </c>
+      <c r="P88" s="36">
+        <v>228</v>
+      </c>
+      <c r="Q88" s="36">
         <v>190</v>
       </c>
-      <c r="Q88" s="29">
-[...33 lines deleted...]
-        <v>1505.68</v>
+      <c r="R88" s="36">
+        <v>23</v>
+      </c>
+      <c r="S88" s="36">
+        <v>114</v>
+      </c>
+      <c r="T88" s="36">
+        <v>64</v>
+      </c>
+      <c r="U88" s="36">
+        <v>50</v>
+      </c>
+      <c r="V88" s="36">
+        <v>0</v>
+      </c>
+      <c r="W88" s="36">
+        <v>91</v>
+      </c>
+      <c r="X88" s="36">
+        <v>53</v>
+      </c>
+      <c r="Y88" s="36">
+        <v>38</v>
+      </c>
+      <c r="Z88" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA88" s="75">
+        <v>0.94929329326267997</v>
+      </c>
+      <c r="AB88" s="76">
+        <v>1504</v>
       </c>
     </row>
     <row r="89" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A89" s="66" t="s">
-[...81 lines deleted...]
-        <v>1419.97</v>
+      <c r="A89" s="73" t="s">
+        <v>119</v>
+      </c>
+      <c r="B89" s="74" t="s">
+        <v>120</v>
+      </c>
+      <c r="C89" s="36">
+        <v>18776</v>
+      </c>
+      <c r="D89" s="36">
+        <v>42549</v>
+      </c>
+      <c r="E89" s="36">
+        <v>21171</v>
+      </c>
+      <c r="F89" s="36">
+        <v>21378</v>
+      </c>
+      <c r="G89" s="36">
+        <v>0</v>
+      </c>
+      <c r="H89" s="36">
+        <v>-20</v>
+      </c>
+      <c r="I89" s="38">
+        <v>-4.6982545984166901E-2</v>
+      </c>
+      <c r="J89" s="36">
+        <v>-435</v>
+      </c>
+      <c r="K89" s="38">
+        <v>-1.0120044667783401</v>
+      </c>
+      <c r="L89" s="36">
+        <v>-13</v>
+      </c>
+      <c r="M89" s="36">
+        <v>23</v>
+      </c>
+      <c r="N89" s="36">
+        <v>36</v>
+      </c>
+      <c r="O89" s="36">
+        <v>-7</v>
+      </c>
+      <c r="P89" s="36">
+        <v>106</v>
+      </c>
+      <c r="Q89" s="36">
+        <v>113</v>
+      </c>
+      <c r="R89" s="36">
+        <v>3</v>
+      </c>
+      <c r="S89" s="36">
+        <v>55</v>
+      </c>
+      <c r="T89" s="36">
+        <v>29</v>
+      </c>
+      <c r="U89" s="36">
+        <v>26</v>
+      </c>
+      <c r="V89" s="36">
+        <v>0</v>
+      </c>
+      <c r="W89" s="36">
+        <v>52</v>
+      </c>
+      <c r="X89" s="36">
+        <v>31</v>
+      </c>
+      <c r="Y89" s="36">
+        <v>21</v>
+      </c>
+      <c r="Z89" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA89" s="75">
+        <v>0.58092162138693804</v>
+      </c>
+      <c r="AB89" s="76">
+        <v>1416.88</v>
       </c>
     </row>
     <row r="90" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A90" s="66" t="s">
-[...35 lines deleted...]
-      <c r="M90" s="29">
+      <c r="A90" s="73" t="s">
+        <v>144</v>
+      </c>
+      <c r="B90" s="74" t="s">
+        <v>145</v>
+      </c>
+      <c r="C90" s="36">
+        <v>11181</v>
+      </c>
+      <c r="D90" s="36">
+        <v>26981</v>
+      </c>
+      <c r="E90" s="36">
+        <v>13583</v>
+      </c>
+      <c r="F90" s="36">
+        <v>13398</v>
+      </c>
+      <c r="G90" s="36">
+        <v>0</v>
+      </c>
+      <c r="H90" s="36">
+        <v>37</v>
+      </c>
+      <c r="I90" s="38">
+        <v>0.137321852731591</v>
+      </c>
+      <c r="J90" s="36">
+        <v>-228</v>
+      </c>
+      <c r="K90" s="38">
+        <v>-0.83795802859348001</v>
+      </c>
+      <c r="L90" s="36">
+        <v>-8</v>
+      </c>
+      <c r="M90" s="36">
         <v>9</v>
       </c>
-      <c r="N90" s="29">
-[...29 lines deleted...]
-      <c r="X90" s="29">
+      <c r="N90" s="36">
+        <v>17</v>
+      </c>
+      <c r="O90" s="36">
+        <v>45</v>
+      </c>
+      <c r="P90" s="36">
+        <v>122</v>
+      </c>
+      <c r="Q90" s="36">
+        <v>77</v>
+      </c>
+      <c r="R90" s="36">
+        <v>20</v>
+      </c>
+      <c r="S90" s="36">
+        <v>59</v>
+      </c>
+      <c r="T90" s="36">
+        <v>35</v>
+      </c>
+      <c r="U90" s="36">
+        <v>24</v>
+      </c>
+      <c r="V90" s="36">
+        <v>0</v>
+      </c>
+      <c r="W90" s="36">
+        <v>39</v>
+      </c>
+      <c r="X90" s="36">
         <v>22</v>
       </c>
-      <c r="Y90" s="29">
-[...9 lines deleted...]
-        <v>1664.56</v>
+      <c r="Y90" s="36">
+        <v>17</v>
+      </c>
+      <c r="Z90" s="36">
+        <v>0</v>
+      </c>
+      <c r="AA90" s="75">
+        <v>0.36837167187574199</v>
+      </c>
+      <c r="AB90" s="76">
+        <v>1665.49</v>
       </c>
     </row>
     <row r="91" spans="1:28" ht="13" x14ac:dyDescent="0.2">
-      <c r="B91" s="1" t="s">
-        <v>320</v>
+      <c r="B91" s="8" t="s">
+        <v>319</v>
       </c>
     </row>
     <row r="92" spans="1:28" ht="13" x14ac:dyDescent="0.2">
-      <c r="B92" s="1" t="s">
-        <v>321</v>
+      <c r="B92" s="8" t="s">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="B1:BZ82"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="5" topLeftCell="C72" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="2" ySplit="5" topLeftCell="C76" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="E87" sqref="E87"/>
+      <selection pane="bottomRight" activeCell="M1" sqref="M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" style="70" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.08984375" style="70"/>
+    <col min="1" max="1" width="2.7265625" style="77" customWidth="1"/>
+    <col min="2" max="2" width="12.1796875" style="77" customWidth="1"/>
+    <col min="3" max="3" width="9.08984375" style="77" customWidth="1"/>
+    <col min="4" max="16384" width="9.08984375" style="77"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:78" s="71" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>322</v>
+    <row r="1" spans="2:78" s="78" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J1" s="78" t="s">
+        <v>321</v>
+      </c>
+      <c r="AE1" s="78" t="s">
+        <v>321</v>
+      </c>
+      <c r="AY1" s="78" t="s">
+        <v>321</v>
+      </c>
+      <c r="BQ1" s="78" t="s">
+        <v>321</v>
       </c>
     </row>
     <row r="2" spans="2:78" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B3" s="91" t="s">
+      <c r="B3" s="96" t="s">
+        <v>322</v>
+      </c>
+      <c r="C3" s="91" t="s">
         <v>323</v>
       </c>
-      <c r="C3" s="93" t="s">
-[...6 lines deleted...]
-        <v>212</v>
+      <c r="D3" s="91" t="s">
+        <v>207</v>
+      </c>
+      <c r="E3" s="91" t="s">
+        <v>209</v>
       </c>
       <c r="F3" s="95" t="s">
-        <v>102</v>
-[...46 lines deleted...]
-      <c r="V3" s="93" t="s">
+        <v>92</v>
+      </c>
+      <c r="G3" s="91" t="s">
+        <v>211</v>
+      </c>
+      <c r="H3" s="91" t="s">
+        <v>213</v>
+      </c>
+      <c r="I3" s="91" t="s">
+        <v>215</v>
+      </c>
+      <c r="J3" s="91" t="s">
+        <v>217</v>
+      </c>
+      <c r="K3" s="91" t="s">
+        <v>219</v>
+      </c>
+      <c r="L3" s="91" t="s">
+        <v>221</v>
+      </c>
+      <c r="M3" s="91" t="s">
+        <v>223</v>
+      </c>
+      <c r="N3" s="91" t="s">
+        <v>225</v>
+      </c>
+      <c r="O3" s="91" t="s">
+        <v>227</v>
+      </c>
+      <c r="P3" s="91" t="s">
+        <v>229</v>
+      </c>
+      <c r="Q3" s="91" t="s">
+        <v>231</v>
+      </c>
+      <c r="R3" s="91" t="s">
+        <v>233</v>
+      </c>
+      <c r="S3" s="91" t="s">
+        <v>99</v>
+      </c>
+      <c r="T3" s="91" t="s">
+        <v>235</v>
+      </c>
+      <c r="U3" s="91" t="s">
+        <v>101</v>
+      </c>
+      <c r="V3" s="91" t="s">
+        <v>237</v>
+      </c>
+      <c r="W3" s="91" t="s">
+        <v>94</v>
+      </c>
+      <c r="X3" s="91" t="s">
+        <v>124</v>
+      </c>
+      <c r="Y3" s="91" t="s">
+        <v>239</v>
+      </c>
+      <c r="Z3" s="91" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA3" s="91" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB3" s="91" t="s">
+        <v>241</v>
+      </c>
+      <c r="AC3" s="91" t="s">
+        <v>243</v>
+      </c>
+      <c r="AD3" s="91" t="s">
+        <v>245</v>
+      </c>
+      <c r="AE3" s="91" t="s">
+        <v>247</v>
+      </c>
+      <c r="AF3" s="91" t="s">
+        <v>249</v>
+      </c>
+      <c r="AG3" s="91" t="s">
+        <v>108</v>
+      </c>
+      <c r="AH3" s="91" t="s">
+        <v>251</v>
+      </c>
+      <c r="AI3" s="91" t="s">
+        <v>253</v>
+      </c>
+      <c r="AJ3" s="91" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK3" s="91" t="s">
+        <v>103</v>
+      </c>
+      <c r="AL3" s="91" t="s">
+        <v>255</v>
+      </c>
+      <c r="AM3" s="91" t="s">
+        <v>257</v>
+      </c>
+      <c r="AN3" s="91" t="s">
+        <v>110</v>
+      </c>
+      <c r="AO3" s="91" t="s">
+        <v>259</v>
+      </c>
+      <c r="AP3" s="91" t="s">
+        <v>261</v>
+      </c>
+      <c r="AQ3" s="91" t="s">
+        <v>263</v>
+      </c>
+      <c r="AR3" s="91" t="s">
+        <v>265</v>
+      </c>
+      <c r="AS3" s="91" t="s">
+        <v>267</v>
+      </c>
+      <c r="AT3" s="91" t="s">
+        <v>122</v>
+      </c>
+      <c r="AU3" s="91" t="s">
+        <v>269</v>
+      </c>
+      <c r="AV3" s="91" t="s">
+        <v>112</v>
+      </c>
+      <c r="AW3" s="91" t="s">
+        <v>126</v>
+      </c>
+      <c r="AX3" s="91" t="s">
+        <v>271</v>
+      </c>
+      <c r="AY3" s="91" t="s">
+        <v>273</v>
+      </c>
+      <c r="AZ3" s="91" t="s">
+        <v>275</v>
+      </c>
+      <c r="BA3" s="91" t="s">
+        <v>277</v>
+      </c>
+      <c r="BB3" s="95" t="s">
         <v>106</v>
       </c>
-      <c r="W3" s="93" t="s">
-[...126 lines deleted...]
-        <v>153</v>
+      <c r="BC3" s="91" t="s">
+        <v>279</v>
+      </c>
+      <c r="BD3" s="91" t="s">
+        <v>283</v>
+      </c>
+      <c r="BE3" s="91" t="s">
+        <v>287</v>
+      </c>
+      <c r="BF3" s="91" t="s">
+        <v>128</v>
+      </c>
+      <c r="BG3" s="91" t="s">
+        <v>150</v>
+      </c>
+      <c r="BH3" s="91" t="s">
+        <v>148</v>
+      </c>
+      <c r="BI3" s="91" t="s">
+        <v>291</v>
+      </c>
+      <c r="BJ3" s="91" t="s">
+        <v>293</v>
+      </c>
+      <c r="BK3" s="91" t="s">
+        <v>295</v>
+      </c>
+      <c r="BL3" s="91" t="s">
+        <v>297</v>
+      </c>
+      <c r="BM3" s="91" t="s">
+        <v>140</v>
       </c>
       <c r="BN3" s="95" t="s">
-        <v>151</v>
-[...35 lines deleted...]
-        <v>318</v>
+        <v>152</v>
+      </c>
+      <c r="BO3" s="91" t="s">
+        <v>134</v>
+      </c>
+      <c r="BP3" s="91" t="s">
+        <v>138</v>
+      </c>
+      <c r="BQ3" s="91" t="s">
+        <v>142</v>
+      </c>
+      <c r="BR3" s="91" t="s">
+        <v>301</v>
+      </c>
+      <c r="BS3" s="91" t="s">
+        <v>146</v>
+      </c>
+      <c r="BT3" s="91" t="s">
+        <v>305</v>
+      </c>
+      <c r="BU3" s="91" t="s">
+        <v>307</v>
+      </c>
+      <c r="BV3" s="91" t="s">
+        <v>309</v>
+      </c>
+      <c r="BW3" s="91" t="s">
+        <v>313</v>
+      </c>
+      <c r="BX3" s="91" t="s">
+        <v>136</v>
+      </c>
+      <c r="BY3" s="91" t="s">
+        <v>119</v>
+      </c>
+      <c r="BZ3" s="93" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="4" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B4" s="92"/>
-[...75 lines deleted...]
-      <c r="BZ4" s="97"/>
+      <c r="B4" s="97"/>
+      <c r="C4" s="92"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="92"/>
+      <c r="F4" s="92"/>
+      <c r="G4" s="92"/>
+      <c r="H4" s="92"/>
+      <c r="I4" s="92"/>
+      <c r="J4" s="92"/>
+      <c r="K4" s="92"/>
+      <c r="L4" s="92"/>
+      <c r="M4" s="92"/>
+      <c r="N4" s="92"/>
+      <c r="O4" s="92"/>
+      <c r="P4" s="92"/>
+      <c r="Q4" s="92"/>
+      <c r="R4" s="92"/>
+      <c r="S4" s="92"/>
+      <c r="T4" s="92"/>
+      <c r="U4" s="92"/>
+      <c r="V4" s="92"/>
+      <c r="W4" s="92"/>
+      <c r="X4" s="92"/>
+      <c r="Y4" s="92"/>
+      <c r="Z4" s="92"/>
+      <c r="AA4" s="92"/>
+      <c r="AB4" s="92"/>
+      <c r="AC4" s="92"/>
+      <c r="AD4" s="92"/>
+      <c r="AE4" s="92"/>
+      <c r="AF4" s="92"/>
+      <c r="AG4" s="92"/>
+      <c r="AH4" s="92"/>
+      <c r="AI4" s="92"/>
+      <c r="AJ4" s="92"/>
+      <c r="AK4" s="92"/>
+      <c r="AL4" s="92"/>
+      <c r="AM4" s="92"/>
+      <c r="AN4" s="92"/>
+      <c r="AO4" s="92"/>
+      <c r="AP4" s="92"/>
+      <c r="AQ4" s="92"/>
+      <c r="AR4" s="92"/>
+      <c r="AS4" s="92"/>
+      <c r="AT4" s="92"/>
+      <c r="AU4" s="92"/>
+      <c r="AV4" s="92"/>
+      <c r="AW4" s="92"/>
+      <c r="AX4" s="92"/>
+      <c r="AY4" s="92"/>
+      <c r="AZ4" s="92"/>
+      <c r="BA4" s="92"/>
+      <c r="BB4" s="92"/>
+      <c r="BC4" s="92"/>
+      <c r="BD4" s="92"/>
+      <c r="BE4" s="92"/>
+      <c r="BF4" s="92"/>
+      <c r="BG4" s="92"/>
+      <c r="BH4" s="92"/>
+      <c r="BI4" s="92"/>
+      <c r="BJ4" s="92"/>
+      <c r="BK4" s="92"/>
+      <c r="BL4" s="92"/>
+      <c r="BM4" s="92"/>
+      <c r="BN4" s="92"/>
+      <c r="BO4" s="92"/>
+      <c r="BP4" s="92"/>
+      <c r="BQ4" s="92"/>
+      <c r="BR4" s="92"/>
+      <c r="BS4" s="92"/>
+      <c r="BT4" s="92"/>
+      <c r="BU4" s="92"/>
+      <c r="BV4" s="92"/>
+      <c r="BW4" s="92"/>
+      <c r="BX4" s="92"/>
+      <c r="BY4" s="92"/>
+      <c r="BZ4" s="94"/>
     </row>
     <row r="5" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B5" s="92"/>
-[...75 lines deleted...]
-      <c r="BZ5" s="97"/>
+      <c r="B5" s="97"/>
+      <c r="C5" s="92"/>
+      <c r="D5" s="92"/>
+      <c r="E5" s="92"/>
+      <c r="F5" s="92"/>
+      <c r="G5" s="92"/>
+      <c r="H5" s="92"/>
+      <c r="I5" s="92"/>
+      <c r="J5" s="92"/>
+      <c r="K5" s="92"/>
+      <c r="L5" s="92"/>
+      <c r="M5" s="92"/>
+      <c r="N5" s="92"/>
+      <c r="O5" s="92"/>
+      <c r="P5" s="92"/>
+      <c r="Q5" s="92"/>
+      <c r="R5" s="92"/>
+      <c r="S5" s="92"/>
+      <c r="T5" s="92"/>
+      <c r="U5" s="92"/>
+      <c r="V5" s="92"/>
+      <c r="W5" s="92"/>
+      <c r="X5" s="92"/>
+      <c r="Y5" s="92"/>
+      <c r="Z5" s="92"/>
+      <c r="AA5" s="92"/>
+      <c r="AB5" s="92"/>
+      <c r="AC5" s="92"/>
+      <c r="AD5" s="92"/>
+      <c r="AE5" s="92"/>
+      <c r="AF5" s="92"/>
+      <c r="AG5" s="92"/>
+      <c r="AH5" s="92"/>
+      <c r="AI5" s="92"/>
+      <c r="AJ5" s="92"/>
+      <c r="AK5" s="92"/>
+      <c r="AL5" s="92"/>
+      <c r="AM5" s="92"/>
+      <c r="AN5" s="92"/>
+      <c r="AO5" s="92"/>
+      <c r="AP5" s="92"/>
+      <c r="AQ5" s="92"/>
+      <c r="AR5" s="92"/>
+      <c r="AS5" s="92"/>
+      <c r="AT5" s="92"/>
+      <c r="AU5" s="92"/>
+      <c r="AV5" s="92"/>
+      <c r="AW5" s="92"/>
+      <c r="AX5" s="92"/>
+      <c r="AY5" s="92"/>
+      <c r="AZ5" s="92"/>
+      <c r="BA5" s="92"/>
+      <c r="BB5" s="92"/>
+      <c r="BC5" s="92"/>
+      <c r="BD5" s="92"/>
+      <c r="BE5" s="92"/>
+      <c r="BF5" s="92"/>
+      <c r="BG5" s="92"/>
+      <c r="BH5" s="92"/>
+      <c r="BI5" s="92"/>
+      <c r="BJ5" s="92"/>
+      <c r="BK5" s="92"/>
+      <c r="BL5" s="92"/>
+      <c r="BM5" s="92"/>
+      <c r="BN5" s="92"/>
+      <c r="BO5" s="92"/>
+      <c r="BP5" s="92"/>
+      <c r="BQ5" s="92"/>
+      <c r="BR5" s="92"/>
+      <c r="BS5" s="92"/>
+      <c r="BT5" s="92"/>
+      <c r="BU5" s="92"/>
+      <c r="BV5" s="92"/>
+      <c r="BW5" s="92"/>
+      <c r="BX5" s="92"/>
+      <c r="BY5" s="92"/>
+      <c r="BZ5" s="94"/>
     </row>
     <row r="6" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B6" s="72" t="s">
-[...35 lines deleted...]
-      <c r="N6" s="73">
+      <c r="B6" s="79" t="s">
+        <v>323</v>
+      </c>
+      <c r="C6" s="80">
+        <v>10521</v>
+      </c>
+      <c r="D6" s="80">
+        <v>9686</v>
+      </c>
+      <c r="E6" s="80">
+        <v>835</v>
+      </c>
+      <c r="F6" s="80">
+        <v>1450</v>
+      </c>
+      <c r="G6" s="80">
+        <v>102</v>
+      </c>
+      <c r="H6" s="80">
+        <v>230</v>
+      </c>
+      <c r="I6" s="80">
+        <v>105</v>
+      </c>
+      <c r="J6" s="80">
+        <v>158</v>
+      </c>
+      <c r="K6" s="80">
+        <v>102</v>
+      </c>
+      <c r="L6" s="80">
+        <v>109</v>
+      </c>
+      <c r="M6" s="80">
+        <v>121</v>
+      </c>
+      <c r="N6" s="80">
+        <v>224</v>
+      </c>
+      <c r="O6" s="80">
+        <v>166</v>
+      </c>
+      <c r="P6" s="80">
+        <v>133</v>
+      </c>
+      <c r="Q6" s="80">
+        <v>501</v>
+      </c>
+      <c r="R6" s="80">
+        <v>236</v>
+      </c>
+      <c r="S6" s="80">
+        <v>857</v>
+      </c>
+      <c r="T6" s="80">
+        <v>94</v>
+      </c>
+      <c r="U6" s="80">
+        <v>61</v>
+      </c>
+      <c r="V6" s="80">
+        <v>370</v>
+      </c>
+      <c r="W6" s="80">
+        <v>82</v>
+      </c>
+      <c r="X6" s="80">
+        <v>150</v>
+      </c>
+      <c r="Y6" s="80">
+        <v>80</v>
+      </c>
+      <c r="Z6" s="80">
+        <v>170</v>
+      </c>
+      <c r="AA6" s="80">
+        <v>315</v>
+      </c>
+      <c r="AB6" s="80">
+        <v>212</v>
+      </c>
+      <c r="AC6" s="80">
+        <v>64</v>
+      </c>
+      <c r="AD6" s="80">
+        <v>168</v>
+      </c>
+      <c r="AE6" s="80">
+        <v>176</v>
+      </c>
+      <c r="AF6" s="80">
+        <v>375</v>
+      </c>
+      <c r="AG6" s="80">
+        <v>412</v>
+      </c>
+      <c r="AH6" s="80">
+        <v>402</v>
+      </c>
+      <c r="AI6" s="80">
+        <v>283</v>
+      </c>
+      <c r="AJ6" s="80">
+        <v>325</v>
+      </c>
+      <c r="AK6" s="80">
+        <v>157</v>
+      </c>
+      <c r="AL6" s="80">
+        <v>285</v>
+      </c>
+      <c r="AM6" s="80">
+        <v>177</v>
+      </c>
+      <c r="AN6" s="80">
+        <v>122</v>
+      </c>
+      <c r="AO6" s="80">
+        <v>207</v>
+      </c>
+      <c r="AP6" s="80">
+        <v>112</v>
+      </c>
+      <c r="AQ6" s="80">
         <v>208</v>
       </c>
-      <c r="O6" s="73">
-[...14 lines deleted...]
-      <c r="T6" s="73">
+      <c r="AR6" s="80">
         <v>97</v>
       </c>
-      <c r="U6" s="73">
+      <c r="AS6" s="80">
+        <v>123</v>
+      </c>
+      <c r="AT6" s="80">
+        <v>234</v>
+      </c>
+      <c r="AU6" s="80">
+        <v>137</v>
+      </c>
+      <c r="AV6" s="80">
+        <v>97</v>
+      </c>
+      <c r="AW6" s="80">
+        <v>221</v>
+      </c>
+      <c r="AX6" s="80">
+        <v>58</v>
+      </c>
+      <c r="AY6" s="80">
+        <v>204</v>
+      </c>
+      <c r="AZ6" s="80">
+        <v>85</v>
+      </c>
+      <c r="BA6" s="80">
+        <v>102</v>
+      </c>
+      <c r="BB6" s="80">
+        <v>179</v>
+      </c>
+      <c r="BC6" s="80">
+        <v>98</v>
+      </c>
+      <c r="BD6" s="80">
+        <v>102</v>
+      </c>
+      <c r="BE6" s="80">
+        <v>82</v>
+      </c>
+      <c r="BF6" s="80">
+        <v>61</v>
+      </c>
+      <c r="BG6" s="80">
+        <v>22</v>
+      </c>
+      <c r="BH6" s="80">
+        <v>41</v>
+      </c>
+      <c r="BI6" s="80">
+        <v>31</v>
+      </c>
+      <c r="BJ6" s="80">
+        <v>32</v>
+      </c>
+      <c r="BK6" s="80">
+        <v>35</v>
+      </c>
+      <c r="BL6" s="80">
+        <v>22</v>
+      </c>
+      <c r="BM6" s="80">
+        <v>25</v>
+      </c>
+      <c r="BN6" s="80">
+        <v>18</v>
+      </c>
+      <c r="BO6" s="80">
+        <v>12</v>
+      </c>
+      <c r="BP6" s="80">
+        <v>25</v>
+      </c>
+      <c r="BQ6" s="80">
+        <v>12</v>
+      </c>
+      <c r="BR6" s="80">
+        <v>4</v>
+      </c>
+      <c r="BS6" s="80">
+        <v>3</v>
+      </c>
+      <c r="BT6" s="80">
+        <v>13</v>
+      </c>
+      <c r="BU6" s="80">
+        <v>23</v>
+      </c>
+      <c r="BV6" s="80">
+        <v>51</v>
+      </c>
+      <c r="BW6" s="80">
         <v>56</v>
       </c>
-      <c r="V6" s="73">
-[...168 lines deleted...]
-        <v>47</v>
+      <c r="BX6" s="80">
+        <v>66</v>
+      </c>
+      <c r="BY6" s="80">
+        <v>61</v>
+      </c>
+      <c r="BZ6" s="81">
+        <v>38</v>
       </c>
     </row>
     <row r="7" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B7" s="72" t="s">
-[...14 lines deleted...]
-      <c r="G7" s="73">
+      <c r="B7" s="79" t="s">
+        <v>207</v>
+      </c>
+      <c r="C7" s="80">
+        <v>9734</v>
+      </c>
+      <c r="D7" s="80">
+        <v>9035</v>
+      </c>
+      <c r="E7" s="80">
+        <v>699</v>
+      </c>
+      <c r="F7" s="80">
+        <v>1383</v>
+      </c>
+      <c r="G7" s="80">
         <v>94</v>
       </c>
-      <c r="H7" s="73">
-[...5 lines deleted...]
-      <c r="J7" s="73">
+      <c r="H7" s="80">
+        <v>215</v>
+      </c>
+      <c r="I7" s="80">
+        <v>100</v>
+      </c>
+      <c r="J7" s="80">
+        <v>145</v>
+      </c>
+      <c r="K7" s="80">
+        <v>99</v>
+      </c>
+      <c r="L7" s="80">
         <v>102</v>
       </c>
-      <c r="K7" s="73">
-[...29 lines deleted...]
-      <c r="U7" s="73">
+      <c r="M7" s="80">
+        <v>118</v>
+      </c>
+      <c r="N7" s="80">
+        <v>221</v>
+      </c>
+      <c r="O7" s="80">
+        <v>162</v>
+      </c>
+      <c r="P7" s="80">
+        <v>127</v>
+      </c>
+      <c r="Q7" s="80">
+        <v>446</v>
+      </c>
+      <c r="R7" s="80">
+        <v>224</v>
+      </c>
+      <c r="S7" s="80">
+        <v>841</v>
+      </c>
+      <c r="T7" s="80">
+        <v>89</v>
+      </c>
+      <c r="U7" s="80">
+        <v>30</v>
+      </c>
+      <c r="V7" s="80">
+        <v>362</v>
+      </c>
+      <c r="W7" s="80">
+        <v>80</v>
+      </c>
+      <c r="X7" s="80">
+        <v>146</v>
+      </c>
+      <c r="Y7" s="80">
+        <v>53</v>
+      </c>
+      <c r="Z7" s="80">
+        <v>123</v>
+      </c>
+      <c r="AA7" s="80">
+        <v>284</v>
+      </c>
+      <c r="AB7" s="80">
+        <v>205</v>
+      </c>
+      <c r="AC7" s="80">
+        <v>58</v>
+      </c>
+      <c r="AD7" s="80">
+        <v>155</v>
+      </c>
+      <c r="AE7" s="80">
+        <v>145</v>
+      </c>
+      <c r="AF7" s="80">
+        <v>348</v>
+      </c>
+      <c r="AG7" s="80">
+        <v>401</v>
+      </c>
+      <c r="AH7" s="80">
+        <v>356</v>
+      </c>
+      <c r="AI7" s="80">
+        <v>283</v>
+      </c>
+      <c r="AJ7" s="80">
+        <v>320</v>
+      </c>
+      <c r="AK7" s="80">
+        <v>152</v>
+      </c>
+      <c r="AL7" s="80">
+        <v>275</v>
+      </c>
+      <c r="AM7" s="80">
+        <v>168</v>
+      </c>
+      <c r="AN7" s="80">
+        <v>113</v>
+      </c>
+      <c r="AO7" s="80">
+        <v>204</v>
+      </c>
+      <c r="AP7" s="80">
+        <v>101</v>
+      </c>
+      <c r="AQ7" s="80">
+        <v>194</v>
+      </c>
+      <c r="AR7" s="80">
+        <v>93</v>
+      </c>
+      <c r="AS7" s="80">
+        <v>121</v>
+      </c>
+      <c r="AT7" s="80">
+        <v>206</v>
+      </c>
+      <c r="AU7" s="80">
+        <v>132</v>
+      </c>
+      <c r="AV7" s="80">
+        <v>88</v>
+      </c>
+      <c r="AW7" s="80">
+        <v>201</v>
+      </c>
+      <c r="AX7" s="80">
+        <v>47</v>
+      </c>
+      <c r="AY7" s="80">
+        <v>183</v>
+      </c>
+      <c r="AZ7" s="80">
+        <v>79</v>
+      </c>
+      <c r="BA7" s="80">
+        <v>91</v>
+      </c>
+      <c r="BB7" s="80">
+        <v>166</v>
+      </c>
+      <c r="BC7" s="80">
+        <v>89</v>
+      </c>
+      <c r="BD7" s="80">
+        <v>102</v>
+      </c>
+      <c r="BE7" s="80">
+        <v>80</v>
+      </c>
+      <c r="BF7" s="80">
+        <v>55</v>
+      </c>
+      <c r="BG7" s="80">
+        <v>11</v>
+      </c>
+      <c r="BH7" s="80">
+        <v>33</v>
+      </c>
+      <c r="BI7" s="80">
+        <v>21</v>
+      </c>
+      <c r="BJ7" s="80">
+        <v>28</v>
+      </c>
+      <c r="BK7" s="80">
+        <v>31</v>
+      </c>
+      <c r="BL7" s="80">
+        <v>19</v>
+      </c>
+      <c r="BM7" s="80">
+        <v>15</v>
+      </c>
+      <c r="BN7" s="80">
+        <v>10</v>
+      </c>
+      <c r="BO7" s="80">
+        <v>11</v>
+      </c>
+      <c r="BP7" s="80">
+        <v>17</v>
+      </c>
+      <c r="BQ7" s="80">
+        <v>5</v>
+      </c>
+      <c r="BR7" s="80">
+        <v>4</v>
+      </c>
+      <c r="BS7" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT7" s="80">
+        <v>12</v>
+      </c>
+      <c r="BU7" s="80">
+        <v>16</v>
+      </c>
+      <c r="BV7" s="80">
         <v>37</v>
       </c>
-      <c r="V7" s="73">
-[...8 lines deleted...]
-      <c r="Y7" s="73">
+      <c r="BW7" s="80">
+        <v>43</v>
+      </c>
+      <c r="BX7" s="80">
         <v>59</v>
       </c>
-      <c r="Z7" s="73">
-[...77 lines deleted...]
-      <c r="AZ7" s="73">
+      <c r="BY7" s="80">
         <v>55</v>
       </c>
-      <c r="BA7" s="73">
-[...11 lines deleted...]
-      <c r="BE7" s="73">
+      <c r="BZ7" s="81">
         <v>35</v>
-      </c>
-[...61 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B8" s="72" t="s">
-[...11 lines deleted...]
-      <c r="F8" s="73">
+      <c r="B8" s="79" t="s">
+        <v>209</v>
+      </c>
+      <c r="C8" s="80">
+        <v>787</v>
+      </c>
+      <c r="D8" s="80">
+        <v>651</v>
+      </c>
+      <c r="E8" s="80">
+        <v>136</v>
+      </c>
+      <c r="F8" s="80">
         <v>67</v>
       </c>
-      <c r="G8" s="73">
+      <c r="G8" s="80">
+        <v>8</v>
+      </c>
+      <c r="H8" s="80">
+        <v>15</v>
+      </c>
+      <c r="I8" s="80">
+        <v>5</v>
+      </c>
+      <c r="J8" s="80">
+        <v>13</v>
+      </c>
+      <c r="K8" s="80">
+        <v>3</v>
+      </c>
+      <c r="L8" s="80">
+        <v>7</v>
+      </c>
+      <c r="M8" s="80">
+        <v>3</v>
+      </c>
+      <c r="N8" s="80">
+        <v>3</v>
+      </c>
+      <c r="O8" s="80">
+        <v>4</v>
+      </c>
+      <c r="P8" s="80">
+        <v>6</v>
+      </c>
+      <c r="Q8" s="80">
+        <v>55</v>
+      </c>
+      <c r="R8" s="80">
+        <v>12</v>
+      </c>
+      <c r="S8" s="80">
+        <v>16</v>
+      </c>
+      <c r="T8" s="80">
+        <v>5</v>
+      </c>
+      <c r="U8" s="80">
+        <v>31</v>
+      </c>
+      <c r="V8" s="80">
+        <v>8</v>
+      </c>
+      <c r="W8" s="80">
+        <v>2</v>
+      </c>
+      <c r="X8" s="80">
+        <v>4</v>
+      </c>
+      <c r="Y8" s="80">
+        <v>27</v>
+      </c>
+      <c r="Z8" s="80">
+        <v>47</v>
+      </c>
+      <c r="AA8" s="80">
+        <v>31</v>
+      </c>
+      <c r="AB8" s="80">
+        <v>7</v>
+      </c>
+      <c r="AC8" s="80">
+        <v>6</v>
+      </c>
+      <c r="AD8" s="80">
+        <v>13</v>
+      </c>
+      <c r="AE8" s="80">
+        <v>31</v>
+      </c>
+      <c r="AF8" s="80">
+        <v>27</v>
+      </c>
+      <c r="AG8" s="80">
+        <v>11</v>
+      </c>
+      <c r="AH8" s="80">
+        <v>46</v>
+      </c>
+      <c r="AI8" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ8" s="80">
+        <v>5</v>
+      </c>
+      <c r="AK8" s="80">
+        <v>5</v>
+      </c>
+      <c r="AL8" s="80">
         <v>10</v>
       </c>
-      <c r="H8" s="73">
+      <c r="AM8" s="80">
+        <v>9</v>
+      </c>
+      <c r="AN8" s="80">
+        <v>9</v>
+      </c>
+      <c r="AO8" s="80">
+        <v>3</v>
+      </c>
+      <c r="AP8" s="80">
+        <v>11</v>
+      </c>
+      <c r="AQ8" s="80">
+        <v>14</v>
+      </c>
+      <c r="AR8" s="80">
+        <v>4</v>
+      </c>
+      <c r="AS8" s="80">
+        <v>2</v>
+      </c>
+      <c r="AT8" s="80">
+        <v>28</v>
+      </c>
+      <c r="AU8" s="80">
+        <v>5</v>
+      </c>
+      <c r="AV8" s="80">
+        <v>9</v>
+      </c>
+      <c r="AW8" s="80">
+        <v>20</v>
+      </c>
+      <c r="AX8" s="80">
+        <v>11</v>
+      </c>
+      <c r="AY8" s="80">
+        <v>21</v>
+      </c>
+      <c r="AZ8" s="80">
+        <v>6</v>
+      </c>
+      <c r="BA8" s="80">
+        <v>11</v>
+      </c>
+      <c r="BB8" s="80">
         <v>13</v>
       </c>
-      <c r="I8" s="73">
+      <c r="BC8" s="80">
+        <v>9</v>
+      </c>
+      <c r="BD8" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE8" s="80">
+        <v>2</v>
+      </c>
+      <c r="BF8" s="80">
+        <v>6</v>
+      </c>
+      <c r="BG8" s="80">
+        <v>11</v>
+      </c>
+      <c r="BH8" s="80">
+        <v>8</v>
+      </c>
+      <c r="BI8" s="80">
+        <v>10</v>
+      </c>
+      <c r="BJ8" s="80">
+        <v>4</v>
+      </c>
+      <c r="BK8" s="80">
+        <v>4</v>
+      </c>
+      <c r="BL8" s="80">
         <v>3</v>
       </c>
-      <c r="J8" s="73">
+      <c r="BM8" s="80">
+        <v>10</v>
+      </c>
+      <c r="BN8" s="80">
+        <v>8</v>
+      </c>
+      <c r="BO8" s="80">
+        <v>1</v>
+      </c>
+      <c r="BP8" s="80">
+        <v>8</v>
+      </c>
+      <c r="BQ8" s="80">
+        <v>7</v>
+      </c>
+      <c r="BR8" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS8" s="80">
+        <v>3</v>
+      </c>
+      <c r="BT8" s="80">
+        <v>1</v>
+      </c>
+      <c r="BU8" s="80">
+        <v>7</v>
+      </c>
+      <c r="BV8" s="80">
+        <v>14</v>
+      </c>
+      <c r="BW8" s="80">
         <v>13</v>
       </c>
-      <c r="K8" s="73">
-[...2 lines deleted...]
-      <c r="L8" s="73">
+      <c r="BX8" s="80">
+        <v>7</v>
+      </c>
+      <c r="BY8" s="80">
+        <v>6</v>
+      </c>
+      <c r="BZ8" s="81">
         <v>3</v>
-      </c>
-[...196 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="9" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B9" s="75" t="s">
-[...11 lines deleted...]
-      <c r="F9" s="76" t="s">
+      <c r="B9" s="82" t="s">
+        <v>92</v>
+      </c>
+      <c r="C9" s="80">
+        <v>1595</v>
+      </c>
+      <c r="D9" s="80">
+        <v>1512</v>
+      </c>
+      <c r="E9" s="80">
+        <v>83</v>
+      </c>
+      <c r="F9" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="G9" s="73">
-[...8 lines deleted...]
-      <c r="J9" s="73">
+      <c r="G9" s="80">
+        <v>78</v>
+      </c>
+      <c r="H9" s="80">
+        <v>142</v>
+      </c>
+      <c r="I9" s="80">
+        <v>208</v>
+      </c>
+      <c r="J9" s="80">
+        <v>139</v>
+      </c>
+      <c r="K9" s="80">
+        <v>167</v>
+      </c>
+      <c r="L9" s="80">
+        <v>140</v>
+      </c>
+      <c r="M9" s="80">
+        <v>261</v>
+      </c>
+      <c r="N9" s="80">
+        <v>234</v>
+      </c>
+      <c r="O9" s="80">
+        <v>141</v>
+      </c>
+      <c r="P9" s="80">
+        <v>73</v>
+      </c>
+      <c r="Q9" s="80">
+        <v>67</v>
+      </c>
+      <c r="R9" s="80">
+        <v>36</v>
+      </c>
+      <c r="S9" s="80">
+        <v>339</v>
+      </c>
+      <c r="T9" s="80">
+        <v>5</v>
+      </c>
+      <c r="U9" s="80">
+        <v>5</v>
+      </c>
+      <c r="V9" s="80">
+        <v>37</v>
+      </c>
+      <c r="W9" s="80">
+        <v>9</v>
+      </c>
+      <c r="X9" s="80">
+        <v>23</v>
+      </c>
+      <c r="Y9" s="80">
+        <v>11</v>
+      </c>
+      <c r="Z9" s="80">
+        <v>8</v>
+      </c>
+      <c r="AA9" s="80">
+        <v>91</v>
+      </c>
+      <c r="AB9" s="80">
+        <v>16</v>
+      </c>
+      <c r="AC9" s="80">
+        <v>12</v>
+      </c>
+      <c r="AD9" s="80">
+        <v>28</v>
+      </c>
+      <c r="AE9" s="80">
+        <v>16</v>
+      </c>
+      <c r="AF9" s="80">
+        <v>149</v>
+      </c>
+      <c r="AG9" s="80">
+        <v>50</v>
+      </c>
+      <c r="AH9" s="80">
+        <v>69</v>
+      </c>
+      <c r="AI9" s="80">
+        <v>65</v>
+      </c>
+      <c r="AJ9" s="80">
         <v>124</v>
       </c>
-      <c r="K9" s="73">
-[...26 lines deleted...]
-      <c r="T9" s="73">
+      <c r="AK9" s="80">
+        <v>5</v>
+      </c>
+      <c r="AL9" s="80">
+        <v>36</v>
+      </c>
+      <c r="AM9" s="80">
+        <v>24</v>
+      </c>
+      <c r="AN9" s="80">
+        <v>11</v>
+      </c>
+      <c r="AO9" s="80">
+        <v>27</v>
+      </c>
+      <c r="AP9" s="80">
+        <v>23</v>
+      </c>
+      <c r="AQ9" s="80">
+        <v>47</v>
+      </c>
+      <c r="AR9" s="80">
+        <v>11</v>
+      </c>
+      <c r="AS9" s="80">
+        <v>10</v>
+      </c>
+      <c r="AT9" s="80">
+        <v>19</v>
+      </c>
+      <c r="AU9" s="80">
+        <v>16</v>
+      </c>
+      <c r="AV9" s="80">
+        <v>39</v>
+      </c>
+      <c r="AW9" s="80">
+        <v>6</v>
+      </c>
+      <c r="AX9" s="80">
+        <v>5</v>
+      </c>
+      <c r="AY9" s="80">
+        <v>10</v>
+      </c>
+      <c r="AZ9" s="80">
         <v>7</v>
       </c>
-      <c r="U9" s="73">
+      <c r="BA9" s="80">
+        <v>11</v>
+      </c>
+      <c r="BB9" s="80">
+        <v>14</v>
+      </c>
+      <c r="BC9" s="80">
+        <v>31</v>
+      </c>
+      <c r="BD9" s="80">
+        <v>24</v>
+      </c>
+      <c r="BE9" s="80">
+        <v>8</v>
+      </c>
+      <c r="BF9" s="80">
+        <v>1</v>
+      </c>
+      <c r="BG9" s="80">
+        <v>1</v>
+      </c>
+      <c r="BH9" s="80">
+        <v>1</v>
+      </c>
+      <c r="BI9" s="80">
+        <v>2</v>
+      </c>
+      <c r="BJ9" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK9" s="80">
         <v>4</v>
       </c>
-      <c r="V9" s="73">
-[...2 lines deleted...]
-      <c r="W9" s="73">
+      <c r="BL9" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM9" s="80">
+        <v>1</v>
+      </c>
+      <c r="BN9" s="80">
+        <v>2</v>
+      </c>
+      <c r="BO9" s="80">
+        <v>4</v>
+      </c>
+      <c r="BP9" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ9" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR9" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS9" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT9" s="80">
+        <v>1</v>
+      </c>
+      <c r="BU9" s="80">
+        <v>1</v>
+      </c>
+      <c r="BV9" s="80">
+        <v>2</v>
+      </c>
+      <c r="BW9" s="80">
         <v>3</v>
       </c>
-      <c r="X9" s="73">
-[...2 lines deleted...]
-      <c r="Y9" s="73">
+      <c r="BX9" s="80">
+        <v>13</v>
+      </c>
+      <c r="BY9" s="80">
         <v>9</v>
       </c>
-      <c r="Z9" s="73">
-[...156 lines deleted...]
-        <v>4</v>
+      <c r="BZ9" s="81">
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B10" s="72" t="s">
-[...14 lines deleted...]
-      <c r="G10" s="76" t="s">
+      <c r="B10" s="79" t="s">
+        <v>211</v>
+      </c>
+      <c r="C10" s="80">
+        <v>132</v>
+      </c>
+      <c r="D10" s="80">
+        <v>118</v>
+      </c>
+      <c r="E10" s="80">
+        <v>14</v>
+      </c>
+      <c r="F10" s="80">
+        <v>123</v>
+      </c>
+      <c r="G10" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="H10" s="73">
-[...5 lines deleted...]
-      <c r="J10" s="73">
+      <c r="H10" s="80">
+        <v>30</v>
+      </c>
+      <c r="I10" s="80">
+        <v>23</v>
+      </c>
+      <c r="J10" s="80">
         <v>8</v>
       </c>
-      <c r="K10" s="73">
-[...2 lines deleted...]
-      <c r="L10" s="73">
+      <c r="K10" s="80">
+        <v>15</v>
+      </c>
+      <c r="L10" s="80">
+        <v>16</v>
+      </c>
+      <c r="M10" s="80">
+        <v>7</v>
+      </c>
+      <c r="N10" s="80">
+        <v>8</v>
+      </c>
+      <c r="O10" s="80">
         <v>10</v>
       </c>
-      <c r="M10" s="73">
-[...2 lines deleted...]
-      <c r="N10" s="73">
+      <c r="P10" s="80">
+        <v>6</v>
+      </c>
+      <c r="Q10" s="80">
         <v>12</v>
       </c>
-      <c r="O10" s="73">
-[...32 lines deleted...]
-      <c r="Z10" s="73">
+      <c r="R10" s="80">
+        <v>3</v>
+      </c>
+      <c r="S10" s="80">
+        <v>12</v>
+      </c>
+      <c r="T10" s="80">
+        <v>0</v>
+      </c>
+      <c r="U10" s="80">
+        <v>2</v>
+      </c>
+      <c r="V10" s="80">
+        <v>1</v>
+      </c>
+      <c r="W10" s="80">
+        <v>1</v>
+      </c>
+      <c r="X10" s="80">
+        <v>2</v>
+      </c>
+      <c r="Y10" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z10" s="80">
         <v>4</v>
       </c>
-      <c r="AA10" s="73">
-[...32 lines deleted...]
-      <c r="AL10" s="73">
+      <c r="AA10" s="80">
+        <v>8</v>
+      </c>
+      <c r="AB10" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC10" s="80">
+        <v>2</v>
+      </c>
+      <c r="AD10" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE10" s="80">
+        <v>2</v>
+      </c>
+      <c r="AF10" s="80">
+        <v>16</v>
+      </c>
+      <c r="AG10" s="80">
         <v>3</v>
       </c>
-      <c r="AM10" s="73">
-[...20 lines deleted...]
-      <c r="AT10" s="73">
+      <c r="AH10" s="80">
+        <v>1</v>
+      </c>
+      <c r="AI10" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ10" s="80">
+        <v>11</v>
+      </c>
+      <c r="AK10" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL10" s="80">
         <v>3</v>
       </c>
-      <c r="AU10" s="73">
-[...20 lines deleted...]
-      <c r="BB10" s="73">
+      <c r="AM10" s="80">
         <v>6</v>
       </c>
-      <c r="BC10" s="73">
-[...68 lines deleted...]
-      <c r="BZ10" s="74">
+      <c r="AN10" s="80">
+        <v>3</v>
+      </c>
+      <c r="AO10" s="80">
+        <v>2</v>
+      </c>
+      <c r="AP10" s="80">
+        <v>3</v>
+      </c>
+      <c r="AQ10" s="80">
+        <v>3</v>
+      </c>
+      <c r="AR10" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS10" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT10" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU10" s="80">
+        <v>4</v>
+      </c>
+      <c r="AV10" s="80">
+        <v>3</v>
+      </c>
+      <c r="AW10" s="80">
+        <v>2</v>
+      </c>
+      <c r="AX10" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY10" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ10" s="80">
+        <v>1</v>
+      </c>
+      <c r="BA10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB10" s="80">
+        <v>4</v>
+      </c>
+      <c r="BC10" s="80">
+        <v>1</v>
+      </c>
+      <c r="BD10" s="80">
+        <v>1</v>
+      </c>
+      <c r="BE10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF10" s="80">
+        <v>1</v>
+      </c>
+      <c r="BG10" s="80">
+        <v>1</v>
+      </c>
+      <c r="BH10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI10" s="80">
+        <v>1</v>
+      </c>
+      <c r="BJ10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK10" s="80">
+        <v>3</v>
+      </c>
+      <c r="BL10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT10" s="80">
+        <v>1</v>
+      </c>
+      <c r="BU10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW10" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX10" s="80">
+        <v>3</v>
+      </c>
+      <c r="BY10" s="80">
+        <v>3</v>
+      </c>
+      <c r="BZ10" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B11" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E11" s="73">
+      <c r="B11" s="79" t="s">
+        <v>213</v>
+      </c>
+      <c r="C11" s="80">
+        <v>225</v>
+      </c>
+      <c r="D11" s="80">
+        <v>205</v>
+      </c>
+      <c r="E11" s="80">
+        <v>20</v>
+      </c>
+      <c r="F11" s="80">
+        <v>213</v>
+      </c>
+      <c r="G11" s="80">
+        <v>25</v>
+      </c>
+      <c r="H11" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="I11" s="80">
+        <v>56</v>
+      </c>
+      <c r="J11" s="80">
+        <v>29</v>
+      </c>
+      <c r="K11" s="80">
+        <v>12</v>
+      </c>
+      <c r="L11" s="80">
+        <v>20</v>
+      </c>
+      <c r="M11" s="80">
+        <v>30</v>
+      </c>
+      <c r="N11" s="80">
+        <v>20</v>
+      </c>
+      <c r="O11" s="80">
+        <v>11</v>
+      </c>
+      <c r="P11" s="80">
+        <v>10</v>
+      </c>
+      <c r="Q11" s="80">
+        <v>12</v>
+      </c>
+      <c r="R11" s="80">
+        <v>10</v>
+      </c>
+      <c r="S11" s="80">
+        <v>13</v>
+      </c>
+      <c r="T11" s="80">
+        <v>1</v>
+      </c>
+      <c r="U11" s="80">
+        <v>0</v>
+      </c>
+      <c r="V11" s="80">
         <v>9</v>
       </c>
-      <c r="F11" s="73">
-[...17 lines deleted...]
-      <c r="L11" s="73">
+      <c r="W11" s="80">
+        <v>2</v>
+      </c>
+      <c r="X11" s="80">
+        <v>4</v>
+      </c>
+      <c r="Y11" s="80">
+        <v>2</v>
+      </c>
+      <c r="Z11" s="80">
+        <v>2</v>
+      </c>
+      <c r="AA11" s="80">
+        <v>8</v>
+      </c>
+      <c r="AB11" s="80">
+        <v>3</v>
+      </c>
+      <c r="AC11" s="80">
+        <v>3</v>
+      </c>
+      <c r="AD11" s="80">
+        <v>5</v>
+      </c>
+      <c r="AE11" s="80">
+        <v>5</v>
+      </c>
+      <c r="AF11" s="80">
+        <v>45</v>
+      </c>
+      <c r="AG11" s="80">
+        <v>9</v>
+      </c>
+      <c r="AH11" s="80">
+        <v>7</v>
+      </c>
+      <c r="AI11" s="80">
+        <v>5</v>
+      </c>
+      <c r="AJ11" s="80">
+        <v>3</v>
+      </c>
+      <c r="AK11" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL11" s="80">
+        <v>1</v>
+      </c>
+      <c r="AM11" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN11" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO11" s="80">
+        <v>10</v>
+      </c>
+      <c r="AP11" s="80">
         <v>6</v>
       </c>
-      <c r="M11" s="73">
-[...2 lines deleted...]
-      <c r="N11" s="73">
+      <c r="AQ11" s="80">
+        <v>10</v>
+      </c>
+      <c r="AR11" s="80">
+        <v>4</v>
+      </c>
+      <c r="AS11" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT11" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU11" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV11" s="80">
         <v>5</v>
       </c>
-      <c r="O11" s="73">
+      <c r="AW11" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX11" s="80">
+        <v>1</v>
+      </c>
+      <c r="AY11" s="80">
+        <v>1</v>
+      </c>
+      <c r="AZ11" s="80">
+        <v>2</v>
+      </c>
+      <c r="BA11" s="80">
+        <v>4</v>
+      </c>
+      <c r="BB11" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC11" s="80">
+        <v>9</v>
+      </c>
+      <c r="BD11" s="80">
         <v>10</v>
       </c>
-      <c r="P11" s="73">
-[...17 lines deleted...]
-      <c r="V11" s="73">
+      <c r="BE11" s="80">
         <v>4</v>
       </c>
-      <c r="W11" s="73">
-[...165 lines deleted...]
-        <v>0</v>
+      <c r="BF11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH11" s="80">
+        <v>1</v>
+      </c>
+      <c r="BI11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO11" s="80">
+        <v>1</v>
+      </c>
+      <c r="BP11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU11" s="80">
+        <v>1</v>
+      </c>
+      <c r="BV11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW11" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX11" s="80">
+        <v>1</v>
+      </c>
+      <c r="BY11" s="80">
+        <v>1</v>
+      </c>
+      <c r="BZ11" s="81">
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B12" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E12" s="73">
+      <c r="B12" s="79" t="s">
+        <v>215</v>
+      </c>
+      <c r="C12" s="80">
+        <v>129</v>
+      </c>
+      <c r="D12" s="80">
+        <v>119</v>
+      </c>
+      <c r="E12" s="80">
+        <v>10</v>
+      </c>
+      <c r="F12" s="80">
+        <v>147</v>
+      </c>
+      <c r="G12" s="80">
+        <v>14</v>
+      </c>
+      <c r="H12" s="80">
+        <v>22</v>
+      </c>
+      <c r="I12" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="J12" s="80">
+        <v>22</v>
+      </c>
+      <c r="K12" s="80">
+        <v>29</v>
+      </c>
+      <c r="L12" s="80">
+        <v>8</v>
+      </c>
+      <c r="M12" s="80">
+        <v>30</v>
+      </c>
+      <c r="N12" s="80">
+        <v>12</v>
+      </c>
+      <c r="O12" s="80">
+        <v>5</v>
+      </c>
+      <c r="P12" s="80">
+        <v>5</v>
+      </c>
+      <c r="Q12" s="80">
         <v>6</v>
       </c>
-      <c r="F12" s="73">
-[...11 lines deleted...]
-      <c r="J12" s="73">
+      <c r="R12" s="80">
+        <v>2</v>
+      </c>
+      <c r="S12" s="80">
         <v>22</v>
       </c>
-      <c r="K12" s="73">
-[...14 lines deleted...]
-      <c r="P12" s="73">
+      <c r="T12" s="80">
+        <v>0</v>
+      </c>
+      <c r="U12" s="80">
+        <v>0</v>
+      </c>
+      <c r="V12" s="80">
+        <v>1</v>
+      </c>
+      <c r="W12" s="80">
+        <v>1</v>
+      </c>
+      <c r="X12" s="80">
+        <v>1</v>
+      </c>
+      <c r="Y12" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z12" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA12" s="80">
+        <v>9</v>
+      </c>
+      <c r="AB12" s="80">
+        <v>2</v>
+      </c>
+      <c r="AC12" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD12" s="80">
+        <v>4</v>
+      </c>
+      <c r="AE12" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF12" s="80">
+        <v>25</v>
+      </c>
+      <c r="AG12" s="80">
+        <v>2</v>
+      </c>
+      <c r="AH12" s="80">
         <v>5</v>
       </c>
-      <c r="Q12" s="73">
+      <c r="AI12" s="80">
+        <v>5</v>
+      </c>
+      <c r="AJ12" s="80">
+        <v>5</v>
+      </c>
+      <c r="AK12" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL12" s="80">
+        <v>2</v>
+      </c>
+      <c r="AM12" s="80">
+        <v>1</v>
+      </c>
+      <c r="AN12" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO12" s="80">
+        <v>3</v>
+      </c>
+      <c r="AP12" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ12" s="80">
+        <v>2</v>
+      </c>
+      <c r="AR12" s="80">
         <v>4</v>
       </c>
-      <c r="R12" s="73">
-[...74 lines deleted...]
-      <c r="AQ12" s="73">
+      <c r="AS12" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT12" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU12" s="80">
+        <v>2</v>
+      </c>
+      <c r="AV12" s="80">
         <v>3</v>
       </c>
-      <c r="AR12" s="73">
-[...14 lines deleted...]
-      <c r="AW12" s="73">
+      <c r="AW12" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX12" s="80">
+        <v>1</v>
+      </c>
+      <c r="AY12" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ12" s="80">
+        <v>1</v>
+      </c>
+      <c r="BA12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB12" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC12" s="80">
         <v>3</v>
       </c>
-      <c r="AX12" s="73">
-[...11 lines deleted...]
-      <c r="BB12" s="73">
+      <c r="BD12" s="80">
         <v>3</v>
       </c>
-      <c r="BC12" s="73">
-[...69 lines deleted...]
-        <v>0</v>
+      <c r="BE12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO12" s="80">
+        <v>3</v>
+      </c>
+      <c r="BP12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV12" s="80">
+        <v>1</v>
+      </c>
+      <c r="BW12" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX12" s="80">
+        <v>1</v>
+      </c>
+      <c r="BY12" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ12" s="81">
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B13" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E13" s="73">
+      <c r="B13" s="79" t="s">
+        <v>217</v>
+      </c>
+      <c r="C13" s="80">
+        <v>182</v>
+      </c>
+      <c r="D13" s="80">
+        <v>177</v>
+      </c>
+      <c r="E13" s="80">
+        <v>5</v>
+      </c>
+      <c r="F13" s="80">
+        <v>178</v>
+      </c>
+      <c r="G13" s="80">
         <v>6</v>
       </c>
-      <c r="F13" s="73">
-[...11 lines deleted...]
-      <c r="J13" s="76" t="s">
+      <c r="H13" s="80">
+        <v>32</v>
+      </c>
+      <c r="I13" s="80">
+        <v>39</v>
+      </c>
+      <c r="J13" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="K13" s="73">
+      <c r="K13" s="80">
+        <v>13</v>
+      </c>
+      <c r="L13" s="80">
+        <v>11</v>
+      </c>
+      <c r="M13" s="80">
+        <v>24</v>
+      </c>
+      <c r="N13" s="80">
+        <v>16</v>
+      </c>
+      <c r="O13" s="80">
+        <v>15</v>
+      </c>
+      <c r="P13" s="80">
+        <v>22</v>
+      </c>
+      <c r="Q13" s="80">
+        <v>7</v>
+      </c>
+      <c r="R13" s="80">
+        <v>9</v>
+      </c>
+      <c r="S13" s="80">
+        <v>27</v>
+      </c>
+      <c r="T13" s="80">
+        <v>0</v>
+      </c>
+      <c r="U13" s="80">
+        <v>1</v>
+      </c>
+      <c r="V13" s="80">
+        <v>5</v>
+      </c>
+      <c r="W13" s="80">
+        <v>3</v>
+      </c>
+      <c r="X13" s="80">
+        <v>4</v>
+      </c>
+      <c r="Y13" s="80">
+        <v>2</v>
+      </c>
+      <c r="Z13" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="80">
+        <v>12</v>
+      </c>
+      <c r="AB13" s="80">
+        <v>2</v>
+      </c>
+      <c r="AC13" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD13" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE13" s="80">
+        <v>5</v>
+      </c>
+      <c r="AF13" s="80">
+        <v>26</v>
+      </c>
+      <c r="AG13" s="80">
+        <v>5</v>
+      </c>
+      <c r="AH13" s="80">
+        <v>3</v>
+      </c>
+      <c r="AI13" s="80">
+        <v>4</v>
+      </c>
+      <c r="AJ13" s="80">
+        <v>9</v>
+      </c>
+      <c r="AK13" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL13" s="80">
+        <v>4</v>
+      </c>
+      <c r="AM13" s="80">
+        <v>2</v>
+      </c>
+      <c r="AN13" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO13" s="80">
+        <v>1</v>
+      </c>
+      <c r="AP13" s="80">
+        <v>5</v>
+      </c>
+      <c r="AQ13" s="80">
+        <v>11</v>
+      </c>
+      <c r="AR13" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS13" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT13" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU13" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV13" s="80">
         <v>10</v>
       </c>
-      <c r="L13" s="73">
+      <c r="AW13" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX13" s="80">
+        <v>2</v>
+      </c>
+      <c r="AY13" s="80">
+        <v>4</v>
+      </c>
+      <c r="AZ13" s="80">
+        <v>1</v>
+      </c>
+      <c r="BA13" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB13" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC13" s="80">
         <v>5</v>
       </c>
-      <c r="M13" s="73">
-[...195 lines deleted...]
-        <v>0</v>
+      <c r="BD13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV13" s="80">
+        <v>1</v>
+      </c>
+      <c r="BW13" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX13" s="80">
+        <v>2</v>
+      </c>
+      <c r="BY13" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ13" s="81">
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B14" s="72" t="s">
-[...14 lines deleted...]
-      <c r="G14" s="73">
+      <c r="B14" s="79" t="s">
+        <v>219</v>
+      </c>
+      <c r="C14" s="80">
+        <v>95</v>
+      </c>
+      <c r="D14" s="80">
+        <v>88</v>
+      </c>
+      <c r="E14" s="80">
         <v>7</v>
       </c>
-      <c r="H14" s="73">
+      <c r="F14" s="80">
+        <v>128</v>
+      </c>
+      <c r="G14" s="80">
+        <v>7</v>
+      </c>
+      <c r="H14" s="80">
+        <v>9</v>
+      </c>
+      <c r="I14" s="80">
+        <v>24</v>
+      </c>
+      <c r="J14" s="80">
+        <v>9</v>
+      </c>
+      <c r="K14" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="L14" s="80">
+        <v>20</v>
+      </c>
+      <c r="M14" s="80">
+        <v>30</v>
+      </c>
+      <c r="N14" s="80">
+        <v>19</v>
+      </c>
+      <c r="O14" s="80">
+        <v>9</v>
+      </c>
+      <c r="P14" s="80">
+        <v>1</v>
+      </c>
+      <c r="Q14" s="80">
+        <v>5</v>
+      </c>
+      <c r="R14" s="80">
+        <v>2</v>
+      </c>
+      <c r="S14" s="80">
         <v>12</v>
       </c>
-      <c r="I14" s="73">
-[...17 lines deleted...]
-      <c r="O14" s="73">
+      <c r="T14" s="80">
+        <v>1</v>
+      </c>
+      <c r="U14" s="80">
+        <v>0</v>
+      </c>
+      <c r="V14" s="80">
+        <v>1</v>
+      </c>
+      <c r="W14" s="80">
+        <v>0</v>
+      </c>
+      <c r="X14" s="80">
+        <v>3</v>
+      </c>
+      <c r="Y14" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z14" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA14" s="80">
+        <v>3</v>
+      </c>
+      <c r="AB14" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC14" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD14" s="80">
+        <v>3</v>
+      </c>
+      <c r="AE14" s="80">
+        <v>3</v>
+      </c>
+      <c r="AF14" s="80">
+        <v>5</v>
+      </c>
+      <c r="AG14" s="80">
         <v>4</v>
       </c>
-      <c r="P14" s="73">
-[...5 lines deleted...]
-      <c r="R14" s="73">
+      <c r="AH14" s="80">
+        <v>5</v>
+      </c>
+      <c r="AI14" s="80">
+        <v>3</v>
+      </c>
+      <c r="AJ14" s="80">
+        <v>13</v>
+      </c>
+      <c r="AK14" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL14" s="80">
+        <v>1</v>
+      </c>
+      <c r="AM14" s="80">
+        <v>3</v>
+      </c>
+      <c r="AN14" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO14" s="80">
         <v>6</v>
       </c>
-      <c r="S14" s="73">
-[...47 lines deleted...]
-      <c r="AI14" s="73">
+      <c r="AP14" s="80">
         <v>3</v>
       </c>
-      <c r="AJ14" s="73">
-[...29 lines deleted...]
-      <c r="AT14" s="73">
+      <c r="AQ14" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR14" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS14" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT14" s="80">
         <v>3</v>
       </c>
-      <c r="AU14" s="73">
-[...92 lines deleted...]
-      <c r="BZ14" s="74">
+      <c r="AU14" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV14" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW14" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX14" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY14" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ14" s="80">
+        <v>1</v>
+      </c>
+      <c r="BA14" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB14" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC14" s="80">
+        <v>2</v>
+      </c>
+      <c r="BD14" s="80">
+        <v>1</v>
+      </c>
+      <c r="BE14" s="80">
+        <v>3</v>
+      </c>
+      <c r="BF14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW14" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX14" s="80">
+        <v>2</v>
+      </c>
+      <c r="BY14" s="80">
+        <v>1</v>
+      </c>
+      <c r="BZ14" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B15" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E15" s="73">
+      <c r="B15" s="79" t="s">
+        <v>221</v>
+      </c>
+      <c r="C15" s="80">
+        <v>117</v>
+      </c>
+      <c r="D15" s="80">
+        <v>111</v>
+      </c>
+      <c r="E15" s="80">
+        <v>6</v>
+      </c>
+      <c r="F15" s="80">
+        <v>130</v>
+      </c>
+      <c r="G15" s="80">
+        <v>9</v>
+      </c>
+      <c r="H15" s="80">
         <v>4</v>
       </c>
-      <c r="F15" s="73">
-[...11 lines deleted...]
-      <c r="J15" s="73">
+      <c r="I15" s="80">
+        <v>8</v>
+      </c>
+      <c r="J15" s="80">
+        <v>5</v>
+      </c>
+      <c r="K15" s="80">
+        <v>40</v>
+      </c>
+      <c r="L15" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="M15" s="80">
+        <v>13</v>
+      </c>
+      <c r="N15" s="80">
+        <v>43</v>
+      </c>
+      <c r="O15" s="80">
+        <v>8</v>
+      </c>
+      <c r="P15" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="80">
+        <v>3</v>
+      </c>
+      <c r="R15" s="80">
+        <v>2</v>
+      </c>
+      <c r="S15" s="80">
+        <v>17</v>
+      </c>
+      <c r="T15" s="80">
+        <v>0</v>
+      </c>
+      <c r="U15" s="80">
+        <v>0</v>
+      </c>
+      <c r="V15" s="80">
+        <v>7</v>
+      </c>
+      <c r="W15" s="80">
+        <v>0</v>
+      </c>
+      <c r="X15" s="80">
         <v>4</v>
       </c>
-      <c r="K15" s="73">
+      <c r="Y15" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z15" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="80">
+        <v>2</v>
+      </c>
+      <c r="AB15" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC15" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD15" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE15" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF15" s="80">
+        <v>9</v>
+      </c>
+      <c r="AG15" s="80">
+        <v>7</v>
+      </c>
+      <c r="AH15" s="80">
+        <v>2</v>
+      </c>
+      <c r="AI15" s="80">
+        <v>8</v>
+      </c>
+      <c r="AJ15" s="80">
         <v>20</v>
       </c>
-      <c r="L15" s="76" t="s">
-[...29 lines deleted...]
-      <c r="V15" s="73">
+      <c r="AK15" s="80">
+        <v>2</v>
+      </c>
+      <c r="AL15" s="80">
+        <v>8</v>
+      </c>
+      <c r="AM15" s="80">
         <v>3</v>
       </c>
-      <c r="W15" s="73">
-[...26 lines deleted...]
-      <c r="AF15" s="73">
+      <c r="AN15" s="80">
+        <v>2</v>
+      </c>
+      <c r="AO15" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP15" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ15" s="80">
+        <v>1</v>
+      </c>
+      <c r="AR15" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS15" s="80">
+        <v>2</v>
+      </c>
+      <c r="AT15" s="80">
         <v>4</v>
       </c>
-      <c r="AG15" s="73">
-[...135 lines deleted...]
-        <v>0</v>
+      <c r="AU15" s="80">
+        <v>2</v>
+      </c>
+      <c r="AV15" s="80">
+        <v>2</v>
+      </c>
+      <c r="AW15" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX15" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY15" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC15" s="80">
+        <v>1</v>
+      </c>
+      <c r="BD15" s="80">
+        <v>2</v>
+      </c>
+      <c r="BE15" s="80">
+        <v>1</v>
+      </c>
+      <c r="BF15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN15" s="80">
+        <v>1</v>
+      </c>
+      <c r="BO15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX15" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY15" s="80">
+        <v>1</v>
+      </c>
+      <c r="BZ15" s="81">
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B16" s="72" t="s">
-[...5 lines deleted...]
-      <c r="D16" s="73">
+      <c r="B16" s="79" t="s">
+        <v>223</v>
+      </c>
+      <c r="C16" s="80">
         <v>141</v>
       </c>
-      <c r="E16" s="73">
+      <c r="D16" s="80">
+        <v>138</v>
+      </c>
+      <c r="E16" s="80">
+        <v>3</v>
+      </c>
+      <c r="F16" s="80">
+        <v>189</v>
+      </c>
+      <c r="G16" s="80">
+        <v>5</v>
+      </c>
+      <c r="H16" s="80">
+        <v>9</v>
+      </c>
+      <c r="I16" s="80">
+        <v>31</v>
+      </c>
+      <c r="J16" s="80">
+        <v>10</v>
+      </c>
+      <c r="K16" s="80">
+        <v>27</v>
+      </c>
+      <c r="L16" s="80">
+        <v>11</v>
+      </c>
+      <c r="M16" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="N16" s="80">
+        <v>59</v>
+      </c>
+      <c r="O16" s="80">
+        <v>31</v>
+      </c>
+      <c r="P16" s="80">
         <v>6</v>
       </c>
-      <c r="F16" s="73">
-[...5 lines deleted...]
-      <c r="H16" s="73">
+      <c r="Q16" s="80">
+        <v>5</v>
+      </c>
+      <c r="R16" s="80">
+        <v>1</v>
+      </c>
+      <c r="S16" s="80">
+        <v>43</v>
+      </c>
+      <c r="T16" s="80">
+        <v>3</v>
+      </c>
+      <c r="U16" s="80">
+        <v>0</v>
+      </c>
+      <c r="V16" s="80">
+        <v>1</v>
+      </c>
+      <c r="W16" s="80">
+        <v>0</v>
+      </c>
+      <c r="X16" s="80">
+        <v>3</v>
+      </c>
+      <c r="Y16" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z16" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA16" s="80">
+        <v>4</v>
+      </c>
+      <c r="AB16" s="80">
+        <v>2</v>
+      </c>
+      <c r="AC16" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD16" s="80">
         <v>6</v>
       </c>
-      <c r="I16" s="73">
-[...26 lines deleted...]
-      <c r="R16" s="73">
+      <c r="AE16" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF16" s="80">
         <v>6</v>
       </c>
-      <c r="S16" s="73">
-[...23 lines deleted...]
-      <c r="AA16" s="73">
+      <c r="AG16" s="80">
+        <v>4</v>
+      </c>
+      <c r="AH16" s="80">
+        <v>9</v>
+      </c>
+      <c r="AI16" s="80">
+        <v>10</v>
+      </c>
+      <c r="AJ16" s="80">
+        <v>15</v>
+      </c>
+      <c r="AK16" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL16" s="80">
         <v>5</v>
       </c>
-      <c r="AB16" s="73">
-[...5 lines deleted...]
-      <c r="AD16" s="73">
+      <c r="AM16" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN16" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO16" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP16" s="80">
+        <v>2</v>
+      </c>
+      <c r="AQ16" s="80">
         <v>4</v>
       </c>
-      <c r="AE16" s="73">
-[...141 lines deleted...]
-        <v>2</v>
+      <c r="AR16" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS16" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT16" s="80">
+        <v>2</v>
+      </c>
+      <c r="AU16" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV16" s="80">
+        <v>5</v>
+      </c>
+      <c r="AW16" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX16" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY16" s="80">
+        <v>1</v>
+      </c>
+      <c r="AZ16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC16" s="80">
+        <v>2</v>
+      </c>
+      <c r="BD16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM16" s="80">
+        <v>1</v>
+      </c>
+      <c r="BN16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX16" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY16" s="80">
+        <v>1</v>
+      </c>
+      <c r="BZ16" s="81">
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B17" s="72" t="s">
-[...14 lines deleted...]
-      <c r="G17" s="73">
+      <c r="B17" s="79" t="s">
+        <v>225</v>
+      </c>
+      <c r="C17" s="80">
+        <v>232</v>
+      </c>
+      <c r="D17" s="80">
+        <v>229</v>
+      </c>
+      <c r="E17" s="80">
         <v>3</v>
       </c>
-      <c r="H17" s="73">
-[...8 lines deleted...]
-      <c r="K17" s="73">
+      <c r="F17" s="80">
+        <v>174</v>
+      </c>
+      <c r="G17" s="80">
+        <v>4</v>
+      </c>
+      <c r="H17" s="80">
+        <v>13</v>
+      </c>
+      <c r="I17" s="80">
+        <v>8</v>
+      </c>
+      <c r="J17" s="80">
+        <v>11</v>
+      </c>
+      <c r="K17" s="80">
+        <v>15</v>
+      </c>
+      <c r="L17" s="80">
+        <v>41</v>
+      </c>
+      <c r="M17" s="80">
+        <v>51</v>
+      </c>
+      <c r="N17" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="O17" s="80">
+        <v>28</v>
+      </c>
+      <c r="P17" s="80">
+        <v>3</v>
+      </c>
+      <c r="Q17" s="80">
+        <v>7</v>
+      </c>
+      <c r="R17" s="80">
+        <v>2</v>
+      </c>
+      <c r="S17" s="80">
+        <v>81</v>
+      </c>
+      <c r="T17" s="80">
+        <v>0</v>
+      </c>
+      <c r="U17" s="80">
+        <v>0</v>
+      </c>
+      <c r="V17" s="80">
+        <v>2</v>
+      </c>
+      <c r="W17" s="80">
+        <v>1</v>
+      </c>
+      <c r="X17" s="80">
+        <v>2</v>
+      </c>
+      <c r="Y17" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z17" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA17" s="80">
+        <v>3</v>
+      </c>
+      <c r="AB17" s="80">
+        <v>3</v>
+      </c>
+      <c r="AC17" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD17" s="80">
+        <v>3</v>
+      </c>
+      <c r="AE17" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF17" s="80">
+        <v>11</v>
+      </c>
+      <c r="AG17" s="80">
+        <v>4</v>
+      </c>
+      <c r="AH17" s="80">
         <v>9</v>
       </c>
-      <c r="L17" s="73">
-[...44 lines deleted...]
-      <c r="AA17" s="73">
+      <c r="AI17" s="80">
+        <v>21</v>
+      </c>
+      <c r="AJ17" s="80">
+        <v>37</v>
+      </c>
+      <c r="AK17" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL17" s="80">
         <v>9</v>
       </c>
-      <c r="AB17" s="73">
-[...5 lines deleted...]
-      <c r="AD17" s="73">
+      <c r="AM17" s="80">
+        <v>1</v>
+      </c>
+      <c r="AN17" s="80">
+        <v>3</v>
+      </c>
+      <c r="AO17" s="80">
+        <v>2</v>
+      </c>
+      <c r="AP17" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ17" s="80">
         <v>4</v>
       </c>
-      <c r="AE17" s="73">
-[...2 lines deleted...]
-      <c r="AF17" s="73">
+      <c r="AR17" s="80">
+        <v>2</v>
+      </c>
+      <c r="AS17" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT17" s="80">
         <v>4</v>
       </c>
-      <c r="AG17" s="73">
-[...47 lines deleted...]
-      <c r="AW17" s="73">
+      <c r="AU17" s="80">
+        <v>2</v>
+      </c>
+      <c r="AV17" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW17" s="80">
+        <v>2</v>
+      </c>
+      <c r="AX17" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY17" s="80">
         <v>3</v>
       </c>
-      <c r="AX17" s="73">
-[...83 lines deleted...]
-      <c r="BZ17" s="74">
+      <c r="AZ17" s="80">
+        <v>1</v>
+      </c>
+      <c r="BA17" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB17" s="80">
+        <v>3</v>
+      </c>
+      <c r="BC17" s="80">
+        <v>1</v>
+      </c>
+      <c r="BD17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN17" s="80">
+        <v>1</v>
+      </c>
+      <c r="BO17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW17" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX17" s="80">
+        <v>1</v>
+      </c>
+      <c r="BY17" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ17" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B18" s="72" t="s">
-[...23 lines deleted...]
-      <c r="J18" s="73">
+      <c r="B18" s="79" t="s">
+        <v>227</v>
+      </c>
+      <c r="C18" s="80">
+        <v>174</v>
+      </c>
+      <c r="D18" s="80">
+        <v>168</v>
+      </c>
+      <c r="E18" s="80">
+        <v>6</v>
+      </c>
+      <c r="F18" s="80">
+        <v>196</v>
+      </c>
+      <c r="G18" s="80">
+        <v>5</v>
+      </c>
+      <c r="H18" s="80">
+        <v>12</v>
+      </c>
+      <c r="I18" s="80">
+        <v>8</v>
+      </c>
+      <c r="J18" s="80">
+        <v>6</v>
+      </c>
+      <c r="K18" s="80">
+        <v>11</v>
+      </c>
+      <c r="L18" s="80">
+        <v>12</v>
+      </c>
+      <c r="M18" s="80">
+        <v>71</v>
+      </c>
+      <c r="N18" s="80">
+        <v>51</v>
+      </c>
+      <c r="O18" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="P18" s="80">
+        <v>20</v>
+      </c>
+      <c r="Q18" s="80">
         <v>4</v>
       </c>
-      <c r="K18" s="73">
+      <c r="R18" s="80">
+        <v>4</v>
+      </c>
+      <c r="S18" s="80">
+        <v>81</v>
+      </c>
+      <c r="T18" s="80">
+        <v>0</v>
+      </c>
+      <c r="U18" s="80">
+        <v>1</v>
+      </c>
+      <c r="V18" s="80">
+        <v>6</v>
+      </c>
+      <c r="W18" s="80">
+        <v>1</v>
+      </c>
+      <c r="X18" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y18" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z18" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA18" s="80">
+        <v>6</v>
+      </c>
+      <c r="AB18" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC18" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD18" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE18" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF18" s="80">
+        <v>3</v>
+      </c>
+      <c r="AG18" s="80">
+        <v>6</v>
+      </c>
+      <c r="AH18" s="80">
+        <v>12</v>
+      </c>
+      <c r="AI18" s="80">
+        <v>9</v>
+      </c>
+      <c r="AJ18" s="80">
         <v>8</v>
       </c>
-      <c r="L18" s="73">
-[...17 lines deleted...]
-      <c r="R18" s="73">
+      <c r="AK18" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL18" s="80">
         <v>3</v>
       </c>
-      <c r="S18" s="73">
-[...71 lines deleted...]
-      <c r="AQ18" s="73">
+      <c r="AM18" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN18" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO18" s="80">
         <v>3</v>
       </c>
-      <c r="AR18" s="73">
-[...102 lines deleted...]
-        <v>0</v>
+      <c r="AP18" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ18" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR18" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS18" s="80">
+        <v>3</v>
+      </c>
+      <c r="AT18" s="80">
+        <v>3</v>
+      </c>
+      <c r="AU18" s="80">
+        <v>3</v>
+      </c>
+      <c r="AV18" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW18" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX18" s="80">
+        <v>1</v>
+      </c>
+      <c r="AY18" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA18" s="80">
+        <v>3</v>
+      </c>
+      <c r="BB18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC18" s="80">
+        <v>1</v>
+      </c>
+      <c r="BD18" s="80">
+        <v>2</v>
+      </c>
+      <c r="BE18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK18" s="80">
+        <v>1</v>
+      </c>
+      <c r="BL18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW18" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX18" s="80">
+        <v>1</v>
+      </c>
+      <c r="BY18" s="80">
+        <v>1</v>
+      </c>
+      <c r="BZ18" s="81">
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B19" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E19" s="73">
+      <c r="B19" s="79" t="s">
+        <v>229</v>
+      </c>
+      <c r="C19" s="80">
+        <v>168</v>
+      </c>
+      <c r="D19" s="80">
+        <v>159</v>
+      </c>
+      <c r="E19" s="80">
+        <v>9</v>
+      </c>
+      <c r="F19" s="80">
+        <v>105</v>
+      </c>
+      <c r="G19" s="80">
+        <v>3</v>
+      </c>
+      <c r="H19" s="80">
+        <v>11</v>
+      </c>
+      <c r="I19" s="80">
+        <v>11</v>
+      </c>
+      <c r="J19" s="80">
+        <v>39</v>
+      </c>
+      <c r="K19" s="80">
         <v>5</v>
       </c>
-      <c r="F19" s="73">
-[...5 lines deleted...]
-      <c r="H19" s="73">
+      <c r="L19" s="80">
+        <v>1</v>
+      </c>
+      <c r="M19" s="80">
         <v>5</v>
       </c>
-      <c r="I19" s="73">
-[...8 lines deleted...]
-      <c r="L19" s="73">
+      <c r="N19" s="80">
+        <v>6</v>
+      </c>
+      <c r="O19" s="80">
+        <v>24</v>
+      </c>
+      <c r="P19" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q19" s="80">
+        <v>6</v>
+      </c>
+      <c r="R19" s="80">
+        <v>1</v>
+      </c>
+      <c r="S19" s="80">
+        <v>31</v>
+      </c>
+      <c r="T19" s="80">
+        <v>0</v>
+      </c>
+      <c r="U19" s="80">
+        <v>1</v>
+      </c>
+      <c r="V19" s="80">
+        <v>4</v>
+      </c>
+      <c r="W19" s="80">
+        <v>0</v>
+      </c>
+      <c r="X19" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="80">
+        <v>3</v>
+      </c>
+      <c r="Z19" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA19" s="80">
+        <v>36</v>
+      </c>
+      <c r="AB19" s="80">
+        <v>2</v>
+      </c>
+      <c r="AC19" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD19" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE19" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF19" s="80">
+        <v>3</v>
+      </c>
+      <c r="AG19" s="80">
+        <v>6</v>
+      </c>
+      <c r="AH19" s="80">
+        <v>16</v>
+      </c>
+      <c r="AI19" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ19" s="80">
+        <v>3</v>
+      </c>
+      <c r="AK19" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL19" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM19" s="80">
+        <v>8</v>
+      </c>
+      <c r="AN19" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO19" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP19" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ19" s="80">
+        <v>12</v>
+      </c>
+      <c r="AR19" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS19" s="80">
+        <v>3</v>
+      </c>
+      <c r="AT19" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU19" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV19" s="80">
+        <v>10</v>
+      </c>
+      <c r="AW19" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX19" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY19" s="80">
+        <v>1</v>
+      </c>
+      <c r="AZ19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA19" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC19" s="80">
+        <v>6</v>
+      </c>
+      <c r="BD19" s="80">
         <v>5</v>
       </c>
-      <c r="M19" s="73">
-[...195 lines deleted...]
-        <v>2</v>
+      <c r="BE19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI19" s="80">
+        <v>1</v>
+      </c>
+      <c r="BJ19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW19" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX19" s="80">
+        <v>2</v>
+      </c>
+      <c r="BY19" s="80">
+        <v>1</v>
+      </c>
+      <c r="BZ19" s="81">
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B20" s="72" t="s">
-[...11 lines deleted...]
-      <c r="F20" s="73">
+      <c r="B20" s="79" t="s">
+        <v>231</v>
+      </c>
+      <c r="C20" s="80">
+        <v>598</v>
+      </c>
+      <c r="D20" s="80">
+        <v>551</v>
+      </c>
+      <c r="E20" s="80">
+        <v>47</v>
+      </c>
+      <c r="F20" s="80">
         <v>69</v>
       </c>
-      <c r="G20" s="73">
-[...2 lines deleted...]
-      <c r="H20" s="73">
+      <c r="G20" s="80">
+        <v>17</v>
+      </c>
+      <c r="H20" s="80">
+        <v>11</v>
+      </c>
+      <c r="I20" s="80">
+        <v>4</v>
+      </c>
+      <c r="J20" s="80">
+        <v>3</v>
+      </c>
+      <c r="K20" s="80">
+        <v>6</v>
+      </c>
+      <c r="L20" s="80">
+        <v>6</v>
+      </c>
+      <c r="M20" s="80">
+        <v>1</v>
+      </c>
+      <c r="N20" s="80">
+        <v>13</v>
+      </c>
+      <c r="O20" s="80">
+        <v>5</v>
+      </c>
+      <c r="P20" s="80">
+        <v>3</v>
+      </c>
+      <c r="Q20" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="R20" s="80">
         <v>7</v>
       </c>
-      <c r="I20" s="73">
-[...5 lines deleted...]
-      <c r="K20" s="73">
+      <c r="S20" s="80">
+        <v>28</v>
+      </c>
+      <c r="T20" s="80">
+        <v>1</v>
+      </c>
+      <c r="U20" s="80">
+        <v>1</v>
+      </c>
+      <c r="V20" s="80">
+        <v>29</v>
+      </c>
+      <c r="W20" s="80">
+        <v>4</v>
+      </c>
+      <c r="X20" s="80">
+        <v>3</v>
+      </c>
+      <c r="Y20" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z20" s="80">
+        <v>38</v>
+      </c>
+      <c r="AA20" s="80">
+        <v>7</v>
+      </c>
+      <c r="AB20" s="80">
+        <v>33</v>
+      </c>
+      <c r="AC20" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD20" s="80">
         <v>6</v>
       </c>
-      <c r="L20" s="73">
+      <c r="AE20" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF20" s="80">
+        <v>9</v>
+      </c>
+      <c r="AG20" s="80">
+        <v>2</v>
+      </c>
+      <c r="AH20" s="80">
         <v>7</v>
       </c>
-      <c r="M20" s="73">
-[...2 lines deleted...]
-      <c r="N20" s="73">
+      <c r="AI20" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ20" s="80">
+        <v>7</v>
+      </c>
+      <c r="AK20" s="80">
+        <v>17</v>
+      </c>
+      <c r="AL20" s="80">
+        <v>17</v>
+      </c>
+      <c r="AM20" s="80">
+        <v>18</v>
+      </c>
+      <c r="AN20" s="80">
+        <v>7</v>
+      </c>
+      <c r="AO20" s="80">
+        <v>17</v>
+      </c>
+      <c r="AP20" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ20" s="80">
+        <v>4</v>
+      </c>
+      <c r="AR20" s="80">
+        <v>2</v>
+      </c>
+      <c r="AS20" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT20" s="80">
+        <v>30</v>
+      </c>
+      <c r="AU20" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV20" s="80">
+        <v>4</v>
+      </c>
+      <c r="AW20" s="80">
+        <v>73</v>
+      </c>
+      <c r="AX20" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY20" s="80">
+        <v>45</v>
+      </c>
+      <c r="AZ20" s="80">
+        <v>13</v>
+      </c>
+      <c r="BA20" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB20" s="80">
+        <v>47</v>
+      </c>
+      <c r="BC20" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD20" s="80">
+        <v>4</v>
+      </c>
+      <c r="BE20" s="80">
         <v>9</v>
       </c>
-      <c r="O20" s="73">
+      <c r="BF20" s="80">
+        <v>7</v>
+      </c>
+      <c r="BG20" s="80">
+        <v>3</v>
+      </c>
+      <c r="BH20" s="80">
         <v>4</v>
       </c>
-      <c r="P20" s="73">
-[...23 lines deleted...]
-      <c r="X20" s="73">
+      <c r="BI20" s="80">
+        <v>1</v>
+      </c>
+      <c r="BJ20" s="80">
+        <v>2</v>
+      </c>
+      <c r="BK20" s="80">
+        <v>7</v>
+      </c>
+      <c r="BL20" s="80">
+        <v>3</v>
+      </c>
+      <c r="BM20" s="80">
         <v>4</v>
       </c>
-      <c r="Y20" s="73">
-[...159 lines deleted...]
-        <v>1</v>
+      <c r="BN20" s="80">
+        <v>1</v>
+      </c>
+      <c r="BO20" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP20" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ20" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR20" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS20" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT20" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU20" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV20" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW20" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX20" s="80">
+        <v>1</v>
+      </c>
+      <c r="BY20" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ20" s="81">
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B21" s="72" t="s">
-[...23 lines deleted...]
-      <c r="J21" s="73">
+      <c r="B21" s="79" t="s">
+        <v>233</v>
+      </c>
+      <c r="C21" s="80">
+        <v>210</v>
+      </c>
+      <c r="D21" s="80">
+        <v>184</v>
+      </c>
+      <c r="E21" s="80">
+        <v>26</v>
+      </c>
+      <c r="F21" s="80">
+        <v>18</v>
+      </c>
+      <c r="G21" s="80">
+        <v>2</v>
+      </c>
+      <c r="H21" s="80">
+        <v>5</v>
+      </c>
+      <c r="I21" s="80">
+        <v>0</v>
+      </c>
+      <c r="J21" s="80">
+        <v>3</v>
+      </c>
+      <c r="K21" s="80">
+        <v>0</v>
+      </c>
+      <c r="L21" s="80">
+        <v>0</v>
+      </c>
+      <c r="M21" s="80">
+        <v>1</v>
+      </c>
+      <c r="N21" s="80">
+        <v>2</v>
+      </c>
+      <c r="O21" s="80">
+        <v>3</v>
+      </c>
+      <c r="P21" s="80">
+        <v>2</v>
+      </c>
+      <c r="Q21" s="80">
+        <v>4</v>
+      </c>
+      <c r="R21" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="S21" s="80">
+        <v>6</v>
+      </c>
+      <c r="T21" s="80">
+        <v>24</v>
+      </c>
+      <c r="U21" s="80">
+        <v>1</v>
+      </c>
+      <c r="V21" s="80">
+        <v>5</v>
+      </c>
+      <c r="W21" s="80">
+        <v>1</v>
+      </c>
+      <c r="X21" s="80">
+        <v>2</v>
+      </c>
+      <c r="Y21" s="80">
         <v>8</v>
       </c>
-      <c r="K21" s="73">
-[...8 lines deleted...]
-      <c r="N21" s="73">
+      <c r="Z21" s="80">
+        <v>6</v>
+      </c>
+      <c r="AA21" s="80">
+        <v>2</v>
+      </c>
+      <c r="AB21" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC21" s="80">
+        <v>5</v>
+      </c>
+      <c r="AD21" s="80">
+        <v>8</v>
+      </c>
+      <c r="AE21" s="80">
+        <v>47</v>
+      </c>
+      <c r="AF21" s="80">
+        <v>10</v>
+      </c>
+      <c r="AG21" s="80">
+        <v>3</v>
+      </c>
+      <c r="AH21" s="80">
+        <v>1</v>
+      </c>
+      <c r="AI21" s="80">
+        <v>6</v>
+      </c>
+      <c r="AJ21" s="80">
+        <v>2</v>
+      </c>
+      <c r="AK21" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL21" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM21" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN21" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO21" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP21" s="80">
         <v>4</v>
       </c>
-      <c r="O21" s="73">
-[...2 lines deleted...]
-      <c r="P21" s="73">
+      <c r="AQ21" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR21" s="80">
+        <v>2</v>
+      </c>
+      <c r="AS21" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT21" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU21" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV21" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW21" s="80">
+        <v>5</v>
+      </c>
+      <c r="AX21" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY21" s="80">
         <v>3</v>
       </c>
-      <c r="Q21" s="73">
-[...5 lines deleted...]
-      <c r="S21" s="73">
+      <c r="AZ21" s="80">
+        <v>2</v>
+      </c>
+      <c r="BA21" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB21" s="80">
         <v>3</v>
       </c>
-      <c r="T21" s="73">
-[...20 lines deleted...]
-      <c r="AA21" s="73">
+      <c r="BC21" s="80">
+        <v>1</v>
+      </c>
+      <c r="BD21" s="80">
+        <v>1</v>
+      </c>
+      <c r="BE21" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF21" s="80">
         <v>4</v>
       </c>
-      <c r="AB21" s="73">
+      <c r="BG21" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH21" s="80">
         <v>5</v>
       </c>
-      <c r="AC21" s="73">
-[...2 lines deleted...]
-      <c r="AD21" s="73">
+      <c r="BI21" s="80">
+        <v>2</v>
+      </c>
+      <c r="BJ21" s="80">
         <v>6</v>
       </c>
-      <c r="AE21" s="73">
-[...140 lines deleted...]
-      <c r="BZ21" s="74">
+      <c r="BK21" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL21" s="80">
+        <v>1</v>
+      </c>
+      <c r="BM21" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN21" s="80">
+        <v>1</v>
+      </c>
+      <c r="BO21" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP21" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ21" s="80">
+        <v>1</v>
+      </c>
+      <c r="BR21" s="80">
+        <v>1</v>
+      </c>
+      <c r="BS21" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT21" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU21" s="80">
+        <v>1</v>
+      </c>
+      <c r="BV21" s="80">
+        <v>2</v>
+      </c>
+      <c r="BW21" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX21" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY21" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ21" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B22" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E22" s="73">
+      <c r="B22" s="79" t="s">
+        <v>99</v>
+      </c>
+      <c r="C22" s="80">
+        <v>773</v>
+      </c>
+      <c r="D22" s="80">
+        <v>754</v>
+      </c>
+      <c r="E22" s="80">
+        <v>19</v>
+      </c>
+      <c r="F22" s="80">
+        <v>257</v>
+      </c>
+      <c r="G22" s="80">
+        <v>5</v>
+      </c>
+      <c r="H22" s="80">
+        <v>17</v>
+      </c>
+      <c r="I22" s="80">
+        <v>7</v>
+      </c>
+      <c r="J22" s="80">
+        <v>22</v>
+      </c>
+      <c r="K22" s="80">
+        <v>20</v>
+      </c>
+      <c r="L22" s="80">
+        <v>23</v>
+      </c>
+      <c r="M22" s="80">
+        <v>20</v>
+      </c>
+      <c r="N22" s="80">
+        <v>70</v>
+      </c>
+      <c r="O22" s="80">
+        <v>63</v>
+      </c>
+      <c r="P22" s="80">
+        <v>10</v>
+      </c>
+      <c r="Q22" s="80">
+        <v>9</v>
+      </c>
+      <c r="R22" s="80">
+        <v>5</v>
+      </c>
+      <c r="S22" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="T22" s="80">
+        <v>0</v>
+      </c>
+      <c r="U22" s="80">
+        <v>0</v>
+      </c>
+      <c r="V22" s="80">
+        <v>15</v>
+      </c>
+      <c r="W22" s="80">
+        <v>1</v>
+      </c>
+      <c r="X22" s="80">
+        <v>8</v>
+      </c>
+      <c r="Y22" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z22" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA22" s="80">
+        <v>16</v>
+      </c>
+      <c r="AB22" s="80">
+        <v>2</v>
+      </c>
+      <c r="AC22" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD22" s="80">
+        <v>6</v>
+      </c>
+      <c r="AE22" s="80">
+        <v>6</v>
+      </c>
+      <c r="AF22" s="80">
+        <v>12</v>
+      </c>
+      <c r="AG22" s="80">
+        <v>72</v>
+      </c>
+      <c r="AH22" s="80">
+        <v>38</v>
+      </c>
+      <c r="AI22" s="80">
+        <v>130</v>
+      </c>
+      <c r="AJ22" s="80">
+        <v>66</v>
+      </c>
+      <c r="AK22" s="80">
+        <v>3</v>
+      </c>
+      <c r="AL22" s="80">
         <v>18</v>
       </c>
-      <c r="F22" s="73">
-[...2 lines deleted...]
-      <c r="G22" s="73">
+      <c r="AM22" s="80">
+        <v>9</v>
+      </c>
+      <c r="AN22" s="80">
+        <v>9</v>
+      </c>
+      <c r="AO22" s="80">
+        <v>10</v>
+      </c>
+      <c r="AP22" s="80">
+        <v>3</v>
+      </c>
+      <c r="AQ22" s="80">
+        <v>13</v>
+      </c>
+      <c r="AR22" s="80">
+        <v>3</v>
+      </c>
+      <c r="AS22" s="80">
+        <v>8</v>
+      </c>
+      <c r="AT22" s="80">
+        <v>3</v>
+      </c>
+      <c r="AU22" s="80">
+        <v>9</v>
+      </c>
+      <c r="AV22" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW22" s="80">
         <v>7</v>
       </c>
-      <c r="H22" s="73">
-[...8 lines deleted...]
-      <c r="K22" s="73">
+      <c r="AX22" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY22" s="80">
+        <v>2</v>
+      </c>
+      <c r="AZ22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA22" s="80">
+        <v>8</v>
+      </c>
+      <c r="BB22" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC22" s="80">
+        <v>2</v>
+      </c>
+      <c r="BD22" s="80">
         <v>6</v>
       </c>
-      <c r="L22" s="73">
-[...41 lines deleted...]
-      <c r="Z22" s="73">
+      <c r="BE22" s="80">
         <v>3</v>
       </c>
-      <c r="AA22" s="73">
-[...152 lines deleted...]
-      <c r="BZ22" s="74">
+      <c r="BF22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG22" s="80">
+        <v>1</v>
+      </c>
+      <c r="BH22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ22" s="80">
+        <v>1</v>
+      </c>
+      <c r="BK22" s="80">
+        <v>1</v>
+      </c>
+      <c r="BL22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU22" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV22" s="80">
+        <v>1</v>
+      </c>
+      <c r="BW22" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX22" s="80">
+        <v>2</v>
+      </c>
+      <c r="BY22" s="80">
+        <v>2</v>
+      </c>
+      <c r="BZ22" s="81">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B23" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E23" s="73">
+      <c r="B23" s="79" t="s">
+        <v>235</v>
+      </c>
+      <c r="C23" s="80">
+        <v>129</v>
+      </c>
+      <c r="D23" s="80">
+        <v>123</v>
+      </c>
+      <c r="E23" s="80">
+        <v>6</v>
+      </c>
+      <c r="F23" s="80">
+        <v>17</v>
+      </c>
+      <c r="G23" s="80">
+        <v>3</v>
+      </c>
+      <c r="H23" s="80">
+        <v>7</v>
+      </c>
+      <c r="I23" s="80">
+        <v>0</v>
+      </c>
+      <c r="J23" s="80">
+        <v>0</v>
+      </c>
+      <c r="K23" s="80">
+        <v>1</v>
+      </c>
+      <c r="L23" s="80">
+        <v>0</v>
+      </c>
+      <c r="M23" s="80">
+        <v>4</v>
+      </c>
+      <c r="N23" s="80">
+        <v>0</v>
+      </c>
+      <c r="O23" s="80">
+        <v>0</v>
+      </c>
+      <c r="P23" s="80">
+        <v>2</v>
+      </c>
+      <c r="Q23" s="80">
+        <v>1</v>
+      </c>
+      <c r="R23" s="80">
+        <v>27</v>
+      </c>
+      <c r="S23" s="80">
+        <v>3</v>
+      </c>
+      <c r="T23" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="U23" s="80">
+        <v>0</v>
+      </c>
+      <c r="V23" s="80">
+        <v>1</v>
+      </c>
+      <c r="W23" s="80">
+        <v>0</v>
+      </c>
+      <c r="X23" s="80">
+        <v>4</v>
+      </c>
+      <c r="Y23" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z23" s="80">
+        <v>4</v>
+      </c>
+      <c r="AA23" s="80">
+        <v>2</v>
+      </c>
+      <c r="AB23" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC23" s="80">
         <v>5</v>
       </c>
-      <c r="F23" s="73">
-[...23 lines deleted...]
-      <c r="N23" s="73">
+      <c r="AD23" s="80">
+        <v>19</v>
+      </c>
+      <c r="AE23" s="80">
+        <v>4</v>
+      </c>
+      <c r="AF23" s="80">
+        <v>11</v>
+      </c>
+      <c r="AG23" s="80">
+        <v>3</v>
+      </c>
+      <c r="AH23" s="80">
+        <v>1</v>
+      </c>
+      <c r="AI23" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ23" s="80">
+        <v>2</v>
+      </c>
+      <c r="AK23" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL23" s="80">
+        <v>1</v>
+      </c>
+      <c r="AM23" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN23" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO23" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP23" s="80">
         <v>7</v>
       </c>
-      <c r="O23" s="73">
-[...41 lines deleted...]
-      <c r="AC23" s="73">
+      <c r="AQ23" s="80">
+        <v>1</v>
+      </c>
+      <c r="AR23" s="80">
         <v>3</v>
       </c>
-      <c r="AD23" s="73">
-[...143 lines deleted...]
-      <c r="BZ23" s="74">
+      <c r="AS23" s="80">
+        <v>2</v>
+      </c>
+      <c r="AT23" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU23" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV23" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW23" s="80">
+        <v>3</v>
+      </c>
+      <c r="AX23" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY23" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG23" s="80">
+        <v>1</v>
+      </c>
+      <c r="BH23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL23" s="80">
+        <v>2</v>
+      </c>
+      <c r="BM23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW23" s="80">
+        <v>3</v>
+      </c>
+      <c r="BX23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY23" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ23" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B24" s="72" t="s">
-[...56 lines deleted...]
-      <c r="U24" s="76" t="s">
+      <c r="B24" s="79" t="s">
+        <v>101</v>
+      </c>
+      <c r="C24" s="80">
         <v>50</v>
       </c>
-      <c r="V24" s="73">
-[...143 lines deleted...]
-      <c r="BR24" s="73">
+      <c r="D24" s="80">
+        <v>24</v>
+      </c>
+      <c r="E24" s="80">
+        <v>26</v>
+      </c>
+      <c r="F24" s="80">
         <v>3</v>
       </c>
-      <c r="BS24" s="73">
-[...20 lines deleted...]
-      <c r="BZ24" s="74">
+      <c r="G24" s="80">
+        <v>0</v>
+      </c>
+      <c r="H24" s="80">
+        <v>2</v>
+      </c>
+      <c r="I24" s="80">
+        <v>0</v>
+      </c>
+      <c r="J24" s="80">
+        <v>0</v>
+      </c>
+      <c r="K24" s="80">
+        <v>0</v>
+      </c>
+      <c r="L24" s="80">
+        <v>0</v>
+      </c>
+      <c r="M24" s="80">
+        <v>0</v>
+      </c>
+      <c r="N24" s="80">
+        <v>1</v>
+      </c>
+      <c r="O24" s="80">
+        <v>0</v>
+      </c>
+      <c r="P24" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="80">
+        <v>4</v>
+      </c>
+      <c r="R24" s="80">
+        <v>3</v>
+      </c>
+      <c r="S24" s="80">
+        <v>0</v>
+      </c>
+      <c r="T24" s="80">
+        <v>0</v>
+      </c>
+      <c r="U24" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="V24" s="80">
+        <v>2</v>
+      </c>
+      <c r="W24" s="80">
+        <v>0</v>
+      </c>
+      <c r="X24" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y24" s="80">
+        <v>2</v>
+      </c>
+      <c r="Z24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE24" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG24" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK24" s="80">
+        <v>2</v>
+      </c>
+      <c r="AL24" s="80">
+        <v>1</v>
+      </c>
+      <c r="AM24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT24" s="80">
+        <v>2</v>
+      </c>
+      <c r="AU24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW24" s="80">
+        <v>2</v>
+      </c>
+      <c r="AX24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY24" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB24" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN24" s="80">
+        <v>1</v>
+      </c>
+      <c r="BO24" s="80">
+        <v>6</v>
+      </c>
+      <c r="BP24" s="80">
+        <v>14</v>
+      </c>
+      <c r="BQ24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR24" s="80">
+        <v>2</v>
+      </c>
+      <c r="BS24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW24" s="80">
+        <v>3</v>
+      </c>
+      <c r="BX24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY24" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ24" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B25" s="72" t="s">
-[...17 lines deleted...]
-      <c r="H25" s="73">
+      <c r="B25" s="79" t="s">
+        <v>237</v>
+      </c>
+      <c r="C25" s="80">
+        <v>290</v>
+      </c>
+      <c r="D25" s="80">
+        <v>276</v>
+      </c>
+      <c r="E25" s="80">
+        <v>14</v>
+      </c>
+      <c r="F25" s="80">
+        <v>39</v>
+      </c>
+      <c r="G25" s="80">
+        <v>2</v>
+      </c>
+      <c r="H25" s="80">
+        <v>9</v>
+      </c>
+      <c r="I25" s="80">
+        <v>1</v>
+      </c>
+      <c r="J25" s="80">
+        <v>0</v>
+      </c>
+      <c r="K25" s="80">
+        <v>0</v>
+      </c>
+      <c r="L25" s="80">
+        <v>8</v>
+      </c>
+      <c r="M25" s="80">
+        <v>2</v>
+      </c>
+      <c r="N25" s="80">
+        <v>5</v>
+      </c>
+      <c r="O25" s="80">
+        <v>9</v>
+      </c>
+      <c r="P25" s="80">
+        <v>3</v>
+      </c>
+      <c r="Q25" s="80">
+        <v>27</v>
+      </c>
+      <c r="R25" s="80">
+        <v>3</v>
+      </c>
+      <c r="S25" s="80">
+        <v>17</v>
+      </c>
+      <c r="T25" s="80">
+        <v>0</v>
+      </c>
+      <c r="U25" s="80">
+        <v>3</v>
+      </c>
+      <c r="V25" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="W25" s="80">
+        <v>14</v>
+      </c>
+      <c r="X25" s="80">
+        <v>1</v>
+      </c>
+      <c r="Y25" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z25" s="80">
+        <v>2</v>
+      </c>
+      <c r="AA25" s="80">
+        <v>2</v>
+      </c>
+      <c r="AB25" s="80">
+        <v>41</v>
+      </c>
+      <c r="AC25" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD25" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE25" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF25" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG25" s="80">
+        <v>4</v>
+      </c>
+      <c r="AH25" s="80">
+        <v>4</v>
+      </c>
+      <c r="AI25" s="80">
+        <v>2</v>
+      </c>
+      <c r="AJ25" s="80">
+        <v>8</v>
+      </c>
+      <c r="AK25" s="80">
+        <v>43</v>
+      </c>
+      <c r="AL25" s="80">
+        <v>14</v>
+      </c>
+      <c r="AM25" s="80">
         <v>11</v>
       </c>
-      <c r="I25" s="73">
+      <c r="AN25" s="80">
+        <v>2</v>
+      </c>
+      <c r="AO25" s="80">
+        <v>14</v>
+      </c>
+      <c r="AP25" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ25" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR25" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS25" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT25" s="80">
+        <v>6</v>
+      </c>
+      <c r="AU25" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV25" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW25" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX25" s="80">
+        <v>1</v>
+      </c>
+      <c r="AY25" s="80">
         <v>5</v>
       </c>
-      <c r="J25" s="73">
-[...89 lines deleted...]
-      <c r="AN25" s="73">
+      <c r="AZ25" s="80">
         <v>5</v>
       </c>
-      <c r="AO25" s="73">
-[...14 lines deleted...]
-      <c r="AT25" s="73">
+      <c r="BA25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB25" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD25" s="80">
+        <v>2</v>
+      </c>
+      <c r="BE25" s="80">
         <v>5</v>
       </c>
-      <c r="AU25" s="73">
-[...92 lines deleted...]
-      <c r="BZ25" s="74">
+      <c r="BF25" s="80">
+        <v>1</v>
+      </c>
+      <c r="BG25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI25" s="80">
+        <v>1</v>
+      </c>
+      <c r="BJ25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO25" s="80">
+        <v>1</v>
+      </c>
+      <c r="BP25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR25" s="80">
+        <v>1</v>
+      </c>
+      <c r="BS25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW25" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX25" s="80">
+        <v>2</v>
+      </c>
+      <c r="BY25" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ25" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B26" s="72" t="s">
-[...62 lines deleted...]
-      <c r="W26" s="76" t="s">
+      <c r="B26" s="79" t="s">
+        <v>94</v>
+      </c>
+      <c r="C26" s="80">
+        <v>76</v>
+      </c>
+      <c r="D26" s="80">
+        <v>76</v>
+      </c>
+      <c r="E26" s="80">
+        <v>0</v>
+      </c>
+      <c r="F26" s="80">
+        <v>6</v>
+      </c>
+      <c r="G26" s="80">
+        <v>0</v>
+      </c>
+      <c r="H26" s="80">
+        <v>1</v>
+      </c>
+      <c r="I26" s="80">
+        <v>1</v>
+      </c>
+      <c r="J26" s="80">
+        <v>1</v>
+      </c>
+      <c r="K26" s="80">
+        <v>0</v>
+      </c>
+      <c r="L26" s="80">
+        <v>1</v>
+      </c>
+      <c r="M26" s="80">
+        <v>1</v>
+      </c>
+      <c r="N26" s="80">
+        <v>0</v>
+      </c>
+      <c r="O26" s="80">
+        <v>1</v>
+      </c>
+      <c r="P26" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="80">
+        <v>5</v>
+      </c>
+      <c r="R26" s="80">
+        <v>0</v>
+      </c>
+      <c r="S26" s="80">
+        <v>2</v>
+      </c>
+      <c r="T26" s="80">
+        <v>0</v>
+      </c>
+      <c r="U26" s="80">
+        <v>0</v>
+      </c>
+      <c r="V26" s="80">
+        <v>9</v>
+      </c>
+      <c r="W26" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="X26" s="73">
-[...161 lines deleted...]
-      <c r="BZ26" s="74">
+      <c r="X26" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y26" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z26" s="80">
+        <v>2</v>
+      </c>
+      <c r="AA26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB26" s="80">
+        <v>16</v>
+      </c>
+      <c r="AC26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD26" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE26" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF26" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG26" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK26" s="80">
+        <v>19</v>
+      </c>
+      <c r="AL26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ26" s="80">
+        <v>2</v>
+      </c>
+      <c r="AR26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS26" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW26" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX26" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY26" s="80">
+        <v>1</v>
+      </c>
+      <c r="AZ26" s="80">
+        <v>6</v>
+      </c>
+      <c r="BA26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB26" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY26" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ26" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B27" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E27" s="73">
+      <c r="B27" s="79" t="s">
+        <v>124</v>
+      </c>
+      <c r="C27" s="80">
+        <v>180</v>
+      </c>
+      <c r="D27" s="80">
+        <v>171</v>
+      </c>
+      <c r="E27" s="80">
         <v>9</v>
       </c>
-      <c r="F27" s="73">
+      <c r="F27" s="80">
+        <v>35</v>
+      </c>
+      <c r="G27" s="80">
+        <v>3</v>
+      </c>
+      <c r="H27" s="80">
+        <v>5</v>
+      </c>
+      <c r="I27" s="80">
+        <v>4</v>
+      </c>
+      <c r="J27" s="80">
+        <v>4</v>
+      </c>
+      <c r="K27" s="80">
+        <v>0</v>
+      </c>
+      <c r="L27" s="80">
+        <v>1</v>
+      </c>
+      <c r="M27" s="80">
+        <v>6</v>
+      </c>
+      <c r="N27" s="80">
+        <v>5</v>
+      </c>
+      <c r="O27" s="80">
+        <v>3</v>
+      </c>
+      <c r="P27" s="80">
+        <v>4</v>
+      </c>
+      <c r="Q27" s="80">
+        <v>4</v>
+      </c>
+      <c r="R27" s="80">
+        <v>2</v>
+      </c>
+      <c r="S27" s="80">
+        <v>6</v>
+      </c>
+      <c r="T27" s="80">
+        <v>8</v>
+      </c>
+      <c r="U27" s="80">
+        <v>0</v>
+      </c>
+      <c r="V27" s="80">
+        <v>3</v>
+      </c>
+      <c r="W27" s="80">
+        <v>0</v>
+      </c>
+      <c r="X27" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y27" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z27" s="80">
+        <v>2</v>
+      </c>
+      <c r="AA27" s="80">
+        <v>7</v>
+      </c>
+      <c r="AB27" s="80">
+        <v>2</v>
+      </c>
+      <c r="AC27" s="80">
+        <v>15</v>
+      </c>
+      <c r="AD27" s="80">
         <v>11</v>
       </c>
-      <c r="G27" s="73">
+      <c r="AE27" s="80">
         <v>3</v>
       </c>
-      <c r="H27" s="73">
-[...26 lines deleted...]
-      <c r="Q27" s="73">
+      <c r="AF27" s="80">
+        <v>7</v>
+      </c>
+      <c r="AG27" s="80">
+        <v>2</v>
+      </c>
+      <c r="AH27" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI27" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ27" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK27" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL27" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM27" s="80">
+        <v>1</v>
+      </c>
+      <c r="AN27" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO27" s="80">
+        <v>2</v>
+      </c>
+      <c r="AP27" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ27" s="80">
+        <v>33</v>
+      </c>
+      <c r="AR27" s="80">
+        <v>3</v>
+      </c>
+      <c r="AS27" s="80">
         <v>4</v>
       </c>
-      <c r="R27" s="73">
-[...110 lines deleted...]
-      <c r="BC27" s="73">
+      <c r="AT27" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU27" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV27" s="80">
+        <v>2</v>
+      </c>
+      <c r="AW27" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX27" s="80">
+        <v>4</v>
+      </c>
+      <c r="AY27" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB27" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC27" s="80">
         <v>10</v>
       </c>
-      <c r="BD27" s="73">
+      <c r="BD27" s="80">
         <v>4</v>
       </c>
-      <c r="BE27" s="73">
-[...62 lines deleted...]
-      <c r="BZ27" s="74">
+      <c r="BE27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU27" s="80">
+        <v>1</v>
+      </c>
+      <c r="BV27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX27" s="80">
+        <v>4</v>
+      </c>
+      <c r="BY27" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ27" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B28" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E28" s="73">
+      <c r="B28" s="79" t="s">
+        <v>239</v>
+      </c>
+      <c r="C28" s="80">
+        <v>111</v>
+      </c>
+      <c r="D28" s="80">
+        <v>64</v>
+      </c>
+      <c r="E28" s="80">
+        <v>47</v>
+      </c>
+      <c r="F28" s="80">
+        <v>12</v>
+      </c>
+      <c r="G28" s="80">
+        <v>1</v>
+      </c>
+      <c r="H28" s="80">
+        <v>4</v>
+      </c>
+      <c r="I28" s="80">
+        <v>0</v>
+      </c>
+      <c r="J28" s="80">
+        <v>3</v>
+      </c>
+      <c r="K28" s="80">
+        <v>0</v>
+      </c>
+      <c r="L28" s="80">
+        <v>1</v>
+      </c>
+      <c r="M28" s="80">
+        <v>0</v>
+      </c>
+      <c r="N28" s="80">
+        <v>2</v>
+      </c>
+      <c r="O28" s="80">
+        <v>0</v>
+      </c>
+      <c r="P28" s="80">
+        <v>1</v>
+      </c>
+      <c r="Q28" s="80">
+        <v>2</v>
+      </c>
+      <c r="R28" s="80">
+        <v>10</v>
+      </c>
+      <c r="S28" s="80">
+        <v>3</v>
+      </c>
+      <c r="T28" s="80">
+        <v>1</v>
+      </c>
+      <c r="U28" s="80">
+        <v>2</v>
+      </c>
+      <c r="V28" s="80">
+        <v>3</v>
+      </c>
+      <c r="W28" s="80">
+        <v>0</v>
+      </c>
+      <c r="X28" s="80">
+        <v>1</v>
+      </c>
+      <c r="Y28" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="Z28" s="80">
+        <v>2</v>
+      </c>
+      <c r="AA28" s="80">
+        <v>1</v>
+      </c>
+      <c r="AB28" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE28" s="80">
+        <v>16</v>
+      </c>
+      <c r="AF28" s="80">
+        <v>2</v>
+      </c>
+      <c r="AG28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ28" s="80">
+        <v>1</v>
+      </c>
+      <c r="AK28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN28" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP28" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR28" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU28" s="80">
+        <v>2</v>
+      </c>
+      <c r="AV28" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW28" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY28" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD28" s="80">
+        <v>3</v>
+      </c>
+      <c r="BE28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI28" s="80">
+        <v>2</v>
+      </c>
+      <c r="BJ28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ28" s="80">
+        <v>3</v>
+      </c>
+      <c r="BR28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT28" s="80">
+        <v>5</v>
+      </c>
+      <c r="BU28" s="80">
+        <v>10</v>
+      </c>
+      <c r="BV28" s="80">
         <v>24</v>
       </c>
-      <c r="F28" s="73">
-[...215 lines deleted...]
-      <c r="BZ28" s="74">
+      <c r="BW28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY28" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ28" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B29" s="72" t="s">
-[...35 lines deleted...]
-      <c r="N29" s="73">
+      <c r="B29" s="79" t="s">
+        <v>117</v>
+      </c>
+      <c r="C29" s="80">
+        <v>122</v>
+      </c>
+      <c r="D29" s="80">
+        <v>81</v>
+      </c>
+      <c r="E29" s="80">
+        <v>41</v>
+      </c>
+      <c r="F29" s="80">
+        <v>10</v>
+      </c>
+      <c r="G29" s="80">
+        <v>1</v>
+      </c>
+      <c r="H29" s="80">
+        <v>2</v>
+      </c>
+      <c r="I29" s="80">
+        <v>0</v>
+      </c>
+      <c r="J29" s="80">
+        <v>1</v>
+      </c>
+      <c r="K29" s="80">
+        <v>0</v>
+      </c>
+      <c r="L29" s="80">
+        <v>0</v>
+      </c>
+      <c r="M29" s="80">
+        <v>1</v>
+      </c>
+      <c r="N29" s="80">
+        <v>1</v>
+      </c>
+      <c r="O29" s="80">
+        <v>1</v>
+      </c>
+      <c r="P29" s="80">
         <v>3</v>
       </c>
-      <c r="O29" s="73">
-[...8 lines deleted...]
-      <c r="R29" s="73">
+      <c r="Q29" s="80">
+        <v>7</v>
+      </c>
+      <c r="R29" s="80">
+        <v>8</v>
+      </c>
+      <c r="S29" s="80">
+        <v>2</v>
+      </c>
+      <c r="T29" s="80">
+        <v>1</v>
+      </c>
+      <c r="U29" s="80">
+        <v>0</v>
+      </c>
+      <c r="V29" s="80">
+        <v>3</v>
+      </c>
+      <c r="W29" s="80">
+        <v>0</v>
+      </c>
+      <c r="X29" s="80">
+        <v>1</v>
+      </c>
+      <c r="Y29" s="80">
+        <v>2</v>
+      </c>
+      <c r="Z29" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA29" s="80">
+        <v>2</v>
+      </c>
+      <c r="AB29" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC29" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD29" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE29" s="80">
+        <v>4</v>
+      </c>
+      <c r="AF29" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG29" s="80">
+        <v>2</v>
+      </c>
+      <c r="AH29" s="80">
+        <v>1</v>
+      </c>
+      <c r="AI29" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ29" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK29" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL29" s="80">
+        <v>1</v>
+      </c>
+      <c r="AM29" s="80">
+        <v>2</v>
+      </c>
+      <c r="AN29" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO29" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP29" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ29" s="80">
+        <v>1</v>
+      </c>
+      <c r="AR29" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS29" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT29" s="80">
+        <v>3</v>
+      </c>
+      <c r="AU29" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV29" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW29" s="80">
+        <v>8</v>
+      </c>
+      <c r="AX29" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY29" s="80">
+        <v>12</v>
+      </c>
+      <c r="AZ29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB29" s="80">
+        <v>3</v>
+      </c>
+      <c r="BC29" s="80">
+        <v>1</v>
+      </c>
+      <c r="BD29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE29" s="80">
+        <v>2</v>
+      </c>
+      <c r="BF29" s="80">
+        <v>4</v>
+      </c>
+      <c r="BG29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH29" s="80">
+        <v>15</v>
+      </c>
+      <c r="BI29" s="80">
+        <v>1</v>
+      </c>
+      <c r="BJ29" s="80">
         <v>6</v>
       </c>
-      <c r="S29" s="73">
-[...8 lines deleted...]
-      <c r="V29" s="73">
+      <c r="BK29" s="80">
         <v>4</v>
       </c>
-      <c r="W29" s="73">
-[...104 lines deleted...]
-      <c r="BF29" s="73">
+      <c r="BL29" s="80">
         <v>5</v>
       </c>
-      <c r="BG29" s="73">
-[...56 lines deleted...]
-      <c r="BZ29" s="74">
+      <c r="BM29" s="80">
+        <v>2</v>
+      </c>
+      <c r="BN29" s="80">
+        <v>1</v>
+      </c>
+      <c r="BO29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW29" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY29" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ29" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B30" s="72" t="s">
-[...17 lines deleted...]
-      <c r="H30" s="73">
+      <c r="B30" s="79" t="s">
+        <v>96</v>
+      </c>
+      <c r="C30" s="80">
+        <v>359</v>
+      </c>
+      <c r="D30" s="80">
+        <v>316</v>
+      </c>
+      <c r="E30" s="80">
+        <v>43</v>
+      </c>
+      <c r="F30" s="80">
+        <v>85</v>
+      </c>
+      <c r="G30" s="80">
+        <v>5</v>
+      </c>
+      <c r="H30" s="80">
+        <v>10</v>
+      </c>
+      <c r="I30" s="80">
         <v>4</v>
       </c>
-      <c r="I30" s="73">
-[...2 lines deleted...]
-      <c r="J30" s="73">
+      <c r="J30" s="80">
+        <v>7</v>
+      </c>
+      <c r="K30" s="80">
+        <v>1</v>
+      </c>
+      <c r="L30" s="80">
+        <v>7</v>
+      </c>
+      <c r="M30" s="80">
+        <v>7</v>
+      </c>
+      <c r="N30" s="80">
+        <v>11</v>
+      </c>
+      <c r="O30" s="80">
+        <v>9</v>
+      </c>
+      <c r="P30" s="80">
+        <v>24</v>
+      </c>
+      <c r="Q30" s="80">
+        <v>3</v>
+      </c>
+      <c r="R30" s="80">
+        <v>2</v>
+      </c>
+      <c r="S30" s="80">
+        <v>15</v>
+      </c>
+      <c r="T30" s="80">
+        <v>1</v>
+      </c>
+      <c r="U30" s="80">
+        <v>1</v>
+      </c>
+      <c r="V30" s="80">
+        <v>3</v>
+      </c>
+      <c r="W30" s="80">
+        <v>0</v>
+      </c>
+      <c r="X30" s="80">
+        <v>13</v>
+      </c>
+      <c r="Y30" s="80">
+        <v>3</v>
+      </c>
+      <c r="Z30" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA30" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AB30" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC30" s="80">
+        <v>2</v>
+      </c>
+      <c r="AD30" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE30" s="80">
+        <v>3</v>
+      </c>
+      <c r="AF30" s="80">
+        <v>4</v>
+      </c>
+      <c r="AG30" s="80">
+        <v>15</v>
+      </c>
+      <c r="AH30" s="80">
+        <v>72</v>
+      </c>
+      <c r="AI30" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ30" s="80">
+        <v>14</v>
+      </c>
+      <c r="AK30" s="80">
+        <v>2</v>
+      </c>
+      <c r="AL30" s="80">
+        <v>2</v>
+      </c>
+      <c r="AM30" s="80">
+        <v>2</v>
+      </c>
+      <c r="AN30" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO30" s="80">
+        <v>2</v>
+      </c>
+      <c r="AP30" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ30" s="80">
         <v>8</v>
       </c>
-      <c r="K30" s="73">
-[...11 lines deleted...]
-      <c r="O30" s="73">
+      <c r="AR30" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS30" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT30" s="80">
         <v>5</v>
       </c>
-      <c r="P30" s="73">
-[...17 lines deleted...]
-      <c r="V30" s="73">
+      <c r="AU30" s="80">
+        <v>18</v>
+      </c>
+      <c r="AV30" s="80">
+        <v>2</v>
+      </c>
+      <c r="AW30" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX30" s="80">
+        <v>11</v>
+      </c>
+      <c r="AY30" s="80">
+        <v>1</v>
+      </c>
+      <c r="AZ30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA30" s="80">
+        <v>18</v>
+      </c>
+      <c r="BB30" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC30" s="80">
+        <v>1</v>
+      </c>
+      <c r="BD30" s="80">
+        <v>1</v>
+      </c>
+      <c r="BE30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI30" s="80">
         <v>3</v>
       </c>
-      <c r="W30" s="73">
-[...165 lines deleted...]
-        <v>13</v>
+      <c r="BJ30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP30" s="80">
+        <v>1</v>
+      </c>
+      <c r="BQ30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU30" s="80">
+        <v>1</v>
+      </c>
+      <c r="BV30" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW30" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX30" s="80">
+        <v>11</v>
+      </c>
+      <c r="BY30" s="80">
+        <v>16</v>
+      </c>
+      <c r="BZ30" s="81">
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B31" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E31" s="73">
+      <c r="B31" s="79" t="s">
+        <v>241</v>
+      </c>
+      <c r="C31" s="80">
+        <v>258</v>
+      </c>
+      <c r="D31" s="80">
+        <v>236</v>
+      </c>
+      <c r="E31" s="80">
+        <v>22</v>
+      </c>
+      <c r="F31" s="80">
+        <v>15</v>
+      </c>
+      <c r="G31" s="80">
+        <v>1</v>
+      </c>
+      <c r="H31" s="80">
+        <v>2</v>
+      </c>
+      <c r="I31" s="80">
+        <v>1</v>
+      </c>
+      <c r="J31" s="80">
+        <v>2</v>
+      </c>
+      <c r="K31" s="80">
+        <v>2</v>
+      </c>
+      <c r="L31" s="80">
+        <v>0</v>
+      </c>
+      <c r="M31" s="80">
+        <v>2</v>
+      </c>
+      <c r="N31" s="80">
+        <v>4</v>
+      </c>
+      <c r="O31" s="80">
+        <v>1</v>
+      </c>
+      <c r="P31" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="80">
+        <v>42</v>
+      </c>
+      <c r="R31" s="80">
+        <v>9</v>
+      </c>
+      <c r="S31" s="80">
+        <v>9</v>
+      </c>
+      <c r="T31" s="80">
+        <v>0</v>
+      </c>
+      <c r="U31" s="80">
+        <v>2</v>
+      </c>
+      <c r="V31" s="80">
+        <v>60</v>
+      </c>
+      <c r="W31" s="80">
+        <v>4</v>
+      </c>
+      <c r="X31" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y31" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z31" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA31" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB31" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AC31" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD31" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE31" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF31" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG31" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH31" s="80">
+        <v>4</v>
+      </c>
+      <c r="AI31" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ31" s="80">
+        <v>1</v>
+      </c>
+      <c r="AK31" s="80">
+        <v>31</v>
+      </c>
+      <c r="AL31" s="80">
+        <v>6</v>
+      </c>
+      <c r="AM31" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN31" s="80">
+        <v>2</v>
+      </c>
+      <c r="AO31" s="80">
+        <v>7</v>
+      </c>
+      <c r="AP31" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ31" s="80">
+        <v>4</v>
+      </c>
+      <c r="AR31" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS31" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT31" s="80">
+        <v>6</v>
+      </c>
+      <c r="AU31" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV31" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW31" s="80">
+        <v>4</v>
+      </c>
+      <c r="AX31" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY31" s="80">
+        <v>6</v>
+      </c>
+      <c r="AZ31" s="80">
+        <v>14</v>
+      </c>
+      <c r="BA31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB31" s="80">
+        <v>4</v>
+      </c>
+      <c r="BC31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD31" s="80">
         <v>3</v>
       </c>
-      <c r="F31" s="73">
-[...35 lines deleted...]
-      <c r="R31" s="73">
+      <c r="BE31" s="80">
         <v>3</v>
       </c>
-      <c r="S31" s="73">
-[...5 lines deleted...]
-      <c r="U31" s="73">
+      <c r="BF31" s="80">
+        <v>4</v>
+      </c>
+      <c r="BG31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI31" s="80">
+        <v>4</v>
+      </c>
+      <c r="BJ31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK31" s="80">
+        <v>1</v>
+      </c>
+      <c r="BL31" s="80">
+        <v>1</v>
+      </c>
+      <c r="BM31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT31" s="80">
         <v>3</v>
       </c>
-      <c r="V31" s="73">
-[...167 lines deleted...]
-      <c r="BZ31" s="74">
+      <c r="BU31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW31" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX31" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY31" s="80">
+        <v>2</v>
+      </c>
+      <c r="BZ31" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B32" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E32" s="73">
+      <c r="B32" s="79" t="s">
+        <v>243</v>
+      </c>
+      <c r="C32" s="80">
+        <v>74</v>
+      </c>
+      <c r="D32" s="80">
+        <v>70</v>
+      </c>
+      <c r="E32" s="80">
+        <v>4</v>
+      </c>
+      <c r="F32" s="80">
+        <v>4</v>
+      </c>
+      <c r="G32" s="80">
+        <v>0</v>
+      </c>
+      <c r="H32" s="80">
+        <v>2</v>
+      </c>
+      <c r="I32" s="80">
+        <v>1</v>
+      </c>
+      <c r="J32" s="80">
+        <v>1</v>
+      </c>
+      <c r="K32" s="80">
+        <v>0</v>
+      </c>
+      <c r="L32" s="80">
+        <v>0</v>
+      </c>
+      <c r="M32" s="80">
+        <v>0</v>
+      </c>
+      <c r="N32" s="80">
+        <v>0</v>
+      </c>
+      <c r="O32" s="80">
+        <v>0</v>
+      </c>
+      <c r="P32" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="80">
+        <v>0</v>
+      </c>
+      <c r="R32" s="80">
+        <v>4</v>
+      </c>
+      <c r="S32" s="80">
+        <v>1</v>
+      </c>
+      <c r="T32" s="80">
+        <v>7</v>
+      </c>
+      <c r="U32" s="80">
+        <v>0</v>
+      </c>
+      <c r="V32" s="80">
+        <v>0</v>
+      </c>
+      <c r="W32" s="80">
+        <v>0</v>
+      </c>
+      <c r="X32" s="80">
+        <v>20</v>
+      </c>
+      <c r="Y32" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z32" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA32" s="80">
+        <v>2</v>
+      </c>
+      <c r="AB32" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC32" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD32" s="80">
+        <v>8</v>
+      </c>
+      <c r="AE32" s="80">
+        <v>2</v>
+      </c>
+      <c r="AF32" s="80">
         <v>3</v>
       </c>
-      <c r="F32" s="73">
-[...74 lines deleted...]
-      <c r="AE32" s="73">
+      <c r="AG32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK32" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP32" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ32" s="80">
+        <v>6</v>
+      </c>
+      <c r="AR32" s="80">
+        <v>2</v>
+      </c>
+      <c r="AS32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT32" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV32" s="80">
+        <v>2</v>
+      </c>
+      <c r="AW32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY32" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB32" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC32" s="80">
         <v>3</v>
       </c>
-      <c r="AF32" s="73">
+      <c r="BD32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK32" s="80">
+        <v>1</v>
+      </c>
+      <c r="BL32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX32" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY32" s="80">
         <v>3</v>
       </c>
-      <c r="AG32" s="73">
-[...135 lines deleted...]
-        <v>1</v>
+      <c r="BZ32" s="81">
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B33" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E33" s="73">
+      <c r="B33" s="79" t="s">
+        <v>245</v>
+      </c>
+      <c r="C33" s="80">
+        <v>173</v>
+      </c>
+      <c r="D33" s="80">
+        <v>159</v>
+      </c>
+      <c r="E33" s="80">
         <v>14</v>
       </c>
-      <c r="F33" s="73">
-[...5 lines deleted...]
-      <c r="H33" s="73">
+      <c r="F33" s="80">
+        <v>34</v>
+      </c>
+      <c r="G33" s="80">
+        <v>2</v>
+      </c>
+      <c r="H33" s="80">
+        <v>4</v>
+      </c>
+      <c r="I33" s="80">
+        <v>4</v>
+      </c>
+      <c r="J33" s="80">
+        <v>2</v>
+      </c>
+      <c r="K33" s="80">
+        <v>6</v>
+      </c>
+      <c r="L33" s="80">
+        <v>1</v>
+      </c>
+      <c r="M33" s="80">
         <v>5</v>
       </c>
-      <c r="I33" s="73">
+      <c r="N33" s="80">
+        <v>4</v>
+      </c>
+      <c r="O33" s="80">
         <v>3</v>
       </c>
-      <c r="J33" s="73">
-[...8 lines deleted...]
-      <c r="M33" s="73">
+      <c r="P33" s="80">
+        <v>3</v>
+      </c>
+      <c r="Q33" s="80">
+        <v>4</v>
+      </c>
+      <c r="R33" s="80">
+        <v>11</v>
+      </c>
+      <c r="S33" s="80">
+        <v>4</v>
+      </c>
+      <c r="T33" s="80">
+        <v>8</v>
+      </c>
+      <c r="U33" s="80">
+        <v>0</v>
+      </c>
+      <c r="V33" s="80">
+        <v>9</v>
+      </c>
+      <c r="W33" s="80">
+        <v>0</v>
+      </c>
+      <c r="X33" s="80">
+        <v>3</v>
+      </c>
+      <c r="Y33" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z33" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA33" s="80">
+        <v>1</v>
+      </c>
+      <c r="AB33" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC33" s="80">
+        <v>2</v>
+      </c>
+      <c r="AD33" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AE33" s="80">
         <v>6</v>
       </c>
-      <c r="N33" s="73">
+      <c r="AF33" s="80">
+        <v>15</v>
+      </c>
+      <c r="AG33" s="80">
+        <v>7</v>
+      </c>
+      <c r="AH33" s="80">
+        <v>2</v>
+      </c>
+      <c r="AI33" s="80">
+        <v>2</v>
+      </c>
+      <c r="AJ33" s="80">
+        <v>2</v>
+      </c>
+      <c r="AK33" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL33" s="80">
+        <v>1</v>
+      </c>
+      <c r="AM33" s="80">
+        <v>5</v>
+      </c>
+      <c r="AN33" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO33" s="80">
+        <v>1</v>
+      </c>
+      <c r="AP33" s="80">
+        <v>6</v>
+      </c>
+      <c r="AQ33" s="80">
+        <v>2</v>
+      </c>
+      <c r="AR33" s="80">
+        <v>19</v>
+      </c>
+      <c r="AS33" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT33" s="80">
         <v>3</v>
       </c>
-      <c r="O33" s="73">
-[...68 lines deleted...]
-      <c r="AL33" s="73">
+      <c r="AU33" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV33" s="80">
+        <v>2</v>
+      </c>
+      <c r="AW33" s="80">
+        <v>2</v>
+      </c>
+      <c r="AX33" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY33" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ33" s="80">
+        <v>1</v>
+      </c>
+      <c r="BA33" s="80">
+        <v>2</v>
+      </c>
+      <c r="BB33" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD33" s="80">
+        <v>6</v>
+      </c>
+      <c r="BE33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH33" s="80">
+        <v>2</v>
+      </c>
+      <c r="BI33" s="80">
+        <v>1</v>
+      </c>
+      <c r="BJ33" s="80">
+        <v>1</v>
+      </c>
+      <c r="BK33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL33" s="80">
         <v>4</v>
       </c>
-      <c r="AM33" s="73">
-[...116 lines deleted...]
-      <c r="BZ33" s="74">
+      <c r="BM33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY33" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ33" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B34" s="72" t="s">
-[...17 lines deleted...]
-      <c r="H34" s="73">
+      <c r="B34" s="79" t="s">
+        <v>247</v>
+      </c>
+      <c r="C34" s="80">
+        <v>170</v>
+      </c>
+      <c r="D34" s="80">
+        <v>132</v>
+      </c>
+      <c r="E34" s="80">
+        <v>38</v>
+      </c>
+      <c r="F34" s="80">
+        <v>11</v>
+      </c>
+      <c r="G34" s="80">
+        <v>0</v>
+      </c>
+      <c r="H34" s="80">
+        <v>3</v>
+      </c>
+      <c r="I34" s="80">
+        <v>2</v>
+      </c>
+      <c r="J34" s="80">
+        <v>2</v>
+      </c>
+      <c r="K34" s="80">
+        <v>0</v>
+      </c>
+      <c r="L34" s="80">
+        <v>1</v>
+      </c>
+      <c r="M34" s="80">
+        <v>0</v>
+      </c>
+      <c r="N34" s="80">
+        <v>2</v>
+      </c>
+      <c r="O34" s="80">
+        <v>0</v>
+      </c>
+      <c r="P34" s="80">
+        <v>1</v>
+      </c>
+      <c r="Q34" s="80">
+        <v>6</v>
+      </c>
+      <c r="R34" s="80">
+        <v>51</v>
+      </c>
+      <c r="S34" s="80">
+        <v>5</v>
+      </c>
+      <c r="T34" s="80">
+        <v>4</v>
+      </c>
+      <c r="U34" s="80">
+        <v>1</v>
+      </c>
+      <c r="V34" s="80">
+        <v>1</v>
+      </c>
+      <c r="W34" s="80">
+        <v>0</v>
+      </c>
+      <c r="X34" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y34" s="80">
+        <v>10</v>
+      </c>
+      <c r="Z34" s="80">
+        <v>2</v>
+      </c>
+      <c r="AA34" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB34" s="80">
+        <v>3</v>
+      </c>
+      <c r="AC34" s="80">
+        <v>4</v>
+      </c>
+      <c r="AD34" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE34" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AF34" s="80">
+        <v>3</v>
+      </c>
+      <c r="AG34" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH34" s="80">
+        <v>6</v>
+      </c>
+      <c r="AI34" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ34" s="80">
+        <v>2</v>
+      </c>
+      <c r="AK34" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL34" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM34" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN34" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO34" s="80">
+        <v>4</v>
+      </c>
+      <c r="AP34" s="80">
+        <v>3</v>
+      </c>
+      <c r="AQ34" s="80">
+        <v>1</v>
+      </c>
+      <c r="AR34" s="80">
+        <v>3</v>
+      </c>
+      <c r="AS34" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT34" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU34" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV34" s="80">
+        <v>2</v>
+      </c>
+      <c r="AW34" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX34" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY34" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ34" s="80">
+        <v>1</v>
+      </c>
+      <c r="BA34" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB34" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD34" s="80">
+        <v>2</v>
+      </c>
+      <c r="BE34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF34" s="80">
+        <v>1</v>
+      </c>
+      <c r="BG34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH34" s="80">
+        <v>1</v>
+      </c>
+      <c r="BI34" s="80">
+        <v>1</v>
+      </c>
+      <c r="BJ34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK34" s="80">
+        <v>1</v>
+      </c>
+      <c r="BL34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP34" s="80">
+        <v>1</v>
+      </c>
+      <c r="BQ34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT34" s="80">
+        <v>2</v>
+      </c>
+      <c r="BU34" s="80">
+        <v>1</v>
+      </c>
+      <c r="BV34" s="80">
         <v>7</v>
       </c>
-      <c r="I34" s="73">
-[...207 lines deleted...]
-        <v>1</v>
+      <c r="BW34" s="80">
+        <v>21</v>
+      </c>
+      <c r="BX34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY34" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ34" s="81">
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B35" s="72" t="s">
-[...14 lines deleted...]
-      <c r="G35" s="73">
+      <c r="B35" s="79" t="s">
+        <v>249</v>
+      </c>
+      <c r="C35" s="80">
+        <v>375</v>
+      </c>
+      <c r="D35" s="80">
+        <v>355</v>
+      </c>
+      <c r="E35" s="80">
+        <v>20</v>
+      </c>
+      <c r="F35" s="80">
+        <v>161</v>
+      </c>
+      <c r="G35" s="80">
+        <v>14</v>
+      </c>
+      <c r="H35" s="80">
+        <v>44</v>
+      </c>
+      <c r="I35" s="80">
+        <v>23</v>
+      </c>
+      <c r="J35" s="80">
+        <v>34</v>
+      </c>
+      <c r="K35" s="80">
+        <v>14</v>
+      </c>
+      <c r="L35" s="80">
+        <v>5</v>
+      </c>
+      <c r="M35" s="80">
+        <v>7</v>
+      </c>
+      <c r="N35" s="80">
+        <v>14</v>
+      </c>
+      <c r="O35" s="80">
+        <v>4</v>
+      </c>
+      <c r="P35" s="80">
+        <v>2</v>
+      </c>
+      <c r="Q35" s="80">
+        <v>16</v>
+      </c>
+      <c r="R35" s="80">
+        <v>9</v>
+      </c>
+      <c r="S35" s="80">
+        <v>18</v>
+      </c>
+      <c r="T35" s="80">
+        <v>4</v>
+      </c>
+      <c r="U35" s="80">
+        <v>1</v>
+      </c>
+      <c r="V35" s="80">
+        <v>2</v>
+      </c>
+      <c r="W35" s="80">
+        <v>3</v>
+      </c>
+      <c r="X35" s="80">
+        <v>4</v>
+      </c>
+      <c r="Y35" s="80">
+        <v>4</v>
+      </c>
+      <c r="Z35" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA35" s="80">
+        <v>5</v>
+      </c>
+      <c r="AB35" s="80">
+        <v>3</v>
+      </c>
+      <c r="AC35" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD35" s="80">
+        <v>15</v>
+      </c>
+      <c r="AE35" s="80">
+        <v>3</v>
+      </c>
+      <c r="AF35" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AG35" s="80">
+        <v>5</v>
+      </c>
+      <c r="AH35" s="80">
+        <v>8</v>
+      </c>
+      <c r="AI35" s="80">
+        <v>8</v>
+      </c>
+      <c r="AJ35" s="80">
+        <v>7</v>
+      </c>
+      <c r="AK35" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL35" s="80">
+        <v>1</v>
+      </c>
+      <c r="AM35" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN35" s="80">
+        <v>2</v>
+      </c>
+      <c r="AO35" s="80">
+        <v>4</v>
+      </c>
+      <c r="AP35" s="80">
+        <v>23</v>
+      </c>
+      <c r="AQ35" s="80">
+        <v>12</v>
+      </c>
+      <c r="AR35" s="80">
         <v>6</v>
       </c>
-      <c r="H35" s="73">
-[...11 lines deleted...]
-      <c r="L35" s="73">
+      <c r="AS35" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT35" s="80">
+        <v>3</v>
+      </c>
+      <c r="AU35" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV35" s="80">
+        <v>3</v>
+      </c>
+      <c r="AW35" s="80">
+        <v>2</v>
+      </c>
+      <c r="AX35" s="80">
+        <v>2</v>
+      </c>
+      <c r="AY35" s="80">
         <v>5</v>
       </c>
-      <c r="M35" s="73">
-[...2 lines deleted...]
-      <c r="N35" s="73">
+      <c r="AZ35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA35" s="80">
+        <v>3</v>
+      </c>
+      <c r="BB35" s="80">
         <v>7</v>
       </c>
-      <c r="O35" s="73">
-[...14 lines deleted...]
-      <c r="T35" s="73">
+      <c r="BC35" s="80">
+        <v>4</v>
+      </c>
+      <c r="BD35" s="80">
+        <v>13</v>
+      </c>
+      <c r="BE35" s="80">
+        <v>1</v>
+      </c>
+      <c r="BF35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ35" s="80">
+        <v>2</v>
+      </c>
+      <c r="BK35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN35" s="80">
         <v>3</v>
       </c>
-      <c r="U35" s="73">
-[...170 lines deleted...]
-      <c r="BZ35" s="74">
+      <c r="BO35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX35" s="80">
+        <v>1</v>
+      </c>
+      <c r="BY35" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ35" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B36" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E36" s="73">
+      <c r="B36" s="79" t="s">
+        <v>108</v>
+      </c>
+      <c r="C36" s="80">
+        <v>329</v>
+      </c>
+      <c r="D36" s="80">
+        <v>313</v>
+      </c>
+      <c r="E36" s="80">
+        <v>16</v>
+      </c>
+      <c r="F36" s="80">
+        <v>32</v>
+      </c>
+      <c r="G36" s="80">
+        <v>3</v>
+      </c>
+      <c r="H36" s="80">
+        <v>4</v>
+      </c>
+      <c r="I36" s="80">
+        <v>1</v>
+      </c>
+      <c r="J36" s="80">
+        <v>5</v>
+      </c>
+      <c r="K36" s="80">
+        <v>3</v>
+      </c>
+      <c r="L36" s="80">
+        <v>2</v>
+      </c>
+      <c r="M36" s="80">
+        <v>3</v>
+      </c>
+      <c r="N36" s="80">
+        <v>3</v>
+      </c>
+      <c r="O36" s="80">
+        <v>4</v>
+      </c>
+      <c r="P36" s="80">
+        <v>4</v>
+      </c>
+      <c r="Q36" s="80">
+        <v>8</v>
+      </c>
+      <c r="R36" s="80">
+        <v>3</v>
+      </c>
+      <c r="S36" s="80">
+        <v>58</v>
+      </c>
+      <c r="T36" s="80">
+        <v>1</v>
+      </c>
+      <c r="U36" s="80">
+        <v>2</v>
+      </c>
+      <c r="V36" s="80">
         <v>7</v>
       </c>
-      <c r="F36" s="73">
+      <c r="W36" s="80">
+        <v>1</v>
+      </c>
+      <c r="X36" s="80">
+        <v>4</v>
+      </c>
+      <c r="Y36" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z36" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA36" s="80">
+        <v>22</v>
+      </c>
+      <c r="AB36" s="80">
+        <v>2</v>
+      </c>
+      <c r="AC36" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD36" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE36" s="80">
+        <v>2</v>
+      </c>
+      <c r="AF36" s="80">
+        <v>5</v>
+      </c>
+      <c r="AG36" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AH36" s="80">
+        <v>71</v>
+      </c>
+      <c r="AI36" s="80">
+        <v>4</v>
+      </c>
+      <c r="AJ36" s="80">
+        <v>3</v>
+      </c>
+      <c r="AK36" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL36" s="80">
+        <v>2</v>
+      </c>
+      <c r="AM36" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN36" s="80">
+        <v>2</v>
+      </c>
+      <c r="AO36" s="80">
+        <v>4</v>
+      </c>
+      <c r="AP36" s="80">
+        <v>2</v>
+      </c>
+      <c r="AQ36" s="80">
+        <v>5</v>
+      </c>
+      <c r="AR36" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS36" s="80">
         <v>39</v>
       </c>
-      <c r="G36" s="73">
-[...8 lines deleted...]
-      <c r="J36" s="73">
+      <c r="AT36" s="80">
+        <v>3</v>
+      </c>
+      <c r="AU36" s="80">
+        <v>15</v>
+      </c>
+      <c r="AV36" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW36" s="80">
+        <v>3</v>
+      </c>
+      <c r="AX36" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY36" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ36" s="80">
+        <v>1</v>
+      </c>
+      <c r="BA36" s="80">
+        <v>7</v>
+      </c>
+      <c r="BB36" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD36" s="80">
+        <v>3</v>
+      </c>
+      <c r="BE36" s="80">
+        <v>1</v>
+      </c>
+      <c r="BF36" s="80">
+        <v>2</v>
+      </c>
+      <c r="BG36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW36" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX36" s="80">
+        <v>3</v>
+      </c>
+      <c r="BY36" s="80">
+        <v>3</v>
+      </c>
+      <c r="BZ36" s="81">
         <v>4</v>
-      </c>
-[...202 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="37" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B37" s="72" t="s">
-[...17 lines deleted...]
-      <c r="H37" s="73">
+      <c r="B37" s="79" t="s">
+        <v>251</v>
+      </c>
+      <c r="C37" s="80">
+        <v>522</v>
+      </c>
+      <c r="D37" s="80">
+        <v>499</v>
+      </c>
+      <c r="E37" s="80">
+        <v>23</v>
+      </c>
+      <c r="F37" s="80">
+        <v>73</v>
+      </c>
+      <c r="G37" s="80">
+        <v>2</v>
+      </c>
+      <c r="H37" s="80">
+        <v>6</v>
+      </c>
+      <c r="I37" s="80">
+        <v>5</v>
+      </c>
+      <c r="J37" s="80">
+        <v>13</v>
+      </c>
+      <c r="K37" s="80">
+        <v>2</v>
+      </c>
+      <c r="L37" s="80">
+        <v>7</v>
+      </c>
+      <c r="M37" s="80">
+        <v>4</v>
+      </c>
+      <c r="N37" s="80">
+        <v>12</v>
+      </c>
+      <c r="O37" s="80">
+        <v>11</v>
+      </c>
+      <c r="P37" s="80">
+        <v>11</v>
+      </c>
+      <c r="Q37" s="80">
+        <v>15</v>
+      </c>
+      <c r="R37" s="80">
+        <v>0</v>
+      </c>
+      <c r="S37" s="80">
+        <v>62</v>
+      </c>
+      <c r="T37" s="80">
+        <v>2</v>
+      </c>
+      <c r="U37" s="80">
+        <v>0</v>
+      </c>
+      <c r="V37" s="80">
+        <v>12</v>
+      </c>
+      <c r="W37" s="80">
+        <v>1</v>
+      </c>
+      <c r="X37" s="80">
+        <v>6</v>
+      </c>
+      <c r="Y37" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z37" s="80">
+        <v>2</v>
+      </c>
+      <c r="AA37" s="80">
+        <v>69</v>
+      </c>
+      <c r="AB37" s="80">
+        <v>4</v>
+      </c>
+      <c r="AC37" s="80">
         <v>3</v>
       </c>
-      <c r="I37" s="73">
+      <c r="AD37" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE37" s="80">
+        <v>5</v>
+      </c>
+      <c r="AF37" s="80">
+        <v>9</v>
+      </c>
+      <c r="AG37" s="80">
+        <v>125</v>
+      </c>
+      <c r="AH37" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AI37" s="80">
         <v>7</v>
       </c>
-      <c r="J37" s="73">
-[...2 lines deleted...]
-      <c r="K37" s="73">
+      <c r="AJ37" s="80">
+        <v>4</v>
+      </c>
+      <c r="AK37" s="80">
+        <v>2</v>
+      </c>
+      <c r="AL37" s="80">
         <v>6</v>
       </c>
-      <c r="L37" s="73">
-[...2 lines deleted...]
-      <c r="M37" s="73">
+      <c r="AM37" s="80">
+        <v>2</v>
+      </c>
+      <c r="AN37" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO37" s="80">
         <v>5</v>
       </c>
-      <c r="N37" s="73">
+      <c r="AP37" s="80">
+        <v>2</v>
+      </c>
+      <c r="AQ37" s="80">
+        <v>11</v>
+      </c>
+      <c r="AR37" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS37" s="80">
+        <v>22</v>
+      </c>
+      <c r="AT37" s="80">
+        <v>3</v>
+      </c>
+      <c r="AU37" s="80">
         <v>19</v>
       </c>
-      <c r="O37" s="73">
-[...20 lines deleted...]
-      <c r="V37" s="73">
+      <c r="AV37" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW37" s="80">
+        <v>2</v>
+      </c>
+      <c r="AX37" s="80">
+        <v>2</v>
+      </c>
+      <c r="AY37" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA37" s="80">
+        <v>18</v>
+      </c>
+      <c r="BB37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD37" s="80">
+        <v>2</v>
+      </c>
+      <c r="BE37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ37" s="80">
+        <v>1</v>
+      </c>
+      <c r="BK37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM37" s="80">
+        <v>1</v>
+      </c>
+      <c r="BN37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW37" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX37" s="80">
+        <v>3</v>
+      </c>
+      <c r="BY37" s="80">
         <v>6</v>
       </c>
-      <c r="W37" s="73">
-[...165 lines deleted...]
-        <v>14</v>
+      <c r="BZ37" s="81">
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B38" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E38" s="73">
+      <c r="B38" s="79" t="s">
+        <v>253</v>
+      </c>
+      <c r="C38" s="80">
+        <v>161</v>
+      </c>
+      <c r="D38" s="80">
+        <v>161</v>
+      </c>
+      <c r="E38" s="80">
+        <v>0</v>
+      </c>
+      <c r="F38" s="80">
+        <v>29</v>
+      </c>
+      <c r="G38" s="80">
+        <v>1</v>
+      </c>
+      <c r="H38" s="80">
+        <v>2</v>
+      </c>
+      <c r="I38" s="80">
+        <v>6</v>
+      </c>
+      <c r="J38" s="80">
+        <v>1</v>
+      </c>
+      <c r="K38" s="80">
         <v>4</v>
       </c>
-      <c r="F38" s="73">
-[...8 lines deleted...]
-      <c r="I38" s="73">
+      <c r="L38" s="80">
+        <v>4</v>
+      </c>
+      <c r="M38" s="80">
+        <v>0</v>
+      </c>
+      <c r="N38" s="80">
+        <v>7</v>
+      </c>
+      <c r="O38" s="80">
+        <v>1</v>
+      </c>
+      <c r="P38" s="80">
         <v>3</v>
       </c>
-      <c r="J38" s="73">
-[...8 lines deleted...]
-      <c r="M38" s="73">
+      <c r="Q38" s="80">
+        <v>1</v>
+      </c>
+      <c r="R38" s="80">
+        <v>1</v>
+      </c>
+      <c r="S38" s="80">
+        <v>79</v>
+      </c>
+      <c r="T38" s="80">
+        <v>0</v>
+      </c>
+      <c r="U38" s="80">
+        <v>0</v>
+      </c>
+      <c r="V38" s="80">
         <v>3</v>
       </c>
-      <c r="N38" s="73">
-[...8 lines deleted...]
-      <c r="Q38" s="73">
+      <c r="W38" s="80">
+        <v>0</v>
+      </c>
+      <c r="X38" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y38" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD38" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE38" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF38" s="80">
+        <v>5</v>
+      </c>
+      <c r="AG38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH38" s="80">
         <v>3</v>
       </c>
-      <c r="R38" s="73">
-[...47 lines deleted...]
-      <c r="AH38" s="73">
+      <c r="AI38" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AJ38" s="80">
+        <v>26</v>
+      </c>
+      <c r="AK38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL38" s="80">
+        <v>1</v>
+      </c>
+      <c r="AM38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN38" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ38" s="80">
+        <v>1</v>
+      </c>
+      <c r="AR38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS38" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT38" s="80">
+        <v>2</v>
+      </c>
+      <c r="AU38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW38" s="80">
         <v>3</v>
       </c>
-      <c r="AI38" s="76" t="s">
-[...129 lines deleted...]
-        <v>1</v>
+      <c r="AX38" s="80">
+        <v>2</v>
+      </c>
+      <c r="AY38" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB38" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY38" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ38" s="81">
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B39" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E39" s="73">
+      <c r="B39" s="79" t="s">
+        <v>115</v>
+      </c>
+      <c r="C39" s="80">
+        <v>239</v>
+      </c>
+      <c r="D39" s="80">
+        <v>234</v>
+      </c>
+      <c r="E39" s="80">
+        <v>5</v>
+      </c>
+      <c r="F39" s="80">
+        <v>83</v>
+      </c>
+      <c r="G39" s="80">
+        <v>3</v>
+      </c>
+      <c r="H39" s="80">
+        <v>8</v>
+      </c>
+      <c r="I39" s="80">
+        <v>7</v>
+      </c>
+      <c r="J39" s="80">
+        <v>2</v>
+      </c>
+      <c r="K39" s="80">
+        <v>15</v>
+      </c>
+      <c r="L39" s="80">
+        <v>7</v>
+      </c>
+      <c r="M39" s="80">
+        <v>15</v>
+      </c>
+      <c r="N39" s="80">
+        <v>15</v>
+      </c>
+      <c r="O39" s="80">
+        <v>7</v>
+      </c>
+      <c r="P39" s="80">
         <v>4</v>
       </c>
-      <c r="F39" s="73">
-[...14 lines deleted...]
-      <c r="K39" s="73">
+      <c r="Q39" s="80">
         <v>3</v>
       </c>
-      <c r="L39" s="73">
-[...2 lines deleted...]
-      <c r="M39" s="73">
+      <c r="R39" s="80">
+        <v>2</v>
+      </c>
+      <c r="S39" s="80">
+        <v>52</v>
+      </c>
+      <c r="T39" s="80">
+        <v>0</v>
+      </c>
+      <c r="U39" s="80">
+        <v>2</v>
+      </c>
+      <c r="V39" s="80">
+        <v>4</v>
+      </c>
+      <c r="W39" s="80">
+        <v>0</v>
+      </c>
+      <c r="X39" s="80">
+        <v>1</v>
+      </c>
+      <c r="Y39" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z39" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA39" s="80">
+        <v>2</v>
+      </c>
+      <c r="AB39" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC39" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD39" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE39" s="80">
+        <v>2</v>
+      </c>
+      <c r="AF39" s="80">
+        <v>4</v>
+      </c>
+      <c r="AG39" s="80">
+        <v>2</v>
+      </c>
+      <c r="AH39" s="80">
+        <v>10</v>
+      </c>
+      <c r="AI39" s="80">
+        <v>22</v>
+      </c>
+      <c r="AJ39" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AK39" s="80">
+        <v>3</v>
+      </c>
+      <c r="AL39" s="80">
+        <v>10</v>
+      </c>
+      <c r="AM39" s="80">
+        <v>3</v>
+      </c>
+      <c r="AN39" s="80">
         <v>5</v>
       </c>
-      <c r="N39" s="73">
-[...53 lines deleted...]
-      <c r="AF39" s="73">
+      <c r="AO39" s="80">
+        <v>1</v>
+      </c>
+      <c r="AP39" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ39" s="80">
         <v>3</v>
       </c>
-      <c r="AG39" s="73">
-[...135 lines deleted...]
-        <v>1</v>
+      <c r="AR39" s="80">
+        <v>6</v>
+      </c>
+      <c r="AS39" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT39" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU39" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV39" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW39" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX39" s="80">
+        <v>1</v>
+      </c>
+      <c r="AY39" s="80">
+        <v>6</v>
+      </c>
+      <c r="AZ39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH39" s="80">
+        <v>1</v>
+      </c>
+      <c r="BI39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ39" s="80">
+        <v>2</v>
+      </c>
+      <c r="BK39" s="80">
+        <v>1</v>
+      </c>
+      <c r="BL39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN39" s="80">
+        <v>1</v>
+      </c>
+      <c r="BO39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY39" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ39" s="81">
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B40" s="72" t="s">
-[...11 lines deleted...]
-      <c r="F40" s="73">
+      <c r="B40" s="79" t="s">
+        <v>103</v>
+      </c>
+      <c r="C40" s="80">
+        <v>201</v>
+      </c>
+      <c r="D40" s="80">
+        <v>198</v>
+      </c>
+      <c r="E40" s="80">
+        <v>3</v>
+      </c>
+      <c r="F40" s="80">
         <v>5</v>
       </c>
-      <c r="G40" s="73">
-[...8 lines deleted...]
-      <c r="J40" s="73">
+      <c r="G40" s="80">
+        <v>0</v>
+      </c>
+      <c r="H40" s="80">
+        <v>0</v>
+      </c>
+      <c r="I40" s="80">
+        <v>0</v>
+      </c>
+      <c r="J40" s="80">
+        <v>2</v>
+      </c>
+      <c r="K40" s="80">
+        <v>0</v>
+      </c>
+      <c r="L40" s="80">
         <v>3</v>
       </c>
-      <c r="K40" s="73">
-[...17 lines deleted...]
-      <c r="Q40" s="73">
+      <c r="M40" s="80">
+        <v>0</v>
+      </c>
+      <c r="N40" s="80">
+        <v>0</v>
+      </c>
+      <c r="O40" s="80">
+        <v>0</v>
+      </c>
+      <c r="P40" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="80">
+        <v>12</v>
+      </c>
+      <c r="R40" s="80">
+        <v>1</v>
+      </c>
+      <c r="S40" s="80">
         <v>8</v>
       </c>
-      <c r="R40" s="73">
-[...23 lines deleted...]
-      <c r="Z40" s="73">
+      <c r="T40" s="80">
+        <v>0</v>
+      </c>
+      <c r="U40" s="80">
+        <v>5</v>
+      </c>
+      <c r="V40" s="80">
+        <v>64</v>
+      </c>
+      <c r="W40" s="80">
+        <v>21</v>
+      </c>
+      <c r="X40" s="80">
+        <v>2</v>
+      </c>
+      <c r="Y40" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z40" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA40" s="80">
+        <v>1</v>
+      </c>
+      <c r="AB40" s="80">
+        <v>43</v>
+      </c>
+      <c r="AC40" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD40" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE40" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF40" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG40" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH40" s="80">
+        <v>1</v>
+      </c>
+      <c r="AI40" s="80">
+        <v>5</v>
+      </c>
+      <c r="AJ40" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK40" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AL40" s="80">
+        <v>2</v>
+      </c>
+      <c r="AM40" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN40" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO40" s="80">
         <v>3</v>
       </c>
-      <c r="AA40" s="73">
-[...41 lines deleted...]
-      <c r="AO40" s="73">
+      <c r="AP40" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ40" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR40" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS40" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT40" s="80">
+        <v>2</v>
+      </c>
+      <c r="AU40" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV40" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW40" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX40" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY40" s="80">
+        <v>3</v>
+      </c>
+      <c r="AZ40" s="80">
         <v>9</v>
       </c>
-      <c r="AP40" s="73">
-[...107 lines deleted...]
-      <c r="BZ40" s="74">
+      <c r="BA40" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB40" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE40" s="80">
+        <v>1</v>
+      </c>
+      <c r="BF40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG40" s="80">
+        <v>1</v>
+      </c>
+      <c r="BH40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK40" s="80">
+        <v>1</v>
+      </c>
+      <c r="BL40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY40" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ40" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B41" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E41" s="73">
+      <c r="B41" s="79" t="s">
+        <v>255</v>
+      </c>
+      <c r="C41" s="80">
+        <v>200</v>
+      </c>
+      <c r="D41" s="80">
+        <v>192</v>
+      </c>
+      <c r="E41" s="80">
+        <v>8</v>
+      </c>
+      <c r="F41" s="80">
+        <v>22</v>
+      </c>
+      <c r="G41" s="80">
+        <v>0</v>
+      </c>
+      <c r="H41" s="80">
+        <v>3</v>
+      </c>
+      <c r="I41" s="80">
+        <v>1</v>
+      </c>
+      <c r="J41" s="80">
+        <v>0</v>
+      </c>
+      <c r="K41" s="80">
+        <v>0</v>
+      </c>
+      <c r="L41" s="80">
+        <v>2</v>
+      </c>
+      <c r="M41" s="80">
+        <v>5</v>
+      </c>
+      <c r="N41" s="80">
+        <v>5</v>
+      </c>
+      <c r="O41" s="80">
+        <v>5</v>
+      </c>
+      <c r="P41" s="80">
+        <v>1</v>
+      </c>
+      <c r="Q41" s="80">
+        <v>15</v>
+      </c>
+      <c r="R41" s="80">
+        <v>1</v>
+      </c>
+      <c r="S41" s="80">
+        <v>12</v>
+      </c>
+      <c r="T41" s="80">
+        <v>1</v>
+      </c>
+      <c r="U41" s="80">
+        <v>0</v>
+      </c>
+      <c r="V41" s="80">
+        <v>5</v>
+      </c>
+      <c r="W41" s="80">
+        <v>1</v>
+      </c>
+      <c r="X41" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y41" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z41" s="80">
+        <v>3</v>
+      </c>
+      <c r="AA41" s="80">
+        <v>1</v>
+      </c>
+      <c r="AB41" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC41" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD41" s="80">
+        <v>3</v>
+      </c>
+      <c r="AE41" s="80">
+        <v>2</v>
+      </c>
+      <c r="AF41" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG41" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH41" s="80">
+        <v>3</v>
+      </c>
+      <c r="AI41" s="80">
+        <v>2</v>
+      </c>
+      <c r="AJ41" s="80">
+        <v>5</v>
+      </c>
+      <c r="AK41" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL41" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AM41" s="80">
+        <v>19</v>
+      </c>
+      <c r="AN41" s="80">
+        <v>37</v>
+      </c>
+      <c r="AO41" s="80">
+        <v>22</v>
+      </c>
+      <c r="AP41" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ41" s="80">
+        <v>1</v>
+      </c>
+      <c r="AR41" s="80">
+        <v>2</v>
+      </c>
+      <c r="AS41" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT41" s="80">
         <v>9</v>
       </c>
-      <c r="F41" s="73">
-[...29 lines deleted...]
-      <c r="P41" s="73">
+      <c r="AU41" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV41" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW41" s="80">
         <v>3</v>
       </c>
-      <c r="Q41" s="73">
-[...29 lines deleted...]
-      <c r="AA41" s="73">
+      <c r="AX41" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY41" s="80">
         <v>3</v>
       </c>
-      <c r="AB41" s="73">
-[...17 lines deleted...]
-      <c r="AH41" s="73">
+      <c r="AZ41" s="80">
+        <v>2</v>
+      </c>
+      <c r="BA41" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB41" s="80">
+        <v>10</v>
+      </c>
+      <c r="BC41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE41" s="80">
         <v>3</v>
       </c>
-      <c r="AI41" s="73">
-[...129 lines deleted...]
-        <v>1</v>
+      <c r="BF41" s="80">
+        <v>1</v>
+      </c>
+      <c r="BG41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH41" s="80">
+        <v>1</v>
+      </c>
+      <c r="BI41" s="80">
+        <v>1</v>
+      </c>
+      <c r="BJ41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT41" s="80">
+        <v>1</v>
+      </c>
+      <c r="BU41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX41" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY41" s="80">
+        <v>1</v>
+      </c>
+      <c r="BZ41" s="81">
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B42" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E42" s="73">
+      <c r="B42" s="79" t="s">
+        <v>257</v>
+      </c>
+      <c r="C42" s="80">
+        <v>160</v>
+      </c>
+      <c r="D42" s="80">
+        <v>152</v>
+      </c>
+      <c r="E42" s="80">
+        <v>8</v>
+      </c>
+      <c r="F42" s="80">
+        <v>10</v>
+      </c>
+      <c r="G42" s="80">
+        <v>2</v>
+      </c>
+      <c r="H42" s="80">
+        <v>0</v>
+      </c>
+      <c r="I42" s="80">
+        <v>1</v>
+      </c>
+      <c r="J42" s="80">
+        <v>0</v>
+      </c>
+      <c r="K42" s="80">
+        <v>1</v>
+      </c>
+      <c r="L42" s="80">
+        <v>0</v>
+      </c>
+      <c r="M42" s="80">
+        <v>2</v>
+      </c>
+      <c r="N42" s="80">
         <v>3</v>
       </c>
-      <c r="F42" s="73">
+      <c r="O42" s="80">
+        <v>1</v>
+      </c>
+      <c r="P42" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="80">
+        <v>11</v>
+      </c>
+      <c r="R42" s="80">
+        <v>0</v>
+      </c>
+      <c r="S42" s="80">
+        <v>9</v>
+      </c>
+      <c r="T42" s="80">
+        <v>0</v>
+      </c>
+      <c r="U42" s="80">
+        <v>0</v>
+      </c>
+      <c r="V42" s="80">
+        <v>5</v>
+      </c>
+      <c r="W42" s="80">
+        <v>0</v>
+      </c>
+      <c r="X42" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z42" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA42" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB42" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC42" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD42" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE42" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF42" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG42" s="80">
+        <v>2</v>
+      </c>
+      <c r="AH42" s="80">
+        <v>3</v>
+      </c>
+      <c r="AI42" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ42" s="80">
+        <v>2</v>
+      </c>
+      <c r="AK42" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL42" s="80">
+        <v>34</v>
+      </c>
+      <c r="AM42" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AN42" s="80">
+        <v>5</v>
+      </c>
+      <c r="AO42" s="80">
+        <v>31</v>
+      </c>
+      <c r="AP42" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ42" s="80">
+        <v>1</v>
+      </c>
+      <c r="AR42" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS42" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT42" s="80">
         <v>12</v>
       </c>
-      <c r="G42" s="73">
-[...11 lines deleted...]
-      <c r="K42" s="73">
+      <c r="AU42" s="80">
         <v>3</v>
       </c>
-      <c r="L42" s="73">
-[...8 lines deleted...]
-      <c r="O42" s="73">
+      <c r="AV42" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW42" s="80">
         <v>4</v>
       </c>
-      <c r="P42" s="73">
-[...113 lines deleted...]
-      <c r="BB42" s="73">
+      <c r="AX42" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY42" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ42" s="80">
+        <v>6</v>
+      </c>
+      <c r="BA42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB42" s="80">
+        <v>9</v>
+      </c>
+      <c r="BC42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE42" s="80">
         <v>5</v>
       </c>
-      <c r="BC42" s="73">
-[...69 lines deleted...]
-        <v>0</v>
+      <c r="BF42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH42" s="80">
+        <v>2</v>
+      </c>
+      <c r="BI42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY42" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ42" s="81">
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B43" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E43" s="73">
+      <c r="B43" s="79" t="s">
+        <v>110</v>
+      </c>
+      <c r="C43" s="80">
+        <v>118</v>
+      </c>
+      <c r="D43" s="80">
+        <v>112</v>
+      </c>
+      <c r="E43" s="80">
+        <v>6</v>
+      </c>
+      <c r="F43" s="80">
+        <v>16</v>
+      </c>
+      <c r="G43" s="80">
+        <v>0</v>
+      </c>
+      <c r="H43" s="80">
+        <v>0</v>
+      </c>
+      <c r="I43" s="80">
+        <v>3</v>
+      </c>
+      <c r="J43" s="80">
+        <v>0</v>
+      </c>
+      <c r="K43" s="80">
+        <v>0</v>
+      </c>
+      <c r="L43" s="80">
+        <v>0</v>
+      </c>
+      <c r="M43" s="80">
         <v>5</v>
       </c>
-      <c r="F43" s="73">
-[...23 lines deleted...]
-      <c r="N43" s="73">
+      <c r="N43" s="80">
+        <v>2</v>
+      </c>
+      <c r="O43" s="80">
+        <v>0</v>
+      </c>
+      <c r="P43" s="80">
+        <v>6</v>
+      </c>
+      <c r="Q43" s="80">
+        <v>9</v>
+      </c>
+      <c r="R43" s="80">
+        <v>1</v>
+      </c>
+      <c r="S43" s="80">
+        <v>8</v>
+      </c>
+      <c r="T43" s="80">
+        <v>0</v>
+      </c>
+      <c r="U43" s="80">
+        <v>0</v>
+      </c>
+      <c r="V43" s="80">
         <v>5</v>
       </c>
-      <c r="O43" s="73">
-[...5 lines deleted...]
-      <c r="Q43" s="73">
+      <c r="W43" s="80">
+        <v>1</v>
+      </c>
+      <c r="X43" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y43" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z43" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA43" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB43" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC43" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD43" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE43" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF43" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG43" s="80">
         <v>7</v>
       </c>
-      <c r="R43" s="73">
-[...65 lines deleted...]
-      <c r="AN43" s="76" t="s">
+      <c r="AH43" s="80">
+        <v>2</v>
+      </c>
+      <c r="AI43" s="80">
+        <v>2</v>
+      </c>
+      <c r="AJ43" s="80">
+        <v>6</v>
+      </c>
+      <c r="AK43" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL43" s="80">
+        <v>14</v>
+      </c>
+      <c r="AM43" s="80">
+        <v>8</v>
+      </c>
+      <c r="AN43" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="AO43" s="73">
-[...14 lines deleted...]
-      <c r="AT43" s="73">
+      <c r="AO43" s="80">
         <v>8</v>
       </c>
-      <c r="AU43" s="73">
-[...92 lines deleted...]
-      <c r="BZ43" s="74">
+      <c r="AP43" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ43" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR43" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS43" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT43" s="80">
+        <v>8</v>
+      </c>
+      <c r="AU43" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV43" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW43" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX43" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY43" s="80">
+        <v>2</v>
+      </c>
+      <c r="AZ43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA43" s="80">
+        <v>2</v>
+      </c>
+      <c r="BB43" s="80">
+        <v>3</v>
+      </c>
+      <c r="BC43" s="80">
+        <v>1</v>
+      </c>
+      <c r="BD43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE43" s="80">
+        <v>1</v>
+      </c>
+      <c r="BF43" s="80">
+        <v>3</v>
+      </c>
+      <c r="BG43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI43" s="80">
+        <v>1</v>
+      </c>
+      <c r="BJ43" s="80">
+        <v>1</v>
+      </c>
+      <c r="BK43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY43" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ43" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B44" s="72" t="s">
-[...17 lines deleted...]
-      <c r="H44" s="73">
+      <c r="B44" s="79" t="s">
+        <v>259</v>
+      </c>
+      <c r="C44" s="80">
+        <v>188</v>
+      </c>
+      <c r="D44" s="80">
+        <v>180</v>
+      </c>
+      <c r="E44" s="80">
+        <v>8</v>
+      </c>
+      <c r="F44" s="80">
+        <v>13</v>
+      </c>
+      <c r="G44" s="80">
+        <v>2</v>
+      </c>
+      <c r="H44" s="80">
+        <v>1</v>
+      </c>
+      <c r="I44" s="80">
+        <v>0</v>
+      </c>
+      <c r="J44" s="80">
+        <v>1</v>
+      </c>
+      <c r="K44" s="80">
+        <v>1</v>
+      </c>
+      <c r="L44" s="80">
+        <v>2</v>
+      </c>
+      <c r="M44" s="80">
+        <v>1</v>
+      </c>
+      <c r="N44" s="80">
+        <v>4</v>
+      </c>
+      <c r="O44" s="80">
+        <v>1</v>
+      </c>
+      <c r="P44" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="80">
+        <v>11</v>
+      </c>
+      <c r="R44" s="80">
+        <v>0</v>
+      </c>
+      <c r="S44" s="80">
         <v>7</v>
       </c>
-      <c r="I44" s="73">
-[...23 lines deleted...]
-      <c r="Q44" s="73">
+      <c r="T44" s="80">
+        <v>0</v>
+      </c>
+      <c r="U44" s="80">
+        <v>0</v>
+      </c>
+      <c r="V44" s="80">
+        <v>20</v>
+      </c>
+      <c r="W44" s="80">
+        <v>0</v>
+      </c>
+      <c r="X44" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y44" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z44" s="80">
+        <v>2</v>
+      </c>
+      <c r="AA44" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB44" s="80">
+        <v>7</v>
+      </c>
+      <c r="AC44" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD44" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE44" s="80">
+        <v>2</v>
+      </c>
+      <c r="AF44" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG44" s="80">
+        <v>5</v>
+      </c>
+      <c r="AH44" s="80">
+        <v>4</v>
+      </c>
+      <c r="AI44" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ44" s="80">
+        <v>10</v>
+      </c>
+      <c r="AK44" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL44" s="80">
+        <v>36</v>
+      </c>
+      <c r="AM44" s="80">
+        <v>23</v>
+      </c>
+      <c r="AN44" s="80">
         <v>8</v>
       </c>
-      <c r="R44" s="73">
-[...41 lines deleted...]
-      <c r="AF44" s="73">
+      <c r="AO44" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AP44" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ44" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR44" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS44" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT44" s="80">
+        <v>14</v>
+      </c>
+      <c r="AU44" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV44" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW44" s="80">
+        <v>2</v>
+      </c>
+      <c r="AX44" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY44" s="80">
+        <v>4</v>
+      </c>
+      <c r="AZ44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB44" s="80">
+        <v>7</v>
+      </c>
+      <c r="BC44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD44" s="80">
+        <v>1</v>
+      </c>
+      <c r="BE44" s="80">
         <v>5</v>
       </c>
-      <c r="AG44" s="73">
-[...134 lines deleted...]
-      <c r="BZ44" s="74">
+      <c r="BF44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV44" s="80">
+        <v>1</v>
+      </c>
+      <c r="BW44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX44" s="80">
+        <v>1</v>
+      </c>
+      <c r="BY44" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ44" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B45" s="72" t="s">
-[...11 lines deleted...]
-      <c r="F45" s="73">
+      <c r="B45" s="79" t="s">
+        <v>261</v>
+      </c>
+      <c r="C45" s="80">
+        <v>163</v>
+      </c>
+      <c r="D45" s="80">
+        <v>146</v>
+      </c>
+      <c r="E45" s="80">
+        <v>17</v>
+      </c>
+      <c r="F45" s="80">
+        <v>23</v>
+      </c>
+      <c r="G45" s="80">
+        <v>1</v>
+      </c>
+      <c r="H45" s="80">
+        <v>10</v>
+      </c>
+      <c r="I45" s="80">
+        <v>2</v>
+      </c>
+      <c r="J45" s="80">
+        <v>4</v>
+      </c>
+      <c r="K45" s="80">
+        <v>2</v>
+      </c>
+      <c r="L45" s="80">
+        <v>0</v>
+      </c>
+      <c r="M45" s="80">
+        <v>1</v>
+      </c>
+      <c r="N45" s="80">
+        <v>1</v>
+      </c>
+      <c r="O45" s="80">
+        <v>2</v>
+      </c>
+      <c r="P45" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q45" s="80">
+        <v>0</v>
+      </c>
+      <c r="R45" s="80">
+        <v>6</v>
+      </c>
+      <c r="S45" s="80">
+        <v>0</v>
+      </c>
+      <c r="T45" s="80">
+        <v>3</v>
+      </c>
+      <c r="U45" s="80">
+        <v>0</v>
+      </c>
+      <c r="V45" s="80">
+        <v>1</v>
+      </c>
+      <c r="W45" s="80">
+        <v>0</v>
+      </c>
+      <c r="X45" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y45" s="80">
+        <v>4</v>
+      </c>
+      <c r="Z45" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA45" s="80">
+        <v>4</v>
+      </c>
+      <c r="AB45" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC45" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD45" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE45" s="80">
+        <v>3</v>
+      </c>
+      <c r="AF45" s="80">
         <v>45</v>
       </c>
-      <c r="G45" s="73">
+      <c r="AG45" s="80">
         <v>4</v>
       </c>
-      <c r="H45" s="73">
-[...2 lines deleted...]
-      <c r="I45" s="73">
+      <c r="AH45" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI45" s="80">
+        <v>6</v>
+      </c>
+      <c r="AJ45" s="80">
         <v>4</v>
       </c>
-      <c r="J45" s="73">
-[...2 lines deleted...]
-      <c r="K45" s="73">
+      <c r="AK45" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL45" s="80">
         <v>3</v>
       </c>
-      <c r="L45" s="73">
-[...14 lines deleted...]
-      <c r="Q45" s="73">
+      <c r="AM45" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN45" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO45" s="80">
+        <v>2</v>
+      </c>
+      <c r="AP45" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AQ45" s="80">
+        <v>4</v>
+      </c>
+      <c r="AR45" s="80">
+        <v>22</v>
+      </c>
+      <c r="AS45" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT45" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU45" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV45" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW45" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX45" s="80">
+        <v>2</v>
+      </c>
+      <c r="AY45" s="80">
+        <v>1</v>
+      </c>
+      <c r="AZ45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB45" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC45" s="80">
         <v>3</v>
       </c>
-      <c r="R45" s="73">
-[...113 lines deleted...]
-      <c r="BD45" s="73">
+      <c r="BD45" s="80">
+        <v>9</v>
+      </c>
+      <c r="BE45" s="80">
+        <v>1</v>
+      </c>
+      <c r="BF45" s="80">
+        <v>1</v>
+      </c>
+      <c r="BG45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ45" s="80">
         <v>4</v>
       </c>
-      <c r="BE45" s="73">
-[...62 lines deleted...]
-      <c r="BZ45" s="74">
+      <c r="BK45" s="80">
+        <v>1</v>
+      </c>
+      <c r="BL45" s="80">
+        <v>1</v>
+      </c>
+      <c r="BM45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY45" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ45" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B46" s="72" t="s">
-[...17 lines deleted...]
-      <c r="H46" s="73">
+      <c r="B46" s="79" t="s">
+        <v>263</v>
+      </c>
+      <c r="C46" s="80">
+        <v>224</v>
+      </c>
+      <c r="D46" s="80">
+        <v>211</v>
+      </c>
+      <c r="E46" s="80">
+        <v>13</v>
+      </c>
+      <c r="F46" s="80">
+        <v>53</v>
+      </c>
+      <c r="G46" s="80">
+        <v>6</v>
+      </c>
+      <c r="H46" s="80">
+        <v>6</v>
+      </c>
+      <c r="I46" s="80">
+        <v>5</v>
+      </c>
+      <c r="J46" s="80">
+        <v>5</v>
+      </c>
+      <c r="K46" s="80">
+        <v>6</v>
+      </c>
+      <c r="L46" s="80">
+        <v>3</v>
+      </c>
+      <c r="M46" s="80">
+        <v>3</v>
+      </c>
+      <c r="N46" s="80">
+        <v>8</v>
+      </c>
+      <c r="O46" s="80">
+        <v>2</v>
+      </c>
+      <c r="P46" s="80">
         <v>9</v>
       </c>
-      <c r="I46" s="73">
+      <c r="Q46" s="80">
+        <v>3</v>
+      </c>
+      <c r="R46" s="80">
+        <v>3</v>
+      </c>
+      <c r="S46" s="80">
+        <v>13</v>
+      </c>
+      <c r="T46" s="80">
+        <v>7</v>
+      </c>
+      <c r="U46" s="80">
+        <v>0</v>
+      </c>
+      <c r="V46" s="80">
+        <v>0</v>
+      </c>
+      <c r="W46" s="80">
+        <v>0</v>
+      </c>
+      <c r="X46" s="80">
+        <v>34</v>
+      </c>
+      <c r="Y46" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z46" s="80">
+        <v>3</v>
+      </c>
+      <c r="AA46" s="80">
         <v>4</v>
       </c>
-      <c r="J46" s="73">
+      <c r="AB46" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC46" s="80">
+        <v>6</v>
+      </c>
+      <c r="AD46" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE46" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF46" s="80">
+        <v>18</v>
+      </c>
+      <c r="AG46" s="80">
         <v>7</v>
       </c>
-      <c r="K46" s="73">
-[...11 lines deleted...]
-      <c r="O46" s="73">
+      <c r="AH46" s="80">
+        <v>5</v>
+      </c>
+      <c r="AI46" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ46" s="80">
+        <v>5</v>
+      </c>
+      <c r="AK46" s="80">
+        <v>3</v>
+      </c>
+      <c r="AL46" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM46" s="80">
+        <v>1</v>
+      </c>
+      <c r="AN46" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO46" s="80">
+        <v>3</v>
+      </c>
+      <c r="AP46" s="80">
+        <v>4</v>
+      </c>
+      <c r="AQ46" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AR46" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS46" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT46" s="80">
+        <v>2</v>
+      </c>
+      <c r="AU46" s="80">
+        <v>2</v>
+      </c>
+      <c r="AV46" s="80">
         <v>7</v>
       </c>
-      <c r="P46" s="73">
+      <c r="AW46" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX46" s="80">
+        <v>11</v>
+      </c>
+      <c r="AY46" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ46" s="80">
+        <v>1</v>
+      </c>
+      <c r="BA46" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB46" s="80">
+        <v>2</v>
+      </c>
+      <c r="BC46" s="80">
+        <v>7</v>
+      </c>
+      <c r="BD46" s="80">
         <v>4</v>
       </c>
-      <c r="Q46" s="73">
-[...47 lines deleted...]
-      <c r="AG46" s="73">
+      <c r="BE46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW46" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX46" s="80">
         <v>7</v>
       </c>
-      <c r="AH46" s="73">
-[...132 lines deleted...]
-        <v>1</v>
+      <c r="BY46" s="80">
+        <v>2</v>
+      </c>
+      <c r="BZ46" s="81">
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B47" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E47" s="73">
+      <c r="B47" s="79" t="s">
+        <v>265</v>
+      </c>
+      <c r="C47" s="80">
+        <v>131</v>
+      </c>
+      <c r="D47" s="80">
+        <v>125</v>
+      </c>
+      <c r="E47" s="80">
+        <v>6</v>
+      </c>
+      <c r="F47" s="80">
+        <v>31</v>
+      </c>
+      <c r="G47" s="80">
+        <v>3</v>
+      </c>
+      <c r="H47" s="80">
+        <v>11</v>
+      </c>
+      <c r="I47" s="80">
+        <v>3</v>
+      </c>
+      <c r="J47" s="80">
+        <v>1</v>
+      </c>
+      <c r="K47" s="80">
+        <v>7</v>
+      </c>
+      <c r="L47" s="80">
+        <v>0</v>
+      </c>
+      <c r="M47" s="80">
         <v>4</v>
       </c>
-      <c r="F47" s="73">
-[...8 lines deleted...]
-      <c r="I47" s="73">
+      <c r="N47" s="80">
+        <v>0</v>
+      </c>
+      <c r="O47" s="80">
+        <v>1</v>
+      </c>
+      <c r="P47" s="80">
+        <v>1</v>
+      </c>
+      <c r="Q47" s="80">
+        <v>1</v>
+      </c>
+      <c r="R47" s="80">
+        <v>4</v>
+      </c>
+      <c r="S47" s="80">
         <v>6</v>
       </c>
-      <c r="J47" s="73">
+      <c r="T47" s="80">
+        <v>6</v>
+      </c>
+      <c r="U47" s="80">
+        <v>0</v>
+      </c>
+      <c r="V47" s="80">
+        <v>1</v>
+      </c>
+      <c r="W47" s="80">
+        <v>4</v>
+      </c>
+      <c r="X47" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y47" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z47" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA47" s="80">
         <v>3</v>
       </c>
-      <c r="K47" s="73">
-[...38 lines deleted...]
-      <c r="X47" s="73">
+      <c r="AB47" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC47" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD47" s="80">
+        <v>13</v>
+      </c>
+      <c r="AE47" s="80">
+        <v>2</v>
+      </c>
+      <c r="AF47" s="80">
+        <v>18</v>
+      </c>
+      <c r="AG47" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH47" s="80">
+        <v>2</v>
+      </c>
+      <c r="AI47" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ47" s="80">
+        <v>2</v>
+      </c>
+      <c r="AK47" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL47" s="80">
+        <v>2</v>
+      </c>
+      <c r="AM47" s="80">
+        <v>4</v>
+      </c>
+      <c r="AN47" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO47" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP47" s="80">
+        <v>14</v>
+      </c>
+      <c r="AQ47" s="80">
         <v>3</v>
       </c>
-      <c r="Y47" s="73">
-[...56 lines deleted...]
-      <c r="AR47" s="76" t="s">
+      <c r="AR47" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="AS47" s="73">
-[...98 lines deleted...]
-      <c r="BZ47" s="74">
+      <c r="AS47" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT47" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU47" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV47" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW47" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX47" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY47" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC47" s="80">
+        <v>2</v>
+      </c>
+      <c r="BD47" s="80">
+        <v>3</v>
+      </c>
+      <c r="BE47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL47" s="80">
+        <v>2</v>
+      </c>
+      <c r="BM47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW47" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY47" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ47" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B48" s="72" t="s">
-[...35 lines deleted...]
-      <c r="N48" s="73">
+      <c r="B48" s="79" t="s">
+        <v>267</v>
+      </c>
+      <c r="C48" s="80">
+        <v>85</v>
+      </c>
+      <c r="D48" s="80">
+        <v>84</v>
+      </c>
+      <c r="E48" s="80">
+        <v>1</v>
+      </c>
+      <c r="F48" s="80">
         <v>4</v>
       </c>
-      <c r="O48" s="73">
-[...20 lines deleted...]
-      <c r="V48" s="73">
+      <c r="G48" s="80">
+        <v>0</v>
+      </c>
+      <c r="H48" s="80">
+        <v>0</v>
+      </c>
+      <c r="I48" s="80">
+        <v>2</v>
+      </c>
+      <c r="J48" s="80">
+        <v>0</v>
+      </c>
+      <c r="K48" s="80">
+        <v>0</v>
+      </c>
+      <c r="L48" s="80">
+        <v>1</v>
+      </c>
+      <c r="M48" s="80">
+        <v>0</v>
+      </c>
+      <c r="N48" s="80">
+        <v>0</v>
+      </c>
+      <c r="O48" s="80">
+        <v>0</v>
+      </c>
+      <c r="P48" s="80">
+        <v>1</v>
+      </c>
+      <c r="Q48" s="80">
+        <v>2</v>
+      </c>
+      <c r="R48" s="80">
+        <v>0</v>
+      </c>
+      <c r="S48" s="80">
+        <v>13</v>
+      </c>
+      <c r="T48" s="80">
+        <v>0</v>
+      </c>
+      <c r="U48" s="80">
+        <v>0</v>
+      </c>
+      <c r="V48" s="80">
+        <v>1</v>
+      </c>
+      <c r="W48" s="80">
+        <v>0</v>
+      </c>
+      <c r="X48" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y48" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG48" s="80">
+        <v>35</v>
+      </c>
+      <c r="AH48" s="80">
+        <v>5</v>
+      </c>
+      <c r="AI48" s="80">
+        <v>2</v>
+      </c>
+      <c r="AJ48" s="80">
+        <v>1</v>
+      </c>
+      <c r="AK48" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR48" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS48" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AT48" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU48" s="80">
+        <v>14</v>
+      </c>
+      <c r="AV48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY48" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA48" s="80">
         <v>4</v>
       </c>
-      <c r="W48" s="73">
-[...165 lines deleted...]
-        <v>0</v>
+      <c r="BB48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY48" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ48" s="81">
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B49" s="72" t="s">
-[...14 lines deleted...]
-      <c r="G49" s="73">
+      <c r="B49" s="79" t="s">
+        <v>122</v>
+      </c>
+      <c r="C49" s="80">
+        <v>229</v>
+      </c>
+      <c r="D49" s="80">
+        <v>206</v>
+      </c>
+      <c r="E49" s="80">
+        <v>23</v>
+      </c>
+      <c r="F49" s="80">
+        <v>25</v>
+      </c>
+      <c r="G49" s="80">
+        <v>0</v>
+      </c>
+      <c r="H49" s="80">
+        <v>5</v>
+      </c>
+      <c r="I49" s="80">
+        <v>4</v>
+      </c>
+      <c r="J49" s="80">
+        <v>2</v>
+      </c>
+      <c r="K49" s="80">
+        <v>1</v>
+      </c>
+      <c r="L49" s="80">
+        <v>2</v>
+      </c>
+      <c r="M49" s="80">
+        <v>3</v>
+      </c>
+      <c r="N49" s="80">
+        <v>4</v>
+      </c>
+      <c r="O49" s="80">
+        <v>3</v>
+      </c>
+      <c r="P49" s="80">
+        <v>1</v>
+      </c>
+      <c r="Q49" s="80">
+        <v>26</v>
+      </c>
+      <c r="R49" s="80">
+        <v>0</v>
+      </c>
+      <c r="S49" s="80">
+        <v>3</v>
+      </c>
+      <c r="T49" s="80">
+        <v>0</v>
+      </c>
+      <c r="U49" s="80">
+        <v>0</v>
+      </c>
+      <c r="V49" s="80">
+        <v>16</v>
+      </c>
+      <c r="W49" s="80">
+        <v>0</v>
+      </c>
+      <c r="X49" s="80">
+        <v>1</v>
+      </c>
+      <c r="Y49" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z49" s="80">
+        <v>3</v>
+      </c>
+      <c r="AA49" s="80">
+        <v>1</v>
+      </c>
+      <c r="AB49" s="80">
+        <v>5</v>
+      </c>
+      <c r="AC49" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD49" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE49" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF49" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG49" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH49" s="80">
+        <v>1</v>
+      </c>
+      <c r="AI49" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ49" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK49" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL49" s="80">
+        <v>36</v>
+      </c>
+      <c r="AM49" s="80">
+        <v>12</v>
+      </c>
+      <c r="AN49" s="80">
+        <v>9</v>
+      </c>
+      <c r="AO49" s="80">
+        <v>20</v>
+      </c>
+      <c r="AP49" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ49" s="80">
+        <v>2</v>
+      </c>
+      <c r="AR49" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS49" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT49" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AU49" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV49" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW49" s="80">
+        <v>4</v>
+      </c>
+      <c r="AX49" s="80">
+        <v>1</v>
+      </c>
+      <c r="AY49" s="80">
         <v>7</v>
       </c>
-      <c r="H49" s="73">
+      <c r="AZ49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA49" s="80">
         <v>3</v>
       </c>
-      <c r="I49" s="73">
-[...207 lines deleted...]
-        <v>0</v>
+      <c r="BB49" s="80">
+        <v>26</v>
+      </c>
+      <c r="BC49" s="80">
+        <v>1</v>
+      </c>
+      <c r="BD49" s="80">
+        <v>1</v>
+      </c>
+      <c r="BE49" s="80">
+        <v>15</v>
+      </c>
+      <c r="BF49" s="80">
+        <v>2</v>
+      </c>
+      <c r="BG49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK49" s="80">
+        <v>2</v>
+      </c>
+      <c r="BL49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP49" s="80">
+        <v>1</v>
+      </c>
+      <c r="BQ49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX49" s="80">
+        <v>1</v>
+      </c>
+      <c r="BY49" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ49" s="81">
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B50" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E50" s="73">
+      <c r="B50" s="79" t="s">
+        <v>269</v>
+      </c>
+      <c r="C50" s="80">
+        <v>124</v>
+      </c>
+      <c r="D50" s="80">
+        <v>123</v>
+      </c>
+      <c r="E50" s="80">
+        <v>1</v>
+      </c>
+      <c r="F50" s="80">
+        <v>18</v>
+      </c>
+      <c r="G50" s="80">
+        <v>0</v>
+      </c>
+      <c r="H50" s="80">
+        <v>6</v>
+      </c>
+      <c r="I50" s="80">
+        <v>0</v>
+      </c>
+      <c r="J50" s="80">
+        <v>3</v>
+      </c>
+      <c r="K50" s="80">
+        <v>1</v>
+      </c>
+      <c r="L50" s="80">
+        <v>1</v>
+      </c>
+      <c r="M50" s="80">
+        <v>4</v>
+      </c>
+      <c r="N50" s="80">
+        <v>0</v>
+      </c>
+      <c r="O50" s="80">
+        <v>1</v>
+      </c>
+      <c r="P50" s="80">
+        <v>2</v>
+      </c>
+      <c r="Q50" s="80">
+        <v>1</v>
+      </c>
+      <c r="R50" s="80">
+        <v>3</v>
+      </c>
+      <c r="S50" s="80">
+        <v>22</v>
+      </c>
+      <c r="T50" s="80">
+        <v>0</v>
+      </c>
+      <c r="U50" s="80">
+        <v>0</v>
+      </c>
+      <c r="V50" s="80">
+        <v>5</v>
+      </c>
+      <c r="W50" s="80">
+        <v>0</v>
+      </c>
+      <c r="X50" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y50" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z50" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA50" s="80">
+        <v>10</v>
+      </c>
+      <c r="AB50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE50" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG50" s="80">
+        <v>16</v>
+      </c>
+      <c r="AH50" s="80">
+        <v>6</v>
+      </c>
+      <c r="AI50" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ50" s="80">
+        <v>4</v>
+      </c>
+      <c r="AK50" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ50" s="80">
+        <v>1</v>
+      </c>
+      <c r="AR50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS50" s="80">
+        <v>21</v>
+      </c>
+      <c r="AT50" s="80">
+        <v>2</v>
+      </c>
+      <c r="AU50" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AV50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW50" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX50" s="80">
+        <v>2</v>
+      </c>
+      <c r="AY50" s="80">
+        <v>1</v>
+      </c>
+      <c r="AZ50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA50" s="80">
         <v>7</v>
       </c>
-      <c r="F50" s="73">
-[...216 lines deleted...]
-        <v>1</v>
+      <c r="BB50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU50" s="80">
+        <v>1</v>
+      </c>
+      <c r="BV50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY50" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ50" s="81">
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B51" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="73">
+      <c r="B51" s="79" t="s">
+        <v>112</v>
+      </c>
+      <c r="C51" s="80">
         <v>109</v>
       </c>
-      <c r="D51" s="73">
-[...2 lines deleted...]
-      <c r="E51" s="73">
+      <c r="D51" s="80">
+        <v>102</v>
+      </c>
+      <c r="E51" s="80">
+        <v>7</v>
+      </c>
+      <c r="F51" s="80">
+        <v>42</v>
+      </c>
+      <c r="G51" s="80">
+        <v>4</v>
+      </c>
+      <c r="H51" s="80">
+        <v>5</v>
+      </c>
+      <c r="I51" s="80">
+        <v>3</v>
+      </c>
+      <c r="J51" s="80">
+        <v>11</v>
+      </c>
+      <c r="K51" s="80">
+        <v>0</v>
+      </c>
+      <c r="L51" s="80">
+        <v>0</v>
+      </c>
+      <c r="M51" s="80">
+        <v>3</v>
+      </c>
+      <c r="N51" s="80">
+        <v>1</v>
+      </c>
+      <c r="O51" s="80">
+        <v>3</v>
+      </c>
+      <c r="P51" s="80">
+        <v>12</v>
+      </c>
+      <c r="Q51" s="80">
+        <v>3</v>
+      </c>
+      <c r="R51" s="80">
+        <v>3</v>
+      </c>
+      <c r="S51" s="80">
+        <v>4</v>
+      </c>
+      <c r="T51" s="80">
+        <v>0</v>
+      </c>
+      <c r="U51" s="80">
+        <v>0</v>
+      </c>
+      <c r="V51" s="80">
+        <v>1</v>
+      </c>
+      <c r="W51" s="80">
+        <v>0</v>
+      </c>
+      <c r="X51" s="80">
+        <v>3</v>
+      </c>
+      <c r="Y51" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA51" s="80">
+        <v>9</v>
+      </c>
+      <c r="AB51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC51" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD51" s="80">
+        <v>5</v>
+      </c>
+      <c r="AE51" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF51" s="80">
+        <v>3</v>
+      </c>
+      <c r="AG51" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH51" s="80">
+        <v>1</v>
+      </c>
+      <c r="AI51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ51" s="80">
+        <v>4</v>
+      </c>
+      <c r="AK51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ51" s="80">
+        <v>7</v>
+      </c>
+      <c r="AR51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU51" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV51" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AW51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY51" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC51" s="80">
         <v>13</v>
       </c>
-      <c r="F51" s="73">
-[...110 lines deleted...]
-      <c r="AQ51" s="73">
+      <c r="BD51" s="80">
         <v>6</v>
       </c>
-      <c r="AR51" s="73">
-[...101 lines deleted...]
-      <c r="BZ51" s="74">
+      <c r="BE51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX51" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY51" s="80">
+        <v>1</v>
+      </c>
+      <c r="BZ51" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B52" s="72" t="s">
-[...50 lines deleted...]
-      <c r="S52" s="73">
+      <c r="B52" s="79" t="s">
+        <v>126</v>
+      </c>
+      <c r="C52" s="80">
+        <v>195</v>
+      </c>
+      <c r="D52" s="80">
+        <v>155</v>
+      </c>
+      <c r="E52" s="80">
+        <v>40</v>
+      </c>
+      <c r="F52" s="80">
+        <v>22</v>
+      </c>
+      <c r="G52" s="80">
+        <v>3</v>
+      </c>
+      <c r="H52" s="80">
+        <v>9</v>
+      </c>
+      <c r="I52" s="80">
+        <v>1</v>
+      </c>
+      <c r="J52" s="80">
+        <v>0</v>
+      </c>
+      <c r="K52" s="80">
+        <v>0</v>
+      </c>
+      <c r="L52" s="80">
         <v>6</v>
       </c>
-      <c r="T52" s="73">
-[...38 lines deleted...]
-      <c r="AG52" s="73">
+      <c r="M52" s="80">
+        <v>1</v>
+      </c>
+      <c r="N52" s="80">
+        <v>1</v>
+      </c>
+      <c r="O52" s="80">
+        <v>0</v>
+      </c>
+      <c r="P52" s="80">
+        <v>1</v>
+      </c>
+      <c r="Q52" s="80">
+        <v>19</v>
+      </c>
+      <c r="R52" s="80">
+        <v>1</v>
+      </c>
+      <c r="S52" s="80">
         <v>4</v>
       </c>
-      <c r="AH52" s="73">
-[...11 lines deleted...]
-      <c r="AL52" s="73">
+      <c r="T52" s="80">
+        <v>3</v>
+      </c>
+      <c r="U52" s="80">
+        <v>1</v>
+      </c>
+      <c r="V52" s="80">
+        <v>4</v>
+      </c>
+      <c r="W52" s="80">
+        <v>0</v>
+      </c>
+      <c r="X52" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y52" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z52" s="80">
+        <v>19</v>
+      </c>
+      <c r="AA52" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB52" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC52" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD52" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE52" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF52" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG52" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH52" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI52" s="80">
+        <v>3</v>
+      </c>
+      <c r="AJ52" s="80">
+        <v>1</v>
+      </c>
+      <c r="AK52" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL52" s="80">
+        <v>4</v>
+      </c>
+      <c r="AM52" s="80">
+        <v>1</v>
+      </c>
+      <c r="AN52" s="80">
+        <v>2</v>
+      </c>
+      <c r="AO52" s="80">
         <v>5</v>
       </c>
-      <c r="AM52" s="73">
-[...20 lines deleted...]
-      <c r="AT52" s="73">
+      <c r="AP52" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ52" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR52" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS52" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT52" s="80">
+        <v>2</v>
+      </c>
+      <c r="AU52" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV52" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW52" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AX52" s="80">
+        <v>2</v>
+      </c>
+      <c r="AY52" s="80">
+        <v>52</v>
+      </c>
+      <c r="AZ52" s="80">
+        <v>1</v>
+      </c>
+      <c r="BA52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB52" s="80">
         <v>3</v>
       </c>
-      <c r="AU52" s="73">
-[...92 lines deleted...]
-      <c r="BZ52" s="74">
+      <c r="BC52" s="80">
+        <v>1</v>
+      </c>
+      <c r="BD52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE52" s="80">
+        <v>6</v>
+      </c>
+      <c r="BF52" s="80">
+        <v>13</v>
+      </c>
+      <c r="BG52" s="80">
+        <v>2</v>
+      </c>
+      <c r="BH52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI52" s="80">
+        <v>1</v>
+      </c>
+      <c r="BJ52" s="80">
+        <v>1</v>
+      </c>
+      <c r="BK52" s="80">
+        <v>6</v>
+      </c>
+      <c r="BL52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM52" s="80">
+        <v>6</v>
+      </c>
+      <c r="BN52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW52" s="80">
+        <v>4</v>
+      </c>
+      <c r="BX52" s="80">
+        <v>1</v>
+      </c>
+      <c r="BY52" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ52" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B53" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E53" s="73">
+      <c r="B53" s="79" t="s">
+        <v>271</v>
+      </c>
+      <c r="C53" s="80">
+        <v>91</v>
+      </c>
+      <c r="D53" s="80">
+        <v>77</v>
+      </c>
+      <c r="E53" s="80">
+        <v>14</v>
+      </c>
+      <c r="F53" s="80">
+        <v>10</v>
+      </c>
+      <c r="G53" s="80">
+        <v>0</v>
+      </c>
+      <c r="H53" s="80">
+        <v>0</v>
+      </c>
+      <c r="I53" s="80">
+        <v>2</v>
+      </c>
+      <c r="J53" s="80">
+        <v>3</v>
+      </c>
+      <c r="K53" s="80">
+        <v>0</v>
+      </c>
+      <c r="L53" s="80">
+        <v>0</v>
+      </c>
+      <c r="M53" s="80">
+        <v>1</v>
+      </c>
+      <c r="N53" s="80">
+        <v>0</v>
+      </c>
+      <c r="O53" s="80">
+        <v>0</v>
+      </c>
+      <c r="P53" s="80">
+        <v>4</v>
+      </c>
+      <c r="Q53" s="80">
+        <v>0</v>
+      </c>
+      <c r="R53" s="80">
+        <v>4</v>
+      </c>
+      <c r="S53" s="80">
+        <v>5</v>
+      </c>
+      <c r="T53" s="80">
+        <v>0</v>
+      </c>
+      <c r="U53" s="80">
+        <v>0</v>
+      </c>
+      <c r="V53" s="80">
+        <v>3</v>
+      </c>
+      <c r="W53" s="80">
+        <v>0</v>
+      </c>
+      <c r="X53" s="80">
+        <v>6</v>
+      </c>
+      <c r="Y53" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA53" s="80">
+        <v>13</v>
+      </c>
+      <c r="AB53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG53" s="80">
+        <v>5</v>
+      </c>
+      <c r="AH53" s="80">
+        <v>2</v>
+      </c>
+      <c r="AI53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ53" s="80">
+        <v>1</v>
+      </c>
+      <c r="AK53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM53" s="80">
+        <v>6</v>
+      </c>
+      <c r="AN53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ53" s="80">
+        <v>10</v>
+      </c>
+      <c r="AR53" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW53" s="80">
+        <v>3</v>
+      </c>
+      <c r="AX53" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AY53" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA53" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC53" s="80">
+        <v>7</v>
+      </c>
+      <c r="BD53" s="80">
+        <v>1</v>
+      </c>
+      <c r="BE53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW53" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX53" s="80">
+        <v>5</v>
+      </c>
+      <c r="BY53" s="80">
         <v>8</v>
       </c>
-      <c r="F53" s="73">
-[...215 lines deleted...]
-      <c r="BZ53" s="74">
+      <c r="BZ53" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B54" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E54" s="73">
+      <c r="B54" s="79" t="s">
+        <v>273</v>
+      </c>
+      <c r="C54" s="80">
+        <v>167</v>
+      </c>
+      <c r="D54" s="80">
+        <v>157</v>
+      </c>
+      <c r="E54" s="80">
+        <v>10</v>
+      </c>
+      <c r="F54" s="80">
+        <v>9</v>
+      </c>
+      <c r="G54" s="80">
+        <v>0</v>
+      </c>
+      <c r="H54" s="80">
+        <v>1</v>
+      </c>
+      <c r="I54" s="80">
+        <v>0</v>
+      </c>
+      <c r="J54" s="80">
+        <v>2</v>
+      </c>
+      <c r="K54" s="80">
+        <v>1</v>
+      </c>
+      <c r="L54" s="80">
+        <v>1</v>
+      </c>
+      <c r="M54" s="80">
+        <v>0</v>
+      </c>
+      <c r="N54" s="80">
+        <v>4</v>
+      </c>
+      <c r="O54" s="80">
+        <v>0</v>
+      </c>
+      <c r="P54" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="80">
+        <v>42</v>
+      </c>
+      <c r="R54" s="80">
+        <v>2</v>
+      </c>
+      <c r="S54" s="80">
+        <v>3</v>
+      </c>
+      <c r="T54" s="80">
+        <v>0</v>
+      </c>
+      <c r="U54" s="80">
+        <v>0</v>
+      </c>
+      <c r="V54" s="80">
+        <v>4</v>
+      </c>
+      <c r="W54" s="80">
+        <v>2</v>
+      </c>
+      <c r="X54" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y54" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z54" s="80">
+        <v>15</v>
+      </c>
+      <c r="AA54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB54" s="80">
+        <v>5</v>
+      </c>
+      <c r="AC54" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD54" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE54" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF54" s="80">
+        <v>3</v>
+      </c>
+      <c r="AG54" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK54" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL54" s="80">
+        <v>3</v>
+      </c>
+      <c r="AM54" s="80">
+        <v>2</v>
+      </c>
+      <c r="AN54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS54" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV54" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW54" s="80">
+        <v>45</v>
+      </c>
+      <c r="AX54" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY54" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="AZ54" s="80">
+        <v>8</v>
+      </c>
+      <c r="BA54" s="80">
+        <v>1</v>
+      </c>
+      <c r="BB54" s="80">
+        <v>6</v>
+      </c>
+      <c r="BC54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF54" s="80">
         <v>7</v>
       </c>
-      <c r="F54" s="73">
-[...215 lines deleted...]
-      <c r="BZ54" s="74">
+      <c r="BG54" s="80">
+        <v>1</v>
+      </c>
+      <c r="BH54" s="80">
+        <v>1</v>
+      </c>
+      <c r="BI54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK54" s="80">
+        <v>1</v>
+      </c>
+      <c r="BL54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY54" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ54" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B55" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E55" s="73">
+      <c r="B55" s="79" t="s">
+        <v>275</v>
+      </c>
+      <c r="C55" s="80">
+        <v>84</v>
+      </c>
+      <c r="D55" s="80">
+        <v>78</v>
+      </c>
+      <c r="E55" s="80">
+        <v>6</v>
+      </c>
+      <c r="F55" s="80">
+        <v>9</v>
+      </c>
+      <c r="G55" s="80">
+        <v>3</v>
+      </c>
+      <c r="H55" s="80">
+        <v>0</v>
+      </c>
+      <c r="I55" s="80">
+        <v>0</v>
+      </c>
+      <c r="J55" s="80">
+        <v>1</v>
+      </c>
+      <c r="K55" s="80">
+        <v>0</v>
+      </c>
+      <c r="L55" s="80">
+        <v>0</v>
+      </c>
+      <c r="M55" s="80">
+        <v>1</v>
+      </c>
+      <c r="N55" s="80">
+        <v>0</v>
+      </c>
+      <c r="O55" s="80">
         <v>4</v>
       </c>
-      <c r="F55" s="73">
-[...5 lines deleted...]
-      <c r="H55" s="73">
+      <c r="P55" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="80">
+        <v>9</v>
+      </c>
+      <c r="R55" s="80">
+        <v>0</v>
+      </c>
+      <c r="S55" s="80">
+        <v>0</v>
+      </c>
+      <c r="T55" s="80">
+        <v>0</v>
+      </c>
+      <c r="U55" s="80">
         <v>3</v>
       </c>
-      <c r="I55" s="73">
-[...17 lines deleted...]
-      <c r="O55" s="73">
+      <c r="V55" s="80">
+        <v>7</v>
+      </c>
+      <c r="W55" s="80">
+        <v>12</v>
+      </c>
+      <c r="X55" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y55" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z55" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA55" s="80">
+        <v>1</v>
+      </c>
+      <c r="AB55" s="80">
+        <v>8</v>
+      </c>
+      <c r="AC55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE55" s="80">
+        <v>2</v>
+      </c>
+      <c r="AF55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI55" s="80">
+        <v>2</v>
+      </c>
+      <c r="AJ55" s="80">
+        <v>2</v>
+      </c>
+      <c r="AK55" s="80">
+        <v>9</v>
+      </c>
+      <c r="AL55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO55" s="80">
+        <v>1</v>
+      </c>
+      <c r="AP55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR55" s="80">
+        <v>2</v>
+      </c>
+      <c r="AS55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT55" s="80">
+        <v>2</v>
+      </c>
+      <c r="AU55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW55" s="80">
+        <v>2</v>
+      </c>
+      <c r="AX55" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY55" s="80">
+        <v>4</v>
+      </c>
+      <c r="AZ55" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="BA55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB55" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC55" s="80">
+        <v>1</v>
+      </c>
+      <c r="BD55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF55" s="80">
         <v>3</v>
       </c>
-      <c r="P55" s="73">
-[...185 lines deleted...]
-      <c r="BZ55" s="74">
+      <c r="BG55" s="80">
+        <v>1</v>
+      </c>
+      <c r="BH55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ55" s="80">
+        <v>1</v>
+      </c>
+      <c r="BR55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW55" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY55" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ55" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B56" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E56" s="73">
+      <c r="B56" s="79" t="s">
+        <v>277</v>
+      </c>
+      <c r="C56" s="80">
+        <v>102</v>
+      </c>
+      <c r="D56" s="80">
+        <v>100</v>
+      </c>
+      <c r="E56" s="80">
+        <v>2</v>
+      </c>
+      <c r="F56" s="80">
+        <v>12</v>
+      </c>
+      <c r="G56" s="80">
+        <v>0</v>
+      </c>
+      <c r="H56" s="80">
+        <v>6</v>
+      </c>
+      <c r="I56" s="80">
+        <v>1</v>
+      </c>
+      <c r="J56" s="80">
+        <v>0</v>
+      </c>
+      <c r="K56" s="80">
+        <v>0</v>
+      </c>
+      <c r="L56" s="80">
+        <v>0</v>
+      </c>
+      <c r="M56" s="80">
+        <v>1</v>
+      </c>
+      <c r="N56" s="80">
+        <v>1</v>
+      </c>
+      <c r="O56" s="80">
+        <v>3</v>
+      </c>
+      <c r="P56" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="80">
+        <v>2</v>
+      </c>
+      <c r="R56" s="80">
+        <v>2</v>
+      </c>
+      <c r="S56" s="80">
+        <v>6</v>
+      </c>
+      <c r="T56" s="80">
+        <v>2</v>
+      </c>
+      <c r="U56" s="80">
+        <v>0</v>
+      </c>
+      <c r="V56" s="80">
+        <v>0</v>
+      </c>
+      <c r="W56" s="80">
+        <v>0</v>
+      </c>
+      <c r="X56" s="80">
+        <v>2</v>
+      </c>
+      <c r="Y56" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA56" s="80">
+        <v>3</v>
+      </c>
+      <c r="AB56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD56" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF56" s="80">
+        <v>2</v>
+      </c>
+      <c r="AG56" s="80">
+        <v>17</v>
+      </c>
+      <c r="AH56" s="80">
+        <v>14</v>
+      </c>
+      <c r="AI56" s="80">
+        <v>3</v>
+      </c>
+      <c r="AJ56" s="80">
+        <v>3</v>
+      </c>
+      <c r="AK56" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL56" s="80">
         <v>4</v>
       </c>
-      <c r="F56" s="73">
-[...140 lines deleted...]
-      <c r="BA56" s="76" t="s">
+      <c r="AM56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU56" s="80">
+        <v>24</v>
+      </c>
+      <c r="AV56" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY56" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA56" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BB56" s="73">
-[...72 lines deleted...]
-        <v>4</v>
+      <c r="BB56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY56" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ56" s="81">
+        <v>2</v>
       </c>
     </row>
     <row r="57" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B57" s="75" t="s">
-[...8 lines deleted...]
-      <c r="E57" s="73">
+      <c r="B57" s="82" t="s">
+        <v>106</v>
+      </c>
+      <c r="C57" s="80">
+        <v>259</v>
+      </c>
+      <c r="D57" s="80">
+        <v>244</v>
+      </c>
+      <c r="E57" s="80">
+        <v>15</v>
+      </c>
+      <c r="F57" s="80">
+        <v>21</v>
+      </c>
+      <c r="G57" s="80">
+        <v>5</v>
+      </c>
+      <c r="H57" s="80">
+        <v>0</v>
+      </c>
+      <c r="I57" s="80">
+        <v>0</v>
+      </c>
+      <c r="J57" s="80">
+        <v>1</v>
+      </c>
+      <c r="K57" s="80">
+        <v>2</v>
+      </c>
+      <c r="L57" s="80">
+        <v>4</v>
+      </c>
+      <c r="M57" s="80">
+        <v>2</v>
+      </c>
+      <c r="N57" s="80">
+        <v>5</v>
+      </c>
+      <c r="O57" s="80">
+        <v>1</v>
+      </c>
+      <c r="P57" s="80">
+        <v>1</v>
+      </c>
+      <c r="Q57" s="80">
+        <v>52</v>
+      </c>
+      <c r="R57" s="80">
+        <v>0</v>
+      </c>
+      <c r="S57" s="80">
+        <v>3</v>
+      </c>
+      <c r="T57" s="80">
+        <v>0</v>
+      </c>
+      <c r="U57" s="80">
+        <v>0</v>
+      </c>
+      <c r="V57" s="80">
+        <v>12</v>
+      </c>
+      <c r="W57" s="80">
+        <v>1</v>
+      </c>
+      <c r="X57" s="80">
+        <v>1</v>
+      </c>
+      <c r="Y57" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z57" s="80">
+        <v>2</v>
+      </c>
+      <c r="AA57" s="80">
+        <v>2</v>
+      </c>
+      <c r="AB57" s="80">
+        <v>6</v>
+      </c>
+      <c r="AC57" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD57" s="80">
+        <v>3</v>
+      </c>
+      <c r="AE57" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF57" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG57" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH57" s="80">
+        <v>5</v>
+      </c>
+      <c r="AI57" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ57" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK57" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL57" s="80">
+        <v>20</v>
+      </c>
+      <c r="AM57" s="80">
+        <v>15</v>
+      </c>
+      <c r="AN57" s="80">
+        <v>7</v>
+      </c>
+      <c r="AO57" s="80">
         <v>10</v>
       </c>
-      <c r="F57" s="73">
-[...101 lines deleted...]
-      <c r="AN57" s="73">
+      <c r="AP57" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ57" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR57" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS57" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT57" s="80">
+        <v>57</v>
+      </c>
+      <c r="AU57" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV57" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW57" s="80">
+        <v>10</v>
+      </c>
+      <c r="AX57" s="80">
+        <v>1</v>
+      </c>
+      <c r="AY57" s="80">
         <v>9</v>
       </c>
-      <c r="AO57" s="73">
-[...38 lines deleted...]
-      <c r="BB57" s="76" t="s">
+      <c r="AZ57" s="80">
+        <v>2</v>
+      </c>
+      <c r="BA57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB57" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BC57" s="73">
-[...68 lines deleted...]
-      <c r="BZ57" s="74">
+      <c r="BC57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE57" s="80">
+        <v>11</v>
+      </c>
+      <c r="BF57" s="80">
+        <v>1</v>
+      </c>
+      <c r="BG57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ57" s="80">
+        <v>1</v>
+      </c>
+      <c r="BK57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM57" s="80">
+        <v>1</v>
+      </c>
+      <c r="BN57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX57" s="80">
+        <v>1</v>
+      </c>
+      <c r="BY57" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ57" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B58" s="72" t="s">
-[...11 lines deleted...]
-      <c r="F58" s="73">
+      <c r="B58" s="79" t="s">
+        <v>279</v>
+      </c>
+      <c r="C58" s="80">
+        <v>110</v>
+      </c>
+      <c r="D58" s="80">
+        <v>102</v>
+      </c>
+      <c r="E58" s="80">
+        <v>8</v>
+      </c>
+      <c r="F58" s="80">
+        <v>45</v>
+      </c>
+      <c r="G58" s="80">
+        <v>0</v>
+      </c>
+      <c r="H58" s="80">
+        <v>4</v>
+      </c>
+      <c r="I58" s="80">
+        <v>1</v>
+      </c>
+      <c r="J58" s="80">
+        <v>3</v>
+      </c>
+      <c r="K58" s="80">
+        <v>3</v>
+      </c>
+      <c r="L58" s="80">
+        <v>3</v>
+      </c>
+      <c r="M58" s="80">
+        <v>2</v>
+      </c>
+      <c r="N58" s="80">
+        <v>11</v>
+      </c>
+      <c r="O58" s="80">
+        <v>10</v>
+      </c>
+      <c r="P58" s="80">
+        <v>8</v>
+      </c>
+      <c r="Q58" s="80">
+        <v>0</v>
+      </c>
+      <c r="R58" s="80">
+        <v>0</v>
+      </c>
+      <c r="S58" s="80">
+        <v>6</v>
+      </c>
+      <c r="T58" s="80">
+        <v>0</v>
+      </c>
+      <c r="U58" s="80">
+        <v>0</v>
+      </c>
+      <c r="V58" s="80">
+        <v>0</v>
+      </c>
+      <c r="W58" s="80">
+        <v>0</v>
+      </c>
+      <c r="X58" s="80">
+        <v>3</v>
+      </c>
+      <c r="Y58" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA58" s="80">
+        <v>1</v>
+      </c>
+      <c r="AB58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD58" s="80">
+        <v>8</v>
+      </c>
+      <c r="AE58" s="80">
+        <v>2</v>
+      </c>
+      <c r="AF58" s="80">
+        <v>3</v>
+      </c>
+      <c r="AG58" s="80">
+        <v>2</v>
+      </c>
+      <c r="AH58" s="80">
         <v>5</v>
       </c>
-      <c r="G58" s="73">
-[...80 lines deleted...]
-      <c r="AH58" s="73">
+      <c r="AI58" s="80">
+        <v>1</v>
+      </c>
+      <c r="AJ58" s="80">
+        <v>1</v>
+      </c>
+      <c r="AK58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO58" s="80">
+        <v>1</v>
+      </c>
+      <c r="AP58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ58" s="80">
+        <v>11</v>
+      </c>
+      <c r="AR58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT58" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU58" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV58" s="80">
+        <v>10</v>
+      </c>
+      <c r="AW58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX58" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY58" s="80">
+        <v>1</v>
+      </c>
+      <c r="AZ58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC58" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="BD58" s="80">
         <v>3</v>
       </c>
-      <c r="AI58" s="73">
-[...128 lines deleted...]
-      <c r="BZ58" s="74">
+      <c r="BE58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW58" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX58" s="80">
+        <v>3</v>
+      </c>
+      <c r="BY58" s="80">
+        <v>2</v>
+      </c>
+      <c r="BZ58" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B59" s="72" t="s">
-[...23 lines deleted...]
-      <c r="J59" s="73">
+      <c r="B59" s="79" t="s">
+        <v>283</v>
+      </c>
+      <c r="C59" s="80">
+        <v>86</v>
+      </c>
+      <c r="D59" s="80">
+        <v>84</v>
+      </c>
+      <c r="E59" s="80">
+        <v>2</v>
+      </c>
+      <c r="F59" s="80">
+        <v>28</v>
+      </c>
+      <c r="G59" s="80">
         <v>5</v>
       </c>
-      <c r="K59" s="73">
-[...92 lines deleted...]
-      <c r="AP59" s="73">
+      <c r="H59" s="80">
+        <v>7</v>
+      </c>
+      <c r="I59" s="80">
+        <v>4</v>
+      </c>
+      <c r="J59" s="80">
         <v>3</v>
       </c>
-      <c r="AQ59" s="73">
+      <c r="K59" s="80">
+        <v>0</v>
+      </c>
+      <c r="L59" s="80">
         <v>4</v>
       </c>
-      <c r="AR59" s="73">
+      <c r="M59" s="80">
+        <v>1</v>
+      </c>
+      <c r="N59" s="80">
+        <v>1</v>
+      </c>
+      <c r="O59" s="80">
+        <v>3</v>
+      </c>
+      <c r="P59" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="80">
+        <v>5</v>
+      </c>
+      <c r="R59" s="80">
+        <v>0</v>
+      </c>
+      <c r="S59" s="80">
+        <v>1</v>
+      </c>
+      <c r="T59" s="80">
+        <v>0</v>
+      </c>
+      <c r="U59" s="80">
+        <v>0</v>
+      </c>
+      <c r="V59" s="80">
+        <v>0</v>
+      </c>
+      <c r="W59" s="80">
+        <v>0</v>
+      </c>
+      <c r="X59" s="80">
+        <v>1</v>
+      </c>
+      <c r="Y59" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA59" s="80">
+        <v>2</v>
+      </c>
+      <c r="AB59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC59" s="80">
+        <v>2</v>
+      </c>
+      <c r="AD59" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE59" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF59" s="80">
+        <v>16</v>
+      </c>
+      <c r="AG59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO59" s="80">
+        <v>1</v>
+      </c>
+      <c r="AP59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ59" s="80">
+        <v>6</v>
+      </c>
+      <c r="AR59" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS59" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU59" s="80">
+        <v>2</v>
+      </c>
+      <c r="AV59" s="80">
+        <v>7</v>
+      </c>
+      <c r="AW59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY59" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA59" s="80">
+        <v>3</v>
+      </c>
+      <c r="BB59" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC59" s="80">
         <v>4</v>
       </c>
-      <c r="AS59" s="73">
-[...32 lines deleted...]
-      <c r="BD59" s="76" t="s">
+      <c r="BD59" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BE59" s="73">
-[...63 lines deleted...]
-        <v>0</v>
+      <c r="BE59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL59" s="80">
+        <v>1</v>
+      </c>
+      <c r="BM59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY59" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ59" s="81">
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B60" s="72" t="s">
-[...14 lines deleted...]
-      <c r="G60" s="73">
+      <c r="B60" s="79" t="s">
+        <v>287</v>
+      </c>
+      <c r="C60" s="80">
+        <v>55</v>
+      </c>
+      <c r="D60" s="80">
+        <v>53</v>
+      </c>
+      <c r="E60" s="80">
+        <v>2</v>
+      </c>
+      <c r="F60" s="80">
+        <v>3</v>
+      </c>
+      <c r="G60" s="80">
+        <v>0</v>
+      </c>
+      <c r="H60" s="80">
+        <v>1</v>
+      </c>
+      <c r="I60" s="80">
+        <v>0</v>
+      </c>
+      <c r="J60" s="80">
+        <v>0</v>
+      </c>
+      <c r="K60" s="80">
+        <v>1</v>
+      </c>
+      <c r="L60" s="80">
+        <v>0</v>
+      </c>
+      <c r="M60" s="80">
+        <v>0</v>
+      </c>
+      <c r="N60" s="80">
+        <v>1</v>
+      </c>
+      <c r="O60" s="80">
+        <v>0</v>
+      </c>
+      <c r="P60" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q60" s="80">
+        <v>5</v>
+      </c>
+      <c r="R60" s="80">
+        <v>0</v>
+      </c>
+      <c r="S60" s="80">
+        <v>0</v>
+      </c>
+      <c r="T60" s="80">
+        <v>0</v>
+      </c>
+      <c r="U60" s="80">
+        <v>0</v>
+      </c>
+      <c r="V60" s="80">
+        <v>0</v>
+      </c>
+      <c r="W60" s="80">
+        <v>0</v>
+      </c>
+      <c r="X60" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y60" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB60" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF60" s="80">
+        <v>6</v>
+      </c>
+      <c r="AG60" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK60" s="80">
+        <v>1</v>
+      </c>
+      <c r="AL60" s="80">
+        <v>6</v>
+      </c>
+      <c r="AM60" s="80">
         <v>4</v>
       </c>
-      <c r="H60" s="73">
-[...146 lines deleted...]
-      <c r="BE60" s="76" t="s">
+      <c r="AN60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO60" s="80">
+        <v>1</v>
+      </c>
+      <c r="AP60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT60" s="80">
+        <v>17</v>
+      </c>
+      <c r="AU60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY60" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB60" s="80">
+        <v>8</v>
+      </c>
+      <c r="BC60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE60" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BF60" s="73">
-[...59 lines deleted...]
-      <c r="BZ60" s="74">
+      <c r="BF60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH60" s="80">
+        <v>1</v>
+      </c>
+      <c r="BI60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK60" s="80">
+        <v>1</v>
+      </c>
+      <c r="BL60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY60" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ60" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B61" s="72" t="s">
-[...44 lines deleted...]
-      <c r="Q61" s="73">
+      <c r="B61" s="79" t="s">
+        <v>128</v>
+      </c>
+      <c r="C61" s="80">
+        <v>47</v>
+      </c>
+      <c r="D61" s="80">
+        <v>39</v>
+      </c>
+      <c r="E61" s="80">
         <v>8</v>
       </c>
-      <c r="R61" s="73">
-[...11 lines deleted...]
-      <c r="V61" s="73">
+      <c r="F61" s="80">
+        <v>1</v>
+      </c>
+      <c r="G61" s="80">
+        <v>1</v>
+      </c>
+      <c r="H61" s="80">
+        <v>0</v>
+      </c>
+      <c r="I61" s="80">
+        <v>0</v>
+      </c>
+      <c r="J61" s="80">
+        <v>0</v>
+      </c>
+      <c r="K61" s="80">
+        <v>0</v>
+      </c>
+      <c r="L61" s="80">
+        <v>0</v>
+      </c>
+      <c r="M61" s="80">
+        <v>0</v>
+      </c>
+      <c r="N61" s="80">
+        <v>0</v>
+      </c>
+      <c r="O61" s="80">
+        <v>0</v>
+      </c>
+      <c r="P61" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="80">
+        <v>8</v>
+      </c>
+      <c r="R61" s="80">
+        <v>0</v>
+      </c>
+      <c r="S61" s="80">
+        <v>1</v>
+      </c>
+      <c r="T61" s="80">
+        <v>0</v>
+      </c>
+      <c r="U61" s="80">
+        <v>0</v>
+      </c>
+      <c r="V61" s="80">
+        <v>1</v>
+      </c>
+      <c r="W61" s="80">
+        <v>0</v>
+      </c>
+      <c r="X61" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y61" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z61" s="80">
+        <v>2</v>
+      </c>
+      <c r="AA61" s="80">
+        <v>1</v>
+      </c>
+      <c r="AB61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD61" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE61" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN61" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT61" s="80">
         <v>3</v>
       </c>
-      <c r="W61" s="73">
-[...92 lines deleted...]
-      <c r="BB61" s="73">
+      <c r="AU61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW61" s="80">
+        <v>6</v>
+      </c>
+      <c r="AX61" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY61" s="80">
+        <v>8</v>
+      </c>
+      <c r="AZ61" s="80">
         <v>3</v>
       </c>
-      <c r="BC61" s="73">
-[...8 lines deleted...]
-      <c r="BF61" s="76" t="s">
+      <c r="BA61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB61" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF61" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BG61" s="73">
-[...56 lines deleted...]
-      <c r="BZ61" s="74">
+      <c r="BG61" s="80">
+        <v>6</v>
+      </c>
+      <c r="BH61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ61" s="80">
+        <v>1</v>
+      </c>
+      <c r="BK61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM61" s="80">
+        <v>1</v>
+      </c>
+      <c r="BN61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY61" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ61" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B62" s="72" t="s">
-[...140 lines deleted...]
-      <c r="AW62" s="73">
+      <c r="B62" s="79" t="s">
+        <v>150</v>
+      </c>
+      <c r="C62" s="80">
+        <v>12</v>
+      </c>
+      <c r="D62" s="80">
+        <v>10</v>
+      </c>
+      <c r="E62" s="80">
+        <v>2</v>
+      </c>
+      <c r="F62" s="80">
+        <v>0</v>
+      </c>
+      <c r="G62" s="80">
+        <v>0</v>
+      </c>
+      <c r="H62" s="80">
+        <v>0</v>
+      </c>
+      <c r="I62" s="80">
+        <v>0</v>
+      </c>
+      <c r="J62" s="80">
+        <v>0</v>
+      </c>
+      <c r="K62" s="80">
+        <v>0</v>
+      </c>
+      <c r="L62" s="80">
+        <v>0</v>
+      </c>
+      <c r="M62" s="80">
+        <v>0</v>
+      </c>
+      <c r="N62" s="80">
+        <v>0</v>
+      </c>
+      <c r="O62" s="80">
+        <v>0</v>
+      </c>
+      <c r="P62" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q62" s="80">
+        <v>0</v>
+      </c>
+      <c r="R62" s="80">
+        <v>0</v>
+      </c>
+      <c r="S62" s="80">
+        <v>0</v>
+      </c>
+      <c r="T62" s="80">
+        <v>0</v>
+      </c>
+      <c r="U62" s="80">
+        <v>0</v>
+      </c>
+      <c r="V62" s="80">
+        <v>0</v>
+      </c>
+      <c r="W62" s="80">
+        <v>0</v>
+      </c>
+      <c r="X62" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y62" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z62" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB62" s="80">
+        <v>2</v>
+      </c>
+      <c r="AC62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD62" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF62" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW62" s="80">
         <v>4</v>
       </c>
-      <c r="AX62" s="73">
-[...26 lines deleted...]
-      <c r="BG62" s="76" t="s">
+      <c r="AX62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY62" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ62" s="80">
+        <v>1</v>
+      </c>
+      <c r="BA62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF62" s="80">
+        <v>2</v>
+      </c>
+      <c r="BG62" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BH62" s="73">
-[...53 lines deleted...]
-      <c r="BZ62" s="74">
+      <c r="BH62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY62" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ62" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B63" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E63" s="73">
+      <c r="B63" s="79" t="s">
+        <v>148</v>
+      </c>
+      <c r="C63" s="80">
+        <v>58</v>
+      </c>
+      <c r="D63" s="80">
+        <v>37</v>
+      </c>
+      <c r="E63" s="80">
+        <v>21</v>
+      </c>
+      <c r="F63" s="80">
+        <v>0</v>
+      </c>
+      <c r="G63" s="80">
+        <v>0</v>
+      </c>
+      <c r="H63" s="80">
+        <v>0</v>
+      </c>
+      <c r="I63" s="80">
+        <v>0</v>
+      </c>
+      <c r="J63" s="80">
+        <v>0</v>
+      </c>
+      <c r="K63" s="80">
+        <v>0</v>
+      </c>
+      <c r="L63" s="80">
+        <v>0</v>
+      </c>
+      <c r="M63" s="80">
+        <v>0</v>
+      </c>
+      <c r="N63" s="80">
+        <v>0</v>
+      </c>
+      <c r="O63" s="80">
+        <v>0</v>
+      </c>
+      <c r="P63" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q63" s="80">
+        <v>9</v>
+      </c>
+      <c r="R63" s="80">
+        <v>0</v>
+      </c>
+      <c r="S63" s="80">
+        <v>0</v>
+      </c>
+      <c r="T63" s="80">
+        <v>1</v>
+      </c>
+      <c r="U63" s="80">
+        <v>0</v>
+      </c>
+      <c r="V63" s="80">
+        <v>1</v>
+      </c>
+      <c r="W63" s="80">
+        <v>0</v>
+      </c>
+      <c r="X63" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y63" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z63" s="80">
+        <v>14</v>
+      </c>
+      <c r="AA63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE63" s="80">
+        <v>2</v>
+      </c>
+      <c r="AF63" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH63" s="80">
+        <v>1</v>
+      </c>
+      <c r="AI63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK63" s="80">
+        <v>2</v>
+      </c>
+      <c r="AL63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM63" s="80">
+        <v>3</v>
+      </c>
+      <c r="AN63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ63" s="80">
+        <v>2</v>
+      </c>
+      <c r="AR63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW63" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY63" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE63" s="80">
+        <v>1</v>
+      </c>
+      <c r="BF63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG63" s="80">
+        <v>1</v>
+      </c>
+      <c r="BH63" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="BI63" s="80">
+        <v>5</v>
+      </c>
+      <c r="BJ63" s="80">
+        <v>2</v>
+      </c>
+      <c r="BK63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM63" s="80">
         <v>4</v>
       </c>
-      <c r="F63" s="73">
-[...215 lines deleted...]
-      <c r="BZ63" s="74">
+      <c r="BN63" s="80">
+        <v>6</v>
+      </c>
+      <c r="BO63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU63" s="80">
+        <v>1</v>
+      </c>
+      <c r="BV63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW63" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY63" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ63" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B64" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E64" s="73">
+      <c r="B64" s="79" t="s">
+        <v>291</v>
+      </c>
+      <c r="C64" s="80">
+        <v>21</v>
+      </c>
+      <c r="D64" s="80">
         <v>14</v>
       </c>
-      <c r="F64" s="73">
-[...164 lines deleted...]
-      <c r="BI64" s="76" t="s">
+      <c r="E64" s="80">
+        <v>7</v>
+      </c>
+      <c r="F64" s="80">
+        <v>0</v>
+      </c>
+      <c r="G64" s="80">
+        <v>0</v>
+      </c>
+      <c r="H64" s="80">
+        <v>0</v>
+      </c>
+      <c r="I64" s="80">
+        <v>0</v>
+      </c>
+      <c r="J64" s="80">
+        <v>0</v>
+      </c>
+      <c r="K64" s="80">
+        <v>0</v>
+      </c>
+      <c r="L64" s="80">
+        <v>0</v>
+      </c>
+      <c r="M64" s="80">
+        <v>0</v>
+      </c>
+      <c r="N64" s="80">
+        <v>0</v>
+      </c>
+      <c r="O64" s="80">
+        <v>0</v>
+      </c>
+      <c r="P64" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q64" s="80">
+        <v>0</v>
+      </c>
+      <c r="R64" s="80">
+        <v>0</v>
+      </c>
+      <c r="S64" s="80">
+        <v>0</v>
+      </c>
+      <c r="T64" s="80">
+        <v>0</v>
+      </c>
+      <c r="U64" s="80">
+        <v>0</v>
+      </c>
+      <c r="V64" s="80">
+        <v>0</v>
+      </c>
+      <c r="W64" s="80">
+        <v>0</v>
+      </c>
+      <c r="X64" s="80">
+        <v>1</v>
+      </c>
+      <c r="Y64" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z64" s="80">
+        <v>7</v>
+      </c>
+      <c r="AA64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN64" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW64" s="80">
+        <v>2</v>
+      </c>
+      <c r="AX64" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY64" s="80">
+        <v>3</v>
+      </c>
+      <c r="AZ64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG64" s="80">
+        <v>2</v>
+      </c>
+      <c r="BH64" s="80">
+        <v>4</v>
+      </c>
+      <c r="BI64" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BJ64" s="73">
-[...47 lines deleted...]
-      <c r="BZ64" s="74">
+      <c r="BJ64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW64" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY64" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ64" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B65" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="73">
+      <c r="B65" s="79" t="s">
+        <v>293</v>
+      </c>
+      <c r="C65" s="80">
         <v>34</v>
       </c>
-      <c r="D65" s="73">
-[...110 lines deleted...]
-      <c r="AO65" s="73">
+      <c r="D65" s="80">
+        <v>15</v>
+      </c>
+      <c r="E65" s="80">
+        <v>19</v>
+      </c>
+      <c r="F65" s="80">
+        <v>0</v>
+      </c>
+      <c r="G65" s="80">
+        <v>0</v>
+      </c>
+      <c r="H65" s="80">
+        <v>0</v>
+      </c>
+      <c r="I65" s="80">
+        <v>0</v>
+      </c>
+      <c r="J65" s="80">
+        <v>0</v>
+      </c>
+      <c r="K65" s="80">
+        <v>0</v>
+      </c>
+      <c r="L65" s="80">
+        <v>0</v>
+      </c>
+      <c r="M65" s="80">
+        <v>0</v>
+      </c>
+      <c r="N65" s="80">
+        <v>0</v>
+      </c>
+      <c r="O65" s="80">
+        <v>0</v>
+      </c>
+      <c r="P65" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q65" s="80">
         <v>3</v>
       </c>
-      <c r="AP65" s="73">
-[...56 lines deleted...]
-      <c r="BI65" s="73">
+      <c r="R65" s="80">
+        <v>2</v>
+      </c>
+      <c r="S65" s="80">
+        <v>0</v>
+      </c>
+      <c r="T65" s="80">
+        <v>1</v>
+      </c>
+      <c r="U65" s="80">
+        <v>0</v>
+      </c>
+      <c r="V65" s="80">
+        <v>3</v>
+      </c>
+      <c r="W65" s="80">
+        <v>0</v>
+      </c>
+      <c r="X65" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y65" s="80">
+        <v>1</v>
+      </c>
+      <c r="Z65" s="80">
+        <v>3</v>
+      </c>
+      <c r="AA65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG65" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR65" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY65" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH65" s="80">
+        <v>2</v>
+      </c>
+      <c r="BI65" s="80">
         <v>4</v>
       </c>
-      <c r="BJ65" s="76" t="s">
+      <c r="BJ65" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BK65" s="73">
-[...44 lines deleted...]
-      <c r="BZ65" s="74">
+      <c r="BK65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM65" s="80">
+        <v>4</v>
+      </c>
+      <c r="BN65" s="80">
+        <v>1</v>
+      </c>
+      <c r="BO65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ65" s="80">
+        <v>1</v>
+      </c>
+      <c r="BR65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS65" s="80">
+        <v>3</v>
+      </c>
+      <c r="BT65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW65" s="80">
+        <v>4</v>
+      </c>
+      <c r="BX65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY65" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ65" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B66" s="72" t="s">
-[...182 lines deleted...]
-      <c r="BK66" s="76" t="s">
+      <c r="B66" s="79" t="s">
+        <v>295</v>
+      </c>
+      <c r="C66" s="80">
+        <v>37</v>
+      </c>
+      <c r="D66" s="80">
+        <v>31</v>
+      </c>
+      <c r="E66" s="80">
+        <v>6</v>
+      </c>
+      <c r="F66" s="80">
+        <v>2</v>
+      </c>
+      <c r="G66" s="80">
+        <v>0</v>
+      </c>
+      <c r="H66" s="80">
+        <v>0</v>
+      </c>
+      <c r="I66" s="80">
+        <v>0</v>
+      </c>
+      <c r="J66" s="80">
+        <v>2</v>
+      </c>
+      <c r="K66" s="80">
+        <v>0</v>
+      </c>
+      <c r="L66" s="80">
+        <v>0</v>
+      </c>
+      <c r="M66" s="80">
+        <v>0</v>
+      </c>
+      <c r="N66" s="80">
+        <v>0</v>
+      </c>
+      <c r="O66" s="80">
+        <v>0</v>
+      </c>
+      <c r="P66" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="80">
+        <v>7</v>
+      </c>
+      <c r="R66" s="80">
+        <v>0</v>
+      </c>
+      <c r="S66" s="80">
+        <v>0</v>
+      </c>
+      <c r="T66" s="80">
+        <v>0</v>
+      </c>
+      <c r="U66" s="80">
+        <v>0</v>
+      </c>
+      <c r="V66" s="80">
+        <v>0</v>
+      </c>
+      <c r="W66" s="80">
+        <v>0</v>
+      </c>
+      <c r="X66" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y66" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z66" s="80">
+        <v>7</v>
+      </c>
+      <c r="AA66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD66" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ66" s="80">
+        <v>1</v>
+      </c>
+      <c r="AK66" s="80">
+        <v>2</v>
+      </c>
+      <c r="AL66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN66" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP66" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR66" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT66" s="80">
+        <v>4</v>
+      </c>
+      <c r="AU66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW66" s="80">
+        <v>3</v>
+      </c>
+      <c r="AX66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY66" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF66" s="80">
+        <v>2</v>
+      </c>
+      <c r="BG66" s="80">
+        <v>1</v>
+      </c>
+      <c r="BH66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ66" s="80">
+        <v>1</v>
+      </c>
+      <c r="BK66" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BL66" s="73">
-[...42 lines deleted...]
-        <v>1</v>
+      <c r="BL66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW66" s="80">
+        <v>2</v>
+      </c>
+      <c r="BX66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY66" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ66" s="81">
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B67" s="72" t="s">
-[...125 lines deleted...]
-      <c r="AR67" s="73">
+      <c r="B67" s="79" t="s">
+        <v>297</v>
+      </c>
+      <c r="C67" s="80">
+        <v>24</v>
+      </c>
+      <c r="D67" s="80">
+        <v>23</v>
+      </c>
+      <c r="E67" s="80">
+        <v>1</v>
+      </c>
+      <c r="F67" s="80">
+        <v>2</v>
+      </c>
+      <c r="G67" s="80">
+        <v>1</v>
+      </c>
+      <c r="H67" s="80">
+        <v>0</v>
+      </c>
+      <c r="I67" s="80">
+        <v>0</v>
+      </c>
+      <c r="J67" s="80">
+        <v>0</v>
+      </c>
+      <c r="K67" s="80">
+        <v>0</v>
+      </c>
+      <c r="L67" s="80">
+        <v>0</v>
+      </c>
+      <c r="M67" s="80">
+        <v>0</v>
+      </c>
+      <c r="N67" s="80">
+        <v>0</v>
+      </c>
+      <c r="O67" s="80">
+        <v>0</v>
+      </c>
+      <c r="P67" s="80">
+        <v>1</v>
+      </c>
+      <c r="Q67" s="80">
+        <v>2</v>
+      </c>
+      <c r="R67" s="80">
+        <v>0</v>
+      </c>
+      <c r="S67" s="80">
+        <v>0</v>
+      </c>
+      <c r="T67" s="80">
+        <v>1</v>
+      </c>
+      <c r="U67" s="80">
+        <v>0</v>
+      </c>
+      <c r="V67" s="80">
+        <v>0</v>
+      </c>
+      <c r="W67" s="80">
+        <v>0</v>
+      </c>
+      <c r="X67" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y67" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z67" s="80">
         <v>7</v>
       </c>
-      <c r="AS67" s="73">
-[...56 lines deleted...]
-      <c r="BL67" s="76" t="s">
+      <c r="AA67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB67" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC67" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD67" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM67" s="80">
+        <v>1</v>
+      </c>
+      <c r="AN67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX67" s="80">
+        <v>4</v>
+      </c>
+      <c r="AY67" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ67" s="80">
+        <v>2</v>
+      </c>
+      <c r="BA67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH67" s="80">
+        <v>1</v>
+      </c>
+      <c r="BI67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL67" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BM67" s="73">
-[...38 lines deleted...]
-      <c r="BZ67" s="74">
+      <c r="BM67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY67" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ67" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B68" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E68" s="73">
+      <c r="B68" s="79" t="s">
+        <v>140</v>
+      </c>
+      <c r="C68" s="80">
+        <v>18</v>
+      </c>
+      <c r="D68" s="80">
+        <v>17</v>
+      </c>
+      <c r="E68" s="80">
+        <v>1</v>
+      </c>
+      <c r="F68" s="80">
+        <v>2</v>
+      </c>
+      <c r="G68" s="80">
+        <v>0</v>
+      </c>
+      <c r="H68" s="80">
+        <v>0</v>
+      </c>
+      <c r="I68" s="80">
+        <v>0</v>
+      </c>
+      <c r="J68" s="80">
+        <v>0</v>
+      </c>
+      <c r="K68" s="80">
+        <v>2</v>
+      </c>
+      <c r="L68" s="80">
+        <v>0</v>
+      </c>
+      <c r="M68" s="80">
+        <v>0</v>
+      </c>
+      <c r="N68" s="80">
+        <v>0</v>
+      </c>
+      <c r="O68" s="80">
+        <v>0</v>
+      </c>
+      <c r="P68" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q68" s="80">
+        <v>3</v>
+      </c>
+      <c r="R68" s="80">
+        <v>0</v>
+      </c>
+      <c r="S68" s="80">
+        <v>0</v>
+      </c>
+      <c r="T68" s="80">
+        <v>0</v>
+      </c>
+      <c r="U68" s="80">
+        <v>0</v>
+      </c>
+      <c r="V68" s="80">
+        <v>0</v>
+      </c>
+      <c r="W68" s="80">
+        <v>0</v>
+      </c>
+      <c r="X68" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y68" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD68" s="80">
+        <v>1</v>
+      </c>
+      <c r="AE68" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG68" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM68" s="80">
+        <v>1</v>
+      </c>
+      <c r="AN68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP68" s="80">
+        <v>2</v>
+      </c>
+      <c r="AQ68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX68" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY68" s="80">
         <v>6</v>
       </c>
-      <c r="F68" s="73">
-[...176 lines deleted...]
-      <c r="BM68" s="76" t="s">
+      <c r="AZ68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL68" s="80">
+        <v>1</v>
+      </c>
+      <c r="BM68" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BN68" s="73">
-[...35 lines deleted...]
-      <c r="BZ68" s="74">
+      <c r="BN68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY68" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ68" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B69" s="75" t="s">
-[...191 lines deleted...]
-      <c r="BN69" s="76" t="s">
+      <c r="B69" s="82" t="s">
+        <v>152</v>
+      </c>
+      <c r="C69" s="80">
+        <v>12</v>
+      </c>
+      <c r="D69" s="80">
+        <v>10</v>
+      </c>
+      <c r="E69" s="80">
+        <v>2</v>
+      </c>
+      <c r="F69" s="80">
+        <v>0</v>
+      </c>
+      <c r="G69" s="80">
+        <v>0</v>
+      </c>
+      <c r="H69" s="80">
+        <v>0</v>
+      </c>
+      <c r="I69" s="80">
+        <v>0</v>
+      </c>
+      <c r="J69" s="80">
+        <v>0</v>
+      </c>
+      <c r="K69" s="80">
+        <v>0</v>
+      </c>
+      <c r="L69" s="80">
+        <v>0</v>
+      </c>
+      <c r="M69" s="80">
+        <v>0</v>
+      </c>
+      <c r="N69" s="80">
+        <v>0</v>
+      </c>
+      <c r="O69" s="80">
+        <v>0</v>
+      </c>
+      <c r="P69" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q69" s="80">
+        <v>2</v>
+      </c>
+      <c r="R69" s="80">
+        <v>2</v>
+      </c>
+      <c r="S69" s="80">
+        <v>0</v>
+      </c>
+      <c r="T69" s="80">
+        <v>0</v>
+      </c>
+      <c r="U69" s="80">
+        <v>0</v>
+      </c>
+      <c r="V69" s="80">
+        <v>0</v>
+      </c>
+      <c r="W69" s="80">
+        <v>0</v>
+      </c>
+      <c r="X69" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y69" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z69" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL69" s="80">
+        <v>2</v>
+      </c>
+      <c r="AM69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN69" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT69" s="80">
+        <v>1</v>
+      </c>
+      <c r="AU69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW69" s="80">
+        <v>1</v>
+      </c>
+      <c r="AX69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY69" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE69" s="80">
+        <v>1</v>
+      </c>
+      <c r="BF69" s="80">
+        <v>1</v>
+      </c>
+      <c r="BG69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN69" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BO69" s="73">
-[...32 lines deleted...]
-      <c r="BZ69" s="74">
+      <c r="BO69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY69" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ69" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B70" s="72" t="s">
-[...5 lines deleted...]
-      <c r="D70" s="73">
+      <c r="B70" s="79" t="s">
+        <v>134</v>
+      </c>
+      <c r="C70" s="80">
+        <v>30</v>
+      </c>
+      <c r="D70" s="80">
+        <v>20</v>
+      </c>
+      <c r="E70" s="80">
+        <v>10</v>
+      </c>
+      <c r="F70" s="80">
+        <v>1</v>
+      </c>
+      <c r="G70" s="80">
+        <v>0</v>
+      </c>
+      <c r="H70" s="80">
+        <v>0</v>
+      </c>
+      <c r="I70" s="80">
+        <v>1</v>
+      </c>
+      <c r="J70" s="80">
+        <v>0</v>
+      </c>
+      <c r="K70" s="80">
+        <v>0</v>
+      </c>
+      <c r="L70" s="80">
+        <v>0</v>
+      </c>
+      <c r="M70" s="80">
+        <v>0</v>
+      </c>
+      <c r="N70" s="80">
+        <v>0</v>
+      </c>
+      <c r="O70" s="80">
+        <v>0</v>
+      </c>
+      <c r="P70" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q70" s="80">
+        <v>3</v>
+      </c>
+      <c r="R70" s="80">
+        <v>0</v>
+      </c>
+      <c r="S70" s="80">
+        <v>0</v>
+      </c>
+      <c r="T70" s="80">
+        <v>0</v>
+      </c>
+      <c r="U70" s="80">
+        <v>13</v>
+      </c>
+      <c r="V70" s="80">
+        <v>0</v>
+      </c>
+      <c r="W70" s="80">
+        <v>2</v>
+      </c>
+      <c r="X70" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y70" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU70" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY70" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO70" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="BP70" s="80">
+        <v>4</v>
+      </c>
+      <c r="BQ70" s="80">
         <v>5</v>
       </c>
-      <c r="E70" s="73">
-[...218 lines deleted...]
-      <c r="BZ70" s="74">
+      <c r="BR70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW70" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY70" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ70" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B71" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="73">
+      <c r="B71" s="79" t="s">
+        <v>138</v>
+      </c>
+      <c r="C71" s="80">
+        <v>9</v>
+      </c>
+      <c r="D71" s="80">
         <v>6</v>
       </c>
-      <c r="D71" s="73">
-[...191 lines deleted...]
-      <c r="BP71" s="76" t="s">
+      <c r="E71" s="80">
+        <v>3</v>
+      </c>
+      <c r="F71" s="80">
+        <v>0</v>
+      </c>
+      <c r="G71" s="80">
+        <v>0</v>
+      </c>
+      <c r="H71" s="80">
+        <v>0</v>
+      </c>
+      <c r="I71" s="80">
+        <v>0</v>
+      </c>
+      <c r="J71" s="80">
+        <v>0</v>
+      </c>
+      <c r="K71" s="80">
+        <v>0</v>
+      </c>
+      <c r="L71" s="80">
+        <v>0</v>
+      </c>
+      <c r="M71" s="80">
+        <v>0</v>
+      </c>
+      <c r="N71" s="80">
+        <v>0</v>
+      </c>
+      <c r="O71" s="80">
+        <v>0</v>
+      </c>
+      <c r="P71" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q71" s="80">
+        <v>0</v>
+      </c>
+      <c r="R71" s="80">
+        <v>0</v>
+      </c>
+      <c r="S71" s="80">
+        <v>1</v>
+      </c>
+      <c r="T71" s="80">
+        <v>0</v>
+      </c>
+      <c r="U71" s="80">
+        <v>3</v>
+      </c>
+      <c r="V71" s="80">
+        <v>1</v>
+      </c>
+      <c r="W71" s="80">
+        <v>0</v>
+      </c>
+      <c r="X71" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y71" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ71" s="80">
+        <v>1</v>
+      </c>
+      <c r="AK71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY71" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO71" s="80">
+        <v>1</v>
+      </c>
+      <c r="BP71" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BQ71" s="73">
-[...26 lines deleted...]
-      <c r="BZ71" s="74">
+      <c r="BQ71" s="80">
+        <v>1</v>
+      </c>
+      <c r="BR71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW71" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY71" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ71" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B72" s="72" t="s">
-[...5 lines deleted...]
-      <c r="D72" s="73">
+      <c r="B72" s="79" t="s">
+        <v>142</v>
+      </c>
+      <c r="C72" s="80">
+        <v>7</v>
+      </c>
+      <c r="D72" s="80">
         <v>3</v>
       </c>
-      <c r="E72" s="73">
-[...191 lines deleted...]
-      <c r="BQ72" s="76" t="s">
+      <c r="E72" s="80">
+        <v>4</v>
+      </c>
+      <c r="F72" s="80">
+        <v>0</v>
+      </c>
+      <c r="G72" s="80">
+        <v>0</v>
+      </c>
+      <c r="H72" s="80">
+        <v>0</v>
+      </c>
+      <c r="I72" s="80">
+        <v>0</v>
+      </c>
+      <c r="J72" s="80">
+        <v>0</v>
+      </c>
+      <c r="K72" s="80">
+        <v>0</v>
+      </c>
+      <c r="L72" s="80">
+        <v>0</v>
+      </c>
+      <c r="M72" s="80">
+        <v>0</v>
+      </c>
+      <c r="N72" s="80">
+        <v>0</v>
+      </c>
+      <c r="O72" s="80">
+        <v>0</v>
+      </c>
+      <c r="P72" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q72" s="80">
+        <v>0</v>
+      </c>
+      <c r="R72" s="80">
+        <v>0</v>
+      </c>
+      <c r="S72" s="80">
+        <v>0</v>
+      </c>
+      <c r="T72" s="80">
+        <v>0</v>
+      </c>
+      <c r="U72" s="80">
+        <v>1</v>
+      </c>
+      <c r="V72" s="80">
+        <v>0</v>
+      </c>
+      <c r="W72" s="80">
+        <v>0</v>
+      </c>
+      <c r="X72" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y72" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE72" s="80">
+        <v>2</v>
+      </c>
+      <c r="AF72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY72" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL72" s="80">
+        <v>1</v>
+      </c>
+      <c r="BM72" s="80">
+        <v>1</v>
+      </c>
+      <c r="BN72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ72" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BR72" s="73">
-[...23 lines deleted...]
-      <c r="BZ72" s="74">
+      <c r="BR72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW72" s="80">
+        <v>2</v>
+      </c>
+      <c r="BX72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY72" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ72" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B73" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="73">
+      <c r="B73" s="79" t="s">
+        <v>301</v>
+      </c>
+      <c r="C73" s="80">
         <v>9</v>
       </c>
-      <c r="D73" s="73">
-[...197 lines deleted...]
-      <c r="BR73" s="76" t="s">
+      <c r="D73" s="80">
+        <v>9</v>
+      </c>
+      <c r="E73" s="80">
+        <v>0</v>
+      </c>
+      <c r="F73" s="80">
+        <v>1</v>
+      </c>
+      <c r="G73" s="80">
+        <v>0</v>
+      </c>
+      <c r="H73" s="80">
+        <v>0</v>
+      </c>
+      <c r="I73" s="80">
+        <v>0</v>
+      </c>
+      <c r="J73" s="80">
+        <v>1</v>
+      </c>
+      <c r="K73" s="80">
+        <v>0</v>
+      </c>
+      <c r="L73" s="80">
+        <v>0</v>
+      </c>
+      <c r="M73" s="80">
+        <v>0</v>
+      </c>
+      <c r="N73" s="80">
+        <v>0</v>
+      </c>
+      <c r="O73" s="80">
+        <v>0</v>
+      </c>
+      <c r="P73" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q73" s="80">
+        <v>0</v>
+      </c>
+      <c r="R73" s="80">
+        <v>0</v>
+      </c>
+      <c r="S73" s="80">
+        <v>0</v>
+      </c>
+      <c r="T73" s="80">
+        <v>0</v>
+      </c>
+      <c r="U73" s="80">
+        <v>5</v>
+      </c>
+      <c r="V73" s="80">
+        <v>0</v>
+      </c>
+      <c r="W73" s="80">
+        <v>0</v>
+      </c>
+      <c r="X73" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y73" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW73" s="80">
+        <v>3</v>
+      </c>
+      <c r="AX73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY73" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR73" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BS73" s="73">
-[...20 lines deleted...]
-      <c r="BZ73" s="74">
+      <c r="BS73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY73" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ73" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B74" s="72" t="s">
-[...206 lines deleted...]
-      <c r="BS74" s="76" t="s">
+      <c r="B74" s="79" t="s">
+        <v>146</v>
+      </c>
+      <c r="C74" s="80">
+        <v>1</v>
+      </c>
+      <c r="D74" s="80">
+        <v>1</v>
+      </c>
+      <c r="E74" s="80">
+        <v>0</v>
+      </c>
+      <c r="F74" s="80">
+        <v>0</v>
+      </c>
+      <c r="G74" s="80">
+        <v>0</v>
+      </c>
+      <c r="H74" s="80">
+        <v>0</v>
+      </c>
+      <c r="I74" s="80">
+        <v>0</v>
+      </c>
+      <c r="J74" s="80">
+        <v>0</v>
+      </c>
+      <c r="K74" s="80">
+        <v>0</v>
+      </c>
+      <c r="L74" s="80">
+        <v>0</v>
+      </c>
+      <c r="M74" s="80">
+        <v>0</v>
+      </c>
+      <c r="N74" s="80">
+        <v>0</v>
+      </c>
+      <c r="O74" s="80">
+        <v>0</v>
+      </c>
+      <c r="P74" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="80">
+        <v>0</v>
+      </c>
+      <c r="R74" s="80">
+        <v>0</v>
+      </c>
+      <c r="S74" s="80">
+        <v>0</v>
+      </c>
+      <c r="T74" s="80">
+        <v>0</v>
+      </c>
+      <c r="U74" s="80">
+        <v>0</v>
+      </c>
+      <c r="V74" s="80">
+        <v>0</v>
+      </c>
+      <c r="W74" s="80">
+        <v>0</v>
+      </c>
+      <c r="X74" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y74" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z74" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY74" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS74" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BT74" s="73">
-[...17 lines deleted...]
-      <c r="BZ74" s="74">
+      <c r="BT74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY74" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ74" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B75" s="72" t="s">
-[...5 lines deleted...]
-      <c r="D75" s="73">
+      <c r="B75" s="79" t="s">
+        <v>305</v>
+      </c>
+      <c r="C75" s="80">
+        <v>23</v>
+      </c>
+      <c r="D75" s="80">
         <v>14</v>
       </c>
-      <c r="E75" s="73">
-[...191 lines deleted...]
-      <c r="BQ75" s="73">
+      <c r="E75" s="80">
+        <v>9</v>
+      </c>
+      <c r="F75" s="80">
+        <v>0</v>
+      </c>
+      <c r="G75" s="80">
+        <v>0</v>
+      </c>
+      <c r="H75" s="80">
+        <v>0</v>
+      </c>
+      <c r="I75" s="80">
+        <v>0</v>
+      </c>
+      <c r="J75" s="80">
+        <v>0</v>
+      </c>
+      <c r="K75" s="80">
+        <v>0</v>
+      </c>
+      <c r="L75" s="80">
+        <v>0</v>
+      </c>
+      <c r="M75" s="80">
+        <v>0</v>
+      </c>
+      <c r="N75" s="80">
+        <v>0</v>
+      </c>
+      <c r="O75" s="80">
+        <v>0</v>
+      </c>
+      <c r="P75" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q75" s="80">
+        <v>4</v>
+      </c>
+      <c r="R75" s="80">
+        <v>0</v>
+      </c>
+      <c r="S75" s="80">
+        <v>0</v>
+      </c>
+      <c r="T75" s="80">
+        <v>0</v>
+      </c>
+      <c r="U75" s="80">
+        <v>0</v>
+      </c>
+      <c r="V75" s="80">
+        <v>0</v>
+      </c>
+      <c r="W75" s="80">
+        <v>0</v>
+      </c>
+      <c r="X75" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y75" s="80">
+        <v>4</v>
+      </c>
+      <c r="Z75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE75" s="80">
+        <v>4</v>
+      </c>
+      <c r="AF75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL75" s="80">
+        <v>1</v>
+      </c>
+      <c r="AM75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN75" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY75" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG75" s="80">
+        <v>1</v>
+      </c>
+      <c r="BH75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK75" s="80">
         <v>3</v>
       </c>
-      <c r="BR75" s="73">
-[...5 lines deleted...]
-      <c r="BT75" s="76" t="s">
+      <c r="BL75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN75" s="80">
+        <v>1</v>
+      </c>
+      <c r="BO75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT75" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BU75" s="73">
-[...14 lines deleted...]
-      <c r="BZ75" s="74">
+      <c r="BU75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV75" s="80">
+        <v>3</v>
+      </c>
+      <c r="BW75" s="80">
+        <v>1</v>
+      </c>
+      <c r="BX75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY75" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ75" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B76" s="72" t="s">
-[...5 lines deleted...]
-      <c r="D76" s="73">
+      <c r="B76" s="79" t="s">
+        <v>307</v>
+      </c>
+      <c r="C76" s="80">
         <v>17</v>
       </c>
-      <c r="E76" s="73">
-[...59 lines deleted...]
-      <c r="Y76" s="73">
+      <c r="D76" s="80">
         <v>7</v>
       </c>
-      <c r="Z76" s="73">
-[...11 lines deleted...]
-      <c r="AD76" s="73">
+      <c r="E76" s="80">
+        <v>10</v>
+      </c>
+      <c r="F76" s="80">
         <v>3</v>
       </c>
-      <c r="AE76" s="73">
-[...125 lines deleted...]
-      <c r="BU76" s="76" t="s">
+      <c r="G76" s="80">
+        <v>0</v>
+      </c>
+      <c r="H76" s="80">
+        <v>1</v>
+      </c>
+      <c r="I76" s="80">
+        <v>0</v>
+      </c>
+      <c r="J76" s="80">
+        <v>0</v>
+      </c>
+      <c r="K76" s="80">
+        <v>0</v>
+      </c>
+      <c r="L76" s="80">
+        <v>1</v>
+      </c>
+      <c r="M76" s="80">
+        <v>0</v>
+      </c>
+      <c r="N76" s="80">
+        <v>0</v>
+      </c>
+      <c r="O76" s="80">
+        <v>1</v>
+      </c>
+      <c r="P76" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q76" s="80">
+        <v>0</v>
+      </c>
+      <c r="R76" s="80">
+        <v>0</v>
+      </c>
+      <c r="S76" s="80">
+        <v>0</v>
+      </c>
+      <c r="T76" s="80">
+        <v>0</v>
+      </c>
+      <c r="U76" s="80">
+        <v>0</v>
+      </c>
+      <c r="V76" s="80">
+        <v>0</v>
+      </c>
+      <c r="W76" s="80">
+        <v>0</v>
+      </c>
+      <c r="X76" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y76" s="80">
+        <v>3</v>
+      </c>
+      <c r="Z76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA76" s="80">
+        <v>1</v>
+      </c>
+      <c r="AB76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY76" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP76" s="80">
+        <v>1</v>
+      </c>
+      <c r="BQ76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU76" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BV76" s="73">
-[...11 lines deleted...]
-      <c r="BZ76" s="74">
+      <c r="BV76" s="80">
+        <v>9</v>
+      </c>
+      <c r="BW76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY76" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ76" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B77" s="72" t="s">
-[...44 lines deleted...]
-      <c r="Q77" s="73">
+      <c r="B77" s="79" t="s">
+        <v>309</v>
+      </c>
+      <c r="C77" s="80">
+        <v>43</v>
+      </c>
+      <c r="D77" s="80">
+        <v>35</v>
+      </c>
+      <c r="E77" s="80">
+        <v>8</v>
+      </c>
+      <c r="F77" s="80">
+        <v>1</v>
+      </c>
+      <c r="G77" s="80">
+        <v>0</v>
+      </c>
+      <c r="H77" s="80">
+        <v>0</v>
+      </c>
+      <c r="I77" s="80">
+        <v>0</v>
+      </c>
+      <c r="J77" s="80">
+        <v>0</v>
+      </c>
+      <c r="K77" s="80">
+        <v>0</v>
+      </c>
+      <c r="L77" s="80">
+        <v>0</v>
+      </c>
+      <c r="M77" s="80">
+        <v>0</v>
+      </c>
+      <c r="N77" s="80">
+        <v>1</v>
+      </c>
+      <c r="O77" s="80">
+        <v>0</v>
+      </c>
+      <c r="P77" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="80">
         <v>3</v>
       </c>
-      <c r="R77" s="73">
-[...167 lines deleted...]
-      <c r="BV77" s="76" t="s">
+      <c r="R77" s="80">
+        <v>1</v>
+      </c>
+      <c r="S77" s="80">
+        <v>0</v>
+      </c>
+      <c r="T77" s="80">
+        <v>0</v>
+      </c>
+      <c r="U77" s="80">
+        <v>0</v>
+      </c>
+      <c r="V77" s="80">
+        <v>1</v>
+      </c>
+      <c r="W77" s="80">
+        <v>0</v>
+      </c>
+      <c r="X77" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y77" s="80">
+        <v>17</v>
+      </c>
+      <c r="Z77" s="80">
+        <v>1</v>
+      </c>
+      <c r="AA77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AB77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC77" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE77" s="80">
+        <v>3</v>
+      </c>
+      <c r="AF77" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AH77" s="80">
+        <v>1</v>
+      </c>
+      <c r="AI77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN77" s="80">
+        <v>3</v>
+      </c>
+      <c r="AO77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU77" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY77" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB77" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF77" s="80">
+        <v>1</v>
+      </c>
+      <c r="BG77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT77" s="80">
+        <v>1</v>
+      </c>
+      <c r="BU77" s="80">
+        <v>6</v>
+      </c>
+      <c r="BV77" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BW77" s="73">
-[...8 lines deleted...]
-      <c r="BZ77" s="74">
+      <c r="BW77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY77" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ77" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B78" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E78" s="73">
+      <c r="B78" s="79" t="s">
+        <v>313</v>
+      </c>
+      <c r="C78" s="80">
+        <v>59</v>
+      </c>
+      <c r="D78" s="80">
+        <v>54</v>
+      </c>
+      <c r="E78" s="80">
+        <v>5</v>
+      </c>
+      <c r="F78" s="80">
+        <v>2</v>
+      </c>
+      <c r="G78" s="80">
+        <v>0</v>
+      </c>
+      <c r="H78" s="80">
+        <v>1</v>
+      </c>
+      <c r="I78" s="80">
+        <v>0</v>
+      </c>
+      <c r="J78" s="80">
+        <v>0</v>
+      </c>
+      <c r="K78" s="80">
+        <v>0</v>
+      </c>
+      <c r="L78" s="80">
+        <v>0</v>
+      </c>
+      <c r="M78" s="80">
+        <v>1</v>
+      </c>
+      <c r="N78" s="80">
+        <v>0</v>
+      </c>
+      <c r="O78" s="80">
+        <v>0</v>
+      </c>
+      <c r="P78" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="80">
+        <v>0</v>
+      </c>
+      <c r="R78" s="80">
         <v>7</v>
       </c>
-      <c r="F78" s="73">
+      <c r="S78" s="80">
+        <v>2</v>
+      </c>
+      <c r="T78" s="80">
+        <v>1</v>
+      </c>
+      <c r="U78" s="80">
+        <v>7</v>
+      </c>
+      <c r="V78" s="80">
+        <v>0</v>
+      </c>
+      <c r="W78" s="80">
+        <v>0</v>
+      </c>
+      <c r="X78" s="80">
+        <v>0</v>
+      </c>
+      <c r="Y78" s="80">
+        <v>2</v>
+      </c>
+      <c r="Z78" s="80">
         <v>3</v>
       </c>
-      <c r="G78" s="73">
-[...17 lines deleted...]
-      <c r="M78" s="73">
+      <c r="AA78" s="80">
+        <v>2</v>
+      </c>
+      <c r="AB78" s="80">
+        <v>2</v>
+      </c>
+      <c r="AC78" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE78" s="80">
+        <v>16</v>
+      </c>
+      <c r="AF78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AG78" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AI78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN78" s="80">
+        <v>1</v>
+      </c>
+      <c r="AO78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AQ78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AR78" s="80">
+        <v>1</v>
+      </c>
+      <c r="AS78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT78" s="80">
+        <v>2</v>
+      </c>
+      <c r="AU78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV78" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX78" s="80">
+        <v>0</v>
+      </c>
+      <c r="AY78" s="80">
         <v>3</v>
       </c>
-      <c r="N78" s="73">
-[...182 lines deleted...]
-      <c r="BW78" s="76" t="s">
+      <c r="AZ78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BC78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI78" s="80">
+        <v>1</v>
+      </c>
+      <c r="BJ78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP78" s="80">
+        <v>2</v>
+      </c>
+      <c r="BQ78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV78" s="80">
+        <v>2</v>
+      </c>
+      <c r="BW78" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BX78" s="73">
-[...5 lines deleted...]
-      <c r="BZ78" s="74">
+      <c r="BX78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BY78" s="80">
+        <v>0</v>
+      </c>
+      <c r="BZ78" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B79" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E79" s="73">
+      <c r="B79" s="79" t="s">
+        <v>136</v>
+      </c>
+      <c r="C79" s="80">
+        <v>71</v>
+      </c>
+      <c r="D79" s="80">
+        <v>64</v>
+      </c>
+      <c r="E79" s="80">
         <v>7</v>
       </c>
-      <c r="F79" s="73">
+      <c r="F79" s="80">
         <v>10</v>
       </c>
-      <c r="G79" s="73">
-[...20 lines deleted...]
-      <c r="N79" s="73">
+      <c r="G79" s="80">
+        <v>0</v>
+      </c>
+      <c r="H79" s="80">
+        <v>4</v>
+      </c>
+      <c r="I79" s="80">
+        <v>0</v>
+      </c>
+      <c r="J79" s="80">
         <v>5</v>
       </c>
-      <c r="O79" s="73">
-[...11 lines deleted...]
-      <c r="S79" s="73">
+      <c r="K79" s="80">
+        <v>0</v>
+      </c>
+      <c r="L79" s="80">
+        <v>1</v>
+      </c>
+      <c r="M79" s="80">
+        <v>0</v>
+      </c>
+      <c r="N79" s="80">
+        <v>0</v>
+      </c>
+      <c r="O79" s="80">
+        <v>0</v>
+      </c>
+      <c r="P79" s="80">
+        <v>0</v>
+      </c>
+      <c r="Q79" s="80">
+        <v>0</v>
+      </c>
+      <c r="R79" s="80">
+        <v>0</v>
+      </c>
+      <c r="S79" s="80">
+        <v>5</v>
+      </c>
+      <c r="T79" s="80">
+        <v>0</v>
+      </c>
+      <c r="U79" s="80">
+        <v>0</v>
+      </c>
+      <c r="V79" s="80">
+        <v>0</v>
+      </c>
+      <c r="W79" s="80">
+        <v>0</v>
+      </c>
+      <c r="X79" s="80">
+        <v>1</v>
+      </c>
+      <c r="Y79" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA79" s="80">
+        <v>14</v>
+      </c>
+      <c r="AB79" s="80">
+        <v>1</v>
+      </c>
+      <c r="AC79" s="80">
+        <v>1</v>
+      </c>
+      <c r="AD79" s="80">
+        <v>2</v>
+      </c>
+      <c r="AE79" s="80">
+        <v>1</v>
+      </c>
+      <c r="AF79" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG79" s="80">
+        <v>1</v>
+      </c>
+      <c r="AH79" s="80">
+        <v>4</v>
+      </c>
+      <c r="AI79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ79" s="80">
+        <v>1</v>
+      </c>
+      <c r="AK79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AP79" s="80">
+        <v>7</v>
+      </c>
+      <c r="AQ79" s="80">
         <v>3</v>
       </c>
-      <c r="T79" s="73">
-[...20 lines deleted...]
-      <c r="AA79" s="73">
+      <c r="AR79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AT79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AV79" s="80">
+        <v>1</v>
+      </c>
+      <c r="AW79" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX79" s="80">
+        <v>1</v>
+      </c>
+      <c r="AY79" s="80">
+        <v>1</v>
+      </c>
+      <c r="AZ79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA79" s="80">
+        <v>3</v>
+      </c>
+      <c r="BB79" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC79" s="80">
+        <v>5</v>
+      </c>
+      <c r="BD79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP79" s="80">
+        <v>1</v>
+      </c>
+      <c r="BQ79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW79" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX79" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="BY79" s="80">
         <v>6</v>
       </c>
-      <c r="AB79" s="73">
-[...149 lines deleted...]
-      <c r="BZ79" s="74">
+      <c r="BZ79" s="81">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B80" s="72" t="s">
-[...8 lines deleted...]
-      <c r="E80" s="73">
+      <c r="B80" s="79" t="s">
+        <v>119</v>
+      </c>
+      <c r="C80" s="80">
+        <v>51</v>
+      </c>
+      <c r="D80" s="80">
+        <v>42</v>
+      </c>
+      <c r="E80" s="80">
+        <v>9</v>
+      </c>
+      <c r="F80" s="80">
+        <v>8</v>
+      </c>
+      <c r="G80" s="80">
+        <v>1</v>
+      </c>
+      <c r="H80" s="80">
+        <v>1</v>
+      </c>
+      <c r="I80" s="80">
+        <v>0</v>
+      </c>
+      <c r="J80" s="80">
+        <v>2</v>
+      </c>
+      <c r="K80" s="80">
+        <v>0</v>
+      </c>
+      <c r="L80" s="80">
+        <v>0</v>
+      </c>
+      <c r="M80" s="80">
+        <v>0</v>
+      </c>
+      <c r="N80" s="80">
+        <v>0</v>
+      </c>
+      <c r="O80" s="80">
+        <v>0</v>
+      </c>
+      <c r="P80" s="80">
         <v>4</v>
       </c>
-      <c r="F80" s="73">
-[...62 lines deleted...]
-      <c r="AA80" s="73">
+      <c r="Q80" s="80">
+        <v>0</v>
+      </c>
+      <c r="R80" s="80">
+        <v>0</v>
+      </c>
+      <c r="S80" s="80">
+        <v>1</v>
+      </c>
+      <c r="T80" s="80">
+        <v>1</v>
+      </c>
+      <c r="U80" s="80">
+        <v>0</v>
+      </c>
+      <c r="V80" s="80">
+        <v>0</v>
+      </c>
+      <c r="W80" s="80">
+        <v>0</v>
+      </c>
+      <c r="X80" s="80">
+        <v>1</v>
+      </c>
+      <c r="Y80" s="80">
+        <v>0</v>
+      </c>
+      <c r="Z80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AA80" s="80">
+        <v>5</v>
+      </c>
+      <c r="AB80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AC80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AD80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AE80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AF80" s="80">
+        <v>1</v>
+      </c>
+      <c r="AG80" s="80">
         <v>6</v>
       </c>
-      <c r="AB80" s="73">
-[...17 lines deleted...]
-      <c r="AH80" s="73">
+      <c r="AH80" s="80">
         <v>6</v>
       </c>
-      <c r="AI80" s="73">
-[...44 lines deleted...]
-      <c r="AX80" s="73">
+      <c r="AI80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AJ80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AK80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AL80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AM80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AN80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AO80" s="80">
+        <v>1</v>
+      </c>
+      <c r="AP80" s="80">
+        <v>1</v>
+      </c>
+      <c r="AQ80" s="80">
         <v>3</v>
       </c>
-      <c r="AY80" s="73">
-[...77 lines deleted...]
-      <c r="BY80" s="76" t="s">
+      <c r="AR80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AS80" s="80">
+        <v>1</v>
+      </c>
+      <c r="AT80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AU80" s="80">
+        <v>1</v>
+      </c>
+      <c r="AV80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AW80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AX80" s="80">
+        <v>5</v>
+      </c>
+      <c r="AY80" s="80">
+        <v>0</v>
+      </c>
+      <c r="AZ80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BA80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BB80" s="80">
+        <v>1</v>
+      </c>
+      <c r="BC80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BD80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BE80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BF80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BG80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BH80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BI80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BJ80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BK80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BL80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BM80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BN80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BO80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BP80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BQ80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BR80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BS80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BT80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BU80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BV80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BW80" s="80">
+        <v>0</v>
+      </c>
+      <c r="BX80" s="80">
+        <v>7</v>
+      </c>
+      <c r="BY80" s="83" t="s">
         <v>50</v>
       </c>
-      <c r="BZ80" s="74">
-        <v>0</v>
+      <c r="BZ80" s="81">
+        <v>2</v>
       </c>
     </row>
     <row r="81" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B81" s="77" t="s">
-[...128 lines deleted...]
-      <c r="AS81" s="78">
+      <c r="B81" s="84" t="s">
+        <v>144</v>
+      </c>
+      <c r="C81" s="85">
+        <v>63</v>
+      </c>
+      <c r="D81" s="85">
+        <v>63</v>
+      </c>
+      <c r="E81" s="85">
+        <v>0</v>
+      </c>
+      <c r="F81" s="85">
+        <v>3</v>
+      </c>
+      <c r="G81" s="85">
+        <v>0</v>
+      </c>
+      <c r="H81" s="85">
+        <v>0</v>
+      </c>
+      <c r="I81" s="85">
+        <v>0</v>
+      </c>
+      <c r="J81" s="85">
+        <v>0</v>
+      </c>
+      <c r="K81" s="85">
+        <v>0</v>
+      </c>
+      <c r="L81" s="85">
+        <v>1</v>
+      </c>
+      <c r="M81" s="85">
+        <v>1</v>
+      </c>
+      <c r="N81" s="85">
+        <v>0</v>
+      </c>
+      <c r="O81" s="85">
+        <v>0</v>
+      </c>
+      <c r="P81" s="85">
+        <v>1</v>
+      </c>
+      <c r="Q81" s="85">
+        <v>1</v>
+      </c>
+      <c r="R81" s="85">
+        <v>0</v>
+      </c>
+      <c r="S81" s="85">
         <v>5</v>
       </c>
-      <c r="AT81" s="78">
-[...95 lines deleted...]
-      <c r="BZ81" s="79" t="s">
+      <c r="T81" s="85">
+        <v>0</v>
+      </c>
+      <c r="U81" s="85">
+        <v>2</v>
+      </c>
+      <c r="V81" s="85">
+        <v>1</v>
+      </c>
+      <c r="W81" s="85">
+        <v>0</v>
+      </c>
+      <c r="X81" s="85">
+        <v>0</v>
+      </c>
+      <c r="Y81" s="85">
+        <v>0</v>
+      </c>
+      <c r="Z81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AA81" s="85">
+        <v>6</v>
+      </c>
+      <c r="AB81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AC81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AD81" s="85">
+        <v>1</v>
+      </c>
+      <c r="AE81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AF81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AG81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AH81" s="85">
+        <v>34</v>
+      </c>
+      <c r="AI81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AJ81" s="85">
+        <v>2</v>
+      </c>
+      <c r="AK81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AL81" s="85">
+        <v>1</v>
+      </c>
+      <c r="AM81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AN81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AO81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AP81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AQ81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AR81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AS81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AT81" s="85">
+        <v>1</v>
+      </c>
+      <c r="AU81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AV81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AW81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AX81" s="85">
+        <v>1</v>
+      </c>
+      <c r="AY81" s="85">
+        <v>0</v>
+      </c>
+      <c r="AZ81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BA81" s="85">
+        <v>5</v>
+      </c>
+      <c r="BB81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BC81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BD81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BE81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BF81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BG81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BH81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BI81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BJ81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BK81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BL81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BM81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BN81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BO81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BP81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BQ81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BR81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BS81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BT81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BU81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BV81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BW81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BX81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BY81" s="85">
+        <v>0</v>
+      </c>
+      <c r="BZ81" s="86" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="82" spans="2:78" ht="14.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C82" s="70" t="s">
-        <v>326</v>
+      <c r="C82" s="77" t="s">
+        <v>327</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="77">
+    <mergeCell ref="B3:B5"/>
+    <mergeCell ref="C3:C5"/>
+    <mergeCell ref="D3:D5"/>
+    <mergeCell ref="E3:E5"/>
+    <mergeCell ref="F3:F5"/>
+    <mergeCell ref="G3:G5"/>
+    <mergeCell ref="H3:H5"/>
+    <mergeCell ref="I3:I5"/>
+    <mergeCell ref="J3:J5"/>
+    <mergeCell ref="K3:K5"/>
+    <mergeCell ref="L3:L5"/>
+    <mergeCell ref="M3:M5"/>
+    <mergeCell ref="N3:N5"/>
+    <mergeCell ref="O3:O5"/>
+    <mergeCell ref="P3:P5"/>
+    <mergeCell ref="Q3:Q5"/>
+    <mergeCell ref="R3:R5"/>
+    <mergeCell ref="S3:S5"/>
+    <mergeCell ref="T3:T5"/>
+    <mergeCell ref="U3:U5"/>
+    <mergeCell ref="V3:V5"/>
+    <mergeCell ref="W3:W5"/>
+    <mergeCell ref="X3:X5"/>
+    <mergeCell ref="Y3:Y5"/>
+    <mergeCell ref="Z3:Z5"/>
+    <mergeCell ref="AA3:AA5"/>
+    <mergeCell ref="AB3:AB5"/>
+    <mergeCell ref="AC3:AC5"/>
+    <mergeCell ref="AD3:AD5"/>
+    <mergeCell ref="AE3:AE5"/>
+    <mergeCell ref="AF3:AF5"/>
+    <mergeCell ref="AG3:AG5"/>
+    <mergeCell ref="AH3:AH5"/>
+    <mergeCell ref="AI3:AI5"/>
+    <mergeCell ref="AJ3:AJ5"/>
+    <mergeCell ref="AK3:AK5"/>
+    <mergeCell ref="AL3:AL5"/>
+    <mergeCell ref="AM3:AM5"/>
+    <mergeCell ref="AN3:AN5"/>
+    <mergeCell ref="AO3:AO5"/>
+    <mergeCell ref="AP3:AP5"/>
+    <mergeCell ref="AQ3:AQ5"/>
+    <mergeCell ref="AR3:AR5"/>
+    <mergeCell ref="AS3:AS5"/>
+    <mergeCell ref="AT3:AT5"/>
+    <mergeCell ref="AU3:AU5"/>
+    <mergeCell ref="AV3:AV5"/>
+    <mergeCell ref="AW3:AW5"/>
+    <mergeCell ref="AX3:AX5"/>
+    <mergeCell ref="AY3:AY5"/>
+    <mergeCell ref="AZ3:AZ5"/>
+    <mergeCell ref="BA3:BA5"/>
+    <mergeCell ref="BB3:BB5"/>
+    <mergeCell ref="BC3:BC5"/>
+    <mergeCell ref="BD3:BD5"/>
+    <mergeCell ref="BE3:BE5"/>
+    <mergeCell ref="BF3:BF5"/>
+    <mergeCell ref="BG3:BG5"/>
+    <mergeCell ref="BH3:BH5"/>
+    <mergeCell ref="BI3:BI5"/>
+    <mergeCell ref="BJ3:BJ5"/>
+    <mergeCell ref="BK3:BK5"/>
+    <mergeCell ref="BL3:BL5"/>
+    <mergeCell ref="BM3:BM5"/>
+    <mergeCell ref="BN3:BN5"/>
+    <mergeCell ref="BO3:BO5"/>
+    <mergeCell ref="BP3:BP5"/>
+    <mergeCell ref="BQ3:BQ5"/>
+    <mergeCell ref="BR3:BR5"/>
+    <mergeCell ref="BS3:BS5"/>
     <mergeCell ref="BY3:BY5"/>
     <mergeCell ref="BZ3:BZ5"/>
     <mergeCell ref="BT3:BT5"/>
     <mergeCell ref="BU3:BU5"/>
     <mergeCell ref="BV3:BV5"/>
     <mergeCell ref="BW3:BW5"/>
     <mergeCell ref="BX3:BX5"/>
-    <mergeCell ref="BO3:BO5"/>
-[...68 lines deleted...]
-    <mergeCell ref="F3:F5"/>
   </mergeCells>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>今月の特徴</vt:lpstr>
       <vt:lpstr>人口と世帯の動き</vt:lpstr>
       <vt:lpstr>月間増減人口及び増減率</vt:lpstr>
       <vt:lpstr>都道府県別人口</vt:lpstr>
       <vt:lpstr>現在人口と異動人口</vt:lpstr>
       <vt:lpstr>県内市区町村間移動人口</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>