--- v1 (2025-12-19)
+++ v2 (2026-02-05)
@@ -6,89 +6,89 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\16_02_050_【歴】推計人口（１０～１２月分）\１１月\ホームページ起案用\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\16_02_050_【歴】推計人口（１０～１２月分）\１２月\必要な月報ダウンロード【加工済】\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{246B2F55-CC2E-4480-A536-F908AAC7435C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7AB7C528-17B6-4309-BE88-BD3C3A45FC05}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="今月の特徴" sheetId="2" r:id="rId1"/>
     <sheet name="人口と世帯の動き" sheetId="3" r:id="rId2"/>
     <sheet name="月間増減人口及び増減率" sheetId="4" r:id="rId3"/>
     <sheet name="都道府県別人口" sheetId="5" r:id="rId4"/>
     <sheet name="現在人口と異動人口" sheetId="6" r:id="rId5"/>
     <sheet name="県内市区町村間移動人口" sheetId="7" r:id="rId6"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="330">
   <si>
     <t>埼  玉  県  の  推  計  人  口</t>
   </si>
   <si>
     <t>(Population of Saitama Prefecture)</t>
   </si>
   <si>
-    <t>令和7年11月1日現在</t>
+    <t>令和7年12月1日現在</t>
   </si>
   <si>
     <t>今月の特徴</t>
   </si>
   <si>
-    <t>　令和７年１１月１日現在の推計人口は、７，３２４，３９６人で前月に比べ１，４０５人
-（０．０２％）増加した。この内訳は自然増減３，２５９人の減少、社会増減４，６６４人
+    <t>　令和７年１２月１日現在の推計人口は、７，３２２，８２２人で前月に比べ１，５７４人
+（０．０２％）減少した。この内訳は自然増減３，４２９人の減少、社会増減１，８５５人
 の増加であった。
-　この１年間の人口増減は、６，３０１人（０．０９％）減少で、その内訳は自然増減
-４６，１４６人の減少、社会増減３９，８４５人の増加である。</t>
+　この１年間の人口増減は、６，３１１人（０．０９％）減少で、その内訳は自然増減
+４６，０７２人の減少、社会増減３９，７６１人の増加である。</t>
   </si>
   <si>
     <t>総数</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>人</t>
   </si>
   <si>
     <t>人口</t>
   </si>
   <si>
     <t>Population</t>
   </si>
   <si>
     <t>男</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>女</t>
   </si>
@@ -216,343 +216,361 @@
   <si>
     <t>55・10</t>
   </si>
   <si>
     <t>60・10</t>
   </si>
   <si>
     <t>2・10</t>
   </si>
   <si>
     <t>7・10</t>
   </si>
   <si>
     <t>12・10</t>
   </si>
   <si>
     <t>17・10</t>
   </si>
   <si>
     <t>22・10</t>
   </si>
   <si>
     <t>27・10</t>
   </si>
   <si>
-    <t>6・11</t>
-[...1 lines deleted...]
-  <si>
     <t>6・12</t>
   </si>
   <si>
     <t>7・1</t>
   </si>
   <si>
     <t>7・2</t>
   </si>
   <si>
     <t>7・3</t>
   </si>
   <si>
     <t>7・4</t>
   </si>
   <si>
     <t>7・5</t>
   </si>
   <si>
     <t>7・6</t>
   </si>
   <si>
     <t>7・7</t>
   </si>
   <si>
     <t>7・8</t>
   </si>
   <si>
     <t>7・9</t>
   </si>
   <si>
     <t>7・11</t>
+  </si>
+  <si>
+    <t>7・12</t>
   </si>
   <si>
     <t>※　平成22年国勢調査において集計項目の一部変更があり、平成22年10月1日から世帯の算出
 　に当たっては国勢調査における「総世帯数」を基に集計する方法に変更した。そのため、従前デ
 　ータとの比較には注意を要する。</t>
   </si>
   <si>
     <t>※　住民基本台帳法が改正され、平成24年7月9日から外国人住民が住民基本台帳法の適用対象
 　となったことにより混合世帯の取扱いが変更となった。そのため、従前データとの比較には注意を
 　要する。</t>
   </si>
   <si>
     <t>市町村別月間増減人口及び増減率</t>
   </si>
   <si>
     <t>The population Growth,Rate of Growth,Decline and Rate of Decline for Saitama Cities,Towns and Villages by Month</t>
   </si>
   <si>
     <t>増加（上位５市町村）</t>
   </si>
   <si>
     <t>Population Grouth (Top 5 Places)</t>
   </si>
   <si>
     <t>減少（上位５市町村）</t>
   </si>
   <si>
     <t>Population Decline(Top 5 Places)</t>
   </si>
   <si>
-    <t>令和7年10月中</t>
-[...8 lines deleted...]
-    <t>October2024</t>
+    <t>令和7年11月中</t>
+  </si>
+  <si>
+    <t>November2025</t>
+  </si>
+  <si>
+    <t>令和6年11月中</t>
+  </si>
+  <si>
+    <t>November2024</t>
   </si>
   <si>
     <t>順位</t>
   </si>
   <si>
     <t>市町村</t>
   </si>
   <si>
     <t>増加人口（人）</t>
   </si>
   <si>
     <t>減少人口（人）</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Cities,Towns and Villages</t>
   </si>
   <si>
     <t>Size of Population
 Growth(Number of
 People)</t>
   </si>
   <si>
     <t>Size of Population
 Decline(Number of
 People)</t>
   </si>
   <si>
     <t>１</t>
   </si>
   <si>
+    <t>三郷市</t>
+  </si>
+  <si>
+    <t>Misato-shi</t>
+  </si>
+  <si>
+    <t>草加市</t>
+  </si>
+  <si>
+    <t>Soka-shi</t>
+  </si>
+  <si>
+    <t>春日部市</t>
+  </si>
+  <si>
+    <t>Kasukabe-shi</t>
+  </si>
+  <si>
+    <t>川口市</t>
+  </si>
+  <si>
+    <t>Kawaguchi-shi</t>
+  </si>
+  <si>
+    <t>２</t>
+  </si>
+  <si>
     <t>さいたま市</t>
   </si>
   <si>
     <t>Saitama-shi</t>
   </si>
   <si>
-    <t>飯能市</t>
-[...17 lines deleted...]
-    <t>Kawaguchi-shi</t>
+    <t>八潮市</t>
+  </si>
+  <si>
+    <t>Yashio-shi</t>
+  </si>
+  <si>
+    <t>熊谷市</t>
+  </si>
+  <si>
+    <t>Kumagaya-shi</t>
+  </si>
+  <si>
+    <t>川越市</t>
+  </si>
+  <si>
+    <t>Kawagoe-shi</t>
+  </si>
+  <si>
+    <t>３</t>
+  </si>
+  <si>
+    <t>東松山市</t>
+  </si>
+  <si>
+    <t>Higashimatsuyama-shi</t>
+  </si>
+  <si>
+    <t>朝霞市</t>
+  </si>
+  <si>
+    <t>Asaka-shi</t>
+  </si>
+  <si>
+    <t>越谷市</t>
+  </si>
+  <si>
+    <t>Koshigaya-shi</t>
+  </si>
+  <si>
+    <t>４</t>
+  </si>
+  <si>
+    <t>戸田市</t>
+  </si>
+  <si>
+    <t>Toda-shi</t>
+  </si>
+  <si>
+    <t>所沢市</t>
+  </si>
+  <si>
+    <t>Tokorozawa-shi</t>
+  </si>
+  <si>
+    <t>５</t>
+  </si>
+  <si>
+    <t>幸手市</t>
+  </si>
+  <si>
+    <t>Satte-shi</t>
+  </si>
+  <si>
+    <t>ふじみ野市</t>
+  </si>
+  <si>
+    <t>Fujimino-shi</t>
   </si>
   <si>
     <t>秩父市</t>
   </si>
   <si>
     <t>Chichibu-shi</t>
   </si>
   <si>
     <t>入間市</t>
   </si>
   <si>
     <t>Iruma-shi</t>
-  </si>
-[...73 lines deleted...]
-    <t>Moroyama-machi</t>
   </si>
   <si>
     <t>増加率（％）</t>
   </si>
   <si>
     <t>減少率（％）</t>
   </si>
   <si>
     <t>Rate of Population
 Growth(%)</t>
   </si>
   <si>
     <t>Rate of Population
 Decline(%)</t>
   </si>
   <si>
+    <t>神川町</t>
+  </si>
+  <si>
+    <t>Kamikawa-machi</t>
+  </si>
+  <si>
+    <t>上里町</t>
+  </si>
+  <si>
+    <t>Kamisato-machi</t>
+  </si>
+  <si>
+    <t>東秩父村</t>
+  </si>
+  <si>
+    <t>Higashichichibu-mura</t>
+  </si>
+  <si>
+    <t>小川町</t>
+  </si>
+  <si>
+    <t>Ogawa-machi</t>
+  </si>
+  <si>
+    <t>滑川町</t>
+  </si>
+  <si>
+    <t>Namegawa-machi</t>
+  </si>
+  <si>
+    <t>吉見町</t>
+  </si>
+  <si>
+    <t>Yoshimi-machi</t>
+  </si>
+  <si>
+    <t>越生町</t>
+  </si>
+  <si>
+    <t>Ogose-machi</t>
+  </si>
+  <si>
     <t>横瀬町</t>
   </si>
   <si>
     <t>Yokoze-machi</t>
   </si>
   <si>
     <t>宮代町</t>
   </si>
   <si>
     <t>Miyashiro-machi</t>
   </si>
   <si>
-    <t>皆野町</t>
-[...44 lines deleted...]
-    <t>Tokigawa-machi</t>
+    <t>嵐山町</t>
+  </si>
+  <si>
+    <t>Ranzan-machi</t>
+  </si>
+  <si>
+    <t>小鹿野町</t>
+  </si>
+  <si>
+    <t>Ogano-machi</t>
+  </si>
+  <si>
+    <t>志木市</t>
+  </si>
+  <si>
+    <t>Shiki-shi</t>
+  </si>
+  <si>
+    <t>三芳町</t>
+  </si>
+  <si>
+    <t>Miyoshi-machi</t>
   </si>
   <si>
     <t>埼玉県への都道府県別転入人口（上位5都道府県）</t>
   </si>
   <si>
     <t>Immigration to Saitama Prefecture from Other Prefectures</t>
   </si>
   <si>
     <t>都道府県</t>
   </si>
   <si>
     <t>転入人口（人）</t>
   </si>
   <si>
     <t>構成比（％）</t>
   </si>
   <si>
     <t>Prefecture</t>
   </si>
   <si>
     <t>Number of
 Migrated People</t>
   </si>
   <si>
     <t>Percentage of Total</t>
@@ -566,54 +584,54 @@
   <si>
     <t>千葉県</t>
   </si>
   <si>
     <t>Chiba-ken</t>
   </si>
   <si>
     <t>神奈川県</t>
   </si>
   <si>
     <t>Kanagawa-ken</t>
   </si>
   <si>
     <t>群馬県</t>
   </si>
   <si>
     <t>Gunma-ken</t>
   </si>
   <si>
     <t>茨城県</t>
   </si>
   <si>
     <t>Ibaraki-ken</t>
   </si>
   <si>
-    <t>令和7年11月1日現在人口と10月中の異動人口</t>
-[...2 lines deleted...]
-    <t>Population of Saitama Prefecture as at November 1,2025</t>
+    <t>令和7年12月1日現在人口と11月中の異動人口</t>
+  </si>
+  <si>
+    <t>Population of Saitama Prefecture as at December 1,2025</t>
   </si>
   <si>
     <t>前年同月</t>
   </si>
   <si>
     <t>自然動態</t>
   </si>
   <si>
     <t>社会動態</t>
   </si>
   <si>
     <t>との比較</t>
   </si>
   <si>
     <t>うち県外移動・職権記載・職権消除</t>
   </si>
   <si>
     <t xml:space="preserve">     Migration and Immigration to and from Other Prefectures</t>
   </si>
   <si>
     <t>人口密度</t>
   </si>
   <si>
     <t>増減数</t>
   </si>
@@ -754,363 +772,352 @@
   <si>
     <t>浦和区</t>
   </si>
   <si>
     <t>Urawa-ku</t>
   </si>
   <si>
     <t>南区</t>
   </si>
   <si>
     <t>Minami-ku</t>
   </si>
   <si>
     <t>緑区</t>
   </si>
   <si>
     <t>Midori-ku</t>
   </si>
   <si>
     <t>岩槻区</t>
   </si>
   <si>
     <t>Iwatsuki-ku</t>
   </si>
   <si>
-    <t>川越市</t>
-[...10 lines deleted...]
-  <si>
     <t>行田市</t>
   </si>
   <si>
     <t>Gyoda-shi</t>
   </si>
   <si>
-    <t>所沢市</t>
-[...2 lines deleted...]
-    <t>Tokorozawa-shi</t>
+    <t>飯能市</t>
+  </si>
+  <si>
+    <t>Hanno-shi</t>
+  </si>
+  <si>
+    <t>加須市</t>
+  </si>
+  <si>
+    <t>Kazo-shi</t>
   </si>
   <si>
     <t>本庄市</t>
   </si>
   <si>
     <t>Honjo-shi</t>
   </si>
   <si>
     <t>狭山市</t>
   </si>
   <si>
     <t>Sayama-shi</t>
   </si>
   <si>
     <t>羽生市</t>
   </si>
   <si>
     <t>Hanyu-shi</t>
   </si>
   <si>
     <t>鴻巣市</t>
   </si>
   <si>
     <t>Kounosu-shi</t>
   </si>
   <si>
     <t>深谷市</t>
   </si>
   <si>
     <t>Fukaya-shi</t>
   </si>
   <si>
     <t>上尾市</t>
   </si>
   <si>
     <t>Ageo-shi</t>
   </si>
   <si>
-    <t>越谷市</t>
-[...4 lines deleted...]
-  <si>
     <t>蕨市</t>
   </si>
   <si>
     <t>Warabi-shi</t>
   </si>
   <si>
-    <t>朝霞市</t>
-[...8 lines deleted...]
-    <t>Shiki-shi</t>
+    <t>和光市</t>
+  </si>
+  <si>
+    <t>Wako-shi</t>
   </si>
   <si>
     <t>新座市</t>
   </si>
   <si>
     <t>Niiza-shi</t>
   </si>
   <si>
     <t>桶川市</t>
   </si>
   <si>
     <t>Okegawa-shi</t>
   </si>
   <si>
     <t>久喜市</t>
   </si>
   <si>
     <t>Kuki-shi</t>
   </si>
   <si>
     <t>北本市</t>
   </si>
   <si>
     <t>Kitamoto-shi</t>
   </si>
   <si>
-    <t>八潮市</t>
-[...14 lines deleted...]
-    <t>Satte-shi</t>
+    <t>富士見市</t>
+  </si>
+  <si>
+    <t>Fujimi-shi</t>
+  </si>
+  <si>
+    <t>蓮田市</t>
+  </si>
+  <si>
+    <t>Hasuda-shi</t>
+  </si>
+  <si>
+    <t>坂戸市</t>
+  </si>
+  <si>
+    <t>Sakado-shi</t>
   </si>
   <si>
     <t>鶴ヶ島市</t>
   </si>
   <si>
     <t>Tsurugashima-shi</t>
   </si>
   <si>
     <t>日高市</t>
   </si>
   <si>
     <t>Hidaka-shi</t>
   </si>
   <si>
     <t>吉川市</t>
   </si>
   <si>
     <t>Yoshikawa-shi</t>
   </si>
   <si>
     <t>白岡市</t>
   </si>
   <si>
     <t>Shiraoka-shi</t>
   </si>
   <si>
     <t>北足立郡</t>
   </si>
   <si>
     <t>Kitaadachi-gun</t>
   </si>
   <si>
     <t>伊奈町</t>
   </si>
   <si>
     <t>Ina-machi</t>
   </si>
   <si>
     <t>入間郡</t>
   </si>
   <si>
     <t>Iruma-gun</t>
   </si>
   <si>
-    <t>三芳町</t>
-[...2 lines deleted...]
-    <t>Miyoshi-machi</t>
+    <t>毛呂山町</t>
+  </si>
+  <si>
+    <t>Moroyama-machi</t>
   </si>
   <si>
     <t>比企郡</t>
   </si>
   <si>
     <t>Hiki-gun</t>
   </si>
   <si>
-    <t>嵐山町</t>
-[...10 lines deleted...]
-  <si>
     <t>川島町</t>
   </si>
   <si>
     <t>Kawajima-machi</t>
   </si>
   <si>
-    <t>吉見町</t>
-[...2 lines deleted...]
-    <t>Yoshimi-machi</t>
+    <t>鳩山町</t>
+  </si>
+  <si>
+    <t>Hatoyama-machi</t>
+  </si>
+  <si>
+    <t>ときがわ町</t>
+  </si>
+  <si>
+    <t>Tokigawa-machi</t>
   </si>
   <si>
     <t>秩父郡</t>
   </si>
   <si>
     <t>Chichibu-gun</t>
   </si>
   <si>
-    <t>小鹿野町</t>
-[...2 lines deleted...]
-    <t>Ogano-machi</t>
+    <t>皆野町</t>
+  </si>
+  <si>
+    <t>Minano-machi</t>
+  </si>
+  <si>
+    <t>長瀞町</t>
+  </si>
+  <si>
+    <t>Nagatoro-machi</t>
   </si>
   <si>
     <t>児玉郡</t>
   </si>
   <si>
     <t>Kodama-gun</t>
   </si>
   <si>
     <t>美里町</t>
   </si>
   <si>
     <t>Misato-machi</t>
   </si>
   <si>
-    <t>神川町</t>
-[...10 lines deleted...]
-  <si>
     <t>大里郡</t>
   </si>
   <si>
     <t>Osato-gun</t>
   </si>
   <si>
     <t>寄居町</t>
   </si>
   <si>
     <t>Yorii-machi</t>
   </si>
   <si>
     <t>南埼玉郡</t>
   </si>
   <si>
     <t>Minamisaitama-gun</t>
   </si>
   <si>
     <t>北葛飾郡</t>
   </si>
   <si>
     <t>Kitakatsushika-gun</t>
   </si>
   <si>
+    <t>杉戸町</t>
+  </si>
+  <si>
+    <t>Sugito-machi</t>
+  </si>
+  <si>
+    <t>松伏町</t>
+  </si>
+  <si>
+    <t>Matsubushi-machi</t>
+  </si>
+  <si>
     <t>※ さいたま市の各区の転入・転出には区間移動が含まれるため、区の合計とさいたま市の総数とは一致しない。</t>
   </si>
   <si>
     <t xml:space="preserve">  また、この区間移動分は、総数及び市計には含まない。</t>
   </si>
   <si>
-    <t>令和7年10月中の県内市区町村間移動人口（単位：人）</t>
+    <t>令和7年11月中の県内市区町村間移動人口（単位：人）</t>
   </si>
   <si>
     <t>　　移動前
 移動後</t>
   </si>
   <si>
     <t>総計</t>
   </si>
   <si>
     <t>※　人口密度計算資料の面積については、国土地理院「全国都道府県市区町村別面積調（令和7
 　年7月1日）」による。</t>
     <phoneticPr fontId="9"/>
   </si>
   <si>
-    <t>Moroyama-machi
-[...7 lines deleted...]
-      <t>ミナノマチ</t>
+    <t>※さいたま市の各区間の移動は、さいたま市欄の各区に記載しており、この区間移動分は、市計及び総計には含まない。</t>
+  </si>
+  <si>
+    <t>幸手市
+滑川町</t>
+    <rPh sb="4" eb="7">
+      <t>ナメガワマチ</t>
     </rPh>
     <phoneticPr fontId="9"/>
   </si>
   <si>
-    <t>※さいたま市の各区間の移動は、さいたま市欄の各区に記載しており、この区間移動分は、市計及び総計には含まない。</t>
+    <t>Namegawa-machi</t>
+    <phoneticPr fontId="9"/>
+  </si>
+  <si>
+    <t>Satte-shi
+Namegawa-machi</t>
+    <phoneticPr fontId="9"/>
+  </si>
+  <si>
+    <t>入間市</t>
     <phoneticPr fontId="9"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#,##0.0"/>
     <numFmt numFmtId="177" formatCode="0.00;\-0.00"/>
     <numFmt numFmtId="178" formatCode="#0.0"/>
     <numFmt numFmtId="179" formatCode="##0.00"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
@@ -1125,57 +1132,50 @@
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ 明朝"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ 明朝"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ 明朝"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
-      <charset val="128"/>
-[...5 lines deleted...]
-      <family val="2"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="25">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
@@ -1433,73 +1433,52 @@
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyBorder="0"/>
   </cellStyleXfs>
-  <cellXfs count="99">
+  <cellXfs count="97">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
@@ -1660,51 +1639,68 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1967,27719 +1963,27718 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I25"/>
+  <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I6" sqref="I6"/>
+      <selection activeCell="I4" sqref="I4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="5.90625" style="8" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="16384" width="13.54296875" style="8"/>
+    <col min="1" max="1" width="5.90625" style="1" customWidth="1"/>
+    <col min="2" max="3" width="13.54296875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="18.7265625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="18.6328125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="14" style="1" customWidth="1"/>
+    <col min="7" max="7" width="11.08984375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="5.90625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="13.54296875" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="13.54296875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="G1" s="9"/>
+    <row r="1" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A1" s="2"/>
+      <c r="B1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
     </row>
-    <row r="2" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G2" s="9"/>
+    <row r="2" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A2" s="2"/>
+      <c r="B2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
     </row>
-    <row r="3" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="G3" s="9"/>
+    <row r="3" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A3" s="2"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
     </row>
-    <row r="4" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B4" s="9" t="s">
+    <row r="4" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A4" s="2"/>
+      <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="9"/>
-[...3 lines deleted...]
-      <c r="G4" s="9"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
     </row>
-    <row r="5" spans="1:9" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="G5" s="9"/>
+    <row r="5" spans="1:7" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="2"/>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
     </row>
-    <row r="6" spans="1:9" customFormat="1" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B6" s="87" t="s">
+    <row r="6" spans="1:7" customFormat="1" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="2"/>
+      <c r="B6" s="80" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="88"/>
-[...4 lines deleted...]
-      <c r="I6" s="98"/>
+      <c r="C6" s="81"/>
+      <c r="D6" s="81"/>
+      <c r="E6" s="81"/>
+      <c r="F6" s="81"/>
+      <c r="G6" s="81"/>
     </row>
-    <row r="7" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="G7" s="9"/>
+    <row r="7" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A7" s="2"/>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
     </row>
-    <row r="8" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="D8" s="13" t="s">
+    <row r="8" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A8" s="2"/>
+      <c r="B8" s="4"/>
+      <c r="C8" s="5"/>
+      <c r="D8" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E8" s="14" t="s">
+      <c r="E8" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="F8" s="15">
-[...2 lines deleted...]
-      <c r="G8" s="16" t="s">
+      <c r="F8" s="8">
+        <v>7322822</v>
+      </c>
+      <c r="G8" s="9" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="9" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B9" s="17" t="s">
+    <row r="9" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A9" s="2"/>
+      <c r="B9" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="18" t="s">
+      <c r="C9" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="19" t="s">
+      <c r="D9" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="E9" s="20" t="s">
+      <c r="E9" s="13" t="s">
         <v>11</v>
       </c>
-      <c r="F9" s="21">
-[...2 lines deleted...]
-      <c r="G9" s="22" t="s">
+      <c r="F9" s="14">
+        <v>3629722</v>
+      </c>
+      <c r="G9" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="10" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="D10" s="19" t="s">
+    <row r="10" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A10" s="2"/>
+      <c r="B10" s="10"/>
+      <c r="C10" s="11"/>
+      <c r="D10" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="E10" s="20" t="s">
+      <c r="E10" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="F10" s="21">
-[...2 lines deleted...]
-      <c r="G10" s="22" t="s">
+      <c r="F10" s="14">
+        <v>3693099</v>
+      </c>
+      <c r="G10" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="D11" s="19" t="s">
+    <row r="11" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A11" s="2"/>
+      <c r="B11" s="16"/>
+      <c r="C11" s="13"/>
+      <c r="D11" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="E11" s="20" t="s">
+      <c r="E11" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="F11" s="21">
-[...2 lines deleted...]
-      <c r="G11" s="22" t="s">
+      <c r="F11" s="14">
+        <v>1</v>
+      </c>
+      <c r="G11" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="12" spans="1:9" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B12" s="17" t="s">
+    <row r="12" spans="1:7" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="2"/>
+      <c r="B12" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="C12" s="24" t="s">
+      <c r="C12" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="D12" s="19" t="s">
+      <c r="D12" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="E12" s="20" t="s">
+      <c r="E12" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="F12" s="21">
-[...2 lines deleted...]
-      <c r="G12" s="22" t="s">
+      <c r="F12" s="14">
+        <v>-1574</v>
+      </c>
+      <c r="G12" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="13" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B13" s="17" t="s">
+    <row r="13" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A13" s="2"/>
+      <c r="B13" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="C13" s="18"/>
-      <c r="D13" s="9" t="s">
+      <c r="C13" s="11"/>
+      <c r="D13" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="E13" s="18" t="s">
+      <c r="E13" s="11" t="s">
         <v>22</v>
       </c>
-      <c r="F13" s="25">
-[...2 lines deleted...]
-      <c r="G13" s="26" t="s">
+      <c r="F13" s="18">
+        <v>-3429</v>
+      </c>
+      <c r="G13" s="19" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="14" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B14" s="23" t="s">
+    <row r="14" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A14" s="2"/>
+      <c r="B14" s="16" t="s">
         <v>23</v>
       </c>
-      <c r="C14" s="20"/>
-      <c r="D14" s="19" t="s">
+      <c r="C14" s="13"/>
+      <c r="D14" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="E14" s="20" t="s">
+      <c r="E14" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="F14" s="21">
-[...2 lines deleted...]
-      <c r="G14" s="22" t="s">
+      <c r="F14" s="14">
+        <v>1855</v>
+      </c>
+      <c r="G14" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="24" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B15" s="17" t="s">
+    <row r="15" spans="1:7" ht="24" x14ac:dyDescent="0.2">
+      <c r="A15" s="2"/>
+      <c r="B15" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="C15" s="24" t="s">
+      <c r="C15" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="D15" s="19" t="s">
+      <c r="D15" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="E15" s="20" t="s">
+      <c r="E15" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="F15" s="21">
-[...2 lines deleted...]
-      <c r="G15" s="22" t="s">
+      <c r="F15" s="14">
+        <v>-6311</v>
+      </c>
+      <c r="G15" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="16" spans="1:9" ht="14" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B16" s="17" t="s">
+    <row r="16" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+      <c r="A16" s="2"/>
+      <c r="B16" s="10" t="s">
         <v>28</v>
       </c>
-      <c r="C16" s="26"/>
-      <c r="D16" s="9" t="s">
+      <c r="C16" s="19"/>
+      <c r="D16" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="E16" s="18" t="s">
+      <c r="E16" s="11" t="s">
         <v>22</v>
       </c>
-      <c r="F16" s="25">
-[...2 lines deleted...]
-      <c r="G16" s="26" t="s">
+      <c r="F16" s="18">
+        <v>-46072</v>
+      </c>
+      <c r="G16" s="19" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A17" s="9"/>
-      <c r="B17" s="23" t="s">
+      <c r="A17" s="2"/>
+      <c r="B17" s="16" t="s">
         <v>29</v>
       </c>
-      <c r="C17" s="22"/>
-      <c r="D17" s="19" t="s">
+      <c r="C17" s="15"/>
+      <c r="D17" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="E17" s="20" t="s">
+      <c r="E17" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="F17" s="21">
-[...2 lines deleted...]
-      <c r="G17" s="22" t="s">
+      <c r="F17" s="14">
+        <v>39761</v>
+      </c>
+      <c r="G17" s="15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A18" s="9"/>
-      <c r="B18" s="23" t="s">
+      <c r="A18" s="2"/>
+      <c r="B18" s="16" t="s">
         <v>30</v>
       </c>
-      <c r="C18" s="22"/>
-      <c r="D18" s="27" t="s">
+      <c r="C18" s="15"/>
+      <c r="D18" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="E18" s="22"/>
-[...3 lines deleted...]
-      <c r="G18" s="22"/>
+      <c r="E18" s="15"/>
+      <c r="F18" s="21">
+        <v>1928.2</v>
+      </c>
+      <c r="G18" s="15"/>
     </row>
     <row r="19" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A19" s="9"/>
-      <c r="B19" s="23" t="s">
+      <c r="A19" s="2"/>
+      <c r="B19" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="C19" s="22"/>
-      <c r="D19" s="27" t="s">
+      <c r="C19" s="15"/>
+      <c r="D19" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="E19" s="22"/>
-[...3 lines deleted...]
-      <c r="G19" s="22" t="s">
+      <c r="E19" s="15"/>
+      <c r="F19" s="14">
+        <v>3369106</v>
+      </c>
+      <c r="G19" s="15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A20" s="9"/>
-      <c r="B20" s="23" t="s">
+      <c r="A20" s="2"/>
+      <c r="B20" s="16" t="s">
         <v>35</v>
       </c>
-      <c r="C20" s="22"/>
-      <c r="D20" s="27" t="s">
+      <c r="C20" s="15"/>
+      <c r="D20" s="20" t="s">
         <v>36</v>
       </c>
-      <c r="E20" s="22"/>
-[...3 lines deleted...]
-      <c r="G20" s="22" t="s">
+      <c r="E20" s="15"/>
+      <c r="F20" s="22">
+        <v>2.1735208093779201</v>
+      </c>
+      <c r="G20" s="15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A21" s="9"/>
-      <c r="B21" s="9" t="s">
+      <c r="A21" s="2"/>
+      <c r="B21" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C21" s="9"/>
-[...3 lines deleted...]
-      <c r="G21" s="9"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
     </row>
     <row r="22" spans="1:7" ht="14" x14ac:dyDescent="0.2">
-      <c r="A22" s="9"/>
-[...5 lines deleted...]
-      <c r="G22" s="9"/>
+      <c r="A22" s="2"/>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
     </row>
     <row r="23" spans="1:7" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A23" s="9"/>
-      <c r="B23" s="89" t="s">
+      <c r="A23" s="2"/>
+      <c r="B23" s="82" t="s">
         <v>38</v>
       </c>
-      <c r="C23" s="88"/>
-[...3 lines deleted...]
-      <c r="G23" s="88"/>
+      <c r="C23" s="81"/>
+      <c r="D23" s="81"/>
+      <c r="E23" s="81"/>
+      <c r="F23" s="81"/>
+      <c r="G23" s="81"/>
     </row>
     <row r="24" spans="1:7" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="9"/>
-      <c r="B24" s="89" t="s">
+      <c r="A24" s="2"/>
+      <c r="B24" s="82" t="s">
         <v>39</v>
       </c>
-      <c r="C24" s="88"/>
-[...3 lines deleted...]
-      <c r="G24" s="88"/>
+      <c r="C24" s="81"/>
+      <c r="D24" s="81"/>
+      <c r="E24" s="81"/>
+      <c r="F24" s="81"/>
+      <c r="G24" s="81"/>
     </row>
     <row r="25" spans="1:7" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A25" s="9"/>
-      <c r="B25" s="89" t="s">
+      <c r="A25" s="2"/>
+      <c r="B25" s="82" t="s">
         <v>324</v>
       </c>
-      <c r="C25" s="88"/>
-[...3 lines deleted...]
-      <c r="G25" s="88"/>
+      <c r="C25" s="81"/>
+      <c r="D25" s="81"/>
+      <c r="E25" s="81"/>
+      <c r="F25" s="81"/>
+      <c r="G25" s="81"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="B23:G23"/>
     <mergeCell ref="B24:G24"/>
     <mergeCell ref="B25:G25"/>
   </mergeCells>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:E28"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView topLeftCell="A14" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="14.54296875" style="8" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="16384" width="14.54296875" style="8"/>
+    <col min="1" max="2" width="14.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="18.90625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="14.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="18.90625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="14.54296875" style="1" customWidth="1"/>
+    <col min="7" max="16384" width="14.54296875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A1" s="9" t="s">
+      <c r="A1" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="B1" s="9"/>
-      <c r="C1" s="10" t="s">
+      <c r="B1" s="2"/>
+      <c r="C1" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="D1" s="9"/>
-      <c r="E1" s="9"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
     </row>
     <row r="2" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A2" s="30" t="s">
+      <c r="A2" s="23" t="s">
         <v>42</v>
       </c>
-      <c r="B2" s="31" t="s">
+      <c r="B2" s="24" t="s">
         <v>43</v>
       </c>
-      <c r="C2" s="32" t="s">
+      <c r="C2" s="25" t="s">
         <v>44</v>
       </c>
-      <c r="D2" s="32" t="s">
+      <c r="D2" s="25" t="s">
         <v>45</v>
       </c>
-      <c r="E2" s="32" t="s">
+      <c r="E2" s="25" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:5" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="33" t="s">
+      <c r="A3" s="26" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="33" t="s">
+      <c r="B3" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="C3" s="34" t="s">
+      <c r="C3" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="D3" s="34" t="s">
+      <c r="D3" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="E3" s="34" t="s">
+      <c r="E3" s="27" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A4" s="35" t="s">
+      <c r="A4" s="28" t="s">
         <v>49</v>
       </c>
-      <c r="B4" s="36">
+      <c r="B4" s="29">
         <v>4821340</v>
       </c>
-      <c r="C4" s="37" t="s">
+      <c r="C4" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="D4" s="36">
+      <c r="D4" s="29">
         <v>1440498</v>
       </c>
-      <c r="E4" s="37" t="s">
+      <c r="E4" s="30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A5" s="35" t="s">
+      <c r="A5" s="28" t="s">
         <v>51</v>
       </c>
-      <c r="B5" s="36">
+      <c r="B5" s="29">
         <v>5420480</v>
       </c>
-      <c r="C5" s="37" t="s">
+      <c r="C5" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="D5" s="36">
+      <c r="D5" s="29">
         <v>1632008</v>
       </c>
-      <c r="E5" s="37" t="s">
+      <c r="E5" s="30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A6" s="35" t="s">
+      <c r="A6" s="28" t="s">
         <v>52</v>
       </c>
-      <c r="B6" s="36">
+      <c r="B6" s="29">
         <v>5863678</v>
       </c>
-      <c r="C6" s="37" t="s">
+      <c r="C6" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="D6" s="36">
+      <c r="D6" s="29">
         <v>1806380</v>
       </c>
-      <c r="E6" s="37" t="s">
+      <c r="E6" s="30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A7" s="35" t="s">
+      <c r="A7" s="28" t="s">
         <v>53</v>
       </c>
-      <c r="B7" s="36">
+      <c r="B7" s="29">
         <v>6405319</v>
       </c>
-      <c r="C7" s="37" t="s">
+      <c r="C7" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="D7" s="36">
+      <c r="D7" s="29">
         <v>2092783</v>
       </c>
-      <c r="E7" s="37" t="s">
+      <c r="E7" s="30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A8" s="35" t="s">
+      <c r="A8" s="28" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="36">
+      <c r="B8" s="29">
         <v>6759311</v>
       </c>
-      <c r="C8" s="37" t="s">
+      <c r="C8" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="D8" s="36">
+      <c r="D8" s="29">
         <v>2349015</v>
       </c>
-      <c r="E8" s="37" t="s">
+      <c r="E8" s="30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A9" s="35" t="s">
+      <c r="A9" s="28" t="s">
         <v>55</v>
       </c>
-      <c r="B9" s="36">
+      <c r="B9" s="29">
         <v>6938006</v>
       </c>
-      <c r="C9" s="37" t="s">
+      <c r="C9" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="D9" s="36">
+      <c r="D9" s="29">
         <v>2555098</v>
       </c>
-      <c r="E9" s="37" t="s">
+      <c r="E9" s="30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A10" s="35" t="s">
+      <c r="A10" s="28" t="s">
         <v>56</v>
       </c>
-      <c r="B10" s="36">
+      <c r="B10" s="29">
         <v>7054243</v>
       </c>
-      <c r="C10" s="37" t="s">
+      <c r="C10" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="D10" s="36">
+      <c r="D10" s="29">
         <v>2735628</v>
       </c>
-      <c r="E10" s="37" t="s">
+      <c r="E10" s="30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A11" s="35" t="s">
+      <c r="A11" s="28" t="s">
         <v>57</v>
       </c>
-      <c r="B11" s="36">
+      <c r="B11" s="29">
         <v>7194556</v>
       </c>
-      <c r="C11" s="37" t="s">
+      <c r="C11" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="D11" s="36">
+      <c r="D11" s="29">
         <v>2841595</v>
       </c>
-      <c r="E11" s="37" t="s">
+      <c r="E11" s="30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A12" s="35" t="s">
+      <c r="A12" s="28" t="s">
         <v>58</v>
       </c>
-      <c r="B12" s="36">
+      <c r="B12" s="29">
         <v>7266534</v>
       </c>
-      <c r="C12" s="37" t="s">
+      <c r="C12" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="D12" s="36">
+      <c r="D12" s="29">
         <v>2971659</v>
       </c>
-      <c r="E12" s="37" t="s">
+      <c r="E12" s="30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A13" s="35" t="s">
+      <c r="A13" s="28" t="s">
         <v>53</v>
       </c>
-      <c r="B13" s="36">
+      <c r="B13" s="29">
         <v>7344765</v>
       </c>
-      <c r="C13" s="37" t="s">
+      <c r="C13" s="30" t="s">
         <v>50</v>
       </c>
-      <c r="D13" s="36">
+      <c r="D13" s="29">
         <v>3162743</v>
       </c>
-      <c r="E13" s="37" t="s">
+      <c r="E13" s="30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A14" s="35" t="s">
+      <c r="A14" s="28" t="s">
         <v>59</v>
       </c>
-      <c r="B14" s="36">
-[...9 lines deleted...]
-        <v>0.12777479999999999</v>
+      <c r="B14" s="29">
+        <v>7329133</v>
+      </c>
+      <c r="C14" s="31">
+        <v>-2.133494E-2</v>
+      </c>
+      <c r="D14" s="29">
+        <v>3325935</v>
+      </c>
+      <c r="E14" s="31">
+        <v>3.028637E-2</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A15" s="35" t="s">
+      <c r="A15" s="28" t="s">
         <v>60</v>
       </c>
-      <c r="B15" s="36">
-[...9 lines deleted...]
-        <v>3.028637E-2</v>
+      <c r="B15" s="29">
+        <v>7326255</v>
+      </c>
+      <c r="C15" s="31">
+        <v>-3.9267950000000003E-2</v>
+      </c>
+      <c r="D15" s="29">
+        <v>3326243</v>
+      </c>
+      <c r="E15" s="31">
+        <v>9.2605540000000007E-3</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A16" s="35" t="s">
+      <c r="A16" s="28" t="s">
         <v>61</v>
       </c>
-      <c r="B16" s="36">
-[...9 lines deleted...]
-        <v>9.2605540000000007E-3</v>
+      <c r="B16" s="29">
+        <v>7320520</v>
+      </c>
+      <c r="C16" s="31">
+        <v>-7.8280100000000005E-2</v>
+      </c>
+      <c r="D16" s="29">
+        <v>3325256</v>
+      </c>
+      <c r="E16" s="31">
+        <v>-2.9673120000000001E-2</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A17" s="35" t="s">
+      <c r="A17" s="28" t="s">
         <v>62</v>
       </c>
-      <c r="B17" s="36">
-[...9 lines deleted...]
-        <v>-2.9673120000000001E-2</v>
+      <c r="B17" s="29">
+        <v>7317916</v>
+      </c>
+      <c r="C17" s="31">
+        <v>-3.5571239999999997E-2</v>
+      </c>
+      <c r="D17" s="29">
+        <v>3323430</v>
+      </c>
+      <c r="E17" s="31">
+        <v>-5.4913070000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A18" s="35" t="s">
+      <c r="A18" s="28" t="s">
         <v>63</v>
       </c>
-      <c r="B18" s="36">
-[...9 lines deleted...]
-        <v>-5.4913070000000001E-2</v>
+      <c r="B18" s="29">
+        <v>7321033</v>
+      </c>
+      <c r="C18" s="31">
+        <v>4.2594090000000001E-2</v>
+      </c>
+      <c r="D18" s="29">
+        <v>3339693</v>
+      </c>
+      <c r="E18" s="31">
+        <v>0.4893439</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A19" s="35" t="s">
+      <c r="A19" s="28" t="s">
         <v>64</v>
       </c>
-      <c r="B19" s="36">
-[...9 lines deleted...]
-        <v>0.4893439</v>
+      <c r="B19" s="29">
+        <v>7326060</v>
+      </c>
+      <c r="C19" s="31">
+        <v>6.8665180000000006E-2</v>
+      </c>
+      <c r="D19" s="29">
+        <v>3351121</v>
+      </c>
+      <c r="E19" s="31">
+        <v>0.34218710000000002</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A20" s="35" t="s">
+      <c r="A20" s="28" t="s">
         <v>65</v>
       </c>
-      <c r="B20" s="36">
-[...9 lines deleted...]
-        <v>0.34218710000000002</v>
+      <c r="B20" s="29">
+        <v>7325516</v>
+      </c>
+      <c r="C20" s="31">
+        <v>-7.4255470000000002E-3</v>
+      </c>
+      <c r="D20" s="29">
+        <v>3354320</v>
+      </c>
+      <c r="E20" s="31">
+        <v>9.5460589999999998E-2</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A21" s="35" t="s">
+      <c r="A21" s="28" t="s">
         <v>66</v>
       </c>
-      <c r="B21" s="36">
-[...9 lines deleted...]
-        <v>9.5460589999999998E-2</v>
+      <c r="B21" s="29">
+        <v>7325312</v>
+      </c>
+      <c r="C21" s="31">
+        <v>-2.7847869999999999E-3</v>
+      </c>
+      <c r="D21" s="29">
+        <v>3356785</v>
+      </c>
+      <c r="E21" s="31">
+        <v>7.3487330000000003E-2</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A22" s="35" t="s">
+      <c r="A22" s="28" t="s">
         <v>67</v>
       </c>
-      <c r="B22" s="36">
-[...9 lines deleted...]
-        <v>7.3487330000000003E-2</v>
+      <c r="B22" s="29">
+        <v>7324661</v>
+      </c>
+      <c r="C22" s="31">
+        <v>-8.8869940000000005E-3</v>
+      </c>
+      <c r="D22" s="29">
+        <v>3359183</v>
+      </c>
+      <c r="E22" s="31">
+        <v>7.1437399999999998E-2</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A23" s="35" t="s">
+      <c r="A23" s="28" t="s">
         <v>68</v>
       </c>
-      <c r="B23" s="36">
-[...9 lines deleted...]
-        <v>7.1437399999999998E-2</v>
+      <c r="B23" s="29">
+        <v>7323374</v>
+      </c>
+      <c r="C23" s="31">
+        <v>-1.7570780000000001E-2</v>
+      </c>
+      <c r="D23" s="29">
+        <v>3361259</v>
+      </c>
+      <c r="E23" s="31">
+        <v>6.180074E-2</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A24" s="35" t="s">
-[...12 lines deleted...]
-        <v>6.180074E-2</v>
+      <c r="A24" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="29">
+        <v>7322991</v>
+      </c>
+      <c r="C24" s="31">
+        <v>-5.2298300000000004E-3</v>
+      </c>
+      <c r="D24" s="29">
+        <v>3364140</v>
+      </c>
+      <c r="E24" s="31">
+        <v>8.5711930000000006E-2</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A25" s="35" t="s">
-[...12 lines deleted...]
-        <v>8.5711930000000006E-2</v>
+      <c r="A25" s="28" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="29">
+        <v>7324396</v>
+      </c>
+      <c r="C25" s="31">
+        <v>1.9186149999999999E-2</v>
+      </c>
+      <c r="D25" s="29">
+        <v>3368416</v>
+      </c>
+      <c r="E25" s="31">
+        <v>0.1271053</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="14" x14ac:dyDescent="0.2">
-      <c r="A26" s="35" t="s">
+      <c r="A26" s="28" t="s">
         <v>70</v>
       </c>
-      <c r="B26" s="36">
-[...9 lines deleted...]
-        <v>0.1271053</v>
+      <c r="B26" s="29">
+        <v>7322822</v>
+      </c>
+      <c r="C26" s="31">
+        <v>-2.1489830000000001E-2</v>
+      </c>
+      <c r="D26" s="29">
+        <v>3369106</v>
+      </c>
+      <c r="E26" s="31">
+        <v>2.04844E-2</v>
       </c>
     </row>
     <row r="27" spans="1:5" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A27" s="90" t="s">
+      <c r="A27" s="83" t="s">
         <v>71</v>
       </c>
-      <c r="B27" s="88"/>
-[...2 lines deleted...]
-      <c r="E27" s="88"/>
+      <c r="B27" s="81"/>
+      <c r="C27" s="81"/>
+      <c r="D27" s="81"/>
+      <c r="E27" s="81"/>
     </row>
     <row r="28" spans="1:5" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A28" s="90" t="s">
+      <c r="A28" s="83" t="s">
         <v>72</v>
       </c>
-      <c r="B28" s="88"/>
-[...2 lines deleted...]
-      <c r="E28" s="88"/>
+      <c r="B28" s="81"/>
+      <c r="C28" s="81"/>
+      <c r="D28" s="81"/>
+      <c r="E28" s="81"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="A28:E28"/>
   </mergeCells>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F19" sqref="F19"/>
+      <selection activeCell="L12" sqref="L12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="13.54296875" style="8" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="16384" width="13.54296875" style="8"/>
+    <col min="1" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="18.90625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="17.1796875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13.54296875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="18.90625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="17.1796875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="13.54296875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="18.90625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="17.1796875" style="1" customWidth="1"/>
+    <col min="11" max="11" width="13.54296875" style="1" customWidth="1"/>
+    <col min="12" max="12" width="18.90625" style="1" customWidth="1"/>
+    <col min="13" max="13" width="17.1796875" style="1" customWidth="1"/>
+    <col min="14" max="14" width="13.54296875" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="13.54296875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A1" s="9" t="s">
+      <c r="A1" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="B1" s="9"/>
-[...1 lines deleted...]
-      <c r="D1" s="10" t="s">
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="E1" s="9"/>
-[...7 lines deleted...]
-      <c r="M1" s="9"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+      <c r="K1" s="2"/>
+      <c r="L1" s="2"/>
+      <c r="M1" s="2"/>
     </row>
     <row r="2" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A2" s="9"/>
-      <c r="B2" s="9" t="s">
+      <c r="A2" s="2"/>
+      <c r="B2" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="C2" s="9"/>
-      <c r="D2" s="10" t="s">
+      <c r="C2" s="2"/>
+      <c r="D2" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="E2" s="9"/>
-[...2 lines deleted...]
-      <c r="H2" s="9" t="s">
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="I2" s="9"/>
-      <c r="J2" s="10" t="s">
+      <c r="I2" s="2"/>
+      <c r="J2" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="K2" s="9"/>
-[...1 lines deleted...]
-      <c r="M2" s="9"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
     </row>
     <row r="3" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A3" s="39"/>
-      <c r="B3" s="40" t="s">
+      <c r="A3" s="32"/>
+      <c r="B3" s="33" t="s">
         <v>79</v>
       </c>
-      <c r="C3" s="40"/>
-      <c r="D3" s="41" t="s">
+      <c r="C3" s="33"/>
+      <c r="D3" s="34" t="s">
         <v>80</v>
       </c>
-      <c r="E3" s="40" t="s">
+      <c r="E3" s="33" t="s">
         <v>81</v>
       </c>
-      <c r="F3" s="40"/>
-      <c r="G3" s="41" t="s">
+      <c r="F3" s="33"/>
+      <c r="G3" s="34" t="s">
         <v>82</v>
       </c>
-      <c r="H3" s="40" t="s">
+      <c r="H3" s="33" t="s">
         <v>79</v>
       </c>
-      <c r="I3" s="40"/>
-      <c r="J3" s="41" t="s">
+      <c r="I3" s="33"/>
+      <c r="J3" s="34" t="s">
         <v>80</v>
       </c>
-      <c r="K3" s="40" t="s">
+      <c r="K3" s="33" t="s">
         <v>81</v>
       </c>
-      <c r="L3" s="40"/>
-      <c r="M3" s="41" t="s">
+      <c r="L3" s="33"/>
+      <c r="M3" s="34" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="4" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A4" s="42" t="s">
+      <c r="A4" s="35" t="s">
         <v>83</v>
       </c>
-      <c r="B4" s="43" t="s">
+      <c r="B4" s="36" t="s">
         <v>84</v>
       </c>
-      <c r="C4" s="44"/>
-      <c r="D4" s="44" t="s">
+      <c r="C4" s="37"/>
+      <c r="D4" s="37" t="s">
         <v>85</v>
       </c>
-      <c r="E4" s="43" t="s">
+      <c r="E4" s="36" t="s">
         <v>84</v>
       </c>
-      <c r="F4" s="44"/>
-      <c r="G4" s="44" t="s">
+      <c r="F4" s="37"/>
+      <c r="G4" s="37" t="s">
         <v>85</v>
       </c>
-      <c r="H4" s="43" t="s">
+      <c r="H4" s="36" t="s">
         <v>84</v>
       </c>
-      <c r="I4" s="44"/>
-      <c r="J4" s="44" t="s">
+      <c r="I4" s="37"/>
+      <c r="J4" s="37" t="s">
         <v>86</v>
       </c>
-      <c r="K4" s="43" t="s">
+      <c r="K4" s="36" t="s">
         <v>84</v>
       </c>
-      <c r="L4" s="44"/>
-      <c r="M4" s="44" t="s">
+      <c r="L4" s="37"/>
+      <c r="M4" s="37" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="5" spans="1:13" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="45" t="s">
+      <c r="A5" s="38" t="s">
         <v>87</v>
       </c>
-      <c r="B5" s="46" t="s">
+      <c r="B5" s="39" t="s">
         <v>88</v>
       </c>
-      <c r="C5" s="47"/>
-      <c r="D5" s="48" t="s">
+      <c r="C5" s="40"/>
+      <c r="D5" s="41" t="s">
         <v>89</v>
       </c>
-      <c r="E5" s="46" t="s">
+      <c r="E5" s="39" t="s">
         <v>88</v>
       </c>
-      <c r="F5" s="47"/>
-      <c r="G5" s="48" t="s">
+      <c r="F5" s="40"/>
+      <c r="G5" s="41" t="s">
         <v>89</v>
       </c>
-      <c r="H5" s="46" t="s">
+      <c r="H5" s="39" t="s">
         <v>88</v>
       </c>
-      <c r="I5" s="47"/>
-      <c r="J5" s="48" t="s">
+      <c r="I5" s="40"/>
+      <c r="J5" s="41" t="s">
         <v>90</v>
       </c>
-      <c r="K5" s="46" t="s">
+      <c r="K5" s="39" t="s">
         <v>88</v>
       </c>
-      <c r="L5" s="47"/>
-      <c r="M5" s="48" t="s">
+      <c r="L5" s="40"/>
+      <c r="M5" s="41" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A6" s="49" t="s">
+      <c r="A6" s="42" t="s">
         <v>91</v>
       </c>
-      <c r="B6" s="50" t="s">
+      <c r="B6" s="43" t="s">
         <v>92</v>
       </c>
-      <c r="C6" s="51" t="s">
+      <c r="C6" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="D6" s="52">
-[...11 lines deleted...]
-      <c r="H6" s="50" t="s">
+      <c r="D6" s="45">
+        <v>36</v>
+      </c>
+      <c r="E6" s="43" t="s">
         <v>94</v>
       </c>
-      <c r="I6" s="51" t="s">
+      <c r="F6" s="44" t="s">
         <v>95</v>
       </c>
-      <c r="J6" s="52">
-[...2 lines deleted...]
-      <c r="K6" s="50" t="s">
+      <c r="G6" s="45">
+        <v>115</v>
+      </c>
+      <c r="H6" s="43" t="s">
         <v>96</v>
       </c>
-      <c r="L6" s="51" t="s">
+      <c r="I6" s="44" t="s">
         <v>97</v>
       </c>
-      <c r="M6" s="52">
+      <c r="J6" s="45">
+        <v>133</v>
+      </c>
+      <c r="K6" s="43" t="s">
+        <v>98</v>
+      </c>
+      <c r="L6" s="44" t="s">
         <v>99</v>
+      </c>
+      <c r="M6" s="45">
+        <v>174</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A7" s="53" t="s">
-[...5 lines deleted...]
-      <c r="C7" s="54" t="s">
+      <c r="A7" s="46" t="s">
         <v>100</v>
       </c>
-      <c r="D7" s="36">
-[...11 lines deleted...]
-      <c r="H7" s="39" t="s">
+      <c r="B7" s="32" t="s">
         <v>101</v>
       </c>
-      <c r="I7" s="54" t="s">
+      <c r="C7" s="47" t="s">
         <v>102</v>
       </c>
-      <c r="J7" s="36">
-[...2 lines deleted...]
-      <c r="K7" s="39" t="s">
+      <c r="D7" s="29">
+        <v>34</v>
+      </c>
+      <c r="E7" s="32" t="s">
         <v>103</v>
       </c>
-      <c r="L7" s="54" t="s">
+      <c r="F7" s="47" t="s">
         <v>104</v>
       </c>
-      <c r="M7" s="36">
-        <v>78</v>
+      <c r="G7" s="29">
+        <v>58</v>
+      </c>
+      <c r="H7" s="32" t="s">
+        <v>105</v>
+      </c>
+      <c r="I7" s="47" t="s">
+        <v>106</v>
+      </c>
+      <c r="J7" s="29">
+        <v>130</v>
+      </c>
+      <c r="K7" s="32" t="s">
+        <v>107</v>
+      </c>
+      <c r="L7" s="47" t="s">
+        <v>108</v>
+      </c>
+      <c r="M7" s="29">
+        <v>163</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A8" s="53" t="s">
-[...14 lines deleted...]
-      <c r="F8" s="54" t="s">
+      <c r="A8" s="46" t="s">
         <v>109</v>
       </c>
-      <c r="G8" s="36">
-[...2 lines deleted...]
-      <c r="H8" s="39" t="s">
+      <c r="B8" s="32" t="s">
         <v>110</v>
       </c>
-      <c r="I8" s="54" t="s">
+      <c r="C8" s="47" t="s">
         <v>111</v>
       </c>
-      <c r="J8" s="36">
-[...2 lines deleted...]
-      <c r="K8" s="39" t="s">
+      <c r="D8" s="29">
+        <v>29</v>
+      </c>
+      <c r="E8" s="32" t="s">
         <v>112</v>
       </c>
-      <c r="L8" s="54" t="s">
+      <c r="F8" s="47" t="s">
         <v>113</v>
       </c>
-      <c r="M8" s="36">
-        <v>60</v>
+      <c r="G8" s="29">
+        <v>56</v>
+      </c>
+      <c r="H8" s="32" t="s">
+        <v>114</v>
+      </c>
+      <c r="I8" s="47" t="s">
+        <v>115</v>
+      </c>
+      <c r="J8" s="29">
+        <v>128</v>
+      </c>
+      <c r="K8" s="32" t="s">
+        <v>101</v>
+      </c>
+      <c r="L8" s="47" t="s">
+        <v>102</v>
+      </c>
+      <c r="M8" s="29">
+        <v>142</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A9" s="53" t="s">
-[...5 lines deleted...]
-      <c r="C9" s="54" t="s">
+      <c r="A9" s="46" t="s">
         <v>116</v>
       </c>
-      <c r="D9" s="36">
-[...2 lines deleted...]
-      <c r="E9" s="39" t="s">
+      <c r="B9" s="32" t="s">
         <v>117</v>
       </c>
-      <c r="F9" s="54" t="s">
+      <c r="C9" s="47" t="s">
         <v>118</v>
       </c>
-      <c r="G9" s="36">
-[...11 lines deleted...]
-      <c r="K9" s="39" t="s">
+      <c r="D9" s="29">
+        <v>26</v>
+      </c>
+      <c r="E9" s="32" t="s">
         <v>119</v>
       </c>
-      <c r="L9" s="54" t="s">
+      <c r="F9" s="47" t="s">
         <v>120</v>
       </c>
-      <c r="M9" s="36">
-        <v>41</v>
+      <c r="G9" s="29">
+        <v>42</v>
+      </c>
+      <c r="H9" s="32" t="s">
+        <v>98</v>
+      </c>
+      <c r="I9" s="47" t="s">
+        <v>99</v>
+      </c>
+      <c r="J9" s="29">
+        <v>102</v>
+      </c>
+      <c r="K9" s="32" t="s">
+        <v>105</v>
+      </c>
+      <c r="L9" s="47" t="s">
+        <v>106</v>
+      </c>
+      <c r="M9" s="29">
+        <v>141</v>
       </c>
     </row>
-    <row r="10" spans="1:13" s="1" customFormat="1" ht="28" x14ac:dyDescent="0.35">
-      <c r="A10" s="7" t="s">
+    <row r="10" spans="1:13" ht="28" x14ac:dyDescent="0.2">
+      <c r="A10" s="91" t="s">
         <v>121</v>
       </c>
-      <c r="B10" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E10" s="6" t="s">
+      <c r="B10" s="92" t="s">
+        <v>326</v>
+      </c>
+      <c r="C10" s="93" t="s">
+        <v>328</v>
+      </c>
+      <c r="D10" s="94">
+        <v>25</v>
+      </c>
+      <c r="E10" s="95" t="s">
         <v>124</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="F10" s="96" t="s">
         <v>125</v>
       </c>
-      <c r="G10" s="4">
-[...2 lines deleted...]
-      <c r="H10" s="6" t="s">
+      <c r="G10" s="94">
+        <v>38</v>
+      </c>
+      <c r="H10" s="95" t="s">
         <v>126</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="I10" s="96" t="s">
         <v>127</v>
       </c>
-      <c r="J10" s="4">
-[...9 lines deleted...]
-        <v>39</v>
+      <c r="J10" s="94">
+        <v>88</v>
+      </c>
+      <c r="K10" s="95" t="s">
+        <v>329</v>
+      </c>
+      <c r="L10" s="96" t="s">
+        <v>129</v>
+      </c>
+      <c r="M10" s="94">
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A11" s="42" t="s">
+      <c r="A11" s="35" t="s">
         <v>83</v>
       </c>
-      <c r="B11" s="43" t="s">
+      <c r="B11" s="36" t="s">
         <v>84</v>
       </c>
-      <c r="C11" s="44"/>
-      <c r="D11" s="44" t="s">
+      <c r="C11" s="37"/>
+      <c r="D11" s="37" t="s">
         <v>130</v>
       </c>
-      <c r="E11" s="43" t="s">
+      <c r="E11" s="36" t="s">
         <v>84</v>
       </c>
-      <c r="F11" s="44"/>
-      <c r="G11" s="44" t="s">
+      <c r="F11" s="37"/>
+      <c r="G11" s="37" t="s">
         <v>130</v>
       </c>
-      <c r="H11" s="43" t="s">
+      <c r="H11" s="36" t="s">
         <v>84</v>
       </c>
-      <c r="I11" s="44"/>
-      <c r="J11" s="44" t="s">
+      <c r="I11" s="37"/>
+      <c r="J11" s="37" t="s">
         <v>131</v>
       </c>
-      <c r="K11" s="43" t="s">
+      <c r="K11" s="36" t="s">
         <v>84</v>
       </c>
-      <c r="L11" s="44"/>
-      <c r="M11" s="44" t="s">
+      <c r="L11" s="37"/>
+      <c r="M11" s="37" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="12" spans="1:13" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="45" t="s">
+      <c r="A12" s="38" t="s">
         <v>87</v>
       </c>
-      <c r="B12" s="46" t="s">
+      <c r="B12" s="39" t="s">
         <v>88</v>
       </c>
-      <c r="C12" s="47"/>
-      <c r="D12" s="48" t="s">
+      <c r="C12" s="40"/>
+      <c r="D12" s="41" t="s">
         <v>132</v>
       </c>
-      <c r="E12" s="46" t="s">
+      <c r="E12" s="39" t="s">
         <v>88</v>
       </c>
-      <c r="F12" s="47"/>
-      <c r="G12" s="48" t="s">
+      <c r="F12" s="40"/>
+      <c r="G12" s="41" t="s">
         <v>132</v>
       </c>
-      <c r="H12" s="46" t="s">
+      <c r="H12" s="39" t="s">
         <v>88</v>
       </c>
-      <c r="I12" s="47"/>
-      <c r="J12" s="48" t="s">
+      <c r="I12" s="40"/>
+      <c r="J12" s="41" t="s">
         <v>133</v>
       </c>
-      <c r="K12" s="46" t="s">
+      <c r="K12" s="39" t="s">
         <v>88</v>
       </c>
-      <c r="L12" s="47"/>
-      <c r="M12" s="48" t="s">
+      <c r="L12" s="40"/>
+      <c r="M12" s="41" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A13" s="49" t="s">
+      <c r="A13" s="42" t="s">
         <v>91</v>
       </c>
-      <c r="B13" s="50" t="s">
+      <c r="B13" s="43" t="s">
         <v>134</v>
       </c>
-      <c r="C13" s="51" t="s">
+      <c r="C13" s="44" t="s">
         <v>135</v>
       </c>
-      <c r="D13" s="55">
-[...2 lines deleted...]
-      <c r="E13" s="50" t="s">
+      <c r="D13" s="48">
+        <v>0.17485300000000001</v>
+      </c>
+      <c r="E13" s="43" t="s">
         <v>136</v>
       </c>
-      <c r="F13" s="51" t="s">
+      <c r="F13" s="44" t="s">
         <v>137</v>
       </c>
-      <c r="G13" s="55">
-[...2 lines deleted...]
-      <c r="H13" s="50" t="s">
+      <c r="G13" s="48">
+        <v>6.9986000000000007E-2</v>
+      </c>
+      <c r="H13" s="43" t="s">
         <v>138</v>
       </c>
-      <c r="I13" s="51" t="s">
+      <c r="I13" s="44" t="s">
         <v>139</v>
       </c>
-      <c r="J13" s="55">
-[...9 lines deleted...]
-        <v>0.44694020000000001</v>
+      <c r="J13" s="48">
+        <v>0.4319654</v>
+      </c>
+      <c r="K13" s="43" t="s">
+        <v>140</v>
+      </c>
+      <c r="L13" s="44" t="s">
+        <v>141</v>
+      </c>
+      <c r="M13" s="48">
+        <v>0.20116229999999999</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A14" s="53" t="s">
-[...29 lines deleted...]
-      <c r="K14" s="39" t="s">
+      <c r="A14" s="46" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" s="32" t="s">
         <v>142</v>
       </c>
-      <c r="L14" s="54" t="s">
-[...3 lines deleted...]
-        <v>0.2532046</v>
+      <c r="C14" s="47" t="s">
+        <v>327</v>
+      </c>
+      <c r="D14" s="49">
+        <v>0.12484389999999999</v>
+      </c>
+      <c r="E14" s="32" t="s">
+        <v>103</v>
+      </c>
+      <c r="F14" s="47" t="s">
+        <v>104</v>
+      </c>
+      <c r="G14" s="49">
+        <v>6.1406200000000001E-2</v>
+      </c>
+      <c r="H14" s="32" t="s">
+        <v>144</v>
+      </c>
+      <c r="I14" s="47" t="s">
+        <v>145</v>
+      </c>
+      <c r="J14" s="49">
+        <v>0.2430638</v>
+      </c>
+      <c r="K14" s="32" t="s">
+        <v>146</v>
+      </c>
+      <c r="L14" s="47" t="s">
+        <v>147</v>
+      </c>
+      <c r="M14" s="49">
+        <v>0.1918097</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A15" s="53" t="s">
-[...20 lines deleted...]
-      <c r="H15" s="39" t="s">
+      <c r="A15" s="46" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" s="32" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" s="47" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" s="49">
+        <v>5.1840329999999997E-2</v>
+      </c>
+      <c r="E15" s="32" t="s">
         <v>142</v>
       </c>
-      <c r="I15" s="54" t="s">
+      <c r="F15" s="47" t="s">
         <v>143</v>
       </c>
-      <c r="J15" s="56">
-[...9 lines deleted...]
-        <v>0.25094100000000003</v>
+      <c r="G15" s="49">
+        <v>4.9917629999999998E-2</v>
+      </c>
+      <c r="H15" s="32" t="s">
+        <v>148</v>
+      </c>
+      <c r="I15" s="47" t="s">
+        <v>149</v>
+      </c>
+      <c r="J15" s="49">
+        <v>0.2171553</v>
+      </c>
+      <c r="K15" s="32" t="s">
+        <v>138</v>
+      </c>
+      <c r="L15" s="47" t="s">
+        <v>139</v>
+      </c>
+      <c r="M15" s="49">
+        <v>0.1677149</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A16" s="53" t="s">
-[...5 lines deleted...]
-      <c r="C16" s="54" t="s">
+      <c r="A16" s="46" t="s">
         <v>116</v>
       </c>
-      <c r="D16" s="56">
-[...11 lines deleted...]
-      <c r="H16" s="39" t="s">
+      <c r="B16" s="32" t="s">
         <v>150</v>
       </c>
-      <c r="I16" s="54" t="s">
+      <c r="C16" s="47" t="s">
         <v>151</v>
       </c>
-      <c r="J16" s="56">
-[...2 lines deleted...]
-      <c r="K16" s="39" t="s">
+      <c r="D16" s="49">
+        <v>3.5744070000000003E-2</v>
+      </c>
+      <c r="E16" s="32" t="s">
+        <v>94</v>
+      </c>
+      <c r="F16" s="47" t="s">
+        <v>95</v>
+      </c>
+      <c r="G16" s="49">
+        <v>4.6001100000000003E-2</v>
+      </c>
+      <c r="H16" s="32" t="s">
         <v>152</v>
       </c>
-      <c r="L16" s="54" t="s">
+      <c r="I16" s="47" t="s">
         <v>153</v>
       </c>
-      <c r="M16" s="56">
-        <v>0.22316900000000001</v>
+      <c r="J16" s="49">
+        <v>0.19506599999999999</v>
+      </c>
+      <c r="K16" s="32" t="s">
+        <v>154</v>
+      </c>
+      <c r="L16" s="47" t="s">
+        <v>155</v>
+      </c>
+      <c r="M16" s="49">
+        <v>0.1636996</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A17" s="53" t="s">
+      <c r="A17" s="46" t="s">
         <v>121</v>
       </c>
-      <c r="B17" s="39" t="s">
+      <c r="B17" s="32" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" s="47" t="s">
+        <v>111</v>
+      </c>
+      <c r="D17" s="49">
+        <v>3.1266170000000003E-2</v>
+      </c>
+      <c r="E17" s="32" t="s">
+        <v>156</v>
+      </c>
+      <c r="F17" s="47" t="s">
+        <v>157</v>
+      </c>
+      <c r="G17" s="49">
+        <v>4.2597940000000001E-2</v>
+      </c>
+      <c r="H17" s="32" t="s">
+        <v>158</v>
+      </c>
+      <c r="I17" s="47" t="s">
+        <v>159</v>
+      </c>
+      <c r="J17" s="49">
+        <v>0.18864420000000001</v>
+      </c>
+      <c r="K17" s="32" t="s">
         <v>148</v>
       </c>
-      <c r="C17" s="54" t="s">
+      <c r="L17" s="47" t="s">
         <v>149</v>
       </c>
-      <c r="D17" s="56">
-[...27 lines deleted...]
-        <v>0.1149535</v>
+      <c r="M17" s="49">
+        <v>0.16077169999999999</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="3" width="13.54296875" style="8" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="13.54296875" style="8"/>
+    <col min="1" max="3" width="13.54296875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="14.90625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="17.1796875" style="1" customWidth="1"/>
+    <col min="6" max="7" width="13.54296875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="14.90625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="17.1796875" style="1" customWidth="1"/>
+    <col min="10" max="10" width="13.54296875" style="1" customWidth="1"/>
+    <col min="11" max="16384" width="13.54296875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A1" s="9" t="s">
-[...15 lines deleted...]
-      <c r="M1" s="9"/>
+      <c r="A1" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+      <c r="K1" s="2"/>
+      <c r="L1" s="2"/>
+      <c r="M1" s="2"/>
     </row>
     <row r="2" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A2" s="9"/>
-[...11 lines deleted...]
-      <c r="M2" s="9"/>
+      <c r="A2" s="2"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
     </row>
     <row r="3" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A3" s="39"/>
-      <c r="B3" s="40" t="s">
+      <c r="A3" s="32"/>
+      <c r="B3" s="33" t="s">
         <v>79</v>
       </c>
-      <c r="C3" s="40"/>
-[...1 lines deleted...]
-      <c r="E3" s="41" t="s">
+      <c r="C3" s="33"/>
+      <c r="D3" s="33"/>
+      <c r="E3" s="34" t="s">
         <v>80</v>
       </c>
-      <c r="F3" s="40" t="s">
+      <c r="F3" s="33" t="s">
         <v>81</v>
       </c>
-      <c r="G3" s="40"/>
-[...1 lines deleted...]
-      <c r="I3" s="41" t="s">
+      <c r="G3" s="33"/>
+      <c r="H3" s="33"/>
+      <c r="I3" s="34" t="s">
         <v>82</v>
       </c>
-      <c r="J3" s="43"/>
-[...2 lines deleted...]
-      <c r="M3" s="43"/>
+      <c r="J3" s="36"/>
+      <c r="K3" s="36"/>
+      <c r="L3" s="36"/>
+      <c r="M3" s="36"/>
     </row>
     <row r="4" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A4" s="42" t="s">
+      <c r="A4" s="35" t="s">
         <v>83</v>
       </c>
-      <c r="B4" s="43" t="s">
-[...22 lines deleted...]
-      <c r="M4" s="43"/>
+      <c r="B4" s="36" t="s">
+        <v>162</v>
+      </c>
+      <c r="C4" s="37"/>
+      <c r="D4" s="37" t="s">
+        <v>163</v>
+      </c>
+      <c r="E4" s="37" t="s">
+        <v>164</v>
+      </c>
+      <c r="F4" s="36" t="s">
+        <v>162</v>
+      </c>
+      <c r="G4" s="37"/>
+      <c r="H4" s="37" t="s">
+        <v>163</v>
+      </c>
+      <c r="I4" s="37" t="s">
+        <v>164</v>
+      </c>
+      <c r="J4" s="36"/>
+      <c r="K4" s="36"/>
+      <c r="L4" s="36"/>
+      <c r="M4" s="36"/>
     </row>
     <row r="5" spans="1:13" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="45" t="s">
+      <c r="A5" s="38" t="s">
         <v>87</v>
       </c>
-      <c r="B5" s="57" t="s">
-[...22 lines deleted...]
-      <c r="M5" s="43"/>
+      <c r="B5" s="50" t="s">
+        <v>165</v>
+      </c>
+      <c r="C5" s="51"/>
+      <c r="D5" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="E5" s="41" t="s">
+        <v>167</v>
+      </c>
+      <c r="F5" s="50" t="s">
+        <v>165</v>
+      </c>
+      <c r="G5" s="51"/>
+      <c r="H5" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="I5" s="41" t="s">
+        <v>167</v>
+      </c>
+      <c r="J5" s="36"/>
+      <c r="K5" s="36"/>
+      <c r="L5" s="36"/>
+      <c r="M5" s="36"/>
     </row>
     <row r="6" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A6" s="49" t="s">
+      <c r="A6" s="42" t="s">
         <v>91</v>
       </c>
-      <c r="B6" s="50" t="s">
-[...26 lines deleted...]
-      <c r="M6" s="43"/>
+      <c r="B6" s="43" t="s">
+        <v>168</v>
+      </c>
+      <c r="C6" s="44" t="s">
+        <v>169</v>
+      </c>
+      <c r="D6" s="45">
+        <v>5206</v>
+      </c>
+      <c r="E6" s="52">
+        <v>37.823309999999999</v>
+      </c>
+      <c r="F6" s="43" t="s">
+        <v>168</v>
+      </c>
+      <c r="G6" s="44" t="s">
+        <v>169</v>
+      </c>
+      <c r="H6" s="45">
+        <v>5274</v>
+      </c>
+      <c r="I6" s="52">
+        <v>37.34863</v>
+      </c>
+      <c r="J6" s="36"/>
+      <c r="K6" s="36"/>
+      <c r="L6" s="36"/>
+      <c r="M6" s="36"/>
     </row>
     <row r="7" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A7" s="53" t="s">
-[...29 lines deleted...]
-      <c r="M7" s="43"/>
+      <c r="A7" s="46" t="s">
+        <v>100</v>
+      </c>
+      <c r="B7" s="32" t="s">
+        <v>170</v>
+      </c>
+      <c r="C7" s="47" t="s">
+        <v>171</v>
+      </c>
+      <c r="D7" s="29">
+        <v>1099</v>
+      </c>
+      <c r="E7" s="53">
+        <v>7.9845980000000001</v>
+      </c>
+      <c r="F7" s="32" t="s">
+        <v>170</v>
+      </c>
+      <c r="G7" s="47" t="s">
+        <v>171</v>
+      </c>
+      <c r="H7" s="29">
+        <v>1174</v>
+      </c>
+      <c r="I7" s="53">
+        <v>8.3138590000000008</v>
+      </c>
+      <c r="J7" s="36"/>
+      <c r="K7" s="36"/>
+      <c r="L7" s="36"/>
+      <c r="M7" s="36"/>
     </row>
     <row r="8" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A8" s="53" t="s">
-[...29 lines deleted...]
-      <c r="M8" s="43"/>
+      <c r="A8" s="46" t="s">
+        <v>109</v>
+      </c>
+      <c r="B8" s="32" t="s">
+        <v>172</v>
+      </c>
+      <c r="C8" s="47" t="s">
+        <v>173</v>
+      </c>
+      <c r="D8" s="29">
+        <v>997</v>
+      </c>
+      <c r="E8" s="53">
+        <v>7.2435340000000004</v>
+      </c>
+      <c r="F8" s="32" t="s">
+        <v>172</v>
+      </c>
+      <c r="G8" s="47" t="s">
+        <v>173</v>
+      </c>
+      <c r="H8" s="29">
+        <v>999</v>
+      </c>
+      <c r="I8" s="53">
+        <v>7.0745699999999996</v>
+      </c>
+      <c r="J8" s="36"/>
+      <c r="K8" s="36"/>
+      <c r="L8" s="36"/>
+      <c r="M8" s="36"/>
     </row>
     <row r="9" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A9" s="53" t="s">
-[...29 lines deleted...]
-      <c r="M9" s="43"/>
+      <c r="A9" s="46" t="s">
+        <v>116</v>
+      </c>
+      <c r="B9" s="32" t="s">
+        <v>174</v>
+      </c>
+      <c r="C9" s="47" t="s">
+        <v>175</v>
+      </c>
+      <c r="D9" s="29">
+        <v>538</v>
+      </c>
+      <c r="E9" s="53">
+        <v>3.908747</v>
+      </c>
+      <c r="F9" s="32" t="s">
+        <v>174</v>
+      </c>
+      <c r="G9" s="47" t="s">
+        <v>175</v>
+      </c>
+      <c r="H9" s="29">
+        <v>535</v>
+      </c>
+      <c r="I9" s="53">
+        <v>3.7886829999999998</v>
+      </c>
+      <c r="J9" s="36"/>
+      <c r="K9" s="36"/>
+      <c r="L9" s="36"/>
+      <c r="M9" s="36"/>
     </row>
     <row r="10" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A10" s="53" t="s">
+      <c r="A10" s="46" t="s">
         <v>121</v>
       </c>
-      <c r="B10" s="39" t="s">
-[...26 lines deleted...]
-      <c r="M10" s="43"/>
+      <c r="B10" s="32" t="s">
+        <v>176</v>
+      </c>
+      <c r="C10" s="47" t="s">
+        <v>177</v>
+      </c>
+      <c r="D10" s="29">
+        <v>380</v>
+      </c>
+      <c r="E10" s="53">
+        <v>2.7608250000000001</v>
+      </c>
+      <c r="F10" s="32" t="s">
+        <v>176</v>
+      </c>
+      <c r="G10" s="47" t="s">
+        <v>177</v>
+      </c>
+      <c r="H10" s="29">
+        <v>517</v>
+      </c>
+      <c r="I10" s="53">
+        <v>3.6612140000000002</v>
+      </c>
+      <c r="J10" s="36"/>
+      <c r="K10" s="36"/>
+      <c r="L10" s="36"/>
+      <c r="M10" s="36"/>
     </row>
     <row r="11" spans="1:13" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="43"/>
-[...11 lines deleted...]
-      <c r="M11" s="43"/>
+      <c r="A11" s="36"/>
+      <c r="B11" s="36"/>
+      <c r="C11" s="36"/>
+      <c r="D11" s="36"/>
+      <c r="E11" s="36"/>
+      <c r="F11" s="36"/>
+      <c r="G11" s="36"/>
+      <c r="H11" s="36"/>
+      <c r="I11" s="36"/>
+      <c r="J11" s="36"/>
+      <c r="K11" s="36"/>
+      <c r="L11" s="36"/>
+      <c r="M11" s="36"/>
     </row>
     <row r="12" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A12" s="43"/>
-[...11 lines deleted...]
-      <c r="M12" s="43"/>
+      <c r="A12" s="36"/>
+      <c r="B12" s="36"/>
+      <c r="C12" s="36"/>
+      <c r="D12" s="36"/>
+      <c r="E12" s="36"/>
+      <c r="F12" s="36"/>
+      <c r="G12" s="36"/>
+      <c r="H12" s="36"/>
+      <c r="I12" s="36"/>
+      <c r="J12" s="36"/>
+      <c r="K12" s="36"/>
+      <c r="L12" s="36"/>
+      <c r="M12" s="36"/>
     </row>
     <row r="13" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A13" s="43"/>
-[...11 lines deleted...]
-      <c r="M13" s="43"/>
+      <c r="A13" s="36"/>
+      <c r="B13" s="36"/>
+      <c r="C13" s="36"/>
+      <c r="D13" s="36"/>
+      <c r="E13" s="36"/>
+      <c r="F13" s="36"/>
+      <c r="G13" s="36"/>
+      <c r="H13" s="36"/>
+      <c r="I13" s="36"/>
+      <c r="J13" s="36"/>
+      <c r="K13" s="36"/>
+      <c r="L13" s="36"/>
+      <c r="M13" s="36"/>
     </row>
     <row r="14" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A14" s="43"/>
-[...11 lines deleted...]
-      <c r="M14" s="43"/>
+      <c r="A14" s="36"/>
+      <c r="B14" s="36"/>
+      <c r="C14" s="36"/>
+      <c r="D14" s="36"/>
+      <c r="E14" s="36"/>
+      <c r="F14" s="36"/>
+      <c r="G14" s="36"/>
+      <c r="H14" s="36"/>
+      <c r="I14" s="36"/>
+      <c r="J14" s="36"/>
+      <c r="K14" s="36"/>
+      <c r="L14" s="36"/>
+      <c r="M14" s="36"/>
     </row>
     <row r="15" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A15" s="43"/>
-[...11 lines deleted...]
-      <c r="M15" s="43"/>
+      <c r="A15" s="36"/>
+      <c r="B15" s="36"/>
+      <c r="C15" s="36"/>
+      <c r="D15" s="36"/>
+      <c r="E15" s="36"/>
+      <c r="F15" s="36"/>
+      <c r="G15" s="36"/>
+      <c r="H15" s="36"/>
+      <c r="I15" s="36"/>
+      <c r="J15" s="36"/>
+      <c r="K15" s="36"/>
+      <c r="L15" s="36"/>
+      <c r="M15" s="36"/>
     </row>
     <row r="16" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A16" s="43"/>
-[...11 lines deleted...]
-      <c r="M16" s="43"/>
+      <c r="A16" s="36"/>
+      <c r="B16" s="36"/>
+      <c r="C16" s="36"/>
+      <c r="D16" s="36"/>
+      <c r="E16" s="36"/>
+      <c r="F16" s="36"/>
+      <c r="G16" s="36"/>
+      <c r="H16" s="36"/>
+      <c r="I16" s="36"/>
+      <c r="J16" s="36"/>
+      <c r="K16" s="36"/>
+      <c r="L16" s="36"/>
+      <c r="M16" s="36"/>
     </row>
     <row r="17" spans="1:13" ht="14" x14ac:dyDescent="0.2">
-      <c r="A17" s="43"/>
-[...11 lines deleted...]
-      <c r="M17" s="43"/>
+      <c r="A17" s="36"/>
+      <c r="B17" s="36"/>
+      <c r="C17" s="36"/>
+      <c r="D17" s="36"/>
+      <c r="E17" s="36"/>
+      <c r="F17" s="36"/>
+      <c r="G17" s="36"/>
+      <c r="H17" s="36"/>
+      <c r="I17" s="36"/>
+      <c r="J17" s="36"/>
+      <c r="K17" s="36"/>
+      <c r="L17" s="36"/>
+      <c r="M17" s="36"/>
     </row>
   </sheetData>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:AB92"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="6" topLeftCell="C52" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="2" ySplit="6" topLeftCell="C88" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" style="8" customWidth="1"/>
-    <col min="2" max="16384" width="13.54296875" style="8"/>
+    <col min="1" max="1" width="13.54296875" style="1" customWidth="1"/>
+    <col min="2" max="16384" width="13.54296875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A1" s="9"/>
-[...30 lines deleted...]
-      <c r="AB1" s="9"/>
+      <c r="A1" s="2"/>
+      <c r="B1" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+      <c r="K1" s="2"/>
+      <c r="L1" s="2"/>
+      <c r="M1" s="2"/>
+      <c r="N1" s="2"/>
+      <c r="O1" s="2"/>
+      <c r="P1" s="2"/>
+      <c r="Q1" s="2"/>
+      <c r="R1" s="2"/>
+      <c r="S1" s="2"/>
+      <c r="T1" s="2"/>
+      <c r="U1" s="2"/>
+      <c r="V1" s="2"/>
+      <c r="W1" s="2"/>
+      <c r="X1" s="2"/>
+      <c r="Y1" s="2"/>
+      <c r="Z1" s="2"/>
+      <c r="AA1" s="2"/>
+      <c r="AB1" s="2"/>
     </row>
     <row r="2" spans="1:28" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="11"/>
-[...6 lines deleted...]
-      <c r="H2" s="62" t="s">
+      <c r="A2" s="4"/>
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="54"/>
+      <c r="E2" s="54"/>
+      <c r="F2" s="54"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="55" t="s">
         <v>16</v>
       </c>
-      <c r="I2" s="63" t="s">
+      <c r="I2" s="56" t="s">
         <v>17</v>
       </c>
-      <c r="J2" s="62" t="s">
-[...2 lines deleted...]
-      <c r="K2" s="63" t="s">
+      <c r="J2" s="55" t="s">
+        <v>180</v>
+      </c>
+      <c r="K2" s="56" t="s">
         <v>27</v>
       </c>
-      <c r="L2" s="64" t="s">
-[...2 lines deleted...]
-      <c r="M2" s="13" t="s">
+      <c r="L2" s="57" t="s">
+        <v>181</v>
+      </c>
+      <c r="M2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="N2" s="16"/>
-[...3 lines deleted...]
-      <c r="P2" s="13" t="s">
+      <c r="N2" s="9"/>
+      <c r="O2" s="57" t="s">
+        <v>182</v>
+      </c>
+      <c r="P2" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="Q2" s="13"/>
-[...10 lines deleted...]
-      <c r="AB2" s="12"/>
+      <c r="Q2" s="6"/>
+      <c r="R2" s="6"/>
+      <c r="S2" s="6"/>
+      <c r="T2" s="6"/>
+      <c r="U2" s="6"/>
+      <c r="V2" s="6"/>
+      <c r="W2" s="6"/>
+      <c r="X2" s="6"/>
+      <c r="Y2" s="6"/>
+      <c r="Z2" s="9"/>
+      <c r="AA2" s="5"/>
+      <c r="AB2" s="5"/>
     </row>
     <row r="3" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A3" s="17"/>
-[...2 lines deleted...]
-      <c r="D3" s="9" t="s">
+      <c r="A3" s="10"/>
+      <c r="B3" s="19"/>
+      <c r="C3" s="19"/>
+      <c r="D3" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="E3" s="10" t="s">
+      <c r="E3" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F3" s="9"/>
-[...28 lines deleted...]
-      <c r="AA3" s="26" t="s">
+      <c r="F3" s="2"/>
+      <c r="G3" s="19"/>
+      <c r="H3" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="I3" s="15"/>
+      <c r="J3" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="K3" s="15"/>
+      <c r="L3" s="19"/>
+      <c r="M3" s="19"/>
+      <c r="N3" s="19"/>
+      <c r="O3" s="19"/>
+      <c r="P3" s="19"/>
+      <c r="Q3" s="19"/>
+      <c r="R3" s="12" t="s">
+        <v>184</v>
+      </c>
+      <c r="S3" s="12"/>
+      <c r="T3" s="20"/>
+      <c r="U3" s="12" t="s">
+        <v>185</v>
+      </c>
+      <c r="V3" s="12"/>
+      <c r="W3" s="12"/>
+      <c r="X3" s="12"/>
+      <c r="Y3" s="12"/>
+      <c r="Z3" s="15"/>
+      <c r="AA3" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="AB3" s="26" t="s">
-        <v>180</v>
+      <c r="AB3" s="19" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="4" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A4" s="17" t="s">
+      <c r="A4" s="10" t="s">
         <v>84</v>
       </c>
-      <c r="B4" s="26"/>
-      <c r="C4" s="26" t="s">
+      <c r="B4" s="19"/>
+      <c r="C4" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="D4" s="19"/>
-[...27 lines deleted...]
-      <c r="P4" s="26" t="s">
+      <c r="D4" s="12"/>
+      <c r="E4" s="12"/>
+      <c r="F4" s="12"/>
+      <c r="G4" s="15"/>
+      <c r="H4" s="19" t="s">
         <v>187</v>
       </c>
-      <c r="Q4" s="26" t="s">
+      <c r="I4" s="19" t="s">
         <v>188</v>
       </c>
-      <c r="R4" s="26" t="s">
-[...2 lines deleted...]
-      <c r="S4" s="19" t="s">
+      <c r="J4" s="19" t="s">
         <v>187</v>
       </c>
-      <c r="T4" s="19" t="s">
+      <c r="K4" s="19" t="s">
+        <v>188</v>
+      </c>
+      <c r="L4" s="19" t="s">
         <v>189</v>
       </c>
-      <c r="U4" s="19"/>
-[...4 lines deleted...]
-      <c r="X4" s="19" t="s">
+      <c r="M4" s="19" t="s">
         <v>190</v>
       </c>
-      <c r="Y4" s="19"/>
-[...1 lines deleted...]
-      <c r="AA4" s="26" t="s">
+      <c r="N4" s="19" t="s">
         <v>191</v>
       </c>
-      <c r="AB4" s="26"/>
+      <c r="O4" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="P4" s="19" t="s">
+        <v>193</v>
+      </c>
+      <c r="Q4" s="19" t="s">
+        <v>194</v>
+      </c>
+      <c r="R4" s="19" t="s">
+        <v>187</v>
+      </c>
+      <c r="S4" s="12" t="s">
+        <v>193</v>
+      </c>
+      <c r="T4" s="12" t="s">
+        <v>195</v>
+      </c>
+      <c r="U4" s="12"/>
+      <c r="V4" s="15"/>
+      <c r="W4" s="12" t="s">
+        <v>194</v>
+      </c>
+      <c r="X4" s="12" t="s">
+        <v>196</v>
+      </c>
+      <c r="Y4" s="12"/>
+      <c r="Z4" s="15"/>
+      <c r="AA4" s="19" t="s">
+        <v>197</v>
+      </c>
+      <c r="AB4" s="19"/>
     </row>
     <row r="5" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A5" s="17"/>
-[...2 lines deleted...]
-      <c r="D5" s="26" t="s">
+      <c r="A5" s="10"/>
+      <c r="B5" s="19"/>
+      <c r="C5" s="19"/>
+      <c r="D5" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="E5" s="26" t="s">
+      <c r="E5" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="F5" s="26" t="s">
+      <c r="F5" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="26" t="s">
+      <c r="G5" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="H5" s="26"/>
-[...17 lines deleted...]
-      <c r="T5" s="26" t="s">
+      <c r="H5" s="19"/>
+      <c r="I5" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="J5" s="19"/>
+      <c r="K5" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="L5" s="19"/>
+      <c r="M5" s="19"/>
+      <c r="N5" s="19"/>
+      <c r="O5" s="19"/>
+      <c r="P5" s="19"/>
+      <c r="Q5" s="19"/>
+      <c r="R5" s="19"/>
+      <c r="S5" s="19" t="s">
+        <v>199</v>
+      </c>
+      <c r="T5" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="U5" s="26" t="s">
+      <c r="U5" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="V5" s="26" t="s">
+      <c r="V5" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="W5" s="26" t="s">
-[...2 lines deleted...]
-      <c r="X5" s="26" t="s">
+      <c r="W5" s="19" t="s">
+        <v>199</v>
+      </c>
+      <c r="X5" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="Y5" s="26" t="s">
+      <c r="Y5" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="Z5" s="26" t="s">
+      <c r="Z5" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="AA5" s="26" t="s">
-[...3 lines deleted...]
-        <v>195</v>
+      <c r="AA5" s="19" t="s">
+        <v>200</v>
+      </c>
+      <c r="AB5" s="19" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="6" spans="1:28" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="65" t="s">
+      <c r="A6" s="58" t="s">
+        <v>202</v>
+      </c>
+      <c r="B6" s="59"/>
+      <c r="C6" s="59" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" s="59" t="s">
+        <v>6</v>
+      </c>
+      <c r="E6" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" s="60" t="s">
+        <v>17</v>
+      </c>
+      <c r="I6" s="60" t="s">
+        <v>203</v>
+      </c>
+      <c r="J6" s="60" t="s">
+        <v>204</v>
+      </c>
+      <c r="K6" s="60" t="s">
+        <v>203</v>
+      </c>
+      <c r="L6" s="60" t="s">
+        <v>205</v>
+      </c>
+      <c r="M6" s="60" t="s">
+        <v>206</v>
+      </c>
+      <c r="N6" s="60" t="s">
+        <v>207</v>
+      </c>
+      <c r="O6" s="60" t="s">
+        <v>208</v>
+      </c>
+      <c r="P6" s="60" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q6" s="60" t="s">
         <v>196</v>
       </c>
-      <c r="B6" s="66"/>
-[...3 lines deleted...]
-      <c r="D6" s="66" t="s">
+      <c r="R6" s="60" t="s">
+        <v>209</v>
+      </c>
+      <c r="S6" s="60" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="66" t="s">
+      <c r="T6" s="60" t="s">
         <v>11</v>
       </c>
-      <c r="F6" s="66" t="s">
+      <c r="U6" s="60" t="s">
         <v>13</v>
       </c>
-      <c r="G6" s="67" t="s">
+      <c r="V6" s="60" t="s">
         <v>15</v>
       </c>
-      <c r="H6" s="67" t="s">
-[...32 lines deleted...]
-      <c r="S6" s="67" t="s">
+      <c r="W6" s="60" t="s">
         <v>6</v>
       </c>
-      <c r="T6" s="67" t="s">
+      <c r="X6" s="60" t="s">
         <v>11</v>
       </c>
-      <c r="U6" s="67" t="s">
+      <c r="Y6" s="60" t="s">
         <v>13</v>
       </c>
-      <c r="V6" s="67" t="s">
+      <c r="Z6" s="60" t="s">
         <v>15</v>
       </c>
-      <c r="W6" s="67" t="s">
-[...15 lines deleted...]
-        <v>205</v>
+      <c r="AA6" s="60" t="s">
+        <v>210</v>
+      </c>
+      <c r="AB6" s="60" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="7" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A7" s="68" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="69" t="s">
+      <c r="A7" s="61" t="s">
+        <v>212</v>
+      </c>
+      <c r="B7" s="62" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="52">
-[...71 lines deleted...]
-      <c r="AA7" s="71">
+      <c r="C7" s="45">
+        <v>3369106</v>
+      </c>
+      <c r="D7" s="45">
+        <v>7322822</v>
+      </c>
+      <c r="E7" s="45">
+        <v>3629722</v>
+      </c>
+      <c r="F7" s="45">
+        <v>3693099</v>
+      </c>
+      <c r="G7" s="45">
+        <v>1</v>
+      </c>
+      <c r="H7" s="45">
+        <v>-1574</v>
+      </c>
+      <c r="I7" s="63">
+        <v>-2.1489826601401699E-2</v>
+      </c>
+      <c r="J7" s="45">
+        <v>-6311</v>
+      </c>
+      <c r="K7" s="63">
+        <v>-8.6108411458763301E-2</v>
+      </c>
+      <c r="L7" s="45">
+        <v>-3429</v>
+      </c>
+      <c r="M7" s="45">
+        <v>3362</v>
+      </c>
+      <c r="N7" s="45">
+        <v>6791</v>
+      </c>
+      <c r="O7" s="45">
+        <v>1855</v>
+      </c>
+      <c r="P7" s="45">
+        <v>23292</v>
+      </c>
+      <c r="Q7" s="45">
+        <v>21437</v>
+      </c>
+      <c r="R7" s="45">
+        <v>1855</v>
+      </c>
+      <c r="S7" s="45">
+        <v>14336</v>
+      </c>
+      <c r="T7" s="45">
+        <v>7894</v>
+      </c>
+      <c r="U7" s="45">
+        <v>6442</v>
+      </c>
+      <c r="V7" s="45">
+        <v>0</v>
+      </c>
+      <c r="W7" s="45">
+        <v>12481</v>
+      </c>
+      <c r="X7" s="45">
+        <v>6886</v>
+      </c>
+      <c r="Y7" s="45">
+        <v>5595</v>
+      </c>
+      <c r="Z7" s="45">
+        <v>0</v>
+      </c>
+      <c r="AA7" s="64">
         <v>100</v>
       </c>
-      <c r="AB7" s="72">
-        <v>1928.61</v>
+      <c r="AB7" s="65">
+        <v>1928.2</v>
       </c>
     </row>
     <row r="8" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A8" s="73" t="s">
-[...81 lines deleted...]
-        <v>2428.5500000000002</v>
+      <c r="A8" s="66" t="s">
+        <v>213</v>
+      </c>
+      <c r="B8" s="67" t="s">
+        <v>214</v>
+      </c>
+      <c r="C8" s="29">
+        <v>3165727</v>
+      </c>
+      <c r="D8" s="29">
+        <v>6854655</v>
+      </c>
+      <c r="E8" s="29">
+        <v>3396565</v>
+      </c>
+      <c r="F8" s="29">
+        <v>3458089</v>
+      </c>
+      <c r="G8" s="29">
+        <v>1</v>
+      </c>
+      <c r="H8" s="29">
+        <v>-1274</v>
+      </c>
+      <c r="I8" s="31">
+        <v>-1.8582456148539501E-2</v>
+      </c>
+      <c r="J8" s="29">
+        <v>-1688</v>
+      </c>
+      <c r="K8" s="31">
+        <v>-2.46195384332435E-2</v>
+      </c>
+      <c r="L8" s="29">
+        <v>-3017</v>
+      </c>
+      <c r="M8" s="29">
+        <v>3212</v>
+      </c>
+      <c r="N8" s="29">
+        <v>6229</v>
+      </c>
+      <c r="O8" s="29">
+        <v>1743</v>
+      </c>
+      <c r="P8" s="29">
+        <v>22004</v>
+      </c>
+      <c r="Q8" s="29">
+        <v>20261</v>
+      </c>
+      <c r="R8" s="29">
+        <v>1713</v>
+      </c>
+      <c r="S8" s="29">
+        <v>13680</v>
+      </c>
+      <c r="T8" s="29">
+        <v>7533</v>
+      </c>
+      <c r="U8" s="29">
+        <v>6147</v>
+      </c>
+      <c r="V8" s="29">
+        <v>0</v>
+      </c>
+      <c r="W8" s="29">
+        <v>11967</v>
+      </c>
+      <c r="X8" s="29">
+        <v>6566</v>
+      </c>
+      <c r="Y8" s="29">
+        <v>5401</v>
+      </c>
+      <c r="Z8" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA8" s="68">
+        <v>93.606740680027499</v>
+      </c>
+      <c r="AB8" s="69">
+        <v>2428.1</v>
       </c>
     </row>
     <row r="9" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A9" s="73" t="s">
-[...26 lines deleted...]
-      <c r="J9" s="36">
+      <c r="A9" s="66" t="s">
+        <v>215</v>
+      </c>
+      <c r="B9" s="67" t="s">
+        <v>216</v>
+      </c>
+      <c r="C9" s="29">
+        <v>203379</v>
+      </c>
+      <c r="D9" s="29">
+        <v>468167</v>
+      </c>
+      <c r="E9" s="29">
+        <v>233157</v>
+      </c>
+      <c r="F9" s="29">
+        <v>235010</v>
+      </c>
+      <c r="G9" s="29">
+        <v>0</v>
+      </c>
+      <c r="H9" s="29">
+        <v>-300</v>
+      </c>
+      <c r="I9" s="31">
+        <v>-6.4038662275037503E-2</v>
+      </c>
+      <c r="J9" s="29">
         <v>-4623</v>
       </c>
-      <c r="K9" s="38">
-[...51 lines deleted...]
-        <v>480.62</v>
+      <c r="K9" s="31">
+        <v>-0.97781255948729895</v>
+      </c>
+      <c r="L9" s="29">
+        <v>-412</v>
+      </c>
+      <c r="M9" s="29">
+        <v>150</v>
+      </c>
+      <c r="N9" s="29">
+        <v>562</v>
+      </c>
+      <c r="O9" s="29">
+        <v>112</v>
+      </c>
+      <c r="P9" s="29">
+        <v>1288</v>
+      </c>
+      <c r="Q9" s="29">
+        <v>1176</v>
+      </c>
+      <c r="R9" s="29">
+        <v>142</v>
+      </c>
+      <c r="S9" s="29">
+        <v>656</v>
+      </c>
+      <c r="T9" s="29">
+        <v>361</v>
+      </c>
+      <c r="U9" s="29">
+        <v>295</v>
+      </c>
+      <c r="V9" s="29">
+        <v>0</v>
+      </c>
+      <c r="W9" s="29">
+        <v>514</v>
+      </c>
+      <c r="X9" s="29">
+        <v>320</v>
+      </c>
+      <c r="Y9" s="29">
+        <v>194</v>
+      </c>
+      <c r="Z9" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA9" s="68">
+        <v>6.3932593199725503</v>
+      </c>
+      <c r="AB9" s="69">
+        <v>480.31</v>
       </c>
     </row>
     <row r="10" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A10" s="73" t="s">
-[...81 lines deleted...]
-        <v>6240.09</v>
+      <c r="A10" s="66" t="s">
+        <v>101</v>
+      </c>
+      <c r="B10" s="67" t="s">
+        <v>102</v>
+      </c>
+      <c r="C10" s="29">
+        <v>629184</v>
+      </c>
+      <c r="D10" s="29">
+        <v>1356817</v>
+      </c>
+      <c r="E10" s="29">
+        <v>666509</v>
+      </c>
+      <c r="F10" s="29">
+        <v>690308</v>
+      </c>
+      <c r="G10" s="29">
+        <v>0</v>
+      </c>
+      <c r="H10" s="29">
+        <v>34</v>
+      </c>
+      <c r="I10" s="31">
+        <v>2.5059276243879799E-3</v>
+      </c>
+      <c r="J10" s="29">
+        <v>5184</v>
+      </c>
+      <c r="K10" s="31">
+        <v>0.38353606341366298</v>
+      </c>
+      <c r="L10" s="29">
+        <v>-331</v>
+      </c>
+      <c r="M10" s="29">
+        <v>757</v>
+      </c>
+      <c r="N10" s="29">
+        <v>1088</v>
+      </c>
+      <c r="O10" s="29">
+        <v>365</v>
+      </c>
+      <c r="P10" s="29">
+        <v>3930</v>
+      </c>
+      <c r="Q10" s="29">
+        <v>3565</v>
+      </c>
+      <c r="R10" s="29">
+        <v>349</v>
+      </c>
+      <c r="S10" s="29">
+        <v>2612</v>
+      </c>
+      <c r="T10" s="29">
+        <v>1405</v>
+      </c>
+      <c r="U10" s="29">
+        <v>1207</v>
+      </c>
+      <c r="V10" s="29">
+        <v>0</v>
+      </c>
+      <c r="W10" s="29">
+        <v>2263</v>
+      </c>
+      <c r="X10" s="29">
+        <v>1197</v>
+      </c>
+      <c r="Y10" s="29">
+        <v>1066</v>
+      </c>
+      <c r="Z10" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA10" s="68">
+        <v>18.528608233273999</v>
+      </c>
+      <c r="AB10" s="69">
+        <v>6240.24</v>
       </c>
     </row>
     <row r="11" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A11" s="73" t="s">
-[...50 lines deleted...]
-      <c r="R11" s="36">
+      <c r="A11" s="66" t="s">
+        <v>217</v>
+      </c>
+      <c r="B11" s="67" t="s">
+        <v>218</v>
+      </c>
+      <c r="C11" s="29">
+        <v>41889</v>
+      </c>
+      <c r="D11" s="29">
+        <v>96343</v>
+      </c>
+      <c r="E11" s="29">
+        <v>47167</v>
+      </c>
+      <c r="F11" s="29">
+        <v>49176</v>
+      </c>
+      <c r="G11" s="29">
+        <v>0</v>
+      </c>
+      <c r="H11" s="29">
+        <v>-25</v>
+      </c>
+      <c r="I11" s="31">
+        <v>-2.59422214843101E-2</v>
+      </c>
+      <c r="J11" s="29">
+        <v>287</v>
+      </c>
+      <c r="K11" s="31">
+        <v>0.29878404264179198</v>
+      </c>
+      <c r="L11" s="29">
+        <v>-34</v>
+      </c>
+      <c r="M11" s="29">
+        <v>53</v>
+      </c>
+      <c r="N11" s="29">
+        <v>87</v>
+      </c>
+      <c r="O11" s="29">
+        <v>9</v>
+      </c>
+      <c r="P11" s="29">
+        <v>328</v>
+      </c>
+      <c r="Q11" s="29">
+        <v>319</v>
+      </c>
+      <c r="R11" s="29">
         <v>22</v>
       </c>
-      <c r="S11" s="36">
-[...27 lines deleted...]
-        <v>3309.34</v>
+      <c r="S11" s="29">
+        <v>135</v>
+      </c>
+      <c r="T11" s="29">
+        <v>71</v>
+      </c>
+      <c r="U11" s="29">
+        <v>64</v>
+      </c>
+      <c r="V11" s="29">
+        <v>0</v>
+      </c>
+      <c r="W11" s="29">
+        <v>113</v>
+      </c>
+      <c r="X11" s="29">
+        <v>59</v>
+      </c>
+      <c r="Y11" s="29">
+        <v>54</v>
+      </c>
+      <c r="Z11" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA11" s="68">
+        <v>1.3156539924089401</v>
+      </c>
+      <c r="AB11" s="69">
+        <v>3308.48</v>
       </c>
     </row>
     <row r="12" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A12" s="73" t="s">
-[...81 lines deleted...]
-        <v>9018.5</v>
+      <c r="A12" s="66" t="s">
+        <v>219</v>
+      </c>
+      <c r="B12" s="67" t="s">
+        <v>220</v>
+      </c>
+      <c r="C12" s="29">
+        <v>71776</v>
+      </c>
+      <c r="D12" s="29">
+        <v>152115</v>
+      </c>
+      <c r="E12" s="29">
+        <v>74208</v>
+      </c>
+      <c r="F12" s="29">
+        <v>77907</v>
+      </c>
+      <c r="G12" s="29">
+        <v>0</v>
+      </c>
+      <c r="H12" s="29">
+        <v>63</v>
+      </c>
+      <c r="I12" s="31">
+        <v>4.1433193907347503E-2</v>
+      </c>
+      <c r="J12" s="29">
+        <v>946</v>
+      </c>
+      <c r="K12" s="31">
+        <v>0.62578967910087402</v>
+      </c>
+      <c r="L12" s="29">
+        <v>-30</v>
+      </c>
+      <c r="M12" s="29">
+        <v>81</v>
+      </c>
+      <c r="N12" s="29">
+        <v>111</v>
+      </c>
+      <c r="O12" s="29">
+        <v>93</v>
+      </c>
+      <c r="P12" s="29">
+        <v>616</v>
+      </c>
+      <c r="Q12" s="29">
+        <v>523</v>
+      </c>
+      <c r="R12" s="29">
+        <v>73</v>
+      </c>
+      <c r="S12" s="29">
+        <v>290</v>
+      </c>
+      <c r="T12" s="29">
+        <v>146</v>
+      </c>
+      <c r="U12" s="29">
+        <v>144</v>
+      </c>
+      <c r="V12" s="29">
+        <v>0</v>
+      </c>
+      <c r="W12" s="29">
+        <v>217</v>
+      </c>
+      <c r="X12" s="29">
+        <v>109</v>
+      </c>
+      <c r="Y12" s="29">
+        <v>108</v>
+      </c>
+      <c r="Z12" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA12" s="68">
+        <v>2.07727294204338</v>
+      </c>
+      <c r="AB12" s="69">
+        <v>9022.24</v>
       </c>
     </row>
     <row r="13" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A13" s="73" t="s">
-[...81 lines deleted...]
-        <v>9871.48</v>
+      <c r="A13" s="66" t="s">
+        <v>221</v>
+      </c>
+      <c r="B13" s="67" t="s">
+        <v>222</v>
+      </c>
+      <c r="C13" s="29">
+        <v>62006</v>
+      </c>
+      <c r="D13" s="29">
+        <v>126386</v>
+      </c>
+      <c r="E13" s="29">
+        <v>62738</v>
+      </c>
+      <c r="F13" s="29">
+        <v>63648</v>
+      </c>
+      <c r="G13" s="29">
+        <v>0</v>
+      </c>
+      <c r="H13" s="29">
+        <v>31</v>
+      </c>
+      <c r="I13" s="31">
+        <v>2.4534050888370101E-2</v>
+      </c>
+      <c r="J13" s="29">
+        <v>1341</v>
+      </c>
+      <c r="K13" s="31">
+        <v>1.0724139309848499</v>
+      </c>
+      <c r="L13" s="29">
+        <v>5</v>
+      </c>
+      <c r="M13" s="29">
+        <v>92</v>
+      </c>
+      <c r="N13" s="29">
+        <v>87</v>
+      </c>
+      <c r="O13" s="29">
+        <v>26</v>
+      </c>
+      <c r="P13" s="29">
+        <v>617</v>
+      </c>
+      <c r="Q13" s="29">
+        <v>591</v>
+      </c>
+      <c r="R13" s="29">
+        <v>-7</v>
+      </c>
+      <c r="S13" s="29">
+        <v>303</v>
+      </c>
+      <c r="T13" s="29">
+        <v>161</v>
+      </c>
+      <c r="U13" s="29">
+        <v>142</v>
+      </c>
+      <c r="V13" s="29">
+        <v>0</v>
+      </c>
+      <c r="W13" s="29">
+        <v>310</v>
+      </c>
+      <c r="X13" s="29">
+        <v>162</v>
+      </c>
+      <c r="Y13" s="29">
+        <v>148</v>
+      </c>
+      <c r="Z13" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="68">
+        <v>1.7259193245445501</v>
+      </c>
+      <c r="AB13" s="69">
+        <v>9873.9</v>
       </c>
     </row>
     <row r="14" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A14" s="73" t="s">
-[...81 lines deleted...]
-        <v>5446.2</v>
+      <c r="A14" s="66" t="s">
+        <v>223</v>
+      </c>
+      <c r="B14" s="67" t="s">
+        <v>224</v>
+      </c>
+      <c r="C14" s="29">
+        <v>76081</v>
+      </c>
+      <c r="D14" s="29">
+        <v>167188</v>
+      </c>
+      <c r="E14" s="29">
+        <v>81524</v>
+      </c>
+      <c r="F14" s="29">
+        <v>85664</v>
+      </c>
+      <c r="G14" s="29">
+        <v>0</v>
+      </c>
+      <c r="H14" s="29">
+        <v>44</v>
+      </c>
+      <c r="I14" s="31">
+        <v>2.6324606327478101E-2</v>
+      </c>
+      <c r="J14" s="29">
+        <v>433</v>
+      </c>
+      <c r="K14" s="31">
+        <v>0.259662378939162</v>
+      </c>
+      <c r="L14" s="29">
+        <v>-65</v>
+      </c>
+      <c r="M14" s="29">
+        <v>94</v>
+      </c>
+      <c r="N14" s="29">
+        <v>159</v>
+      </c>
+      <c r="O14" s="29">
+        <v>109</v>
+      </c>
+      <c r="P14" s="29">
+        <v>561</v>
+      </c>
+      <c r="Q14" s="29">
+        <v>452</v>
+      </c>
+      <c r="R14" s="29">
+        <v>54</v>
+      </c>
+      <c r="S14" s="29">
+        <v>226</v>
+      </c>
+      <c r="T14" s="29">
+        <v>136</v>
+      </c>
+      <c r="U14" s="29">
+        <v>90</v>
+      </c>
+      <c r="V14" s="29">
+        <v>0</v>
+      </c>
+      <c r="W14" s="29">
+        <v>172</v>
+      </c>
+      <c r="X14" s="29">
+        <v>88</v>
+      </c>
+      <c r="Y14" s="29">
+        <v>84</v>
+      </c>
+      <c r="Z14" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA14" s="68">
+        <v>2.28310888889557</v>
+      </c>
+      <c r="AB14" s="69">
+        <v>5447.63</v>
       </c>
     </row>
     <row r="15" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A15" s="73" t="s">
-[...81 lines deleted...]
-        <v>12450.65</v>
+      <c r="A15" s="66" t="s">
+        <v>225</v>
+      </c>
+      <c r="B15" s="67" t="s">
+        <v>226</v>
+      </c>
+      <c r="C15" s="29">
+        <v>50679</v>
+      </c>
+      <c r="D15" s="29">
+        <v>104429</v>
+      </c>
+      <c r="E15" s="29">
+        <v>51348</v>
+      </c>
+      <c r="F15" s="29">
+        <v>53081</v>
+      </c>
+      <c r="G15" s="29">
+        <v>0</v>
+      </c>
+      <c r="H15" s="29">
+        <v>-32</v>
+      </c>
+      <c r="I15" s="31">
+        <v>-3.0633442145872599E-2</v>
+      </c>
+      <c r="J15" s="29">
+        <v>282</v>
+      </c>
+      <c r="K15" s="31">
+        <v>0.27077112158775601</v>
+      </c>
+      <c r="L15" s="29">
+        <v>-14</v>
+      </c>
+      <c r="M15" s="29">
+        <v>56</v>
+      </c>
+      <c r="N15" s="29">
+        <v>70</v>
+      </c>
+      <c r="O15" s="29">
+        <v>-18</v>
+      </c>
+      <c r="P15" s="29">
+        <v>455</v>
+      </c>
+      <c r="Q15" s="29">
+        <v>473</v>
+      </c>
+      <c r="R15" s="29">
+        <v>28</v>
+      </c>
+      <c r="S15" s="29">
+        <v>233</v>
+      </c>
+      <c r="T15" s="29">
+        <v>113</v>
+      </c>
+      <c r="U15" s="29">
+        <v>120</v>
+      </c>
+      <c r="V15" s="29">
+        <v>0</v>
+      </c>
+      <c r="W15" s="29">
+        <v>205</v>
+      </c>
+      <c r="X15" s="29">
+        <v>94</v>
+      </c>
+      <c r="Y15" s="29">
+        <v>111</v>
+      </c>
+      <c r="Z15" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="68">
+        <v>1.42607590352462</v>
+      </c>
+      <c r="AB15" s="69">
+        <v>12446.84</v>
       </c>
     </row>
     <row r="16" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A16" s="73" t="s">
-[...81 lines deleted...]
-        <v>5318.24</v>
+      <c r="A16" s="66" t="s">
+        <v>227</v>
+      </c>
+      <c r="B16" s="67" t="s">
+        <v>228</v>
+      </c>
+      <c r="C16" s="29">
+        <v>49418</v>
+      </c>
+      <c r="D16" s="29">
+        <v>99152</v>
+      </c>
+      <c r="E16" s="29">
+        <v>49796</v>
+      </c>
+      <c r="F16" s="29">
+        <v>49356</v>
+      </c>
+      <c r="G16" s="29">
+        <v>0</v>
+      </c>
+      <c r="H16" s="29">
+        <v>20</v>
+      </c>
+      <c r="I16" s="31">
+        <v>2.0175120041964201E-2</v>
+      </c>
+      <c r="J16" s="29">
+        <v>-298</v>
+      </c>
+      <c r="K16" s="31">
+        <v>-0.29964806435394697</v>
+      </c>
+      <c r="L16" s="29">
+        <v>-37</v>
+      </c>
+      <c r="M16" s="29">
+        <v>40</v>
+      </c>
+      <c r="N16" s="29">
+        <v>77</v>
+      </c>
+      <c r="O16" s="29">
+        <v>57</v>
+      </c>
+      <c r="P16" s="29">
+        <v>403</v>
+      </c>
+      <c r="Q16" s="29">
+        <v>346</v>
+      </c>
+      <c r="R16" s="29">
+        <v>50</v>
+      </c>
+      <c r="S16" s="29">
+        <v>209</v>
+      </c>
+      <c r="T16" s="29">
+        <v>122</v>
+      </c>
+      <c r="U16" s="29">
+        <v>87</v>
+      </c>
+      <c r="V16" s="29">
+        <v>0</v>
+      </c>
+      <c r="W16" s="29">
+        <v>159</v>
+      </c>
+      <c r="X16" s="29">
+        <v>92</v>
+      </c>
+      <c r="Y16" s="29">
+        <v>67</v>
+      </c>
+      <c r="Z16" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA16" s="68">
+        <v>1.3540135210169</v>
+      </c>
+      <c r="AB16" s="69">
+        <v>5319.31</v>
       </c>
     </row>
     <row r="17" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A17" s="73" t="s">
-[...81 lines deleted...]
-        <v>14696.08</v>
+      <c r="A17" s="66" t="s">
+        <v>229</v>
+      </c>
+      <c r="B17" s="67" t="s">
+        <v>230</v>
+      </c>
+      <c r="C17" s="29">
+        <v>79686</v>
+      </c>
+      <c r="D17" s="29">
+        <v>169026</v>
+      </c>
+      <c r="E17" s="29">
+        <v>81162</v>
+      </c>
+      <c r="F17" s="29">
+        <v>87864</v>
+      </c>
+      <c r="G17" s="29">
+        <v>0</v>
+      </c>
+      <c r="H17" s="29">
+        <v>-126</v>
+      </c>
+      <c r="I17" s="31">
+        <v>-7.4489216799091901E-2</v>
+      </c>
+      <c r="J17" s="29">
+        <v>430</v>
+      </c>
+      <c r="K17" s="31">
+        <v>0.25504756933735101</v>
+      </c>
+      <c r="L17" s="29">
+        <v>-47</v>
+      </c>
+      <c r="M17" s="29">
+        <v>91</v>
+      </c>
+      <c r="N17" s="29">
+        <v>138</v>
+      </c>
+      <c r="O17" s="29">
+        <v>-79</v>
+      </c>
+      <c r="P17" s="29">
+        <v>649</v>
+      </c>
+      <c r="Q17" s="29">
+        <v>728</v>
+      </c>
+      <c r="R17" s="29">
+        <v>-25</v>
+      </c>
+      <c r="S17" s="29">
+        <v>340</v>
+      </c>
+      <c r="T17" s="29">
+        <v>180</v>
+      </c>
+      <c r="U17" s="29">
+        <v>160</v>
+      </c>
+      <c r="V17" s="29">
+        <v>0</v>
+      </c>
+      <c r="W17" s="29">
+        <v>365</v>
+      </c>
+      <c r="X17" s="29">
+        <v>199</v>
+      </c>
+      <c r="Y17" s="29">
+        <v>166</v>
+      </c>
+      <c r="Z17" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA17" s="68">
+        <v>2.3082085021320999</v>
+      </c>
+      <c r="AB17" s="69">
+        <v>14685.14</v>
       </c>
     </row>
     <row r="18" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A18" s="73" t="s">
-[...81 lines deleted...]
-        <v>14173.29</v>
+      <c r="A18" s="66" t="s">
+        <v>231</v>
+      </c>
+      <c r="B18" s="67" t="s">
+        <v>232</v>
+      </c>
+      <c r="C18" s="29">
+        <v>91863</v>
+      </c>
+      <c r="D18" s="29">
+        <v>195768</v>
+      </c>
+      <c r="E18" s="29">
+        <v>97061</v>
+      </c>
+      <c r="F18" s="29">
+        <v>98707</v>
+      </c>
+      <c r="G18" s="29">
+        <v>0</v>
+      </c>
+      <c r="H18" s="29">
+        <v>-107</v>
+      </c>
+      <c r="I18" s="31">
+        <v>-5.4626675175494598E-2</v>
+      </c>
+      <c r="J18" s="29">
+        <v>501</v>
+      </c>
+      <c r="K18" s="31">
+        <v>0.25657177095976302</v>
+      </c>
+      <c r="L18" s="29">
+        <v>-21</v>
+      </c>
+      <c r="M18" s="29">
+        <v>106</v>
+      </c>
+      <c r="N18" s="29">
+        <v>127</v>
+      </c>
+      <c r="O18" s="29">
+        <v>-86</v>
+      </c>
+      <c r="P18" s="29">
+        <v>757</v>
+      </c>
+      <c r="Q18" s="29">
+        <v>843</v>
+      </c>
+      <c r="R18" s="29">
+        <v>21</v>
+      </c>
+      <c r="S18" s="29">
+        <v>418</v>
+      </c>
+      <c r="T18" s="29">
+        <v>235</v>
+      </c>
+      <c r="U18" s="29">
+        <v>183</v>
+      </c>
+      <c r="V18" s="29">
+        <v>0</v>
+      </c>
+      <c r="W18" s="29">
+        <v>397</v>
+      </c>
+      <c r="X18" s="29">
+        <v>229</v>
+      </c>
+      <c r="Y18" s="29">
+        <v>168</v>
+      </c>
+      <c r="Z18" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA18" s="68">
+        <v>2.6733955843799002</v>
+      </c>
+      <c r="AB18" s="69">
+        <v>14165.55</v>
       </c>
     </row>
     <row r="19" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A19" s="73" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="74" t="s">
+      <c r="A19" s="66" t="s">
+        <v>233</v>
+      </c>
+      <c r="B19" s="67" t="s">
+        <v>234</v>
+      </c>
+      <c r="C19" s="29">
+        <v>56518</v>
+      </c>
+      <c r="D19" s="29">
+        <v>135569</v>
+      </c>
+      <c r="E19" s="29">
+        <v>66570</v>
+      </c>
+      <c r="F19" s="29">
+        <v>68999</v>
+      </c>
+      <c r="G19" s="29">
+        <v>0</v>
+      </c>
+      <c r="H19" s="29">
+        <v>140</v>
+      </c>
+      <c r="I19" s="31">
+        <v>0.10337520028945101</v>
+      </c>
+      <c r="J19" s="29">
+        <v>1433</v>
+      </c>
+      <c r="K19" s="31">
+        <v>1.06831872129779</v>
+      </c>
+      <c r="L19" s="29">
+        <v>-2</v>
+      </c>
+      <c r="M19" s="29">
+        <v>96</v>
+      </c>
+      <c r="N19" s="29">
+        <v>98</v>
+      </c>
+      <c r="O19" s="29">
+        <v>142</v>
+      </c>
+      <c r="P19" s="29">
+        <v>533</v>
+      </c>
+      <c r="Q19" s="29">
+        <v>391</v>
+      </c>
+      <c r="R19" s="29">
+        <v>67</v>
+      </c>
+      <c r="S19" s="29">
         <v>228</v>
       </c>
-      <c r="C19" s="36">
-[...75 lines deleted...]
-        <v>5122.12</v>
+      <c r="T19" s="29">
+        <v>121</v>
+      </c>
+      <c r="U19" s="29">
+        <v>107</v>
+      </c>
+      <c r="V19" s="29">
+        <v>0</v>
+      </c>
+      <c r="W19" s="29">
+        <v>161</v>
+      </c>
+      <c r="X19" s="29">
+        <v>79</v>
+      </c>
+      <c r="Y19" s="29">
+        <v>82</v>
+      </c>
+      <c r="Z19" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="68">
+        <v>1.8513217991643101</v>
+      </c>
+      <c r="AB19" s="69">
+        <v>5127.42</v>
       </c>
     </row>
     <row r="20" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A20" s="73" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="74" t="s">
+      <c r="A20" s="66" t="s">
+        <v>235</v>
+      </c>
+      <c r="B20" s="67" t="s">
+        <v>236</v>
+      </c>
+      <c r="C20" s="29">
+        <v>49268</v>
+      </c>
+      <c r="D20" s="29">
+        <v>110841</v>
+      </c>
+      <c r="E20" s="29">
+        <v>54935</v>
+      </c>
+      <c r="F20" s="29">
+        <v>55906</v>
+      </c>
+      <c r="G20" s="29">
+        <v>0</v>
+      </c>
+      <c r="H20" s="29">
+        <v>26</v>
+      </c>
+      <c r="I20" s="31">
+        <v>2.3462527636150299E-2</v>
+      </c>
+      <c r="J20" s="29">
+        <v>-171</v>
+      </c>
+      <c r="K20" s="31">
+        <v>-0.15403740136201499</v>
+      </c>
+      <c r="L20" s="29">
+        <v>-86</v>
+      </c>
+      <c r="M20" s="29">
+        <v>48</v>
+      </c>
+      <c r="N20" s="29">
+        <v>134</v>
+      </c>
+      <c r="O20" s="29">
+        <v>112</v>
+      </c>
+      <c r="P20" s="29">
+        <v>449</v>
+      </c>
+      <c r="Q20" s="29">
+        <v>337</v>
+      </c>
+      <c r="R20" s="29">
+        <v>66</v>
+      </c>
+      <c r="S20" s="29">
         <v>230</v>
       </c>
-      <c r="C20" s="36">
-[...75 lines deleted...]
-        <v>2253.71</v>
+      <c r="T20" s="29">
+        <v>120</v>
+      </c>
+      <c r="U20" s="29">
+        <v>110</v>
+      </c>
+      <c r="V20" s="29">
+        <v>0</v>
+      </c>
+      <c r="W20" s="29">
+        <v>164</v>
+      </c>
+      <c r="X20" s="29">
+        <v>86</v>
+      </c>
+      <c r="Y20" s="29">
+        <v>78</v>
+      </c>
+      <c r="Z20" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA20" s="68">
+        <v>1.51363777516373</v>
+      </c>
+      <c r="AB20" s="69">
+        <v>2254.2399999999998</v>
       </c>
     </row>
     <row r="21" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A21" s="73" t="s">
-[...81 lines deleted...]
-        <v>3246.46</v>
+      <c r="A21" s="66" t="s">
+        <v>107</v>
+      </c>
+      <c r="B21" s="67" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" s="29">
+        <v>163168</v>
+      </c>
+      <c r="D21" s="29">
+        <v>354210</v>
+      </c>
+      <c r="E21" s="29">
+        <v>176278</v>
+      </c>
+      <c r="F21" s="29">
+        <v>177931</v>
+      </c>
+      <c r="G21" s="29">
+        <v>1</v>
+      </c>
+      <c r="H21" s="29">
+        <v>-77</v>
+      </c>
+      <c r="I21" s="31">
+        <v>-2.1733792095109301E-2</v>
+      </c>
+      <c r="J21" s="29">
+        <v>-190</v>
+      </c>
+      <c r="K21" s="31">
+        <v>-5.3611738148984199E-2</v>
+      </c>
+      <c r="L21" s="29">
+        <v>-189</v>
+      </c>
+      <c r="M21" s="29">
+        <v>137</v>
+      </c>
+      <c r="N21" s="29">
+        <v>326</v>
+      </c>
+      <c r="O21" s="29">
+        <v>112</v>
+      </c>
+      <c r="P21" s="29">
+        <v>1076</v>
+      </c>
+      <c r="Q21" s="29">
+        <v>964</v>
+      </c>
+      <c r="R21" s="29">
+        <v>24</v>
+      </c>
+      <c r="S21" s="29">
+        <v>565</v>
+      </c>
+      <c r="T21" s="29">
+        <v>325</v>
+      </c>
+      <c r="U21" s="29">
+        <v>240</v>
+      </c>
+      <c r="V21" s="29">
+        <v>0</v>
+      </c>
+      <c r="W21" s="29">
+        <v>541</v>
+      </c>
+      <c r="X21" s="29">
+        <v>297</v>
+      </c>
+      <c r="Y21" s="29">
+        <v>244</v>
+      </c>
+      <c r="Z21" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA21" s="68">
+        <v>4.8370696433697304</v>
+      </c>
+      <c r="AB21" s="69">
+        <v>3245.76</v>
       </c>
     </row>
     <row r="22" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A22" s="73" t="s">
-[...81 lines deleted...]
-        <v>1181.76</v>
+      <c r="A22" s="66" t="s">
+        <v>105</v>
+      </c>
+      <c r="B22" s="67" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" s="29">
+        <v>83985</v>
+      </c>
+      <c r="D22" s="29">
+        <v>188739</v>
+      </c>
+      <c r="E22" s="29">
+        <v>94392</v>
+      </c>
+      <c r="F22" s="29">
+        <v>94347</v>
+      </c>
+      <c r="G22" s="29">
+        <v>0</v>
+      </c>
+      <c r="H22" s="29">
+        <v>-130</v>
+      </c>
+      <c r="I22" s="31">
+        <v>-6.8830776887684006E-2</v>
+      </c>
+      <c r="J22" s="29">
+        <v>-1002</v>
+      </c>
+      <c r="K22" s="31">
+        <v>-0.52808828877258995</v>
+      </c>
+      <c r="L22" s="29">
+        <v>-130</v>
+      </c>
+      <c r="M22" s="29">
+        <v>78</v>
+      </c>
+      <c r="N22" s="29">
+        <v>208</v>
+      </c>
+      <c r="O22" s="29">
+        <v>0</v>
+      </c>
+      <c r="P22" s="29">
+        <v>442</v>
+      </c>
+      <c r="Q22" s="29">
+        <v>442</v>
+      </c>
+      <c r="R22" s="29">
+        <v>47</v>
+      </c>
+      <c r="S22" s="29">
+        <v>265</v>
+      </c>
+      <c r="T22" s="29">
+        <v>148</v>
+      </c>
+      <c r="U22" s="29">
+        <v>117</v>
+      </c>
+      <c r="V22" s="29">
+        <v>0</v>
+      </c>
+      <c r="W22" s="29">
+        <v>218</v>
+      </c>
+      <c r="X22" s="29">
+        <v>133</v>
+      </c>
+      <c r="Y22" s="29">
+        <v>85</v>
+      </c>
+      <c r="Z22" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA22" s="68">
+        <v>2.5774079992658598</v>
+      </c>
+      <c r="AB22" s="69">
+        <v>1180.94</v>
       </c>
     </row>
     <row r="23" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A23" s="73" t="s">
+      <c r="A23" s="66" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" s="67" t="s">
         <v>99</v>
       </c>
-      <c r="B23" s="74" t="s">
-[...78 lines deleted...]
-        <v>9619.08</v>
+      <c r="C23" s="29">
+        <v>285501</v>
+      </c>
+      <c r="D23" s="29">
+        <v>595800</v>
+      </c>
+      <c r="E23" s="29">
+        <v>300017</v>
+      </c>
+      <c r="F23" s="29">
+        <v>295783</v>
+      </c>
+      <c r="G23" s="29">
+        <v>0</v>
+      </c>
+      <c r="H23" s="29">
+        <v>-102</v>
+      </c>
+      <c r="I23" s="31">
+        <v>-1.71169084849522E-2</v>
+      </c>
+      <c r="J23" s="29">
+        <v>995</v>
+      </c>
+      <c r="K23" s="31">
+        <v>0.16728171417523399</v>
+      </c>
+      <c r="L23" s="29">
+        <v>-228</v>
+      </c>
+      <c r="M23" s="29">
+        <v>315</v>
+      </c>
+      <c r="N23" s="29">
+        <v>543</v>
+      </c>
+      <c r="O23" s="29">
+        <v>126</v>
+      </c>
+      <c r="P23" s="29">
+        <v>2459</v>
+      </c>
+      <c r="Q23" s="29">
+        <v>2333</v>
+      </c>
+      <c r="R23" s="29">
+        <v>115</v>
+      </c>
+      <c r="S23" s="29">
+        <v>1745</v>
+      </c>
+      <c r="T23" s="29">
+        <v>954</v>
+      </c>
+      <c r="U23" s="29">
+        <v>791</v>
+      </c>
+      <c r="V23" s="29">
+        <v>0</v>
+      </c>
+      <c r="W23" s="29">
+        <v>1630</v>
+      </c>
+      <c r="X23" s="29">
+        <v>932</v>
+      </c>
+      <c r="Y23" s="29">
+        <v>698</v>
+      </c>
+      <c r="Z23" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA23" s="68">
+        <v>8.13620759865527</v>
+      </c>
+      <c r="AB23" s="69">
+        <v>9617.43</v>
       </c>
     </row>
     <row r="24" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A24" s="73" t="s">
-[...81 lines deleted...]
-        <v>1122.68</v>
+      <c r="A24" s="66" t="s">
+        <v>237</v>
+      </c>
+      <c r="B24" s="67" t="s">
+        <v>238</v>
+      </c>
+      <c r="C24" s="29">
+        <v>33379</v>
+      </c>
+      <c r="D24" s="29">
+        <v>75732</v>
+      </c>
+      <c r="E24" s="29">
+        <v>37247</v>
+      </c>
+      <c r="F24" s="29">
+        <v>38485</v>
+      </c>
+      <c r="G24" s="29">
+        <v>0</v>
+      </c>
+      <c r="H24" s="29">
+        <v>-38</v>
+      </c>
+      <c r="I24" s="31">
+        <v>-5.01517751088821E-2</v>
+      </c>
+      <c r="J24" s="29">
+        <v>-540</v>
+      </c>
+      <c r="K24" s="31">
+        <v>-0.70799244808055395</v>
+      </c>
+      <c r="L24" s="29">
+        <v>-54</v>
+      </c>
+      <c r="M24" s="29">
+        <v>19</v>
+      </c>
+      <c r="N24" s="29">
+        <v>73</v>
+      </c>
+      <c r="O24" s="29">
+        <v>16</v>
+      </c>
+      <c r="P24" s="29">
+        <v>224</v>
+      </c>
+      <c r="Q24" s="29">
+        <v>208</v>
+      </c>
+      <c r="R24" s="29">
+        <v>51</v>
+      </c>
+      <c r="S24" s="29">
+        <v>133</v>
+      </c>
+      <c r="T24" s="29">
+        <v>73</v>
+      </c>
+      <c r="U24" s="29">
+        <v>60</v>
+      </c>
+      <c r="V24" s="29">
+        <v>0</v>
+      </c>
+      <c r="W24" s="29">
+        <v>82</v>
+      </c>
+      <c r="X24" s="29">
+        <v>55</v>
+      </c>
+      <c r="Y24" s="29">
+        <v>27</v>
+      </c>
+      <c r="Z24" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="68">
+        <v>1.0341914633456899</v>
+      </c>
+      <c r="AB24" s="69">
+        <v>1122.1199999999999</v>
       </c>
     </row>
     <row r="25" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A25" s="73" t="s">
-[...47 lines deleted...]
-      <c r="Q25" s="36">
+      <c r="A25" s="66" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25" s="67" t="s">
+        <v>127</v>
+      </c>
+      <c r="C25" s="29">
+        <v>23509</v>
+      </c>
+      <c r="D25" s="29">
+        <v>54658</v>
+      </c>
+      <c r="E25" s="29">
+        <v>26644</v>
+      </c>
+      <c r="F25" s="29">
+        <v>28014</v>
+      </c>
+      <c r="G25" s="29">
+        <v>0</v>
+      </c>
+      <c r="H25" s="29">
+        <v>-88</v>
+      </c>
+      <c r="I25" s="31">
+        <v>-0.16074233733971399</v>
+      </c>
+      <c r="J25" s="29">
+        <v>-971</v>
+      </c>
+      <c r="K25" s="31">
+        <v>-1.74549245896924</v>
+      </c>
+      <c r="L25" s="29">
+        <v>-69</v>
+      </c>
+      <c r="M25" s="29">
+        <v>21</v>
+      </c>
+      <c r="N25" s="29">
+        <v>90</v>
+      </c>
+      <c r="O25" s="29">
+        <v>-19</v>
+      </c>
+      <c r="P25" s="29">
+        <v>69</v>
+      </c>
+      <c r="Q25" s="29">
         <v>88</v>
       </c>
-      <c r="R25" s="36">
+      <c r="R25" s="29">
+        <v>-12</v>
+      </c>
+      <c r="S25" s="29">
+        <v>35</v>
+      </c>
+      <c r="T25" s="29">
+        <v>21</v>
+      </c>
+      <c r="U25" s="29">
         <v>14</v>
       </c>
-      <c r="S25" s="36">
-[...11 lines deleted...]
-      <c r="W25" s="36">
+      <c r="V25" s="29">
+        <v>0</v>
+      </c>
+      <c r="W25" s="29">
+        <v>47</v>
+      </c>
+      <c r="X25" s="29">
+        <v>20</v>
+      </c>
+      <c r="Y25" s="29">
         <v>27</v>
       </c>
-      <c r="X25" s="36">
-[...12 lines deleted...]
-        <v>94.74</v>
+      <c r="Z25" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA25" s="68">
+        <v>0.74640623519184301</v>
+      </c>
+      <c r="AB25" s="69">
+        <v>94.59</v>
       </c>
     </row>
     <row r="26" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A26" s="73" t="s">
-[...81 lines deleted...]
-        <v>4725.3</v>
+      <c r="A26" s="66" t="s">
+        <v>119</v>
+      </c>
+      <c r="B26" s="67" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" s="29">
+        <v>161925</v>
+      </c>
+      <c r="D26" s="29">
+        <v>340685</v>
+      </c>
+      <c r="E26" s="29">
+        <v>166401</v>
+      </c>
+      <c r="F26" s="29">
+        <v>174284</v>
+      </c>
+      <c r="G26" s="29">
+        <v>0</v>
+      </c>
+      <c r="H26" s="29">
+        <v>-57</v>
+      </c>
+      <c r="I26" s="31">
+        <v>-1.672819904796E-2</v>
+      </c>
+      <c r="J26" s="29">
+        <v>-116</v>
+      </c>
+      <c r="K26" s="31">
+        <v>-3.4037458810273397E-2</v>
+      </c>
+      <c r="L26" s="29">
+        <v>-147</v>
+      </c>
+      <c r="M26" s="29">
+        <v>148</v>
+      </c>
+      <c r="N26" s="29">
+        <v>295</v>
+      </c>
+      <c r="O26" s="29">
+        <v>90</v>
+      </c>
+      <c r="P26" s="29">
+        <v>974</v>
+      </c>
+      <c r="Q26" s="29">
+        <v>884</v>
+      </c>
+      <c r="R26" s="29">
+        <v>104</v>
+      </c>
+      <c r="S26" s="29">
+        <v>708</v>
+      </c>
+      <c r="T26" s="29">
+        <v>382</v>
+      </c>
+      <c r="U26" s="29">
+        <v>326</v>
+      </c>
+      <c r="V26" s="29">
+        <v>0</v>
+      </c>
+      <c r="W26" s="29">
+        <v>604</v>
+      </c>
+      <c r="X26" s="29">
+        <v>311</v>
+      </c>
+      <c r="Y26" s="29">
+        <v>293</v>
+      </c>
+      <c r="Z26" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA26" s="68">
+        <v>4.6523730878614797</v>
+      </c>
+      <c r="AB26" s="69">
+        <v>4724.51</v>
       </c>
     </row>
     <row r="27" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A27" s="73" t="s">
-[...81 lines deleted...]
-        <v>407.16</v>
+      <c r="A27" s="66" t="s">
+        <v>239</v>
+      </c>
+      <c r="B27" s="67" t="s">
+        <v>240</v>
+      </c>
+      <c r="C27" s="29">
+        <v>34822</v>
+      </c>
+      <c r="D27" s="29">
+        <v>78532</v>
+      </c>
+      <c r="E27" s="29">
+        <v>39285</v>
+      </c>
+      <c r="F27" s="29">
+        <v>39247</v>
+      </c>
+      <c r="G27" s="29">
+        <v>0</v>
+      </c>
+      <c r="H27" s="29">
+        <v>-71</v>
+      </c>
+      <c r="I27" s="31">
+        <v>-9.0327341195628699E-2</v>
+      </c>
+      <c r="J27" s="29">
+        <v>-599</v>
+      </c>
+      <c r="K27" s="31">
+        <v>-0.75697261503077196</v>
+      </c>
+      <c r="L27" s="29">
+        <v>-44</v>
+      </c>
+      <c r="M27" s="29">
+        <v>34</v>
+      </c>
+      <c r="N27" s="29">
+        <v>78</v>
+      </c>
+      <c r="O27" s="29">
+        <v>-27</v>
+      </c>
+      <c r="P27" s="29">
+        <v>146</v>
+      </c>
+      <c r="Q27" s="29">
+        <v>173</v>
+      </c>
+      <c r="R27" s="29">
+        <v>-23</v>
+      </c>
+      <c r="S27" s="29">
+        <v>73</v>
+      </c>
+      <c r="T27" s="29">
+        <v>41</v>
+      </c>
+      <c r="U27" s="29">
+        <v>32</v>
+      </c>
+      <c r="V27" s="29">
+        <v>0</v>
+      </c>
+      <c r="W27" s="29">
+        <v>96</v>
+      </c>
+      <c r="X27" s="29">
+        <v>54</v>
+      </c>
+      <c r="Y27" s="29">
+        <v>42</v>
+      </c>
+      <c r="Z27" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA27" s="68">
+        <v>1.0724280885155999</v>
+      </c>
+      <c r="AB27" s="69">
+        <v>406.79</v>
       </c>
     </row>
     <row r="28" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A28" s="73" t="s">
-[...81 lines deleted...]
-        <v>830.11</v>
+      <c r="A28" s="66" t="s">
+        <v>241</v>
+      </c>
+      <c r="B28" s="67" t="s">
+        <v>242</v>
+      </c>
+      <c r="C28" s="29">
+        <v>48088</v>
+      </c>
+      <c r="D28" s="29">
+        <v>110603</v>
+      </c>
+      <c r="E28" s="29">
+        <v>55628</v>
+      </c>
+      <c r="F28" s="29">
+        <v>54975</v>
+      </c>
+      <c r="G28" s="29">
+        <v>0</v>
+      </c>
+      <c r="H28" s="29">
+        <v>-52</v>
+      </c>
+      <c r="I28" s="31">
+        <v>-4.6992905878631801E-2</v>
+      </c>
+      <c r="J28" s="29">
+        <v>-222</v>
+      </c>
+      <c r="K28" s="31">
+        <v>-0.20031581321903899</v>
+      </c>
+      <c r="L28" s="29">
+        <v>-71</v>
+      </c>
+      <c r="M28" s="29">
+        <v>52</v>
+      </c>
+      <c r="N28" s="29">
+        <v>123</v>
+      </c>
+      <c r="O28" s="29">
+        <v>19</v>
+      </c>
+      <c r="P28" s="29">
+        <v>314</v>
+      </c>
+      <c r="Q28" s="29">
+        <v>295</v>
+      </c>
+      <c r="R28" s="29">
+        <v>5</v>
+      </c>
+      <c r="S28" s="29">
+        <v>169</v>
+      </c>
+      <c r="T28" s="29">
+        <v>100</v>
+      </c>
+      <c r="U28" s="29">
+        <v>69</v>
+      </c>
+      <c r="V28" s="29">
+        <v>0</v>
+      </c>
+      <c r="W28" s="29">
+        <v>164</v>
+      </c>
+      <c r="X28" s="29">
+        <v>93</v>
+      </c>
+      <c r="Y28" s="29">
+        <v>71</v>
+      </c>
+      <c r="Z28" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="68">
+        <v>1.51038766202429</v>
+      </c>
+      <c r="AB28" s="69">
+        <v>829.72</v>
       </c>
     </row>
     <row r="29" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A29" s="73" t="s">
-[...81 lines deleted...]
-        <v>857.62</v>
+      <c r="A29" s="66" t="s">
+        <v>243</v>
+      </c>
+      <c r="B29" s="67" t="s">
+        <v>244</v>
+      </c>
+      <c r="C29" s="29">
+        <v>34893</v>
+      </c>
+      <c r="D29" s="29">
+        <v>76873</v>
+      </c>
+      <c r="E29" s="29">
+        <v>38502</v>
+      </c>
+      <c r="F29" s="29">
+        <v>38371</v>
+      </c>
+      <c r="G29" s="29">
+        <v>0</v>
+      </c>
+      <c r="H29" s="29">
+        <v>-47</v>
+      </c>
+      <c r="I29" s="31">
+        <v>-6.11024440977639E-2</v>
+      </c>
+      <c r="J29" s="29">
+        <v>-635</v>
+      </c>
+      <c r="K29" s="31">
+        <v>-0.81927026887547105</v>
+      </c>
+      <c r="L29" s="29">
+        <v>-34</v>
+      </c>
+      <c r="M29" s="29">
+        <v>31</v>
+      </c>
+      <c r="N29" s="29">
+        <v>65</v>
+      </c>
+      <c r="O29" s="29">
+        <v>-13</v>
+      </c>
+      <c r="P29" s="29">
+        <v>228</v>
+      </c>
+      <c r="Q29" s="29">
+        <v>241</v>
+      </c>
+      <c r="R29" s="29">
+        <v>3</v>
+      </c>
+      <c r="S29" s="29">
+        <v>158</v>
+      </c>
+      <c r="T29" s="29">
+        <v>98</v>
+      </c>
+      <c r="U29" s="29">
+        <v>60</v>
+      </c>
+      <c r="V29" s="29">
+        <v>0</v>
+      </c>
+      <c r="W29" s="29">
+        <v>155</v>
+      </c>
+      <c r="X29" s="29">
+        <v>79</v>
+      </c>
+      <c r="Y29" s="29">
+        <v>76</v>
+      </c>
+      <c r="Z29" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA29" s="68">
+        <v>1.04977288810243</v>
+      </c>
+      <c r="AB29" s="69">
+        <v>857.09</v>
       </c>
     </row>
     <row r="30" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A30" s="73" t="s">
-[...47 lines deleted...]
-      <c r="Q30" s="36">
+      <c r="A30" s="66" t="s">
+        <v>110</v>
+      </c>
+      <c r="B30" s="67" t="s">
+        <v>111</v>
+      </c>
+      <c r="C30" s="29">
+        <v>43057</v>
+      </c>
+      <c r="D30" s="29">
+        <v>92781</v>
+      </c>
+      <c r="E30" s="29">
+        <v>46491</v>
+      </c>
+      <c r="F30" s="29">
+        <v>46290</v>
+      </c>
+      <c r="G30" s="29">
+        <v>0</v>
+      </c>
+      <c r="H30" s="29">
+        <v>29</v>
+      </c>
+      <c r="I30" s="31">
+        <v>3.1266172158012799E-2</v>
+      </c>
+      <c r="J30" s="29">
+        <v>22</v>
+      </c>
+      <c r="K30" s="31">
+        <v>2.3717375133410198E-2</v>
+      </c>
+      <c r="L30" s="29">
+        <v>-32</v>
+      </c>
+      <c r="M30" s="29">
+        <v>33</v>
+      </c>
+      <c r="N30" s="29">
+        <v>65</v>
+      </c>
+      <c r="O30" s="29">
+        <v>61</v>
+      </c>
+      <c r="P30" s="29">
         <v>328</v>
       </c>
-      <c r="R30" s="36">
-[...30 lines deleted...]
-        <v>1419.31</v>
+      <c r="Q30" s="29">
+        <v>267</v>
+      </c>
+      <c r="R30" s="29">
+        <v>21</v>
+      </c>
+      <c r="S30" s="29">
+        <v>168</v>
+      </c>
+      <c r="T30" s="29">
+        <v>110</v>
+      </c>
+      <c r="U30" s="29">
+        <v>58</v>
+      </c>
+      <c r="V30" s="29">
+        <v>0</v>
+      </c>
+      <c r="W30" s="29">
+        <v>147</v>
+      </c>
+      <c r="X30" s="29">
+        <v>83</v>
+      </c>
+      <c r="Y30" s="29">
+        <v>64</v>
+      </c>
+      <c r="Z30" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA30" s="68">
+        <v>1.2670115428177799</v>
+      </c>
+      <c r="AB30" s="69">
+        <v>1419.75</v>
       </c>
     </row>
     <row r="31" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A31" s="73" t="s">
+      <c r="A31" s="66" t="s">
         <v>96</v>
       </c>
-      <c r="B31" s="74" t="s">
+      <c r="B31" s="67" t="s">
         <v>97</v>
       </c>
-      <c r="C31" s="36">
-[...41 lines deleted...]
-      <c r="Q31" s="36">
+      <c r="C31" s="29">
+        <v>103968</v>
+      </c>
+      <c r="D31" s="29">
+        <v>225072</v>
+      </c>
+      <c r="E31" s="29">
+        <v>110670</v>
+      </c>
+      <c r="F31" s="29">
+        <v>114402</v>
+      </c>
+      <c r="G31" s="29">
+        <v>0</v>
+      </c>
+      <c r="H31" s="29">
+        <v>-133</v>
+      </c>
+      <c r="I31" s="31">
+        <v>-5.9057303345840501E-2</v>
+      </c>
+      <c r="J31" s="29">
+        <v>-953</v>
+      </c>
+      <c r="K31" s="31">
+        <v>-0.42163477491427898</v>
+      </c>
+      <c r="L31" s="29">
+        <v>-180</v>
+      </c>
+      <c r="M31" s="29">
+        <v>71</v>
+      </c>
+      <c r="N31" s="29">
+        <v>251</v>
+      </c>
+      <c r="O31" s="29">
+        <v>47</v>
+      </c>
+      <c r="P31" s="29">
+        <v>683</v>
+      </c>
+      <c r="Q31" s="29">
         <v>636</v>
       </c>
-      <c r="R31" s="36">
-[...30 lines deleted...]
-        <v>3412.19</v>
+      <c r="R31" s="29">
+        <v>19</v>
+      </c>
+      <c r="S31" s="29">
+        <v>363</v>
+      </c>
+      <c r="T31" s="29">
+        <v>201</v>
+      </c>
+      <c r="U31" s="29">
+        <v>162</v>
+      </c>
+      <c r="V31" s="29">
+        <v>0</v>
+      </c>
+      <c r="W31" s="29">
+        <v>344</v>
+      </c>
+      <c r="X31" s="29">
+        <v>187</v>
+      </c>
+      <c r="Y31" s="29">
+        <v>157</v>
+      </c>
+      <c r="Z31" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA31" s="68">
+        <v>3.07356917865817</v>
+      </c>
+      <c r="AB31" s="69">
+        <v>3410.18</v>
       </c>
     </row>
     <row r="32" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A32" s="73" t="s">
-[...81 lines deleted...]
-        <v>2983.09</v>
+      <c r="A32" s="66" t="s">
+        <v>245</v>
+      </c>
+      <c r="B32" s="67" t="s">
+        <v>246</v>
+      </c>
+      <c r="C32" s="29">
+        <v>67379</v>
+      </c>
+      <c r="D32" s="29">
+        <v>146113</v>
+      </c>
+      <c r="E32" s="29">
+        <v>72325</v>
+      </c>
+      <c r="F32" s="29">
+        <v>73788</v>
+      </c>
+      <c r="G32" s="29">
+        <v>0</v>
+      </c>
+      <c r="H32" s="29">
+        <v>-29</v>
+      </c>
+      <c r="I32" s="31">
+        <v>-1.9843713648369399E-2</v>
+      </c>
+      <c r="J32" s="29">
+        <v>-922</v>
+      </c>
+      <c r="K32" s="31">
+        <v>-0.62706158397660405</v>
+      </c>
+      <c r="L32" s="29">
+        <v>-103</v>
+      </c>
+      <c r="M32" s="29">
+        <v>52</v>
+      </c>
+      <c r="N32" s="29">
+        <v>155</v>
+      </c>
+      <c r="O32" s="29">
+        <v>74</v>
+      </c>
+      <c r="P32" s="29">
+        <v>434</v>
+      </c>
+      <c r="Q32" s="29">
+        <v>360</v>
+      </c>
+      <c r="R32" s="29">
+        <v>64</v>
+      </c>
+      <c r="S32" s="29">
+        <v>253</v>
+      </c>
+      <c r="T32" s="29">
+        <v>146</v>
+      </c>
+      <c r="U32" s="29">
+        <v>107</v>
+      </c>
+      <c r="V32" s="29">
+        <v>0</v>
+      </c>
+      <c r="W32" s="29">
+        <v>189</v>
+      </c>
+      <c r="X32" s="29">
+        <v>116</v>
+      </c>
+      <c r="Y32" s="29">
+        <v>73</v>
+      </c>
+      <c r="Z32" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA32" s="68">
+        <v>1.9953100048041601</v>
+      </c>
+      <c r="AB32" s="69">
+        <v>2982.5</v>
       </c>
     </row>
     <row r="33" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A33" s="73" t="s">
-[...38 lines deleted...]
-      <c r="N33" s="36">
+      <c r="A33" s="66" t="s">
+        <v>247</v>
+      </c>
+      <c r="B33" s="67" t="s">
+        <v>248</v>
+      </c>
+      <c r="C33" s="29">
+        <v>23042</v>
+      </c>
+      <c r="D33" s="29">
+        <v>52049</v>
+      </c>
+      <c r="E33" s="29">
+        <v>25892</v>
+      </c>
+      <c r="F33" s="29">
+        <v>26157</v>
+      </c>
+      <c r="G33" s="29">
+        <v>0</v>
+      </c>
+      <c r="H33" s="29">
+        <v>-10</v>
+      </c>
+      <c r="I33" s="31">
+        <v>-1.9208974432854999E-2</v>
+      </c>
+      <c r="J33" s="29">
+        <v>-97</v>
+      </c>
+      <c r="K33" s="31">
+        <v>-0.18601618532581601</v>
+      </c>
+      <c r="L33" s="29">
+        <v>-31</v>
+      </c>
+      <c r="M33" s="29">
+        <v>22</v>
+      </c>
+      <c r="N33" s="29">
         <v>53</v>
       </c>
-      <c r="O33" s="36">
-[...39 lines deleted...]
-        <v>887.77</v>
+      <c r="O33" s="29">
+        <v>21</v>
+      </c>
+      <c r="P33" s="29">
+        <v>162</v>
+      </c>
+      <c r="Q33" s="29">
+        <v>141</v>
+      </c>
+      <c r="R33" s="29">
+        <v>17</v>
+      </c>
+      <c r="S33" s="29">
+        <v>101</v>
+      </c>
+      <c r="T33" s="29">
+        <v>68</v>
+      </c>
+      <c r="U33" s="29">
+        <v>33</v>
+      </c>
+      <c r="V33" s="29">
+        <v>0</v>
+      </c>
+      <c r="W33" s="29">
+        <v>84</v>
+      </c>
+      <c r="X33" s="29">
+        <v>56</v>
+      </c>
+      <c r="Y33" s="29">
+        <v>28</v>
+      </c>
+      <c r="Z33" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA33" s="68">
+        <v>0.71077789409601899</v>
+      </c>
+      <c r="AB33" s="69">
+        <v>887.6</v>
       </c>
     </row>
     <row r="34" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A34" s="73" t="s">
-[...81 lines deleted...]
-        <v>1726.97</v>
+      <c r="A34" s="66" t="s">
+        <v>249</v>
+      </c>
+      <c r="B34" s="67" t="s">
+        <v>250</v>
+      </c>
+      <c r="C34" s="29">
+        <v>51104</v>
+      </c>
+      <c r="D34" s="29">
+        <v>116401</v>
+      </c>
+      <c r="E34" s="29">
+        <v>57305</v>
+      </c>
+      <c r="F34" s="29">
+        <v>59096</v>
+      </c>
+      <c r="G34" s="29">
+        <v>0</v>
+      </c>
+      <c r="H34" s="29">
+        <v>-66</v>
+      </c>
+      <c r="I34" s="31">
+        <v>-5.6668412511698601E-2</v>
+      </c>
+      <c r="J34" s="29">
+        <v>79</v>
+      </c>
+      <c r="K34" s="31">
+        <v>6.7914925809391194E-2</v>
+      </c>
+      <c r="L34" s="29">
+        <v>-80</v>
+      </c>
+      <c r="M34" s="29">
+        <v>45</v>
+      </c>
+      <c r="N34" s="29">
+        <v>125</v>
+      </c>
+      <c r="O34" s="29">
+        <v>14</v>
+      </c>
+      <c r="P34" s="29">
+        <v>306</v>
+      </c>
+      <c r="Q34" s="29">
+        <v>292</v>
+      </c>
+      <c r="R34" s="29">
+        <v>3</v>
+      </c>
+      <c r="S34" s="29">
+        <v>131</v>
+      </c>
+      <c r="T34" s="29">
+        <v>69</v>
+      </c>
+      <c r="U34" s="29">
+        <v>62</v>
+      </c>
+      <c r="V34" s="29">
+        <v>0</v>
+      </c>
+      <c r="W34" s="29">
+        <v>128</v>
+      </c>
+      <c r="X34" s="29">
+        <v>64</v>
+      </c>
+      <c r="Y34" s="29">
+        <v>64</v>
+      </c>
+      <c r="Z34" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA34" s="68">
+        <v>1.5895647880011301</v>
+      </c>
+      <c r="AB34" s="69">
+        <v>1725.99</v>
       </c>
     </row>
     <row r="35" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A35" s="73" t="s">
-[...81 lines deleted...]
-        <v>1002.17</v>
+      <c r="A35" s="66" t="s">
+        <v>251</v>
+      </c>
+      <c r="B35" s="67" t="s">
+        <v>252</v>
+      </c>
+      <c r="C35" s="29">
+        <v>59666</v>
+      </c>
+      <c r="D35" s="29">
+        <v>138637</v>
+      </c>
+      <c r="E35" s="29">
+        <v>68861</v>
+      </c>
+      <c r="F35" s="29">
+        <v>69776</v>
+      </c>
+      <c r="G35" s="29">
+        <v>0</v>
+      </c>
+      <c r="H35" s="29">
+        <v>-34</v>
+      </c>
+      <c r="I35" s="31">
+        <v>-2.4518464567212999E-2</v>
+      </c>
+      <c r="J35" s="29">
+        <v>-511</v>
+      </c>
+      <c r="K35" s="31">
+        <v>-0.36723488659556702</v>
+      </c>
+      <c r="L35" s="29">
+        <v>-99</v>
+      </c>
+      <c r="M35" s="29">
+        <v>59</v>
+      </c>
+      <c r="N35" s="29">
+        <v>158</v>
+      </c>
+      <c r="O35" s="29">
+        <v>65</v>
+      </c>
+      <c r="P35" s="29">
+        <v>385</v>
+      </c>
+      <c r="Q35" s="29">
+        <v>320</v>
+      </c>
+      <c r="R35" s="29">
+        <v>19</v>
+      </c>
+      <c r="S35" s="29">
+        <v>213</v>
+      </c>
+      <c r="T35" s="29">
+        <v>115</v>
+      </c>
+      <c r="U35" s="29">
+        <v>98</v>
+      </c>
+      <c r="V35" s="29">
+        <v>0</v>
+      </c>
+      <c r="W35" s="29">
+        <v>194</v>
+      </c>
+      <c r="X35" s="29">
+        <v>116</v>
+      </c>
+      <c r="Y35" s="29">
+        <v>78</v>
+      </c>
+      <c r="Z35" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA35" s="68">
+        <v>1.89321821560049</v>
+      </c>
+      <c r="AB35" s="69">
+        <v>1001.92</v>
       </c>
     </row>
     <row r="36" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A36" s="73" t="s">
-[...81 lines deleted...]
-        <v>5018.5200000000004</v>
+      <c r="A36" s="66" t="s">
+        <v>253</v>
+      </c>
+      <c r="B36" s="67" t="s">
+        <v>254</v>
+      </c>
+      <c r="C36" s="29">
+        <v>103252</v>
+      </c>
+      <c r="D36" s="29">
+        <v>228334</v>
+      </c>
+      <c r="E36" s="29">
+        <v>112468</v>
+      </c>
+      <c r="F36" s="29">
+        <v>115866</v>
+      </c>
+      <c r="G36" s="29">
+        <v>0</v>
+      </c>
+      <c r="H36" s="29">
+        <v>-59</v>
+      </c>
+      <c r="I36" s="31">
+        <v>-2.58326656246032E-2</v>
+      </c>
+      <c r="J36" s="29">
+        <v>509</v>
+      </c>
+      <c r="K36" s="31">
+        <v>0.223417096455613</v>
+      </c>
+      <c r="L36" s="29">
+        <v>-113</v>
+      </c>
+      <c r="M36" s="29">
+        <v>117</v>
+      </c>
+      <c r="N36" s="29">
+        <v>230</v>
+      </c>
+      <c r="O36" s="29">
+        <v>54</v>
+      </c>
+      <c r="P36" s="29">
+        <v>669</v>
+      </c>
+      <c r="Q36" s="29">
+        <v>615</v>
+      </c>
+      <c r="R36" s="29">
+        <v>43</v>
+      </c>
+      <c r="S36" s="29">
+        <v>316</v>
+      </c>
+      <c r="T36" s="29">
+        <v>165</v>
+      </c>
+      <c r="U36" s="29">
+        <v>151</v>
+      </c>
+      <c r="V36" s="29">
+        <v>0</v>
+      </c>
+      <c r="W36" s="29">
+        <v>273</v>
+      </c>
+      <c r="X36" s="29">
+        <v>149</v>
+      </c>
+      <c r="Y36" s="29">
+        <v>124</v>
+      </c>
+      <c r="Z36" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA36" s="68">
+        <v>3.1181148469811202</v>
+      </c>
+      <c r="AB36" s="69">
+        <v>5017.22</v>
       </c>
     </row>
     <row r="37" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A37" s="73" t="s">
-[...35 lines deleted...]
-      <c r="M37" s="36">
+      <c r="A37" s="66" t="s">
+        <v>94</v>
+      </c>
+      <c r="B37" s="67" t="s">
+        <v>95</v>
+      </c>
+      <c r="C37" s="29">
+        <v>120699</v>
+      </c>
+      <c r="D37" s="29">
+        <v>250563</v>
+      </c>
+      <c r="E37" s="29">
+        <v>125702</v>
+      </c>
+      <c r="F37" s="29">
+        <v>124861</v>
+      </c>
+      <c r="G37" s="29">
+        <v>0</v>
+      </c>
+      <c r="H37" s="29">
+        <v>-64</v>
+      </c>
+      <c r="I37" s="31">
+        <v>-2.55359558227964E-2</v>
+      </c>
+      <c r="J37" s="29">
+        <v>454</v>
+      </c>
+      <c r="K37" s="31">
+        <v>0.181520856906389</v>
+      </c>
+      <c r="L37" s="29">
+        <v>-63</v>
+      </c>
+      <c r="M37" s="29">
         <v>119</v>
       </c>
-      <c r="N37" s="36">
-[...42 lines deleted...]
-        <v>9126.98</v>
+      <c r="N37" s="29">
+        <v>182</v>
+      </c>
+      <c r="O37" s="29">
+        <v>-1</v>
+      </c>
+      <c r="P37" s="29">
+        <v>864</v>
+      </c>
+      <c r="Q37" s="29">
+        <v>865</v>
+      </c>
+      <c r="R37" s="29">
+        <v>60</v>
+      </c>
+      <c r="S37" s="29">
+        <v>634</v>
+      </c>
+      <c r="T37" s="29">
+        <v>362</v>
+      </c>
+      <c r="U37" s="29">
+        <v>272</v>
+      </c>
+      <c r="V37" s="29">
+        <v>0</v>
+      </c>
+      <c r="W37" s="29">
+        <v>574</v>
+      </c>
+      <c r="X37" s="29">
+        <v>327</v>
+      </c>
+      <c r="Y37" s="29">
+        <v>247</v>
+      </c>
+      <c r="Z37" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA37" s="68">
+        <v>3.4216726830175599</v>
+      </c>
+      <c r="AB37" s="69">
+        <v>9124.65</v>
       </c>
     </row>
     <row r="38" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A38" s="73" t="s">
-[...81 lines deleted...]
-        <v>5614.2</v>
+      <c r="A38" s="66" t="s">
+        <v>114</v>
+      </c>
+      <c r="B38" s="67" t="s">
+        <v>115</v>
+      </c>
+      <c r="C38" s="29">
+        <v>150281</v>
+      </c>
+      <c r="D38" s="29">
+        <v>338072</v>
+      </c>
+      <c r="E38" s="29">
+        <v>166147</v>
+      </c>
+      <c r="F38" s="29">
+        <v>171925</v>
+      </c>
+      <c r="G38" s="29">
+        <v>0</v>
+      </c>
+      <c r="H38" s="29">
+        <v>-128</v>
+      </c>
+      <c r="I38" s="31">
+        <v>-3.78474275576582E-2</v>
+      </c>
+      <c r="J38" s="29">
+        <v>-821</v>
+      </c>
+      <c r="K38" s="31">
+        <v>-0.24225935619797401</v>
+      </c>
+      <c r="L38" s="29">
+        <v>-163</v>
+      </c>
+      <c r="M38" s="29">
+        <v>154</v>
+      </c>
+      <c r="N38" s="29">
+        <v>317</v>
+      </c>
+      <c r="O38" s="29">
+        <v>35</v>
+      </c>
+      <c r="P38" s="29">
+        <v>920</v>
+      </c>
+      <c r="Q38" s="29">
+        <v>885</v>
+      </c>
+      <c r="R38" s="29">
+        <v>67</v>
+      </c>
+      <c r="S38" s="29">
+        <v>561</v>
+      </c>
+      <c r="T38" s="29">
+        <v>306</v>
+      </c>
+      <c r="U38" s="29">
+        <v>255</v>
+      </c>
+      <c r="V38" s="29">
+        <v>0</v>
+      </c>
+      <c r="W38" s="29">
+        <v>494</v>
+      </c>
+      <c r="X38" s="29">
+        <v>257</v>
+      </c>
+      <c r="Y38" s="29">
+        <v>237</v>
+      </c>
+      <c r="Z38" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA38" s="68">
+        <v>4.6166901230154203</v>
+      </c>
+      <c r="AB38" s="69">
+        <v>5612.08</v>
       </c>
     </row>
     <row r="39" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A39" s="73" t="s">
-[...50 lines deleted...]
-      <c r="R39" s="36">
+      <c r="A39" s="66" t="s">
+        <v>255</v>
+      </c>
+      <c r="B39" s="67" t="s">
+        <v>256</v>
+      </c>
+      <c r="C39" s="29">
+        <v>39811</v>
+      </c>
+      <c r="D39" s="29">
+        <v>75839</v>
+      </c>
+      <c r="E39" s="29">
+        <v>38482</v>
+      </c>
+      <c r="F39" s="29">
+        <v>37357</v>
+      </c>
+      <c r="G39" s="29">
+        <v>0</v>
+      </c>
+      <c r="H39" s="29">
+        <v>-3</v>
+      </c>
+      <c r="I39" s="31">
+        <v>-3.9555918883995697E-3</v>
+      </c>
+      <c r="J39" s="29">
+        <v>822</v>
+      </c>
+      <c r="K39" s="31">
+        <v>1.09575162963062</v>
+      </c>
+      <c r="L39" s="29">
+        <v>-18</v>
+      </c>
+      <c r="M39" s="29">
+        <v>42</v>
+      </c>
+      <c r="N39" s="29">
+        <v>60</v>
+      </c>
+      <c r="O39" s="29">
+        <v>15</v>
+      </c>
+      <c r="P39" s="29">
+        <v>472</v>
+      </c>
+      <c r="Q39" s="29">
+        <v>457</v>
+      </c>
+      <c r="R39" s="29">
+        <v>77</v>
+      </c>
+      <c r="S39" s="29">
+        <v>307</v>
+      </c>
+      <c r="T39" s="29">
         <v>170</v>
       </c>
-      <c r="S39" s="36">
-[...27 lines deleted...]
-        <v>14841.87</v>
+      <c r="U39" s="29">
+        <v>137</v>
+      </c>
+      <c r="V39" s="29">
+        <v>0</v>
+      </c>
+      <c r="W39" s="29">
+        <v>230</v>
+      </c>
+      <c r="X39" s="29">
+        <v>147</v>
+      </c>
+      <c r="Y39" s="29">
+        <v>83</v>
+      </c>
+      <c r="Z39" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA39" s="68">
+        <v>1.03565264866468</v>
+      </c>
+      <c r="AB39" s="69">
+        <v>14841.29</v>
       </c>
     </row>
     <row r="40" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A40" s="73" t="s">
-[...81 lines deleted...]
-        <v>7851.29</v>
+      <c r="A40" s="66" t="s">
+        <v>117</v>
+      </c>
+      <c r="B40" s="67" t="s">
+        <v>118</v>
+      </c>
+      <c r="C40" s="29">
+        <v>68828</v>
+      </c>
+      <c r="D40" s="29">
+        <v>142841</v>
+      </c>
+      <c r="E40" s="29">
+        <v>71978</v>
+      </c>
+      <c r="F40" s="29">
+        <v>70863</v>
+      </c>
+      <c r="G40" s="29">
+        <v>0</v>
+      </c>
+      <c r="H40" s="29">
+        <v>26</v>
+      </c>
+      <c r="I40" s="31">
+        <v>1.8205370584322401E-2</v>
+      </c>
+      <c r="J40" s="29">
+        <v>692</v>
+      </c>
+      <c r="K40" s="31">
+        <v>0.48681313269878801</v>
+      </c>
+      <c r="L40" s="29">
+        <v>-23</v>
+      </c>
+      <c r="M40" s="29">
+        <v>76</v>
+      </c>
+      <c r="N40" s="29">
+        <v>99</v>
+      </c>
+      <c r="O40" s="29">
+        <v>49</v>
+      </c>
+      <c r="P40" s="29">
+        <v>709</v>
+      </c>
+      <c r="Q40" s="29">
+        <v>660</v>
+      </c>
+      <c r="R40" s="29">
+        <v>76</v>
+      </c>
+      <c r="S40" s="29">
+        <v>473</v>
+      </c>
+      <c r="T40" s="29">
+        <v>255</v>
+      </c>
+      <c r="U40" s="29">
+        <v>218</v>
+      </c>
+      <c r="V40" s="29">
+        <v>0</v>
+      </c>
+      <c r="W40" s="29">
+        <v>397</v>
+      </c>
+      <c r="X40" s="29">
+        <v>215</v>
+      </c>
+      <c r="Y40" s="29">
+        <v>182</v>
+      </c>
+      <c r="Z40" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA40" s="68">
+        <v>1.9506277771056</v>
+      </c>
+      <c r="AB40" s="69">
+        <v>7852.72</v>
       </c>
     </row>
     <row r="41" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A41" s="73" t="s">
-[...65 lines deleted...]
-      <c r="W41" s="36">
+      <c r="A41" s="66" t="s">
+        <v>128</v>
+      </c>
+      <c r="B41" s="67" t="s">
+        <v>129</v>
+      </c>
+      <c r="C41" s="29">
+        <v>63695</v>
+      </c>
+      <c r="D41" s="29">
+        <v>140773</v>
+      </c>
+      <c r="E41" s="29">
+        <v>68988</v>
+      </c>
+      <c r="F41" s="29">
+        <v>71785</v>
+      </c>
+      <c r="G41" s="29">
+        <v>0</v>
+      </c>
+      <c r="H41" s="29">
+        <v>-39</v>
+      </c>
+      <c r="I41" s="31">
+        <v>-2.7696503138937002E-2</v>
+      </c>
+      <c r="J41" s="29">
+        <v>-1194</v>
+      </c>
+      <c r="K41" s="31">
+        <v>-0.84104052350194103</v>
+      </c>
+      <c r="L41" s="29">
+        <v>-93</v>
+      </c>
+      <c r="M41" s="29">
+        <v>40</v>
+      </c>
+      <c r="N41" s="29">
+        <v>133</v>
+      </c>
+      <c r="O41" s="29">
+        <v>54</v>
+      </c>
+      <c r="P41" s="29">
+        <v>385</v>
+      </c>
+      <c r="Q41" s="29">
+        <v>331</v>
+      </c>
+      <c r="R41" s="29">
+        <v>15</v>
+      </c>
+      <c r="S41" s="29">
         <v>231</v>
       </c>
-      <c r="X41" s="36">
-[...12 lines deleted...]
-        <v>3150.86</v>
+      <c r="T41" s="29">
+        <v>121</v>
+      </c>
+      <c r="U41" s="29">
+        <v>110</v>
+      </c>
+      <c r="V41" s="29">
+        <v>0</v>
+      </c>
+      <c r="W41" s="29">
+        <v>216</v>
+      </c>
+      <c r="X41" s="29">
+        <v>107</v>
+      </c>
+      <c r="Y41" s="29">
+        <v>109</v>
+      </c>
+      <c r="Z41" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA41" s="68">
+        <v>1.92238729823011</v>
+      </c>
+      <c r="AB41" s="69">
+        <v>3149.98</v>
       </c>
     </row>
     <row r="42" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A42" s="73" t="s">
-[...81 lines deleted...]
-        <v>7883.53</v>
+      <c r="A42" s="66" t="s">
+        <v>112</v>
+      </c>
+      <c r="B42" s="67" t="s">
+        <v>113</v>
+      </c>
+      <c r="C42" s="29">
+        <v>67101</v>
+      </c>
+      <c r="D42" s="29">
+        <v>144602</v>
+      </c>
+      <c r="E42" s="29">
+        <v>72377</v>
+      </c>
+      <c r="F42" s="29">
+        <v>72225</v>
+      </c>
+      <c r="G42" s="29">
+        <v>0</v>
+      </c>
+      <c r="H42" s="29">
+        <v>18</v>
+      </c>
+      <c r="I42" s="31">
+        <v>1.2449510319260801E-2</v>
+      </c>
+      <c r="J42" s="29">
+        <v>523</v>
+      </c>
+      <c r="K42" s="31">
+        <v>0.36299530118893097</v>
+      </c>
+      <c r="L42" s="29">
+        <v>3</v>
+      </c>
+      <c r="M42" s="29">
+        <v>92</v>
+      </c>
+      <c r="N42" s="29">
+        <v>89</v>
+      </c>
+      <c r="O42" s="29">
+        <v>15</v>
+      </c>
+      <c r="P42" s="29">
+        <v>545</v>
+      </c>
+      <c r="Q42" s="29">
+        <v>530</v>
+      </c>
+      <c r="R42" s="29">
+        <v>46</v>
+      </c>
+      <c r="S42" s="29">
+        <v>338</v>
+      </c>
+      <c r="T42" s="29">
+        <v>196</v>
+      </c>
+      <c r="U42" s="29">
+        <v>142</v>
+      </c>
+      <c r="V42" s="29">
+        <v>0</v>
+      </c>
+      <c r="W42" s="29">
+        <v>292</v>
+      </c>
+      <c r="X42" s="29">
+        <v>157</v>
+      </c>
+      <c r="Y42" s="29">
+        <v>135</v>
+      </c>
+      <c r="Z42" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA42" s="68">
+        <v>1.97467588314997</v>
+      </c>
+      <c r="AB42" s="69">
+        <v>7884.51</v>
       </c>
     </row>
     <row r="43" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A43" s="73" t="s">
-[...5 lines deleted...]
-      <c r="C43" s="36">
+      <c r="A43" s="66" t="s">
+        <v>156</v>
+      </c>
+      <c r="B43" s="67" t="s">
+        <v>157</v>
+      </c>
+      <c r="C43" s="29">
         <v>34515</v>
       </c>
-      <c r="D43" s="36">
-[...29 lines deleted...]
-      <c r="N43" s="36">
+      <c r="D43" s="29">
+        <v>75095</v>
+      </c>
+      <c r="E43" s="29">
+        <v>36741</v>
+      </c>
+      <c r="F43" s="29">
+        <v>38354</v>
+      </c>
+      <c r="G43" s="29">
+        <v>0</v>
+      </c>
+      <c r="H43" s="29">
+        <v>-14</v>
+      </c>
+      <c r="I43" s="31">
+        <v>-1.8639577147878401E-2</v>
+      </c>
+      <c r="J43" s="29">
+        <v>-58</v>
+      </c>
+      <c r="K43" s="31">
+        <v>-7.7175894508535903E-2</v>
+      </c>
+      <c r="L43" s="29">
+        <v>-28</v>
+      </c>
+      <c r="M43" s="29">
+        <v>35</v>
+      </c>
+      <c r="N43" s="29">
         <v>63</v>
       </c>
-      <c r="O43" s="36">
-[...39 lines deleted...]
-        <v>8299.33</v>
+      <c r="O43" s="29">
+        <v>14</v>
+      </c>
+      <c r="P43" s="29">
+        <v>290</v>
+      </c>
+      <c r="Q43" s="29">
+        <v>276</v>
+      </c>
+      <c r="R43" s="29">
+        <v>-23</v>
+      </c>
+      <c r="S43" s="29">
+        <v>139</v>
+      </c>
+      <c r="T43" s="29">
+        <v>76</v>
+      </c>
+      <c r="U43" s="29">
+        <v>63</v>
+      </c>
+      <c r="V43" s="29">
+        <v>0</v>
+      </c>
+      <c r="W43" s="29">
+        <v>162</v>
+      </c>
+      <c r="X43" s="29">
+        <v>86</v>
+      </c>
+      <c r="Y43" s="29">
+        <v>76</v>
+      </c>
+      <c r="Z43" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA43" s="68">
+        <v>1.02549263111953</v>
+      </c>
+      <c r="AB43" s="69">
+        <v>8297.7900000000009</v>
       </c>
     </row>
     <row r="44" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A44" s="73" t="s">
-[...5 lines deleted...]
-      <c r="C44" s="36">
+      <c r="A44" s="66" t="s">
+        <v>257</v>
+      </c>
+      <c r="B44" s="67" t="s">
+        <v>258</v>
+      </c>
+      <c r="C44" s="29">
         <v>42249</v>
       </c>
-      <c r="D44" s="36">
-[...29 lines deleted...]
-      <c r="N44" s="36">
+      <c r="D44" s="29">
+        <v>84769</v>
+      </c>
+      <c r="E44" s="29">
+        <v>43408</v>
+      </c>
+      <c r="F44" s="29">
+        <v>41361</v>
+      </c>
+      <c r="G44" s="29">
+        <v>0</v>
+      </c>
+      <c r="H44" s="29">
+        <v>6</v>
+      </c>
+      <c r="I44" s="31">
+        <v>7.0785602208510798E-3</v>
+      </c>
+      <c r="J44" s="29">
+        <v>-3</v>
+      </c>
+      <c r="K44" s="31">
+        <v>-3.5389043552116299E-3</v>
+      </c>
+      <c r="L44" s="29">
+        <v>5</v>
+      </c>
+      <c r="M44" s="29">
+        <v>57</v>
+      </c>
+      <c r="N44" s="29">
         <v>52</v>
       </c>
-      <c r="O44" s="36">
-[...39 lines deleted...]
-        <v>7677.8</v>
+      <c r="O44" s="29">
+        <v>1</v>
+      </c>
+      <c r="P44" s="29">
+        <v>418</v>
+      </c>
+      <c r="Q44" s="29">
+        <v>417</v>
+      </c>
+      <c r="R44" s="29">
+        <v>45</v>
+      </c>
+      <c r="S44" s="29">
+        <v>330</v>
+      </c>
+      <c r="T44" s="29">
+        <v>186</v>
+      </c>
+      <c r="U44" s="29">
+        <v>144</v>
+      </c>
+      <c r="V44" s="29">
+        <v>0</v>
+      </c>
+      <c r="W44" s="29">
+        <v>285</v>
+      </c>
+      <c r="X44" s="29">
+        <v>156</v>
+      </c>
+      <c r="Y44" s="29">
+        <v>129</v>
+      </c>
+      <c r="Z44" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA44" s="68">
+        <v>1.15760017108159</v>
+      </c>
+      <c r="AB44" s="69">
+        <v>7678.35</v>
       </c>
     </row>
     <row r="45" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A45" s="73" t="s">
+      <c r="A45" s="66" t="s">
         <v>259</v>
       </c>
-      <c r="B45" s="74" t="s">
+      <c r="B45" s="67" t="s">
         <v>260</v>
       </c>
-      <c r="C45" s="36">
-[...75 lines deleted...]
-        <v>7293.98</v>
+      <c r="C45" s="29">
+        <v>78687</v>
+      </c>
+      <c r="D45" s="29">
+        <v>166160</v>
+      </c>
+      <c r="E45" s="29">
+        <v>81731</v>
+      </c>
+      <c r="F45" s="29">
+        <v>84429</v>
+      </c>
+      <c r="G45" s="29">
+        <v>0</v>
+      </c>
+      <c r="H45" s="29">
+        <v>3</v>
+      </c>
+      <c r="I45" s="31">
+        <v>1.8055212840867401E-3</v>
+      </c>
+      <c r="J45" s="29">
+        <v>-23</v>
+      </c>
+      <c r="K45" s="31">
+        <v>-1.38401641563818E-2</v>
+      </c>
+      <c r="L45" s="29">
+        <v>-63</v>
+      </c>
+      <c r="M45" s="29">
+        <v>78</v>
+      </c>
+      <c r="N45" s="29">
+        <v>141</v>
+      </c>
+      <c r="O45" s="29">
+        <v>66</v>
+      </c>
+      <c r="P45" s="29">
+        <v>551</v>
+      </c>
+      <c r="Q45" s="29">
+        <v>485</v>
+      </c>
+      <c r="R45" s="29">
+        <v>32</v>
+      </c>
+      <c r="S45" s="29">
+        <v>354</v>
+      </c>
+      <c r="T45" s="29">
+        <v>184</v>
+      </c>
+      <c r="U45" s="29">
+        <v>170</v>
+      </c>
+      <c r="V45" s="29">
+        <v>0</v>
+      </c>
+      <c r="W45" s="29">
+        <v>322</v>
+      </c>
+      <c r="X45" s="29">
+        <v>172</v>
+      </c>
+      <c r="Y45" s="29">
+        <v>150</v>
+      </c>
+      <c r="Z45" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA45" s="68">
+        <v>2.2690705850831798</v>
+      </c>
+      <c r="AB45" s="69">
+        <v>7294.11</v>
       </c>
     </row>
     <row r="46" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A46" s="73" t="s">
+      <c r="A46" s="66" t="s">
         <v>261</v>
       </c>
-      <c r="B46" s="74" t="s">
+      <c r="B46" s="67" t="s">
         <v>262</v>
       </c>
-      <c r="C46" s="36">
-[...75 lines deleted...]
-        <v>2905.48</v>
+      <c r="C46" s="29">
+        <v>32524</v>
+      </c>
+      <c r="D46" s="29">
+        <v>73636</v>
+      </c>
+      <c r="E46" s="29">
+        <v>36137</v>
+      </c>
+      <c r="F46" s="29">
+        <v>37499</v>
+      </c>
+      <c r="G46" s="29">
+        <v>0</v>
+      </c>
+      <c r="H46" s="29">
+        <v>-18</v>
+      </c>
+      <c r="I46" s="31">
+        <v>-2.4438591250984298E-2</v>
+      </c>
+      <c r="J46" s="29">
+        <v>-52</v>
+      </c>
+      <c r="K46" s="31">
+        <v>-7.0567799370318096E-2</v>
+      </c>
+      <c r="L46" s="29">
+        <v>-67</v>
+      </c>
+      <c r="M46" s="29">
+        <v>29</v>
+      </c>
+      <c r="N46" s="29">
+        <v>96</v>
+      </c>
+      <c r="O46" s="29">
+        <v>49</v>
+      </c>
+      <c r="P46" s="29">
+        <v>235</v>
+      </c>
+      <c r="Q46" s="29">
+        <v>186</v>
+      </c>
+      <c r="R46" s="29">
+        <v>17</v>
+      </c>
+      <c r="S46" s="29">
+        <v>88</v>
+      </c>
+      <c r="T46" s="29">
+        <v>49</v>
+      </c>
+      <c r="U46" s="29">
+        <v>39</v>
+      </c>
+      <c r="V46" s="29">
+        <v>0</v>
+      </c>
+      <c r="W46" s="29">
+        <v>71</v>
+      </c>
+      <c r="X46" s="29">
+        <v>41</v>
+      </c>
+      <c r="Y46" s="29">
+        <v>30</v>
+      </c>
+      <c r="Z46" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA46" s="68">
+        <v>1.0055686182185</v>
+      </c>
+      <c r="AB46" s="69">
+        <v>2904.77</v>
       </c>
     </row>
     <row r="47" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A47" s="73" t="s">
+      <c r="A47" s="66" t="s">
         <v>263</v>
       </c>
-      <c r="B47" s="74" t="s">
+      <c r="B47" s="67" t="s">
         <v>264</v>
       </c>
-      <c r="C47" s="36">
-[...14 lines deleted...]
-      <c r="H47" s="36">
+      <c r="C47" s="29">
+        <v>66346</v>
+      </c>
+      <c r="D47" s="29">
+        <v>148790</v>
+      </c>
+      <c r="E47" s="29">
+        <v>73539</v>
+      </c>
+      <c r="F47" s="29">
+        <v>75251</v>
+      </c>
+      <c r="G47" s="29">
+        <v>0</v>
+      </c>
+      <c r="H47" s="29">
+        <v>17</v>
+      </c>
+      <c r="I47" s="31">
+        <v>1.14268045949198E-2</v>
+      </c>
+      <c r="J47" s="29">
+        <v>-200</v>
+      </c>
+      <c r="K47" s="31">
+        <v>-0.13423719712732399</v>
+      </c>
+      <c r="L47" s="29">
+        <v>-76</v>
+      </c>
+      <c r="M47" s="29">
         <v>59</v>
       </c>
-      <c r="I47" s="38">
-[...57 lines deleted...]
-        <v>1805.27</v>
+      <c r="N47" s="29">
+        <v>135</v>
+      </c>
+      <c r="O47" s="29">
+        <v>93</v>
+      </c>
+      <c r="P47" s="29">
+        <v>450</v>
+      </c>
+      <c r="Q47" s="29">
+        <v>357</v>
+      </c>
+      <c r="R47" s="29">
+        <v>72</v>
+      </c>
+      <c r="S47" s="29">
+        <v>257</v>
+      </c>
+      <c r="T47" s="29">
+        <v>137</v>
+      </c>
+      <c r="U47" s="29">
+        <v>120</v>
+      </c>
+      <c r="V47" s="29">
+        <v>0</v>
+      </c>
+      <c r="W47" s="29">
+        <v>185</v>
+      </c>
+      <c r="X47" s="29">
+        <v>113</v>
+      </c>
+      <c r="Y47" s="29">
+        <v>72</v>
+      </c>
+      <c r="Z47" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA47" s="68">
+        <v>2.03186694965411</v>
+      </c>
+      <c r="AB47" s="69">
+        <v>1805.48</v>
       </c>
     </row>
     <row r="48" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A48" s="73" t="s">
+      <c r="A48" s="66" t="s">
         <v>265</v>
       </c>
-      <c r="B48" s="74" t="s">
+      <c r="B48" s="67" t="s">
         <v>266</v>
       </c>
-      <c r="C48" s="36">
-[...62 lines deleted...]
-      <c r="X48" s="36">
+      <c r="C48" s="29">
+        <v>29136</v>
+      </c>
+      <c r="D48" s="29">
+        <v>64170</v>
+      </c>
+      <c r="E48" s="29">
+        <v>31376</v>
+      </c>
+      <c r="F48" s="29">
+        <v>32794</v>
+      </c>
+      <c r="G48" s="29">
+        <v>0</v>
+      </c>
+      <c r="H48" s="29">
+        <v>-60</v>
+      </c>
+      <c r="I48" s="31">
+        <v>-9.3414292386735195E-2</v>
+      </c>
+      <c r="J48" s="29">
+        <v>-275</v>
+      </c>
+      <c r="K48" s="31">
+        <v>-0.42672045930638502</v>
+      </c>
+      <c r="L48" s="29">
+        <v>-60</v>
+      </c>
+      <c r="M48" s="29">
+        <v>19</v>
+      </c>
+      <c r="N48" s="29">
+        <v>79</v>
+      </c>
+      <c r="O48" s="29">
+        <v>0</v>
+      </c>
+      <c r="P48" s="29">
+        <v>167</v>
+      </c>
+      <c r="Q48" s="29">
+        <v>167</v>
+      </c>
+      <c r="R48" s="29">
+        <v>9</v>
+      </c>
+      <c r="S48" s="29">
+        <v>84</v>
+      </c>
+      <c r="T48" s="29">
+        <v>41</v>
+      </c>
+      <c r="U48" s="29">
+        <v>43</v>
+      </c>
+      <c r="V48" s="29">
+        <v>0</v>
+      </c>
+      <c r="W48" s="29">
+        <v>75</v>
+      </c>
+      <c r="X48" s="29">
         <v>32</v>
       </c>
-      <c r="Y48" s="36">
-[...9 lines deleted...]
-        <v>3240.66</v>
+      <c r="Y48" s="29">
+        <v>43</v>
+      </c>
+      <c r="Z48" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA48" s="68">
+        <v>0.87630151326906502</v>
+      </c>
+      <c r="AB48" s="69">
+        <v>3237.63</v>
       </c>
     </row>
     <row r="49" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A49" s="73" t="s">
-[...81 lines deleted...]
-        <v>5259.37</v>
+      <c r="A49" s="66" t="s">
+        <v>103</v>
+      </c>
+      <c r="B49" s="67" t="s">
+        <v>104</v>
+      </c>
+      <c r="C49" s="29">
+        <v>45718</v>
+      </c>
+      <c r="D49" s="29">
+        <v>94780</v>
+      </c>
+      <c r="E49" s="29">
+        <v>48649</v>
+      </c>
+      <c r="F49" s="29">
+        <v>46131</v>
+      </c>
+      <c r="G49" s="29">
+        <v>0</v>
+      </c>
+      <c r="H49" s="29">
+        <v>6</v>
+      </c>
+      <c r="I49" s="31">
+        <v>6.3308502331863199E-3</v>
+      </c>
+      <c r="J49" s="29">
+        <v>269</v>
+      </c>
+      <c r="K49" s="31">
+        <v>0.28462295394186898</v>
+      </c>
+      <c r="L49" s="29">
+        <v>4</v>
+      </c>
+      <c r="M49" s="29">
+        <v>72</v>
+      </c>
+      <c r="N49" s="29">
+        <v>68</v>
+      </c>
+      <c r="O49" s="29">
+        <v>2</v>
+      </c>
+      <c r="P49" s="29">
+        <v>360</v>
+      </c>
+      <c r="Q49" s="29">
+        <v>358</v>
+      </c>
+      <c r="R49" s="29">
+        <v>18</v>
+      </c>
+      <c r="S49" s="29">
+        <v>269</v>
+      </c>
+      <c r="T49" s="29">
+        <v>157</v>
+      </c>
+      <c r="U49" s="29">
+        <v>112</v>
+      </c>
+      <c r="V49" s="29">
+        <v>0</v>
+      </c>
+      <c r="W49" s="29">
+        <v>251</v>
+      </c>
+      <c r="X49" s="29">
+        <v>139</v>
+      </c>
+      <c r="Y49" s="29">
+        <v>112</v>
+      </c>
+      <c r="Z49" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA49" s="68">
+        <v>1.29430976200159</v>
+      </c>
+      <c r="AB49" s="69">
+        <v>5259.71</v>
       </c>
     </row>
     <row r="50" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A50" s="73" t="s">
-[...20 lines deleted...]
-      <c r="H50" s="36">
+      <c r="A50" s="66" t="s">
+        <v>267</v>
+      </c>
+      <c r="B50" s="67" t="s">
+        <v>268</v>
+      </c>
+      <c r="C50" s="29">
+        <v>54840</v>
+      </c>
+      <c r="D50" s="29">
+        <v>113490</v>
+      </c>
+      <c r="E50" s="29">
+        <v>55343</v>
+      </c>
+      <c r="F50" s="29">
+        <v>58147</v>
+      </c>
+      <c r="G50" s="29">
+        <v>0</v>
+      </c>
+      <c r="H50" s="29">
+        <v>-12</v>
+      </c>
+      <c r="I50" s="31">
+        <v>-1.05725009250938E-2</v>
+      </c>
+      <c r="J50" s="29">
+        <v>252</v>
+      </c>
+      <c r="K50" s="31">
+        <v>0.222540136703227</v>
+      </c>
+      <c r="L50" s="29">
+        <v>-27</v>
+      </c>
+      <c r="M50" s="29">
+        <v>57</v>
+      </c>
+      <c r="N50" s="29">
+        <v>84</v>
+      </c>
+      <c r="O50" s="29">
+        <v>15</v>
+      </c>
+      <c r="P50" s="29">
+        <v>444</v>
+      </c>
+      <c r="Q50" s="29">
+        <v>429</v>
+      </c>
+      <c r="R50" s="29">
+        <v>67</v>
+      </c>
+      <c r="S50" s="29">
+        <v>266</v>
+      </c>
+      <c r="T50" s="29">
+        <v>132</v>
+      </c>
+      <c r="U50" s="29">
+        <v>134</v>
+      </c>
+      <c r="V50" s="29">
+        <v>0</v>
+      </c>
+      <c r="W50" s="29">
+        <v>199</v>
+      </c>
+      <c r="X50" s="29">
         <v>97</v>
       </c>
-      <c r="I50" s="38">
-[...57 lines deleted...]
-        <v>5741.12</v>
+      <c r="Y50" s="29">
+        <v>102</v>
+      </c>
+      <c r="Z50" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA50" s="68">
+        <v>1.5498123537619799</v>
+      </c>
+      <c r="AB50" s="69">
+        <v>5740.51</v>
       </c>
     </row>
     <row r="51" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A51" s="73" t="s">
-[...71 lines deleted...]
-      <c r="Y51" s="36">
+      <c r="A51" s="66" t="s">
+        <v>92</v>
+      </c>
+      <c r="B51" s="67" t="s">
+        <v>93</v>
+      </c>
+      <c r="C51" s="29">
+        <v>64567</v>
+      </c>
+      <c r="D51" s="29">
+        <v>141286</v>
+      </c>
+      <c r="E51" s="29">
+        <v>70719</v>
+      </c>
+      <c r="F51" s="29">
+        <v>70567</v>
+      </c>
+      <c r="G51" s="29">
+        <v>0</v>
+      </c>
+      <c r="H51" s="29">
+        <v>36</v>
+      </c>
+      <c r="I51" s="31">
+        <v>2.5486725663716799E-2</v>
+      </c>
+      <c r="J51" s="29">
+        <v>-271</v>
+      </c>
+      <c r="K51" s="31">
+        <v>-0.19144231652267299</v>
+      </c>
+      <c r="L51" s="29">
+        <v>-54</v>
+      </c>
+      <c r="M51" s="29">
+        <v>74</v>
+      </c>
+      <c r="N51" s="29">
+        <v>128</v>
+      </c>
+      <c r="O51" s="29">
+        <v>90</v>
+      </c>
+      <c r="P51" s="29">
+        <v>510</v>
+      </c>
+      <c r="Q51" s="29">
+        <v>420</v>
+      </c>
+      <c r="R51" s="29">
+        <v>118</v>
+      </c>
+      <c r="S51" s="29">
+        <v>405</v>
+      </c>
+      <c r="T51" s="29">
+        <v>233</v>
+      </c>
+      <c r="U51" s="29">
+        <v>172</v>
+      </c>
+      <c r="V51" s="29">
+        <v>0</v>
+      </c>
+      <c r="W51" s="29">
+        <v>287</v>
+      </c>
+      <c r="X51" s="29">
         <v>161</v>
       </c>
-      <c r="Z51" s="36">
-[...6 lines deleted...]
-        <v>4688.01</v>
+      <c r="Y51" s="29">
+        <v>126</v>
+      </c>
+      <c r="Z51" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA51" s="68">
+        <v>1.9293927941987401</v>
+      </c>
+      <c r="AB51" s="69">
+        <v>4689.21</v>
       </c>
     </row>
     <row r="52" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A52" s="73" t="s">
-[...81 lines deleted...]
-        <v>2230.4899999999998</v>
+      <c r="A52" s="66" t="s">
+        <v>269</v>
+      </c>
+      <c r="B52" s="67" t="s">
+        <v>270</v>
+      </c>
+      <c r="C52" s="29">
+        <v>26950</v>
+      </c>
+      <c r="D52" s="29">
+        <v>60853</v>
+      </c>
+      <c r="E52" s="29">
+        <v>29994</v>
+      </c>
+      <c r="F52" s="29">
+        <v>30859</v>
+      </c>
+      <c r="G52" s="29">
+        <v>0</v>
+      </c>
+      <c r="H52" s="29">
+        <v>5</v>
+      </c>
+      <c r="I52" s="31">
+        <v>8.2171969497764896E-3</v>
+      </c>
+      <c r="J52" s="29">
+        <v>-190</v>
+      </c>
+      <c r="K52" s="31">
+        <v>-0.31125599986894498</v>
+      </c>
+      <c r="L52" s="29">
+        <v>-40</v>
+      </c>
+      <c r="M52" s="29">
+        <v>30</v>
+      </c>
+      <c r="N52" s="29">
+        <v>70</v>
+      </c>
+      <c r="O52" s="29">
+        <v>45</v>
+      </c>
+      <c r="P52" s="29">
+        <v>212</v>
+      </c>
+      <c r="Q52" s="29">
+        <v>167</v>
+      </c>
+      <c r="R52" s="29">
+        <v>29</v>
+      </c>
+      <c r="S52" s="29">
+        <v>99</v>
+      </c>
+      <c r="T52" s="29">
+        <v>55</v>
+      </c>
+      <c r="U52" s="29">
+        <v>44</v>
+      </c>
+      <c r="V52" s="29">
+        <v>0</v>
+      </c>
+      <c r="W52" s="29">
+        <v>70</v>
+      </c>
+      <c r="X52" s="29">
+        <v>36</v>
+      </c>
+      <c r="Y52" s="29">
+        <v>34</v>
+      </c>
+      <c r="Z52" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA52" s="68">
+        <v>0.83100476838027704</v>
+      </c>
+      <c r="AB52" s="69">
+        <v>2230.6799999999998</v>
       </c>
     </row>
     <row r="53" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A53" s="73" t="s">
-[...81 lines deleted...]
-        <v>2420.5500000000002</v>
+      <c r="A53" s="66" t="s">
+        <v>271</v>
+      </c>
+      <c r="B53" s="67" t="s">
+        <v>272</v>
+      </c>
+      <c r="C53" s="29">
+        <v>47470</v>
+      </c>
+      <c r="D53" s="29">
+        <v>99279</v>
+      </c>
+      <c r="E53" s="29">
+        <v>49251</v>
+      </c>
+      <c r="F53" s="29">
+        <v>50028</v>
+      </c>
+      <c r="G53" s="29">
+        <v>0</v>
+      </c>
+      <c r="H53" s="29">
+        <v>-12</v>
+      </c>
+      <c r="I53" s="31">
+        <v>-1.20856875245491E-2</v>
+      </c>
+      <c r="J53" s="29">
+        <v>-257</v>
+      </c>
+      <c r="K53" s="31">
+        <v>-0.25819803890049797</v>
+      </c>
+      <c r="L53" s="29">
+        <v>-60</v>
+      </c>
+      <c r="M53" s="29">
+        <v>34</v>
+      </c>
+      <c r="N53" s="29">
+        <v>94</v>
+      </c>
+      <c r="O53" s="29">
+        <v>48</v>
+      </c>
+      <c r="P53" s="29">
+        <v>311</v>
+      </c>
+      <c r="Q53" s="29">
+        <v>263</v>
+      </c>
+      <c r="R53" s="29">
+        <v>38</v>
+      </c>
+      <c r="S53" s="29">
+        <v>137</v>
+      </c>
+      <c r="T53" s="29">
+        <v>79</v>
+      </c>
+      <c r="U53" s="29">
+        <v>58</v>
+      </c>
+      <c r="V53" s="29">
+        <v>0</v>
+      </c>
+      <c r="W53" s="29">
+        <v>99</v>
+      </c>
+      <c r="X53" s="29">
+        <v>60</v>
+      </c>
+      <c r="Y53" s="29">
+        <v>39</v>
+      </c>
+      <c r="Z53" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA53" s="68">
+        <v>1.3557478250871</v>
+      </c>
+      <c r="AB53" s="69">
+        <v>2420.25</v>
       </c>
     </row>
     <row r="54" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A54" s="73" t="s">
-[...35 lines deleted...]
-      <c r="M54" s="36">
+      <c r="A54" s="66" t="s">
+        <v>122</v>
+      </c>
+      <c r="B54" s="67" t="s">
+        <v>123</v>
+      </c>
+      <c r="C54" s="29">
+        <v>21768</v>
+      </c>
+      <c r="D54" s="29">
+        <v>48250</v>
+      </c>
+      <c r="E54" s="29">
+        <v>24073</v>
+      </c>
+      <c r="F54" s="29">
+        <v>24177</v>
+      </c>
+      <c r="G54" s="29">
+        <v>0</v>
+      </c>
+      <c r="H54" s="29">
+        <v>25</v>
+      </c>
+      <c r="I54" s="31">
+        <v>5.1840331778123402E-2</v>
+      </c>
+      <c r="J54" s="29">
+        <v>-256</v>
+      </c>
+      <c r="K54" s="31">
+        <v>-0.52776976044200696</v>
+      </c>
+      <c r="L54" s="29">
+        <v>-44</v>
+      </c>
+      <c r="M54" s="29">
         <v>18</v>
       </c>
-      <c r="N54" s="36">
-[...42 lines deleted...]
-        <v>1421.3</v>
+      <c r="N54" s="29">
+        <v>62</v>
+      </c>
+      <c r="O54" s="29">
+        <v>69</v>
+      </c>
+      <c r="P54" s="29">
+        <v>167</v>
+      </c>
+      <c r="Q54" s="29">
+        <v>98</v>
+      </c>
+      <c r="R54" s="29">
+        <v>47</v>
+      </c>
+      <c r="S54" s="29">
+        <v>99</v>
+      </c>
+      <c r="T54" s="29">
+        <v>55</v>
+      </c>
+      <c r="U54" s="29">
+        <v>44</v>
+      </c>
+      <c r="V54" s="29">
+        <v>0</v>
+      </c>
+      <c r="W54" s="29">
+        <v>52</v>
+      </c>
+      <c r="X54" s="29">
+        <v>31</v>
+      </c>
+      <c r="Y54" s="29">
+        <v>21</v>
+      </c>
+      <c r="Z54" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA54" s="68">
+        <v>0.65889898730298202</v>
+      </c>
+      <c r="AB54" s="69">
+        <v>1422.04</v>
       </c>
     </row>
     <row r="55" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A55" s="73" t="s">
+      <c r="A55" s="66" t="s">
         <v>273</v>
       </c>
-      <c r="B55" s="74" t="s">
+      <c r="B55" s="67" t="s">
         <v>274</v>
       </c>
-      <c r="C55" s="36">
-[...75 lines deleted...]
-        <v>3958.07</v>
+      <c r="C55" s="29">
+        <v>33041</v>
+      </c>
+      <c r="D55" s="29">
+        <v>69849</v>
+      </c>
+      <c r="E55" s="29">
+        <v>34336</v>
+      </c>
+      <c r="F55" s="29">
+        <v>35513</v>
+      </c>
+      <c r="G55" s="29">
+        <v>0</v>
+      </c>
+      <c r="H55" s="29">
+        <v>-11</v>
+      </c>
+      <c r="I55" s="31">
+        <v>-1.57457772688234E-2</v>
+      </c>
+      <c r="J55" s="29">
+        <v>-255</v>
+      </c>
+      <c r="K55" s="31">
+        <v>-0.36374529270797701</v>
+      </c>
+      <c r="L55" s="29">
+        <v>-41</v>
+      </c>
+      <c r="M55" s="29">
+        <v>25</v>
+      </c>
+      <c r="N55" s="29">
+        <v>66</v>
+      </c>
+      <c r="O55" s="29">
+        <v>30</v>
+      </c>
+      <c r="P55" s="29">
+        <v>266</v>
+      </c>
+      <c r="Q55" s="29">
+        <v>236</v>
+      </c>
+      <c r="R55" s="29">
+        <v>31</v>
+      </c>
+      <c r="S55" s="29">
+        <v>127</v>
+      </c>
+      <c r="T55" s="29">
+        <v>67</v>
+      </c>
+      <c r="U55" s="29">
+        <v>60</v>
+      </c>
+      <c r="V55" s="29">
+        <v>0</v>
+      </c>
+      <c r="W55" s="29">
+        <v>96</v>
+      </c>
+      <c r="X55" s="29">
+        <v>49</v>
+      </c>
+      <c r="Y55" s="29">
+        <v>47</v>
+      </c>
+      <c r="Z55" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA55" s="68">
+        <v>0.95385358267618703</v>
+      </c>
+      <c r="AB55" s="69">
+        <v>3957.45</v>
       </c>
     </row>
     <row r="56" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A56" s="73" t="s">
+      <c r="A56" s="66" t="s">
         <v>275</v>
       </c>
-      <c r="B56" s="74" t="s">
+      <c r="B56" s="67" t="s">
         <v>276</v>
       </c>
-      <c r="C56" s="36">
-[...50 lines deleted...]
-      <c r="T56" s="36">
+      <c r="C56" s="29">
+        <v>23549</v>
+      </c>
+      <c r="D56" s="29">
+        <v>52955</v>
+      </c>
+      <c r="E56" s="29">
+        <v>26152</v>
+      </c>
+      <c r="F56" s="29">
+        <v>26803</v>
+      </c>
+      <c r="G56" s="29">
+        <v>0</v>
+      </c>
+      <c r="H56" s="29">
+        <v>-43</v>
+      </c>
+      <c r="I56" s="31">
+        <v>-8.1135137174987701E-2</v>
+      </c>
+      <c r="J56" s="29">
+        <v>-446</v>
+      </c>
+      <c r="K56" s="31">
+        <v>-0.83519035224059501</v>
+      </c>
+      <c r="L56" s="29">
+        <v>-50</v>
+      </c>
+      <c r="M56" s="29">
+        <v>12</v>
+      </c>
+      <c r="N56" s="29">
+        <v>62</v>
+      </c>
+      <c r="O56" s="29">
+        <v>7</v>
+      </c>
+      <c r="P56" s="29">
+        <v>144</v>
+      </c>
+      <c r="Q56" s="29">
+        <v>137</v>
+      </c>
+      <c r="R56" s="29">
+        <v>17</v>
+      </c>
+      <c r="S56" s="29">
+        <v>73</v>
+      </c>
+      <c r="T56" s="29">
         <v>41</v>
       </c>
-      <c r="U56" s="36">
-[...21 lines deleted...]
-        <v>1116.21</v>
+      <c r="U56" s="29">
+        <v>32</v>
+      </c>
+      <c r="V56" s="29">
+        <v>0</v>
+      </c>
+      <c r="W56" s="29">
+        <v>56</v>
+      </c>
+      <c r="X56" s="29">
+        <v>38</v>
+      </c>
+      <c r="Y56" s="29">
+        <v>18</v>
+      </c>
+      <c r="Z56" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA56" s="68">
+        <v>0.72315017352599897</v>
+      </c>
+      <c r="AB56" s="69">
+        <v>1115.31</v>
       </c>
     </row>
     <row r="57" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A57" s="73" t="s">
+      <c r="A57" s="66" t="s">
         <v>277</v>
       </c>
-      <c r="B57" s="74" t="s">
+      <c r="B57" s="67" t="s">
         <v>278</v>
       </c>
-      <c r="C57" s="36">
-[...29 lines deleted...]
-      <c r="M57" s="36">
+      <c r="C57" s="29">
+        <v>29613</v>
+      </c>
+      <c r="D57" s="29">
+        <v>70924</v>
+      </c>
+      <c r="E57" s="29">
+        <v>35126</v>
+      </c>
+      <c r="F57" s="29">
+        <v>35798</v>
+      </c>
+      <c r="G57" s="29">
+        <v>0</v>
+      </c>
+      <c r="H57" s="29">
+        <v>-29</v>
+      </c>
+      <c r="I57" s="31">
+        <v>-4.0872126619029503E-2</v>
+      </c>
+      <c r="J57" s="29">
+        <v>-226</v>
+      </c>
+      <c r="K57" s="31">
+        <v>-0.31763879128601502</v>
+      </c>
+      <c r="L57" s="29">
+        <v>-16</v>
+      </c>
+      <c r="M57" s="29">
         <v>34</v>
       </c>
-      <c r="N57" s="36">
-[...42 lines deleted...]
-        <v>2241.09</v>
+      <c r="N57" s="29">
+        <v>50</v>
+      </c>
+      <c r="O57" s="29">
+        <v>-13</v>
+      </c>
+      <c r="P57" s="29">
+        <v>197</v>
+      </c>
+      <c r="Q57" s="29">
+        <v>210</v>
+      </c>
+      <c r="R57" s="29">
+        <v>-15</v>
+      </c>
+      <c r="S57" s="29">
+        <v>107</v>
+      </c>
+      <c r="T57" s="29">
+        <v>61</v>
+      </c>
+      <c r="U57" s="29">
+        <v>46</v>
+      </c>
+      <c r="V57" s="29">
+        <v>0</v>
+      </c>
+      <c r="W57" s="29">
+        <v>122</v>
+      </c>
+      <c r="X57" s="29">
+        <v>65</v>
+      </c>
+      <c r="Y57" s="29">
+        <v>57</v>
+      </c>
+      <c r="Z57" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA57" s="68">
+        <v>0.96853371555392198</v>
+      </c>
+      <c r="AB57" s="69">
+        <v>2240.17</v>
       </c>
     </row>
     <row r="58" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A58" s="73" t="s">
-[...50 lines deleted...]
-      <c r="R58" s="36">
+      <c r="A58" s="66" t="s">
         <v>124</v>
       </c>
-      <c r="S58" s="36">
-[...27 lines deleted...]
-        <v>7762.29</v>
+      <c r="B58" s="67" t="s">
+        <v>125</v>
+      </c>
+      <c r="C58" s="29">
+        <v>52467</v>
+      </c>
+      <c r="D58" s="29">
+        <v>113612</v>
+      </c>
+      <c r="E58" s="29">
+        <v>55765</v>
+      </c>
+      <c r="F58" s="29">
+        <v>57847</v>
+      </c>
+      <c r="G58" s="29">
+        <v>0</v>
+      </c>
+      <c r="H58" s="29">
+        <v>-28</v>
+      </c>
+      <c r="I58" s="31">
+        <v>-2.4639211545230601E-2</v>
+      </c>
+      <c r="J58" s="29">
+        <v>-22</v>
+      </c>
+      <c r="K58" s="31">
+        <v>-1.9360402696376101E-2</v>
+      </c>
+      <c r="L58" s="29">
+        <v>-70</v>
+      </c>
+      <c r="M58" s="29">
+        <v>42</v>
+      </c>
+      <c r="N58" s="29">
+        <v>112</v>
+      </c>
+      <c r="O58" s="29">
+        <v>42</v>
+      </c>
+      <c r="P58" s="29">
+        <v>404</v>
+      </c>
+      <c r="Q58" s="29">
+        <v>362</v>
+      </c>
+      <c r="R58" s="29">
+        <v>1</v>
+      </c>
+      <c r="S58" s="29">
+        <v>200</v>
+      </c>
+      <c r="T58" s="29">
+        <v>99</v>
+      </c>
+      <c r="U58" s="29">
+        <v>101</v>
+      </c>
+      <c r="V58" s="29">
+        <v>0</v>
+      </c>
+      <c r="W58" s="29">
+        <v>199</v>
+      </c>
+      <c r="X58" s="29">
+        <v>100</v>
+      </c>
+      <c r="Y58" s="29">
+        <v>99</v>
+      </c>
+      <c r="Z58" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA58" s="68">
+        <v>1.5514783781443799</v>
+      </c>
+      <c r="AB58" s="69">
+        <v>7760.38</v>
       </c>
     </row>
     <row r="59" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A59" s="73" t="s">
+      <c r="A59" s="66" t="s">
         <v>279</v>
       </c>
-      <c r="B59" s="74" t="s">
+      <c r="B59" s="67" t="s">
         <v>280</v>
       </c>
-      <c r="C59" s="36">
-[...75 lines deleted...]
-        <v>2088.92</v>
+      <c r="C59" s="29">
+        <v>21950</v>
+      </c>
+      <c r="D59" s="29">
+        <v>52031</v>
+      </c>
+      <c r="E59" s="29">
+        <v>25636</v>
+      </c>
+      <c r="F59" s="29">
+        <v>26395</v>
+      </c>
+      <c r="G59" s="29">
+        <v>0</v>
+      </c>
+      <c r="H59" s="29">
+        <v>-25</v>
+      </c>
+      <c r="I59" s="31">
+        <v>-4.8025203626863397E-2</v>
+      </c>
+      <c r="J59" s="29">
+        <v>-182</v>
+      </c>
+      <c r="K59" s="31">
+        <v>-0.348572194664164</v>
+      </c>
+      <c r="L59" s="29">
+        <v>-38</v>
+      </c>
+      <c r="M59" s="29">
+        <v>23</v>
+      </c>
+      <c r="N59" s="29">
+        <v>61</v>
+      </c>
+      <c r="O59" s="29">
+        <v>13</v>
+      </c>
+      <c r="P59" s="29">
+        <v>154</v>
+      </c>
+      <c r="Q59" s="29">
+        <v>141</v>
+      </c>
+      <c r="R59" s="29">
+        <v>20</v>
+      </c>
+      <c r="S59" s="29">
+        <v>94</v>
+      </c>
+      <c r="T59" s="29">
+        <v>50</v>
+      </c>
+      <c r="U59" s="29">
+        <v>44</v>
+      </c>
+      <c r="V59" s="29">
+        <v>0</v>
+      </c>
+      <c r="W59" s="29">
+        <v>74</v>
+      </c>
+      <c r="X59" s="29">
+        <v>38</v>
+      </c>
+      <c r="Y59" s="29">
+        <v>36</v>
+      </c>
+      <c r="Z59" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA59" s="68">
+        <v>0.710532087219927</v>
+      </c>
+      <c r="AB59" s="69">
+        <v>2087.92</v>
       </c>
     </row>
     <row r="60" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A60" s="73" t="s">
+      <c r="A60" s="66" t="s">
         <v>281</v>
       </c>
-      <c r="B60" s="74" t="s">
+      <c r="B60" s="67" t="s">
         <v>282</v>
       </c>
-      <c r="C60" s="36">
-[...20 lines deleted...]
-      <c r="J60" s="36">
+      <c r="C60" s="29">
+        <v>19169</v>
+      </c>
+      <c r="D60" s="29">
+        <v>44806</v>
+      </c>
+      <c r="E60" s="29">
+        <v>22384</v>
+      </c>
+      <c r="F60" s="29">
+        <v>22422</v>
+      </c>
+      <c r="G60" s="29">
+        <v>0</v>
+      </c>
+      <c r="H60" s="29">
+        <v>-9</v>
+      </c>
+      <c r="I60" s="31">
+        <v>-2.0082559999999999E-2</v>
+      </c>
+      <c r="J60" s="29">
         <v>-203</v>
       </c>
-      <c r="K60" s="38">
-[...8 lines deleted...]
-      <c r="N60" s="36">
+      <c r="K60" s="31">
+        <v>-0.4510209</v>
+      </c>
+      <c r="L60" s="29">
+        <v>-26</v>
+      </c>
+      <c r="M60" s="29">
+        <v>17</v>
+      </c>
+      <c r="N60" s="29">
+        <v>43</v>
+      </c>
+      <c r="O60" s="29">
+        <v>17</v>
+      </c>
+      <c r="P60" s="29">
+        <v>146</v>
+      </c>
+      <c r="Q60" s="29">
+        <v>129</v>
+      </c>
+      <c r="R60" s="29">
+        <v>2</v>
+      </c>
+      <c r="S60" s="29">
+        <v>56</v>
+      </c>
+      <c r="T60" s="29">
         <v>37</v>
       </c>
-      <c r="O60" s="36">
-[...17 lines deleted...]
-      <c r="U60" s="36">
+      <c r="U60" s="29">
+        <v>19</v>
+      </c>
+      <c r="V60" s="29">
+        <v>0</v>
+      </c>
+      <c r="W60" s="29">
+        <v>54</v>
+      </c>
+      <c r="X60" s="29">
         <v>34</v>
       </c>
-      <c r="V60" s="36">
-[...8 lines deleted...]
-      <c r="Y60" s="36">
+      <c r="Y60" s="29">
         <v>20</v>
       </c>
-      <c r="Z60" s="36">
-[...6 lines deleted...]
-        <v>3030.08</v>
+      <c r="Z60" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA60" s="68">
+        <v>0.611867938343988</v>
+      </c>
+      <c r="AB60" s="69">
+        <v>3029.47</v>
       </c>
     </row>
     <row r="61" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A61" s="73" t="s">
+      <c r="A61" s="66" t="s">
         <v>283</v>
       </c>
-      <c r="B61" s="74" t="s">
+      <c r="B61" s="67" t="s">
         <v>284</v>
       </c>
-      <c r="C61" s="36">
-[...20 lines deleted...]
-      <c r="J61" s="36">
+      <c r="C61" s="29">
+        <v>19169</v>
+      </c>
+      <c r="D61" s="29">
+        <v>44806</v>
+      </c>
+      <c r="E61" s="29">
+        <v>22384</v>
+      </c>
+      <c r="F61" s="29">
+        <v>22422</v>
+      </c>
+      <c r="G61" s="29">
+        <v>0</v>
+      </c>
+      <c r="H61" s="29">
+        <v>-9</v>
+      </c>
+      <c r="I61" s="31">
+        <v>-2.00825616423073E-2</v>
+      </c>
+      <c r="J61" s="29">
         <v>-203</v>
       </c>
-      <c r="K61" s="38">
-[...8 lines deleted...]
-      <c r="N61" s="36">
+      <c r="K61" s="31">
+        <v>-0.45102090692972502</v>
+      </c>
+      <c r="L61" s="29">
+        <v>-26</v>
+      </c>
+      <c r="M61" s="29">
+        <v>17</v>
+      </c>
+      <c r="N61" s="29">
+        <v>43</v>
+      </c>
+      <c r="O61" s="29">
+        <v>17</v>
+      </c>
+      <c r="P61" s="29">
+        <v>146</v>
+      </c>
+      <c r="Q61" s="29">
+        <v>129</v>
+      </c>
+      <c r="R61" s="29">
+        <v>2</v>
+      </c>
+      <c r="S61" s="29">
+        <v>56</v>
+      </c>
+      <c r="T61" s="29">
         <v>37</v>
       </c>
-      <c r="O61" s="36">
-[...17 lines deleted...]
-      <c r="U61" s="36">
+      <c r="U61" s="29">
+        <v>19</v>
+      </c>
+      <c r="V61" s="29">
+        <v>0</v>
+      </c>
+      <c r="W61" s="29">
+        <v>54</v>
+      </c>
+      <c r="X61" s="29">
         <v>34</v>
       </c>
-      <c r="V61" s="36">
-[...8 lines deleted...]
-      <c r="Y61" s="36">
+      <c r="Y61" s="29">
         <v>20</v>
       </c>
-      <c r="Z61" s="36">
-[...6 lines deleted...]
-        <v>3030.08</v>
+      <c r="Z61" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA61" s="68">
+        <v>0.611867938343988</v>
+      </c>
+      <c r="AB61" s="69">
+        <v>3029.47</v>
       </c>
     </row>
     <row r="62" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A62" s="73" t="s">
+      <c r="A62" s="66" t="s">
         <v>285</v>
       </c>
-      <c r="B62" s="74" t="s">
+      <c r="B62" s="67" t="s">
         <v>286</v>
       </c>
-      <c r="C62" s="36">
-[...53 lines deleted...]
-      <c r="U62" s="36">
+      <c r="C62" s="29">
+        <v>36611</v>
+      </c>
+      <c r="D62" s="29">
+        <v>81601</v>
+      </c>
+      <c r="E62" s="29">
+        <v>40148</v>
+      </c>
+      <c r="F62" s="29">
+        <v>41453</v>
+      </c>
+      <c r="G62" s="29">
+        <v>0</v>
+      </c>
+      <c r="H62" s="29">
+        <v>-121</v>
+      </c>
+      <c r="I62" s="31">
+        <v>-0.1480629</v>
+      </c>
+      <c r="J62" s="29">
+        <v>-721</v>
+      </c>
+      <c r="K62" s="31">
+        <v>-0.87582899999999997</v>
+      </c>
+      <c r="L62" s="29">
+        <v>-64</v>
+      </c>
+      <c r="M62" s="29">
+        <v>22</v>
+      </c>
+      <c r="N62" s="29">
+        <v>86</v>
+      </c>
+      <c r="O62" s="29">
+        <v>-57</v>
+      </c>
+      <c r="P62" s="29">
+        <v>180</v>
+      </c>
+      <c r="Q62" s="29">
+        <v>237</v>
+      </c>
+      <c r="R62" s="29">
+        <v>-1</v>
+      </c>
+      <c r="S62" s="29">
+        <v>91</v>
+      </c>
+      <c r="T62" s="29">
+        <v>48</v>
+      </c>
+      <c r="U62" s="29">
         <v>43</v>
       </c>
-      <c r="V62" s="36">
-[...18 lines deleted...]
-        <v>910.14</v>
+      <c r="V62" s="29">
+        <v>0</v>
+      </c>
+      <c r="W62" s="29">
+        <v>92</v>
+      </c>
+      <c r="X62" s="29">
+        <v>58</v>
+      </c>
+      <c r="Y62" s="29">
+        <v>34</v>
+      </c>
+      <c r="Z62" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA62" s="68">
+        <v>1.1143381608893399</v>
+      </c>
+      <c r="AB62" s="69">
+        <v>908.79</v>
       </c>
     </row>
     <row r="63" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A63" s="73" t="s">
-[...81 lines deleted...]
-        <v>2455.12</v>
+      <c r="A63" s="66" t="s">
+        <v>158</v>
+      </c>
+      <c r="B63" s="67" t="s">
+        <v>159</v>
+      </c>
+      <c r="C63" s="29">
+        <v>15667</v>
+      </c>
+      <c r="D63" s="29">
+        <v>37566</v>
+      </c>
+      <c r="E63" s="29">
+        <v>18349</v>
+      </c>
+      <c r="F63" s="29">
+        <v>19217</v>
+      </c>
+      <c r="G63" s="29">
+        <v>0</v>
+      </c>
+      <c r="H63" s="29">
+        <v>-71</v>
+      </c>
+      <c r="I63" s="31">
+        <v>-0.18864415335972601</v>
+      </c>
+      <c r="J63" s="29">
+        <v>-106</v>
+      </c>
+      <c r="K63" s="31">
+        <v>-0.28137608834147398</v>
+      </c>
+      <c r="L63" s="29">
+        <v>-24</v>
+      </c>
+      <c r="M63" s="29">
+        <v>13</v>
+      </c>
+      <c r="N63" s="29">
+        <v>37</v>
+      </c>
+      <c r="O63" s="29">
+        <v>-47</v>
+      </c>
+      <c r="P63" s="29">
+        <v>66</v>
+      </c>
+      <c r="Q63" s="29">
+        <v>113</v>
+      </c>
+      <c r="R63" s="29">
+        <v>-7</v>
+      </c>
+      <c r="S63" s="29">
+        <v>42</v>
+      </c>
+      <c r="T63" s="29">
+        <v>23</v>
+      </c>
+      <c r="U63" s="29">
+        <v>19</v>
+      </c>
+      <c r="V63" s="29">
+        <v>0</v>
+      </c>
+      <c r="W63" s="29">
+        <v>49</v>
+      </c>
+      <c r="X63" s="29">
+        <v>28</v>
+      </c>
+      <c r="Y63" s="29">
+        <v>21</v>
+      </c>
+      <c r="Z63" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA63" s="68">
+        <v>0.51299895040463905</v>
+      </c>
+      <c r="AB63" s="69">
+        <v>2450.48</v>
       </c>
     </row>
     <row r="64" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A64" s="73" t="s">
-[...53 lines deleted...]
-      <c r="S64" s="36">
+      <c r="A64" s="66" t="s">
+        <v>287</v>
+      </c>
+      <c r="B64" s="67" t="s">
+        <v>288</v>
+      </c>
+      <c r="C64" s="29">
+        <v>16284</v>
+      </c>
+      <c r="D64" s="29">
+        <v>33838</v>
+      </c>
+      <c r="E64" s="29">
+        <v>16769</v>
+      </c>
+      <c r="F64" s="29">
+        <v>17069</v>
+      </c>
+      <c r="G64" s="29">
+        <v>0</v>
+      </c>
+      <c r="H64" s="29">
+        <v>-34</v>
+      </c>
+      <c r="I64" s="31">
+        <v>-0.100377893245158</v>
+      </c>
+      <c r="J64" s="29">
+        <v>-405</v>
+      </c>
+      <c r="K64" s="31">
+        <v>-1.18272347633093</v>
+      </c>
+      <c r="L64" s="29">
+        <v>-29</v>
+      </c>
+      <c r="M64" s="29">
+        <v>6</v>
+      </c>
+      <c r="N64" s="29">
+        <v>35</v>
+      </c>
+      <c r="O64" s="29">
+        <v>-5</v>
+      </c>
+      <c r="P64" s="29">
+        <v>84</v>
+      </c>
+      <c r="Q64" s="29">
+        <v>89</v>
+      </c>
+      <c r="R64" s="29">
+        <v>3</v>
+      </c>
+      <c r="S64" s="29">
         <v>40</v>
       </c>
-      <c r="T64" s="36">
-[...24 lines deleted...]
-        <v>994.18</v>
+      <c r="T64" s="29">
+        <v>19</v>
+      </c>
+      <c r="U64" s="29">
+        <v>21</v>
+      </c>
+      <c r="V64" s="29">
+        <v>0</v>
+      </c>
+      <c r="W64" s="29">
+        <v>37</v>
+      </c>
+      <c r="X64" s="29">
+        <v>24</v>
+      </c>
+      <c r="Y64" s="29">
+        <v>13</v>
+      </c>
+      <c r="Z64" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA64" s="68">
+        <v>0.46208961517841102</v>
+      </c>
+      <c r="AB64" s="69">
+        <v>993.19</v>
       </c>
     </row>
     <row r="65" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A65" s="73" t="s">
-[...32 lines deleted...]
-      <c r="L65" s="36">
+      <c r="A65" s="66" t="s">
+        <v>146</v>
+      </c>
+      <c r="B65" s="67" t="s">
+        <v>147</v>
+      </c>
+      <c r="C65" s="29">
+        <v>4660</v>
+      </c>
+      <c r="D65" s="29">
+        <v>10197</v>
+      </c>
+      <c r="E65" s="29">
+        <v>5030</v>
+      </c>
+      <c r="F65" s="29">
+        <v>5167</v>
+      </c>
+      <c r="G65" s="29">
+        <v>0</v>
+      </c>
+      <c r="H65" s="29">
         <v>-16</v>
       </c>
-      <c r="M65" s="36">
-[...5 lines deleted...]
-      <c r="O65" s="36">
+      <c r="I65" s="31">
+        <v>-0.15666307647116401</v>
+      </c>
+      <c r="J65" s="29">
+        <v>-210</v>
+      </c>
+      <c r="K65" s="31">
+        <v>-2.0178725857595801</v>
+      </c>
+      <c r="L65" s="29">
         <v>-11</v>
       </c>
-      <c r="P65" s="36">
-[...36 lines deleted...]
-        <v>252.85</v>
+      <c r="M65" s="29">
+        <v>3</v>
+      </c>
+      <c r="N65" s="29">
+        <v>14</v>
+      </c>
+      <c r="O65" s="29">
+        <v>-5</v>
+      </c>
+      <c r="P65" s="29">
+        <v>30</v>
+      </c>
+      <c r="Q65" s="29">
+        <v>35</v>
+      </c>
+      <c r="R65" s="29">
+        <v>3</v>
+      </c>
+      <c r="S65" s="29">
+        <v>9</v>
+      </c>
+      <c r="T65" s="29">
+        <v>6</v>
+      </c>
+      <c r="U65" s="29">
+        <v>3</v>
+      </c>
+      <c r="V65" s="29">
+        <v>0</v>
+      </c>
+      <c r="W65" s="29">
+        <v>6</v>
+      </c>
+      <c r="X65" s="29">
+        <v>6</v>
+      </c>
+      <c r="Y65" s="29">
+        <v>0</v>
+      </c>
+      <c r="Z65" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA65" s="68">
+        <v>0.13924959530629</v>
+      </c>
+      <c r="AB65" s="69">
+        <v>252.46</v>
       </c>
     </row>
     <row r="66" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A66" s="73" t="s">
+      <c r="A66" s="66" t="s">
         <v>289</v>
       </c>
-      <c r="B66" s="74" t="s">
+      <c r="B66" s="67" t="s">
         <v>290</v>
       </c>
-      <c r="C66" s="36">
-[...32 lines deleted...]
-      <c r="N66" s="36">
+      <c r="C66" s="29">
+        <v>52202</v>
+      </c>
+      <c r="D66" s="29">
+        <v>121117</v>
+      </c>
+      <c r="E66" s="29">
+        <v>60675</v>
+      </c>
+      <c r="F66" s="29">
+        <v>60442</v>
+      </c>
+      <c r="G66" s="29">
+        <v>0</v>
+      </c>
+      <c r="H66" s="29">
+        <v>-70</v>
+      </c>
+      <c r="I66" s="31">
+        <v>-5.7761970000000003E-2</v>
+      </c>
+      <c r="J66" s="29">
+        <v>-1427</v>
+      </c>
+      <c r="K66" s="31">
+        <v>-1.16448</v>
+      </c>
+      <c r="L66" s="29">
+        <v>-130</v>
+      </c>
+      <c r="M66" s="29">
+        <v>28</v>
+      </c>
+      <c r="N66" s="29">
+        <v>158</v>
+      </c>
+      <c r="O66" s="29">
+        <v>60</v>
+      </c>
+      <c r="P66" s="29">
+        <v>352</v>
+      </c>
+      <c r="Q66" s="29">
+        <v>292</v>
+      </c>
+      <c r="R66" s="29">
+        <v>51</v>
+      </c>
+      <c r="S66" s="29">
         <v>170</v>
       </c>
-      <c r="O66" s="36">
-[...39 lines deleted...]
-        <v>429.95</v>
+      <c r="T66" s="29">
+        <v>98</v>
+      </c>
+      <c r="U66" s="29">
+        <v>72</v>
+      </c>
+      <c r="V66" s="29">
+        <v>0</v>
+      </c>
+      <c r="W66" s="29">
+        <v>119</v>
+      </c>
+      <c r="X66" s="29">
+        <v>75</v>
+      </c>
+      <c r="Y66" s="29">
+        <v>44</v>
+      </c>
+      <c r="Z66" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA66" s="68">
+        <v>1.6539661895373099</v>
+      </c>
+      <c r="AB66" s="69">
+        <v>429.7</v>
       </c>
     </row>
     <row r="67" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A67" s="73" t="s">
-[...35 lines deleted...]
-      <c r="M67" s="36">
+      <c r="A67" s="66" t="s">
+        <v>142</v>
+      </c>
+      <c r="B67" s="67" t="s">
+        <v>143</v>
+      </c>
+      <c r="C67" s="29">
+        <v>8263</v>
+      </c>
+      <c r="D67" s="29">
+        <v>20050</v>
+      </c>
+      <c r="E67" s="29">
+        <v>10231</v>
+      </c>
+      <c r="F67" s="29">
+        <v>9819</v>
+      </c>
+      <c r="G67" s="29">
+        <v>0</v>
+      </c>
+      <c r="H67" s="29">
+        <v>25</v>
+      </c>
+      <c r="I67" s="31">
+        <v>0.124843945068664</v>
+      </c>
+      <c r="J67" s="29">
+        <v>7</v>
+      </c>
+      <c r="K67" s="31">
+        <v>3.4924911440403099E-2</v>
+      </c>
+      <c r="L67" s="29">
+        <v>-11</v>
+      </c>
+      <c r="M67" s="29">
+        <v>5</v>
+      </c>
+      <c r="N67" s="29">
+        <v>16</v>
+      </c>
+      <c r="O67" s="29">
+        <v>36</v>
+      </c>
+      <c r="P67" s="29">
+        <v>78</v>
+      </c>
+      <c r="Q67" s="29">
+        <v>42</v>
+      </c>
+      <c r="R67" s="29">
+        <v>17</v>
+      </c>
+      <c r="S67" s="29">
+        <v>31</v>
+      </c>
+      <c r="T67" s="29">
+        <v>20</v>
+      </c>
+      <c r="U67" s="29">
+        <v>11</v>
+      </c>
+      <c r="V67" s="29">
+        <v>0</v>
+      </c>
+      <c r="W67" s="29">
+        <v>14</v>
+      </c>
+      <c r="X67" s="29">
         <v>9</v>
       </c>
-      <c r="N67" s="36">
-[...42 lines deleted...]
-        <v>674.69</v>
+      <c r="Y67" s="29">
+        <v>5</v>
+      </c>
+      <c r="Z67" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA67" s="68">
+        <v>0.27380154809170598</v>
+      </c>
+      <c r="AB67" s="69">
+        <v>675.53</v>
       </c>
     </row>
     <row r="68" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A68" s="73" t="s">
-[...35 lines deleted...]
-      <c r="M68" s="36">
+      <c r="A68" s="66" t="s">
+        <v>152</v>
+      </c>
+      <c r="B68" s="67" t="s">
+        <v>153</v>
+      </c>
+      <c r="C68" s="29">
+        <v>7846</v>
+      </c>
+      <c r="D68" s="29">
+        <v>17396</v>
+      </c>
+      <c r="E68" s="29">
+        <v>8653</v>
+      </c>
+      <c r="F68" s="29">
+        <v>8743</v>
+      </c>
+      <c r="G68" s="29">
+        <v>0</v>
+      </c>
+      <c r="H68" s="29">
+        <v>-34</v>
+      </c>
+      <c r="I68" s="31">
+        <v>-0.19506597819850799</v>
+      </c>
+      <c r="J68" s="29">
+        <v>-120</v>
+      </c>
+      <c r="K68" s="31">
+        <v>-0.68508791961635096</v>
+      </c>
+      <c r="L68" s="29">
+        <v>-17</v>
+      </c>
+      <c r="M68" s="29">
         <v>6</v>
       </c>
-      <c r="N68" s="36">
-[...11 lines deleted...]
-      <c r="R68" s="36">
+      <c r="N68" s="29">
+        <v>23</v>
+      </c>
+      <c r="O68" s="29">
+        <v>-17</v>
+      </c>
+      <c r="P68" s="29">
+        <v>50</v>
+      </c>
+      <c r="Q68" s="29">
+        <v>67</v>
+      </c>
+      <c r="R68" s="29">
+        <v>11</v>
+      </c>
+      <c r="S68" s="29">
+        <v>26</v>
+      </c>
+      <c r="T68" s="29">
+        <v>16</v>
+      </c>
+      <c r="U68" s="29">
         <v>10</v>
       </c>
-      <c r="S68" s="36">
-[...27 lines deleted...]
-        <v>582.54999999999995</v>
+      <c r="V68" s="29">
+        <v>0</v>
+      </c>
+      <c r="W68" s="29">
+        <v>15</v>
+      </c>
+      <c r="X68" s="29">
+        <v>8</v>
+      </c>
+      <c r="Y68" s="29">
+        <v>7</v>
+      </c>
+      <c r="Z68" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA68" s="68">
+        <v>0.23755868980565101</v>
+      </c>
+      <c r="AB68" s="69">
+        <v>581.41</v>
       </c>
     </row>
     <row r="69" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A69" s="73" t="s">
-[...20 lines deleted...]
-      <c r="H69" s="36">
+      <c r="A69" s="66" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" s="67" t="s">
+        <v>141</v>
+      </c>
+      <c r="C69" s="29">
+        <v>11861</v>
+      </c>
+      <c r="D69" s="29">
+        <v>26365</v>
+      </c>
+      <c r="E69" s="29">
+        <v>13137</v>
+      </c>
+      <c r="F69" s="29">
+        <v>13228</v>
+      </c>
+      <c r="G69" s="29">
+        <v>0</v>
+      </c>
+      <c r="H69" s="29">
+        <v>4</v>
+      </c>
+      <c r="I69" s="31">
+        <v>1.51739311862221E-2</v>
+      </c>
+      <c r="J69" s="29">
+        <v>-425</v>
+      </c>
+      <c r="K69" s="31">
+        <v>-1.58641284061217</v>
+      </c>
+      <c r="L69" s="29">
         <v>-22</v>
       </c>
-      <c r="I69" s="38">
-[...26 lines deleted...]
-      <c r="R69" s="36">
+      <c r="M69" s="29">
+        <v>8</v>
+      </c>
+      <c r="N69" s="29">
+        <v>30</v>
+      </c>
+      <c r="O69" s="29">
+        <v>26</v>
+      </c>
+      <c r="P69" s="29">
+        <v>74</v>
+      </c>
+      <c r="Q69" s="29">
+        <v>48</v>
+      </c>
+      <c r="R69" s="29">
         <v>12</v>
       </c>
-      <c r="S69" s="36">
+      <c r="S69" s="29">
         <v>37</v>
       </c>
-      <c r="T69" s="36">
+      <c r="T69" s="29">
+        <v>26</v>
+      </c>
+      <c r="U69" s="29">
+        <v>11</v>
+      </c>
+      <c r="V69" s="29">
+        <v>0</v>
+      </c>
+      <c r="W69" s="29">
         <v>25</v>
       </c>
-      <c r="U69" s="36">
+      <c r="X69" s="29">
+        <v>13</v>
+      </c>
+      <c r="Y69" s="29">
         <v>12</v>
       </c>
-      <c r="V69" s="36">
-[...18 lines deleted...]
-        <v>436.72</v>
+      <c r="Z69" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA69" s="68">
+        <v>0.36003879378742198</v>
+      </c>
+      <c r="AB69" s="69">
+        <v>436.79</v>
       </c>
     </row>
     <row r="70" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A70" s="73" t="s">
-[...38 lines deleted...]
-      <c r="N70" s="36">
+      <c r="A70" s="66" t="s">
+        <v>291</v>
+      </c>
+      <c r="B70" s="67" t="s">
+        <v>292</v>
+      </c>
+      <c r="C70" s="29">
+        <v>7542</v>
+      </c>
+      <c r="D70" s="29">
+        <v>18148</v>
+      </c>
+      <c r="E70" s="29">
+        <v>9200</v>
+      </c>
+      <c r="F70" s="29">
+        <v>8948</v>
+      </c>
+      <c r="G70" s="29">
+        <v>0</v>
+      </c>
+      <c r="H70" s="29">
+        <v>-3</v>
+      </c>
+      <c r="I70" s="31">
+        <v>-1.65280149854003E-2</v>
+      </c>
+      <c r="J70" s="29">
+        <v>-184</v>
+      </c>
+      <c r="K70" s="31">
+        <v>-1.0037093606807801</v>
+      </c>
+      <c r="L70" s="29">
+        <v>-21</v>
+      </c>
+      <c r="M70" s="29">
+        <v>2</v>
+      </c>
+      <c r="N70" s="29">
+        <v>23</v>
+      </c>
+      <c r="O70" s="29">
+        <v>18</v>
+      </c>
+      <c r="P70" s="29">
+        <v>57</v>
+      </c>
+      <c r="Q70" s="29">
+        <v>39</v>
+      </c>
+      <c r="R70" s="29">
+        <v>11</v>
+      </c>
+      <c r="S70" s="29">
         <v>28</v>
       </c>
-      <c r="O70" s="36">
-[...39 lines deleted...]
-        <v>436</v>
+      <c r="T70" s="29">
+        <v>12</v>
+      </c>
+      <c r="U70" s="29">
+        <v>16</v>
+      </c>
+      <c r="V70" s="29">
+        <v>0</v>
+      </c>
+      <c r="W70" s="29">
+        <v>17</v>
+      </c>
+      <c r="X70" s="29">
+        <v>14</v>
+      </c>
+      <c r="Y70" s="29">
+        <v>3</v>
+      </c>
+      <c r="Z70" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA70" s="68">
+        <v>0.247827954851285</v>
+      </c>
+      <c r="AB70" s="69">
+        <v>435.93</v>
       </c>
     </row>
     <row r="71" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A71" s="73" t="s">
-[...32 lines deleted...]
-      <c r="L71" s="36">
+      <c r="A71" s="66" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" s="67" t="s">
+        <v>145</v>
+      </c>
+      <c r="C71" s="29">
+        <v>7028</v>
+      </c>
+      <c r="D71" s="29">
+        <v>16827</v>
+      </c>
+      <c r="E71" s="29">
+        <v>8467</v>
+      </c>
+      <c r="F71" s="29">
+        <v>8360</v>
+      </c>
+      <c r="G71" s="29">
+        <v>0</v>
+      </c>
+      <c r="H71" s="29">
+        <v>-41</v>
+      </c>
+      <c r="I71" s="31">
+        <v>-0.243063789423761</v>
+      </c>
+      <c r="J71" s="29">
+        <v>-329</v>
+      </c>
+      <c r="K71" s="31">
+        <v>-1.9176964327349</v>
+      </c>
+      <c r="L71" s="29">
+        <v>-24</v>
+      </c>
+      <c r="M71" s="29">
+        <v>3</v>
+      </c>
+      <c r="N71" s="29">
+        <v>27</v>
+      </c>
+      <c r="O71" s="29">
         <v>-17</v>
       </c>
-      <c r="M71" s="36">
-[...45 lines deleted...]
-        <v>436.54</v>
+      <c r="P71" s="29">
+        <v>29</v>
+      </c>
+      <c r="Q71" s="29">
+        <v>46</v>
+      </c>
+      <c r="R71" s="29">
+        <v>-12</v>
+      </c>
+      <c r="S71" s="29">
+        <v>9</v>
+      </c>
+      <c r="T71" s="29">
+        <v>8</v>
+      </c>
+      <c r="U71" s="29">
+        <v>1</v>
+      </c>
+      <c r="V71" s="29">
+        <v>0</v>
+      </c>
+      <c r="W71" s="29">
+        <v>21</v>
+      </c>
+      <c r="X71" s="29">
+        <v>12</v>
+      </c>
+      <c r="Y71" s="29">
+        <v>9</v>
+      </c>
+      <c r="Z71" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA71" s="68">
+        <v>0.22978846133362199</v>
+      </c>
+      <c r="AB71" s="69">
+        <v>435.48</v>
       </c>
     </row>
     <row r="72" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A72" s="73" t="s">
-[...44 lines deleted...]
-      <c r="P72" s="36">
+      <c r="A72" s="66" t="s">
+        <v>293</v>
+      </c>
+      <c r="B72" s="67" t="s">
+        <v>294</v>
+      </c>
+      <c r="C72" s="29">
+        <v>5436</v>
+      </c>
+      <c r="D72" s="29">
+        <v>12598</v>
+      </c>
+      <c r="E72" s="29">
+        <v>6097</v>
+      </c>
+      <c r="F72" s="29">
+        <v>6501</v>
+      </c>
+      <c r="G72" s="29">
+        <v>0</v>
+      </c>
+      <c r="H72" s="29">
+        <v>-15</v>
+      </c>
+      <c r="I72" s="31">
+        <v>-0.11892491873463901</v>
+      </c>
+      <c r="J72" s="29">
+        <v>-279</v>
+      </c>
+      <c r="K72" s="31">
+        <v>-2.1666537236934098</v>
+      </c>
+      <c r="L72" s="29">
+        <v>-22</v>
+      </c>
+      <c r="M72" s="29">
+        <v>3</v>
+      </c>
+      <c r="N72" s="29">
+        <v>25</v>
+      </c>
+      <c r="O72" s="29">
+        <v>7</v>
+      </c>
+      <c r="P72" s="29">
         <v>24</v>
       </c>
-      <c r="Q72" s="36">
-[...5 lines deleted...]
-      <c r="S72" s="36">
+      <c r="Q72" s="29">
+        <v>17</v>
+      </c>
+      <c r="R72" s="29">
+        <v>5</v>
+      </c>
+      <c r="S72" s="29">
+        <v>16</v>
+      </c>
+      <c r="T72" s="29">
+        <v>9</v>
+      </c>
+      <c r="U72" s="29">
+        <v>7</v>
+      </c>
+      <c r="V72" s="29">
+        <v>0</v>
+      </c>
+      <c r="W72" s="29">
+        <v>11</v>
+      </c>
+      <c r="X72" s="29">
         <v>6</v>
       </c>
-      <c r="T72" s="36">
-[...24 lines deleted...]
-        <v>490.2</v>
+      <c r="Y72" s="29">
+        <v>5</v>
+      </c>
+      <c r="Z72" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA72" s="68">
+        <v>0.172037501389492</v>
+      </c>
+      <c r="AB72" s="69">
+        <v>489.62</v>
       </c>
     </row>
     <row r="73" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A73" s="73" t="s">
-[...26 lines deleted...]
-      <c r="J73" s="36">
+      <c r="A73" s="66" t="s">
+        <v>295</v>
+      </c>
+      <c r="B73" s="67" t="s">
+        <v>296</v>
+      </c>
+      <c r="C73" s="29">
+        <v>4226</v>
+      </c>
+      <c r="D73" s="29">
+        <v>9733</v>
+      </c>
+      <c r="E73" s="29">
+        <v>4890</v>
+      </c>
+      <c r="F73" s="29">
+        <v>4843</v>
+      </c>
+      <c r="G73" s="29">
+        <v>0</v>
+      </c>
+      <c r="H73" s="29">
+        <v>-6</v>
+      </c>
+      <c r="I73" s="31">
+        <v>-6.1607967963856702E-2</v>
+      </c>
+      <c r="J73" s="29">
         <v>-97</v>
       </c>
-      <c r="K73" s="38">
-[...20 lines deleted...]
-      <c r="R73" s="36">
+      <c r="K73" s="31">
+        <v>-0.98677517802644998</v>
+      </c>
+      <c r="L73" s="29">
+        <v>-13</v>
+      </c>
+      <c r="M73" s="29">
+        <v>1</v>
+      </c>
+      <c r="N73" s="29">
+        <v>14</v>
+      </c>
+      <c r="O73" s="29">
         <v>7</v>
       </c>
-      <c r="S73" s="36">
-[...27 lines deleted...]
-        <v>174.22</v>
+      <c r="P73" s="29">
+        <v>40</v>
+      </c>
+      <c r="Q73" s="29">
+        <v>33</v>
+      </c>
+      <c r="R73" s="29">
+        <v>7</v>
+      </c>
+      <c r="S73" s="29">
+        <v>23</v>
+      </c>
+      <c r="T73" s="29">
+        <v>7</v>
+      </c>
+      <c r="U73" s="29">
+        <v>16</v>
+      </c>
+      <c r="V73" s="29">
+        <v>0</v>
+      </c>
+      <c r="W73" s="29">
+        <v>16</v>
+      </c>
+      <c r="X73" s="29">
+        <v>13</v>
+      </c>
+      <c r="Y73" s="29">
+        <v>3</v>
+      </c>
+      <c r="Z73" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA73" s="68">
+        <v>0.132913240278133</v>
+      </c>
+      <c r="AB73" s="69">
+        <v>174.11</v>
       </c>
     </row>
     <row r="74" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A74" s="73" t="s">
-[...35 lines deleted...]
-      <c r="M74" s="36">
+      <c r="A74" s="66" t="s">
+        <v>297</v>
+      </c>
+      <c r="B74" s="67" t="s">
+        <v>298</v>
+      </c>
+      <c r="C74" s="29">
+        <v>14012</v>
+      </c>
+      <c r="D74" s="29">
+        <v>33821</v>
+      </c>
+      <c r="E74" s="29">
+        <v>16673</v>
+      </c>
+      <c r="F74" s="29">
+        <v>17148</v>
+      </c>
+      <c r="G74" s="29">
+        <v>0</v>
+      </c>
+      <c r="H74" s="29">
+        <v>-59</v>
+      </c>
+      <c r="I74" s="31">
+        <v>-0.17414399999999999</v>
+      </c>
+      <c r="J74" s="29">
+        <v>-741</v>
+      </c>
+      <c r="K74" s="31">
+        <v>-2.1439729999999999</v>
+      </c>
+      <c r="L74" s="29">
+        <v>-37</v>
+      </c>
+      <c r="M74" s="29">
+        <v>8</v>
+      </c>
+      <c r="N74" s="29">
+        <v>45</v>
+      </c>
+      <c r="O74" s="29">
+        <v>-22</v>
+      </c>
+      <c r="P74" s="29">
+        <v>40</v>
+      </c>
+      <c r="Q74" s="29">
+        <v>62</v>
+      </c>
+      <c r="R74" s="29">
+        <v>3</v>
+      </c>
+      <c r="S74" s="29">
+        <v>18</v>
+      </c>
+      <c r="T74" s="29">
         <v>10</v>
       </c>
-      <c r="N74" s="36">
-[...42 lines deleted...]
-        <v>96.29</v>
+      <c r="U74" s="29">
+        <v>8</v>
+      </c>
+      <c r="V74" s="29">
+        <v>0</v>
+      </c>
+      <c r="W74" s="29">
+        <v>15</v>
+      </c>
+      <c r="X74" s="29">
+        <v>11</v>
+      </c>
+      <c r="Y74" s="29">
+        <v>4</v>
+      </c>
+      <c r="Z74" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA74" s="68">
+        <v>0.461857464239879</v>
+      </c>
+      <c r="AB74" s="69">
+        <v>96.12</v>
       </c>
     </row>
     <row r="75" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A75" s="73" t="s">
-[...35 lines deleted...]
-      <c r="M75" s="36">
+      <c r="A75" s="66" t="s">
+        <v>148</v>
+      </c>
+      <c r="B75" s="67" t="s">
+        <v>149</v>
+      </c>
+      <c r="C75" s="29">
+        <v>3046</v>
+      </c>
+      <c r="D75" s="29">
+        <v>7352</v>
+      </c>
+      <c r="E75" s="29">
+        <v>3652</v>
+      </c>
+      <c r="F75" s="29">
+        <v>3700</v>
+      </c>
+      <c r="G75" s="29">
+        <v>0</v>
+      </c>
+      <c r="H75" s="29">
+        <v>-16</v>
+      </c>
+      <c r="I75" s="31">
+        <v>-0.21715526601520099</v>
+      </c>
+      <c r="J75" s="29">
+        <v>-100</v>
+      </c>
+      <c r="K75" s="31">
+        <v>-1.3419216317767</v>
+      </c>
+      <c r="L75" s="29">
+        <v>-8</v>
+      </c>
+      <c r="M75" s="29">
         <v>3</v>
       </c>
-      <c r="N75" s="36">
+      <c r="N75" s="29">
+        <v>11</v>
+      </c>
+      <c r="O75" s="29">
+        <v>-8</v>
+      </c>
+      <c r="P75" s="29">
         <v>8</v>
       </c>
-      <c r="O75" s="36">
-[...26 lines deleted...]
-      <c r="X75" s="36">
+      <c r="Q75" s="29">
+        <v>16</v>
+      </c>
+      <c r="R75" s="29">
+        <v>0</v>
+      </c>
+      <c r="S75" s="29">
+        <v>4</v>
+      </c>
+      <c r="T75" s="29">
+        <v>2</v>
+      </c>
+      <c r="U75" s="29">
+        <v>2</v>
+      </c>
+      <c r="V75" s="29">
+        <v>0</v>
+      </c>
+      <c r="W75" s="29">
+        <v>4</v>
+      </c>
+      <c r="X75" s="29">
         <v>3</v>
       </c>
-      <c r="Y75" s="36">
-[...9 lines deleted...]
-        <v>149.27000000000001</v>
+      <c r="Y75" s="29">
+        <v>1</v>
+      </c>
+      <c r="Z75" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA75" s="68">
+        <v>0.10039845294614599</v>
+      </c>
+      <c r="AB75" s="69">
+        <v>148.94</v>
       </c>
     </row>
     <row r="76" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A76" s="73" t="s">
-[...35 lines deleted...]
-      <c r="M76" s="36">
+      <c r="A76" s="66" t="s">
+        <v>299</v>
+      </c>
+      <c r="B76" s="67" t="s">
+        <v>300</v>
+      </c>
+      <c r="C76" s="29">
+        <v>3520</v>
+      </c>
+      <c r="D76" s="29">
+        <v>8497</v>
+      </c>
+      <c r="E76" s="29">
+        <v>4177</v>
+      </c>
+      <c r="F76" s="29">
+        <v>4320</v>
+      </c>
+      <c r="G76" s="29">
+        <v>0</v>
+      </c>
+      <c r="H76" s="29">
+        <v>-9</v>
+      </c>
+      <c r="I76" s="31">
+        <v>-0.10580766517752201</v>
+      </c>
+      <c r="J76" s="29">
+        <v>-179</v>
+      </c>
+      <c r="K76" s="31">
+        <v>-2.06316274781005</v>
+      </c>
+      <c r="L76" s="29">
+        <v>-12</v>
+      </c>
+      <c r="M76" s="29">
+        <v>2</v>
+      </c>
+      <c r="N76" s="29">
+        <v>14</v>
+      </c>
+      <c r="O76" s="29">
         <v>3</v>
       </c>
-      <c r="N76" s="36">
-[...14 lines deleted...]
-      <c r="S76" s="36">
+      <c r="P76" s="29">
+        <v>12</v>
+      </c>
+      <c r="Q76" s="29">
         <v>9</v>
       </c>
-      <c r="T76" s="36">
-[...24 lines deleted...]
-        <v>133.44</v>
+      <c r="R76" s="29">
+        <v>-3</v>
+      </c>
+      <c r="S76" s="29">
+        <v>2</v>
+      </c>
+      <c r="T76" s="29">
+        <v>2</v>
+      </c>
+      <c r="U76" s="29">
+        <v>0</v>
+      </c>
+      <c r="V76" s="29">
+        <v>0</v>
+      </c>
+      <c r="W76" s="29">
+        <v>5</v>
+      </c>
+      <c r="X76" s="29">
+        <v>3</v>
+      </c>
+      <c r="Y76" s="29">
+        <v>2</v>
+      </c>
+      <c r="Z76" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA76" s="68">
+        <v>0.11603450145312801</v>
+      </c>
+      <c r="AB76" s="69">
+        <v>133.30000000000001</v>
       </c>
     </row>
     <row r="77" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A77" s="73" t="s">
-[...26 lines deleted...]
-      <c r="J77" s="36">
+      <c r="A77" s="66" t="s">
+        <v>301</v>
+      </c>
+      <c r="B77" s="67" t="s">
+        <v>302</v>
+      </c>
+      <c r="C77" s="29">
+        <v>2546</v>
+      </c>
+      <c r="D77" s="29">
+        <v>6155</v>
+      </c>
+      <c r="E77" s="29">
+        <v>3038</v>
+      </c>
+      <c r="F77" s="29">
+        <v>3117</v>
+      </c>
+      <c r="G77" s="29">
+        <v>0</v>
+      </c>
+      <c r="H77" s="29">
+        <v>-8</v>
+      </c>
+      <c r="I77" s="31">
+        <v>-0.129806912218076</v>
+      </c>
+      <c r="J77" s="29">
         <v>-140</v>
       </c>
-      <c r="K77" s="38">
-[...8 lines deleted...]
-      <c r="N77" s="36">
+      <c r="K77" s="31">
+        <v>-2.22398729150119</v>
+      </c>
+      <c r="L77" s="29">
+        <v>-6</v>
+      </c>
+      <c r="M77" s="29">
+        <v>0</v>
+      </c>
+      <c r="N77" s="29">
+        <v>6</v>
+      </c>
+      <c r="O77" s="29">
+        <v>-2</v>
+      </c>
+      <c r="P77" s="29">
+        <v>8</v>
+      </c>
+      <c r="Q77" s="29">
         <v>10</v>
       </c>
-      <c r="O77" s="36">
-[...2 lines deleted...]
-      <c r="P77" s="36">
+      <c r="R77" s="29">
+        <v>5</v>
+      </c>
+      <c r="S77" s="29">
         <v>7</v>
       </c>
-      <c r="Q77" s="36">
-[...17 lines deleted...]
-      <c r="W77" s="36">
+      <c r="T77" s="29">
         <v>4</v>
       </c>
-      <c r="X77" s="36">
-[...12 lines deleted...]
-        <v>202.53</v>
+      <c r="U77" s="29">
+        <v>3</v>
+      </c>
+      <c r="V77" s="29">
+        <v>0</v>
+      </c>
+      <c r="W77" s="29">
+        <v>2</v>
+      </c>
+      <c r="X77" s="29">
+        <v>2</v>
+      </c>
+      <c r="Y77" s="29">
+        <v>0</v>
+      </c>
+      <c r="Z77" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA77" s="68">
+        <v>8.4052295686007403E-2</v>
+      </c>
+      <c r="AB77" s="69">
+        <v>202.26</v>
       </c>
     </row>
     <row r="78" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A78" s="73" t="s">
-[...26 lines deleted...]
-      <c r="J78" s="36">
+      <c r="A78" s="66" t="s">
+        <v>154</v>
+      </c>
+      <c r="B78" s="67" t="s">
+        <v>155</v>
+      </c>
+      <c r="C78" s="29">
+        <v>3964</v>
+      </c>
+      <c r="D78" s="29">
+        <v>9512</v>
+      </c>
+      <c r="E78" s="29">
+        <v>4683</v>
+      </c>
+      <c r="F78" s="29">
+        <v>4829</v>
+      </c>
+      <c r="G78" s="29">
+        <v>0</v>
+      </c>
+      <c r="H78" s="29">
+        <v>-16</v>
+      </c>
+      <c r="I78" s="31">
+        <v>-0.167926112510495</v>
+      </c>
+      <c r="J78" s="29">
         <v>-246</v>
       </c>
-      <c r="K78" s="38">
-[...20 lines deleted...]
-      <c r="R78" s="36">
+      <c r="K78" s="31">
+        <v>-2.52100840336134</v>
+      </c>
+      <c r="L78" s="29">
+        <v>-10</v>
+      </c>
+      <c r="M78" s="29">
+        <v>3</v>
+      </c>
+      <c r="N78" s="29">
+        <v>13</v>
+      </c>
+      <c r="O78" s="29">
+        <v>-6</v>
+      </c>
+      <c r="P78" s="29">
+        <v>12</v>
+      </c>
+      <c r="Q78" s="29">
+        <v>18</v>
+      </c>
+      <c r="R78" s="29">
+        <v>1</v>
+      </c>
+      <c r="S78" s="29">
+        <v>5</v>
+      </c>
+      <c r="T78" s="29">
+        <v>2</v>
+      </c>
+      <c r="U78" s="29">
+        <v>3</v>
+      </c>
+      <c r="V78" s="29">
+        <v>0</v>
+      </c>
+      <c r="W78" s="29">
         <v>4</v>
       </c>
-      <c r="S78" s="36">
-[...27 lines deleted...]
-        <v>55.63</v>
+      <c r="X78" s="29">
+        <v>3</v>
+      </c>
+      <c r="Y78" s="29">
+        <v>1</v>
+      </c>
+      <c r="Z78" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA78" s="68">
+        <v>0.12989527807722201</v>
+      </c>
+      <c r="AB78" s="69">
+        <v>55.54</v>
       </c>
     </row>
     <row r="79" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A79" s="73" t="s">
-[...41 lines deleted...]
-      <c r="O79" s="36">
+      <c r="A79" s="66" t="s">
+        <v>138</v>
+      </c>
+      <c r="B79" s="67" t="s">
+        <v>139</v>
+      </c>
+      <c r="C79" s="29">
+        <v>936</v>
+      </c>
+      <c r="D79" s="29">
+        <v>2305</v>
+      </c>
+      <c r="E79" s="29">
+        <v>1123</v>
+      </c>
+      <c r="F79" s="29">
+        <v>1182</v>
+      </c>
+      <c r="G79" s="29">
+        <v>0</v>
+      </c>
+      <c r="H79" s="29">
+        <v>-10</v>
+      </c>
+      <c r="I79" s="31">
+        <v>-0.43196544276457899</v>
+      </c>
+      <c r="J79" s="29">
+        <v>-76</v>
+      </c>
+      <c r="K79" s="31">
+        <v>-3.1919361612767698</v>
+      </c>
+      <c r="L79" s="29">
         <v>-1</v>
       </c>
-      <c r="P79" s="36">
-[...36 lines deleted...]
-        <v>62.46</v>
+      <c r="M79" s="29">
+        <v>0</v>
+      </c>
+      <c r="N79" s="29">
+        <v>1</v>
+      </c>
+      <c r="O79" s="29">
+        <v>-9</v>
+      </c>
+      <c r="P79" s="29">
+        <v>0</v>
+      </c>
+      <c r="Q79" s="29">
+        <v>9</v>
+      </c>
+      <c r="R79" s="29">
+        <v>0</v>
+      </c>
+      <c r="S79" s="29">
+        <v>0</v>
+      </c>
+      <c r="T79" s="29">
+        <v>0</v>
+      </c>
+      <c r="U79" s="29">
+        <v>0</v>
+      </c>
+      <c r="V79" s="29">
+        <v>0</v>
+      </c>
+      <c r="W79" s="29">
+        <v>0</v>
+      </c>
+      <c r="X79" s="29">
+        <v>0</v>
+      </c>
+      <c r="Y79" s="29">
+        <v>0</v>
+      </c>
+      <c r="Z79" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA79" s="68">
+        <v>3.1476936077375603E-2</v>
+      </c>
+      <c r="AB79" s="69">
+        <v>62.19</v>
       </c>
     </row>
     <row r="80" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A80" s="73" t="s">
+      <c r="A80" s="66" t="s">
         <v>303</v>
       </c>
-      <c r="B80" s="74" t="s">
+      <c r="B80" s="67" t="s">
         <v>304</v>
       </c>
-      <c r="C80" s="36">
-[...75 lines deleted...]
-        <v>481.89</v>
+      <c r="C80" s="29">
+        <v>22212</v>
+      </c>
+      <c r="D80" s="29">
+        <v>53008</v>
+      </c>
+      <c r="E80" s="29">
+        <v>26518</v>
+      </c>
+      <c r="F80" s="29">
+        <v>26490</v>
+      </c>
+      <c r="G80" s="29">
+        <v>0</v>
+      </c>
+      <c r="H80" s="29">
+        <v>4</v>
+      </c>
+      <c r="I80" s="31">
+        <v>7.5465999999999997E-3</v>
+      </c>
+      <c r="J80" s="29">
+        <v>-396</v>
+      </c>
+      <c r="K80" s="31">
+        <v>-0.74151750000000005</v>
+      </c>
+      <c r="L80" s="29">
+        <v>-51</v>
+      </c>
+      <c r="M80" s="29">
+        <v>23</v>
+      </c>
+      <c r="N80" s="29">
+        <v>74</v>
+      </c>
+      <c r="O80" s="29">
+        <v>55</v>
+      </c>
+      <c r="P80" s="29">
+        <v>190</v>
+      </c>
+      <c r="Q80" s="29">
+        <v>135</v>
+      </c>
+      <c r="R80" s="29">
+        <v>41</v>
+      </c>
+      <c r="S80" s="29">
+        <v>121</v>
+      </c>
+      <c r="T80" s="29">
+        <v>60</v>
+      </c>
+      <c r="U80" s="29">
+        <v>61</v>
+      </c>
+      <c r="V80" s="29">
+        <v>0</v>
+      </c>
+      <c r="W80" s="29">
+        <v>80</v>
+      </c>
+      <c r="X80" s="29">
+        <v>46</v>
+      </c>
+      <c r="Y80" s="29">
+        <v>34</v>
+      </c>
+      <c r="Z80" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA80" s="68">
+        <v>0.72387393821671497</v>
+      </c>
+      <c r="AB80" s="69">
+        <v>481.93</v>
       </c>
     </row>
     <row r="81" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A81" s="73" t="s">
+      <c r="A81" s="66" t="s">
         <v>305</v>
       </c>
-      <c r="B81" s="74" t="s">
+      <c r="B81" s="67" t="s">
         <v>306</v>
       </c>
-      <c r="C81" s="36">
-[...20 lines deleted...]
-      <c r="J81" s="36">
+      <c r="C81" s="29">
+        <v>4007</v>
+      </c>
+      <c r="D81" s="29">
+        <v>10522</v>
+      </c>
+      <c r="E81" s="29">
+        <v>5275</v>
+      </c>
+      <c r="F81" s="29">
+        <v>5247</v>
+      </c>
+      <c r="G81" s="29">
+        <v>0</v>
+      </c>
+      <c r="H81" s="29">
+        <v>-6</v>
+      </c>
+      <c r="I81" s="31">
+        <v>-5.6990881458966601E-2</v>
+      </c>
+      <c r="J81" s="29">
         <v>-137</v>
       </c>
-      <c r="K81" s="38">
-[...8 lines deleted...]
-      <c r="N81" s="36">
+      <c r="K81" s="31">
+        <v>-1.2852988085186201</v>
+      </c>
+      <c r="L81" s="29">
+        <v>-19</v>
+      </c>
+      <c r="M81" s="29">
+        <v>0</v>
+      </c>
+      <c r="N81" s="29">
         <v>19</v>
       </c>
-      <c r="O81" s="36">
-[...8 lines deleted...]
-      <c r="R81" s="36">
+      <c r="O81" s="29">
+        <v>13</v>
+      </c>
+      <c r="P81" s="29">
+        <v>29</v>
+      </c>
+      <c r="Q81" s="29">
+        <v>16</v>
+      </c>
+      <c r="R81" s="29">
+        <v>4</v>
+      </c>
+      <c r="S81" s="29">
+        <v>13</v>
+      </c>
+      <c r="T81" s="29">
+        <v>8</v>
+      </c>
+      <c r="U81" s="29">
+        <v>5</v>
+      </c>
+      <c r="V81" s="29">
+        <v>0</v>
+      </c>
+      <c r="W81" s="29">
         <v>9</v>
       </c>
-      <c r="S81" s="36">
-[...14 lines deleted...]
-      <c r="X81" s="36">
+      <c r="X81" s="29">
         <v>5</v>
       </c>
-      <c r="Y81" s="36">
+      <c r="Y81" s="29">
         <v>4</v>
       </c>
-      <c r="Z81" s="36">
-[...6 lines deleted...]
-        <v>315.11</v>
+      <c r="Z81" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA81" s="68">
+        <v>0.14368777501351301</v>
+      </c>
+      <c r="AB81" s="69">
+        <v>314.93</v>
       </c>
     </row>
     <row r="82" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A82" s="73" t="s">
-[...56 lines deleted...]
-      <c r="T82" s="36">
+      <c r="A82" s="66" t="s">
+        <v>134</v>
+      </c>
+      <c r="B82" s="67" t="s">
+        <v>135</v>
+      </c>
+      <c r="C82" s="29">
+        <v>5462</v>
+      </c>
+      <c r="D82" s="29">
+        <v>12604</v>
+      </c>
+      <c r="E82" s="29">
+        <v>6400</v>
+      </c>
+      <c r="F82" s="29">
+        <v>6204</v>
+      </c>
+      <c r="G82" s="29">
+        <v>0</v>
+      </c>
+      <c r="H82" s="29">
+        <v>22</v>
+      </c>
+      <c r="I82" s="31">
+        <v>0.17485296455253499</v>
+      </c>
+      <c r="J82" s="29">
+        <v>-114</v>
+      </c>
+      <c r="K82" s="31">
+        <v>-0.896367353357446</v>
+      </c>
+      <c r="L82" s="29">
+        <v>-10</v>
+      </c>
+      <c r="M82" s="29">
+        <v>8</v>
+      </c>
+      <c r="N82" s="29">
+        <v>18</v>
+      </c>
+      <c r="O82" s="29">
+        <v>32</v>
+      </c>
+      <c r="P82" s="29">
+        <v>65</v>
+      </c>
+      <c r="Q82" s="29">
+        <v>33</v>
+      </c>
+      <c r="R82" s="29">
+        <v>28</v>
+      </c>
+      <c r="S82" s="29">
+        <v>49</v>
+      </c>
+      <c r="T82" s="29">
+        <v>21</v>
+      </c>
+      <c r="U82" s="29">
+        <v>28</v>
+      </c>
+      <c r="V82" s="29">
+        <v>0</v>
+      </c>
+      <c r="W82" s="29">
+        <v>21</v>
+      </c>
+      <c r="X82" s="29">
         <v>12</v>
       </c>
-      <c r="U82" s="36">
-[...21 lines deleted...]
-        <v>265.44</v>
+      <c r="Y82" s="29">
+        <v>9</v>
+      </c>
+      <c r="Z82" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA82" s="68">
+        <v>0.17211943701485599</v>
+      </c>
+      <c r="AB82" s="69">
+        <v>265.89999999999998</v>
       </c>
     </row>
     <row r="83" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A83" s="73" t="s">
-[...81 lines deleted...]
-        <v>1024.46</v>
+      <c r="A83" s="66" t="s">
+        <v>136</v>
+      </c>
+      <c r="B83" s="67" t="s">
+        <v>137</v>
+      </c>
+      <c r="C83" s="29">
+        <v>12743</v>
+      </c>
+      <c r="D83" s="29">
+        <v>29882</v>
+      </c>
+      <c r="E83" s="29">
+        <v>14843</v>
+      </c>
+      <c r="F83" s="29">
+        <v>15039</v>
+      </c>
+      <c r="G83" s="29">
+        <v>0</v>
+      </c>
+      <c r="H83" s="29">
+        <v>-12</v>
+      </c>
+      <c r="I83" s="31">
+        <v>-4.0141834481835802E-2</v>
+      </c>
+      <c r="J83" s="29">
+        <v>-145</v>
+      </c>
+      <c r="K83" s="31">
+        <v>-0.4828987244813</v>
+      </c>
+      <c r="L83" s="29">
+        <v>-22</v>
+      </c>
+      <c r="M83" s="29">
+        <v>15</v>
+      </c>
+      <c r="N83" s="29">
+        <v>37</v>
+      </c>
+      <c r="O83" s="29">
+        <v>10</v>
+      </c>
+      <c r="P83" s="29">
+        <v>96</v>
+      </c>
+      <c r="Q83" s="29">
+        <v>86</v>
+      </c>
+      <c r="R83" s="29">
+        <v>9</v>
+      </c>
+      <c r="S83" s="29">
+        <v>59</v>
+      </c>
+      <c r="T83" s="29">
+        <v>31</v>
+      </c>
+      <c r="U83" s="29">
+        <v>28</v>
+      </c>
+      <c r="V83" s="29">
+        <v>0</v>
+      </c>
+      <c r="W83" s="29">
+        <v>50</v>
+      </c>
+      <c r="X83" s="29">
+        <v>29</v>
+      </c>
+      <c r="Y83" s="29">
+        <v>21</v>
+      </c>
+      <c r="Z83" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA83" s="68">
+        <v>0.408066726188347</v>
+      </c>
+      <c r="AB83" s="69">
+        <v>1024.05</v>
       </c>
     </row>
     <row r="84" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A84" s="73" t="s">
-[...5 lines deleted...]
-      <c r="C84" s="36">
+      <c r="A84" s="66" t="s">
+        <v>307</v>
+      </c>
+      <c r="B84" s="67" t="s">
+        <v>308</v>
+      </c>
+      <c r="C84" s="29">
         <v>13887</v>
       </c>
-      <c r="D84" s="36">
-[...23 lines deleted...]
-      <c r="L84" s="36">
+      <c r="D84" s="29">
+        <v>30741</v>
+      </c>
+      <c r="E84" s="29">
+        <v>15237</v>
+      </c>
+      <c r="F84" s="29">
+        <v>15504</v>
+      </c>
+      <c r="G84" s="29">
+        <v>0</v>
+      </c>
+      <c r="H84" s="29">
         <v>-16</v>
       </c>
-      <c r="M84" s="36">
+      <c r="I84" s="31">
+        <v>-5.202068E-2</v>
+      </c>
+      <c r="J84" s="29">
+        <v>-310</v>
+      </c>
+      <c r="K84" s="31">
+        <v>-0.99835750000000001</v>
+      </c>
+      <c r="L84" s="29">
+        <v>-38</v>
+      </c>
+      <c r="M84" s="29">
         <v>12</v>
       </c>
-      <c r="N84" s="36">
+      <c r="N84" s="29">
+        <v>50</v>
+      </c>
+      <c r="O84" s="29">
+        <v>22</v>
+      </c>
+      <c r="P84" s="29">
+        <v>104</v>
+      </c>
+      <c r="Q84" s="29">
+        <v>82</v>
+      </c>
+      <c r="R84" s="29">
+        <v>16</v>
+      </c>
+      <c r="S84" s="29">
+        <v>61</v>
+      </c>
+      <c r="T84" s="29">
         <v>28</v>
       </c>
-      <c r="O84" s="36">
-[...29 lines deleted...]
-      <c r="Y84" s="36">
+      <c r="U84" s="29">
+        <v>33</v>
+      </c>
+      <c r="V84" s="29">
+        <v>0</v>
+      </c>
+      <c r="W84" s="29">
+        <v>45</v>
+      </c>
+      <c r="X84" s="29">
+        <v>30</v>
+      </c>
+      <c r="Y84" s="29">
         <v>15</v>
       </c>
-      <c r="Z84" s="36">
-[...6 lines deleted...]
-        <v>478.7</v>
+      <c r="Z84" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA84" s="68">
+        <v>0.41979717655297399</v>
+      </c>
+      <c r="AB84" s="69">
+        <v>478.45</v>
       </c>
     </row>
     <row r="85" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A85" s="73" t="s">
-[...5 lines deleted...]
-      <c r="C85" s="36">
+      <c r="A85" s="66" t="s">
+        <v>309</v>
+      </c>
+      <c r="B85" s="67" t="s">
+        <v>310</v>
+      </c>
+      <c r="C85" s="29">
         <v>13887</v>
       </c>
-      <c r="D85" s="36">
-[...23 lines deleted...]
-      <c r="L85" s="36">
+      <c r="D85" s="29">
+        <v>30741</v>
+      </c>
+      <c r="E85" s="29">
+        <v>15237</v>
+      </c>
+      <c r="F85" s="29">
+        <v>15504</v>
+      </c>
+      <c r="G85" s="29">
+        <v>0</v>
+      </c>
+      <c r="H85" s="29">
         <v>-16</v>
       </c>
-      <c r="M85" s="36">
+      <c r="I85" s="31">
+        <v>-5.2020678219592303E-2</v>
+      </c>
+      <c r="J85" s="29">
+        <v>-310</v>
+      </c>
+      <c r="K85" s="31">
+        <v>-0.99835754081994099</v>
+      </c>
+      <c r="L85" s="29">
+        <v>-38</v>
+      </c>
+      <c r="M85" s="29">
         <v>12</v>
       </c>
-      <c r="N85" s="36">
+      <c r="N85" s="29">
+        <v>50</v>
+      </c>
+      <c r="O85" s="29">
+        <v>22</v>
+      </c>
+      <c r="P85" s="29">
+        <v>104</v>
+      </c>
+      <c r="Q85" s="29">
+        <v>82</v>
+      </c>
+      <c r="R85" s="29">
+        <v>16</v>
+      </c>
+      <c r="S85" s="29">
+        <v>61</v>
+      </c>
+      <c r="T85" s="29">
         <v>28</v>
       </c>
-      <c r="O85" s="36">
-[...29 lines deleted...]
-      <c r="Y85" s="36">
+      <c r="U85" s="29">
+        <v>33</v>
+      </c>
+      <c r="V85" s="29">
+        <v>0</v>
+      </c>
+      <c r="W85" s="29">
+        <v>45</v>
+      </c>
+      <c r="X85" s="29">
+        <v>30</v>
+      </c>
+      <c r="Y85" s="29">
         <v>15</v>
       </c>
-      <c r="Z85" s="36">
-[...6 lines deleted...]
-        <v>478.7</v>
+      <c r="Z85" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA85" s="68">
+        <v>0.41979717655297399</v>
+      </c>
+      <c r="AB85" s="69">
+        <v>478.45</v>
       </c>
     </row>
     <row r="86" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A86" s="73" t="s">
-[...26 lines deleted...]
-      <c r="J86" s="36">
+      <c r="A86" s="66" t="s">
+        <v>311</v>
+      </c>
+      <c r="B86" s="67" t="s">
+        <v>312</v>
+      </c>
+      <c r="C86" s="29">
+        <v>15327</v>
+      </c>
+      <c r="D86" s="29">
+        <v>33584</v>
+      </c>
+      <c r="E86" s="29">
+        <v>16787</v>
+      </c>
+      <c r="F86" s="29">
+        <v>16797</v>
+      </c>
+      <c r="G86" s="29">
+        <v>0</v>
+      </c>
+      <c r="H86" s="29">
+        <v>12</v>
+      </c>
+      <c r="I86" s="31">
+        <v>3.5744070000000003E-2</v>
+      </c>
+      <c r="J86" s="29">
         <v>-169</v>
       </c>
-      <c r="K86" s="38">
-[...41 lines deleted...]
-      <c r="Y86" s="36">
+      <c r="K86" s="31">
+        <v>-0.50069620000000004</v>
+      </c>
+      <c r="L86" s="29">
+        <v>-28</v>
+      </c>
+      <c r="M86" s="29">
+        <v>11</v>
+      </c>
+      <c r="N86" s="29">
+        <v>39</v>
+      </c>
+      <c r="O86" s="29">
+        <v>40</v>
+      </c>
+      <c r="P86" s="29">
+        <v>104</v>
+      </c>
+      <c r="Q86" s="29">
+        <v>64</v>
+      </c>
+      <c r="R86" s="29">
+        <v>25</v>
+      </c>
+      <c r="S86" s="29">
+        <v>54</v>
+      </c>
+      <c r="T86" s="29">
+        <v>29</v>
+      </c>
+      <c r="U86" s="29">
+        <v>25</v>
+      </c>
+      <c r="V86" s="29">
+        <v>0</v>
+      </c>
+      <c r="W86" s="29">
+        <v>29</v>
+      </c>
+      <c r="X86" s="29">
         <v>18</v>
       </c>
-      <c r="Z86" s="36">
-[...6 lines deleted...]
-        <v>2104.8200000000002</v>
+      <c r="Y86" s="29">
+        <v>11</v>
+      </c>
+      <c r="Z86" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA86" s="68">
+        <v>0.45862100703799702</v>
+      </c>
+      <c r="AB86" s="69">
+        <v>2105.58</v>
       </c>
     </row>
     <row r="87" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A87" s="73" t="s">
-[...26 lines deleted...]
-      <c r="J87" s="36">
+      <c r="A87" s="66" t="s">
+        <v>150</v>
+      </c>
+      <c r="B87" s="67" t="s">
+        <v>151</v>
+      </c>
+      <c r="C87" s="29">
+        <v>15327</v>
+      </c>
+      <c r="D87" s="29">
+        <v>33584</v>
+      </c>
+      <c r="E87" s="29">
+        <v>16787</v>
+      </c>
+      <c r="F87" s="29">
+        <v>16797</v>
+      </c>
+      <c r="G87" s="29">
+        <v>0</v>
+      </c>
+      <c r="H87" s="29">
+        <v>12</v>
+      </c>
+      <c r="I87" s="31">
+        <v>3.57440724413201E-2</v>
+      </c>
+      <c r="J87" s="29">
         <v>-169</v>
       </c>
-      <c r="K87" s="38">
-[...41 lines deleted...]
-      <c r="Y87" s="36">
+      <c r="K87" s="31">
+        <v>-0.50069623440879296</v>
+      </c>
+      <c r="L87" s="29">
+        <v>-28</v>
+      </c>
+      <c r="M87" s="29">
+        <v>11</v>
+      </c>
+      <c r="N87" s="29">
+        <v>39</v>
+      </c>
+      <c r="O87" s="29">
+        <v>40</v>
+      </c>
+      <c r="P87" s="29">
+        <v>104</v>
+      </c>
+      <c r="Q87" s="29">
+        <v>64</v>
+      </c>
+      <c r="R87" s="29">
+        <v>25</v>
+      </c>
+      <c r="S87" s="29">
+        <v>54</v>
+      </c>
+      <c r="T87" s="29">
+        <v>29</v>
+      </c>
+      <c r="U87" s="29">
+        <v>25</v>
+      </c>
+      <c r="V87" s="29">
+        <v>0</v>
+      </c>
+      <c r="W87" s="29">
+        <v>29</v>
+      </c>
+      <c r="X87" s="29">
         <v>18</v>
       </c>
-      <c r="Z87" s="36">
-[...6 lines deleted...]
-        <v>2104.8200000000002</v>
+      <c r="Y87" s="29">
+        <v>11</v>
+      </c>
+      <c r="Z87" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA87" s="68">
+        <v>0.45862100703799702</v>
+      </c>
+      <c r="AB87" s="69">
+        <v>2105.58</v>
       </c>
     </row>
     <row r="88" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A88" s="73" t="s">
-[...11 lines deleted...]
-      <c r="E88" s="36">
+      <c r="A88" s="66" t="s">
+        <v>313</v>
+      </c>
+      <c r="B88" s="67" t="s">
+        <v>314</v>
+      </c>
+      <c r="C88" s="29">
+        <v>29959</v>
+      </c>
+      <c r="D88" s="29">
+        <v>69489</v>
+      </c>
+      <c r="E88" s="29">
+        <v>34735</v>
+      </c>
+      <c r="F88" s="29">
         <v>34754</v>
       </c>
-      <c r="F88" s="36">
-[...20 lines deleted...]
-      <c r="M88" s="36">
+      <c r="G88" s="29">
+        <v>0</v>
+      </c>
+      <c r="H88" s="29">
+        <v>-41</v>
+      </c>
+      <c r="I88" s="31">
+        <v>-5.8967350000000002E-2</v>
+      </c>
+      <c r="J88" s="29">
+        <v>-656</v>
+      </c>
+      <c r="K88" s="31">
+        <v>-0.93520559999999997</v>
+      </c>
+      <c r="L88" s="29">
+        <v>-38</v>
+      </c>
+      <c r="M88" s="29">
+        <v>29</v>
+      </c>
+      <c r="N88" s="29">
+        <v>67</v>
+      </c>
+      <c r="O88" s="29">
+        <v>-3</v>
+      </c>
+      <c r="P88" s="29">
+        <v>172</v>
+      </c>
+      <c r="Q88" s="29">
+        <v>175</v>
+      </c>
+      <c r="R88" s="29">
+        <v>5</v>
+      </c>
+      <c r="S88" s="29">
+        <v>85</v>
+      </c>
+      <c r="T88" s="29">
+        <v>51</v>
+      </c>
+      <c r="U88" s="29">
+        <v>34</v>
+      </c>
+      <c r="V88" s="29">
+        <v>0</v>
+      </c>
+      <c r="W88" s="29">
+        <v>80</v>
+      </c>
+      <c r="X88" s="29">
+        <v>48</v>
+      </c>
+      <c r="Y88" s="29">
         <v>32</v>
       </c>
-      <c r="N88" s="36">
-[...42 lines deleted...]
-        <v>1504</v>
+      <c r="Z88" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA88" s="68">
+        <v>0.94893744515434097</v>
+      </c>
+      <c r="AB88" s="69">
+        <v>1503.11</v>
       </c>
     </row>
     <row r="89" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A89" s="73" t="s">
-[...81 lines deleted...]
-        <v>1416.88</v>
+      <c r="A89" s="66" t="s">
+        <v>315</v>
+      </c>
+      <c r="B89" s="67" t="s">
+        <v>316</v>
+      </c>
+      <c r="C89" s="29">
+        <v>18779</v>
+      </c>
+      <c r="D89" s="29">
+        <v>42520</v>
+      </c>
+      <c r="E89" s="29">
+        <v>21155</v>
+      </c>
+      <c r="F89" s="29">
+        <v>21365</v>
+      </c>
+      <c r="G89" s="29">
+        <v>0</v>
+      </c>
+      <c r="H89" s="29">
+        <v>-29</v>
+      </c>
+      <c r="I89" s="31">
+        <v>-6.8156713436273497E-2</v>
+      </c>
+      <c r="J89" s="29">
+        <v>-449</v>
+      </c>
+      <c r="K89" s="31">
+        <v>-1.0449393748981799</v>
+      </c>
+      <c r="L89" s="29">
+        <v>-25</v>
+      </c>
+      <c r="M89" s="29">
+        <v>15</v>
+      </c>
+      <c r="N89" s="29">
+        <v>40</v>
+      </c>
+      <c r="O89" s="29">
+        <v>-4</v>
+      </c>
+      <c r="P89" s="29">
+        <v>97</v>
+      </c>
+      <c r="Q89" s="29">
+        <v>101</v>
+      </c>
+      <c r="R89" s="29">
+        <v>-2</v>
+      </c>
+      <c r="S89" s="29">
+        <v>40</v>
+      </c>
+      <c r="T89" s="29">
+        <v>27</v>
+      </c>
+      <c r="U89" s="29">
+        <v>13</v>
+      </c>
+      <c r="V89" s="29">
+        <v>0</v>
+      </c>
+      <c r="W89" s="29">
+        <v>42</v>
+      </c>
+      <c r="X89" s="29">
+        <v>28</v>
+      </c>
+      <c r="Y89" s="29">
+        <v>14</v>
+      </c>
+      <c r="Z89" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA89" s="68">
+        <v>0.58065046508026597</v>
+      </c>
+      <c r="AB89" s="69">
+        <v>1415.91</v>
       </c>
     </row>
     <row r="90" spans="1:28" ht="14" x14ac:dyDescent="0.2">
-      <c r="A90" s="73" t="s">
-[...41 lines deleted...]
-      <c r="O90" s="36">
+      <c r="A90" s="66" t="s">
+        <v>317</v>
+      </c>
+      <c r="B90" s="67" t="s">
+        <v>318</v>
+      </c>
+      <c r="C90" s="29">
+        <v>11180</v>
+      </c>
+      <c r="D90" s="29">
+        <v>26969</v>
+      </c>
+      <c r="E90" s="29">
+        <v>13580</v>
+      </c>
+      <c r="F90" s="29">
+        <v>13389</v>
+      </c>
+      <c r="G90" s="29">
+        <v>0</v>
+      </c>
+      <c r="H90" s="29">
+        <v>-12</v>
+      </c>
+      <c r="I90" s="31">
+        <v>-4.4475742188947801E-2</v>
+      </c>
+      <c r="J90" s="29">
+        <v>-207</v>
+      </c>
+      <c r="K90" s="31">
+        <v>-0.76170150132469805</v>
+      </c>
+      <c r="L90" s="29">
+        <v>-13</v>
+      </c>
+      <c r="M90" s="29">
+        <v>14</v>
+      </c>
+      <c r="N90" s="29">
+        <v>27</v>
+      </c>
+      <c r="O90" s="29">
+        <v>1</v>
+      </c>
+      <c r="P90" s="29">
+        <v>75</v>
+      </c>
+      <c r="Q90" s="29">
+        <v>74</v>
+      </c>
+      <c r="R90" s="29">
+        <v>7</v>
+      </c>
+      <c r="S90" s="29">
         <v>45</v>
       </c>
-      <c r="P90" s="36">
-[...5 lines deleted...]
-      <c r="R90" s="36">
+      <c r="T90" s="29">
+        <v>24</v>
+      </c>
+      <c r="U90" s="29">
+        <v>21</v>
+      </c>
+      <c r="V90" s="29">
+        <v>0</v>
+      </c>
+      <c r="W90" s="29">
+        <v>38</v>
+      </c>
+      <c r="X90" s="29">
         <v>20</v>
       </c>
-      <c r="S90" s="36">
-[...27 lines deleted...]
-        <v>1665.49</v>
+      <c r="Y90" s="29">
+        <v>18</v>
+      </c>
+      <c r="Z90" s="29">
+        <v>0</v>
+      </c>
+      <c r="AA90" s="68">
+        <v>0.36828698007407501</v>
+      </c>
+      <c r="AB90" s="69">
+        <v>1664.75</v>
       </c>
     </row>
     <row r="91" spans="1:28" ht="13" x14ac:dyDescent="0.2">
-      <c r="B91" s="8" t="s">
+      <c r="B91" s="1" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="92" spans="1:28" ht="13" x14ac:dyDescent="0.2">
-      <c r="B92" s="8" t="s">
+      <c r="B92" s="1" t="s">
         <v>320</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="B1:BZ82"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="5" topLeftCell="C76" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="2" ySplit="5" topLeftCell="C72" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="M1" sqref="M1"/>
+      <selection pane="bottomRight" activeCell="D88" sqref="D88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.7265625" style="77" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="9.08984375" style="77"/>
+    <col min="1" max="1" width="2.7265625" style="70" customWidth="1"/>
+    <col min="2" max="2" width="12.1796875" style="70" customWidth="1"/>
+    <col min="3" max="3" width="9.08984375" style="70" customWidth="1"/>
+    <col min="4" max="16384" width="9.08984375" style="70"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:78" s="78" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="J1" s="78" t="s">
+    <row r="1" spans="2:78" s="71" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J1" s="71" t="s">
         <v>321</v>
       </c>
-      <c r="AE1" s="78" t="s">
+      <c r="AE1" s="71" t="s">
         <v>321</v>
       </c>
-      <c r="AY1" s="78" t="s">
+      <c r="AY1" s="71" t="s">
         <v>321</v>
       </c>
-      <c r="BQ1" s="78" t="s">
+      <c r="BQ1" s="71" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="2" spans="2:78" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B3" s="96" t="s">
+      <c r="B3" s="89" t="s">
         <v>322</v>
       </c>
-      <c r="C3" s="91" t="s">
+      <c r="C3" s="84" t="s">
         <v>323</v>
       </c>
-      <c r="D3" s="91" t="s">
-[...5 lines deleted...]
-      <c r="F3" s="95" t="s">
+      <c r="D3" s="84" t="s">
+        <v>213</v>
+      </c>
+      <c r="E3" s="84" t="s">
+        <v>215</v>
+      </c>
+      <c r="F3" s="88" t="s">
+        <v>101</v>
+      </c>
+      <c r="G3" s="84" t="s">
+        <v>217</v>
+      </c>
+      <c r="H3" s="84" t="s">
+        <v>219</v>
+      </c>
+      <c r="I3" s="84" t="s">
+        <v>221</v>
+      </c>
+      <c r="J3" s="84" t="s">
+        <v>223</v>
+      </c>
+      <c r="K3" s="84" t="s">
+        <v>225</v>
+      </c>
+      <c r="L3" s="84" t="s">
+        <v>227</v>
+      </c>
+      <c r="M3" s="84" t="s">
+        <v>229</v>
+      </c>
+      <c r="N3" s="84" t="s">
+        <v>231</v>
+      </c>
+      <c r="O3" s="84" t="s">
+        <v>233</v>
+      </c>
+      <c r="P3" s="84" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q3" s="84" t="s">
+        <v>107</v>
+      </c>
+      <c r="R3" s="84" t="s">
+        <v>105</v>
+      </c>
+      <c r="S3" s="84" t="s">
+        <v>98</v>
+      </c>
+      <c r="T3" s="84" t="s">
+        <v>237</v>
+      </c>
+      <c r="U3" s="84" t="s">
+        <v>126</v>
+      </c>
+      <c r="V3" s="84" t="s">
+        <v>119</v>
+      </c>
+      <c r="W3" s="84" t="s">
+        <v>239</v>
+      </c>
+      <c r="X3" s="84" t="s">
+        <v>241</v>
+      </c>
+      <c r="Y3" s="84" t="s">
+        <v>243</v>
+      </c>
+      <c r="Z3" s="84" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA3" s="84" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB3" s="84" t="s">
+        <v>245</v>
+      </c>
+      <c r="AC3" s="84" t="s">
+        <v>247</v>
+      </c>
+      <c r="AD3" s="84" t="s">
+        <v>249</v>
+      </c>
+      <c r="AE3" s="84" t="s">
+        <v>251</v>
+      </c>
+      <c r="AF3" s="84" t="s">
+        <v>253</v>
+      </c>
+      <c r="AG3" s="84" t="s">
+        <v>94</v>
+      </c>
+      <c r="AH3" s="84" t="s">
+        <v>114</v>
+      </c>
+      <c r="AI3" s="84" t="s">
+        <v>255</v>
+      </c>
+      <c r="AJ3" s="84" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK3" s="84" t="s">
+        <v>128</v>
+      </c>
+      <c r="AL3" s="84" t="s">
+        <v>112</v>
+      </c>
+      <c r="AM3" s="84" t="s">
+        <v>156</v>
+      </c>
+      <c r="AN3" s="84" t="s">
+        <v>257</v>
+      </c>
+      <c r="AO3" s="84" t="s">
+        <v>259</v>
+      </c>
+      <c r="AP3" s="84" t="s">
+        <v>261</v>
+      </c>
+      <c r="AQ3" s="84" t="s">
+        <v>263</v>
+      </c>
+      <c r="AR3" s="84" t="s">
+        <v>265</v>
+      </c>
+      <c r="AS3" s="84" t="s">
+        <v>103</v>
+      </c>
+      <c r="AT3" s="84" t="s">
+        <v>267</v>
+      </c>
+      <c r="AU3" s="84" t="s">
         <v>92</v>
       </c>
-      <c r="G3" s="91" t="s">
-[...50 lines deleted...]
-      <c r="X3" s="91" t="s">
+      <c r="AV3" s="84" t="s">
+        <v>269</v>
+      </c>
+      <c r="AW3" s="84" t="s">
+        <v>271</v>
+      </c>
+      <c r="AX3" s="84" t="s">
+        <v>122</v>
+      </c>
+      <c r="AY3" s="84" t="s">
+        <v>273</v>
+      </c>
+      <c r="AZ3" s="84" t="s">
+        <v>275</v>
+      </c>
+      <c r="BA3" s="84" t="s">
+        <v>277</v>
+      </c>
+      <c r="BB3" s="88" t="s">
         <v>124</v>
       </c>
-      <c r="Y3" s="91" t="s">
-[...89 lines deleted...]
-      <c r="BC3" s="91" t="s">
+      <c r="BC3" s="84" t="s">
         <v>279</v>
       </c>
-      <c r="BD3" s="91" t="s">
+      <c r="BD3" s="84" t="s">
         <v>283</v>
       </c>
-      <c r="BE3" s="91" t="s">
+      <c r="BE3" s="84" t="s">
+        <v>158</v>
+      </c>
+      <c r="BF3" s="84" t="s">
         <v>287</v>
       </c>
-      <c r="BF3" s="91" t="s">
-[...2 lines deleted...]
-      <c r="BG3" s="91" t="s">
+      <c r="BG3" s="84" t="s">
+        <v>146</v>
+      </c>
+      <c r="BH3" s="84" t="s">
+        <v>142</v>
+      </c>
+      <c r="BI3" s="84" t="s">
+        <v>152</v>
+      </c>
+      <c r="BJ3" s="84" t="s">
+        <v>140</v>
+      </c>
+      <c r="BK3" s="84" t="s">
+        <v>291</v>
+      </c>
+      <c r="BL3" s="84" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM3" s="84" t="s">
+        <v>293</v>
+      </c>
+      <c r="BN3" s="88" t="s">
+        <v>295</v>
+      </c>
+      <c r="BO3" s="84" t="s">
+        <v>148</v>
+      </c>
+      <c r="BP3" s="84" t="s">
+        <v>299</v>
+      </c>
+      <c r="BQ3" s="84" t="s">
+        <v>301</v>
+      </c>
+      <c r="BR3" s="84" t="s">
+        <v>154</v>
+      </c>
+      <c r="BS3" s="84" t="s">
+        <v>138</v>
+      </c>
+      <c r="BT3" s="84" t="s">
+        <v>305</v>
+      </c>
+      <c r="BU3" s="84" t="s">
+        <v>134</v>
+      </c>
+      <c r="BV3" s="84" t="s">
+        <v>136</v>
+      </c>
+      <c r="BW3" s="84" t="s">
+        <v>309</v>
+      </c>
+      <c r="BX3" s="84" t="s">
         <v>150</v>
       </c>
-      <c r="BH3" s="91" t="s">
-[...54 lines deleted...]
-        <v>144</v>
+      <c r="BY3" s="84" t="s">
+        <v>315</v>
+      </c>
+      <c r="BZ3" s="86" t="s">
+        <v>317</v>
       </c>
     </row>
     <row r="4" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B4" s="97"/>
-[...75 lines deleted...]
-      <c r="BZ4" s="94"/>
+      <c r="B4" s="90"/>
+      <c r="C4" s="85"/>
+      <c r="D4" s="85"/>
+      <c r="E4" s="85"/>
+      <c r="F4" s="85"/>
+      <c r="G4" s="85"/>
+      <c r="H4" s="85"/>
+      <c r="I4" s="85"/>
+      <c r="J4" s="85"/>
+      <c r="K4" s="85"/>
+      <c r="L4" s="85"/>
+      <c r="M4" s="85"/>
+      <c r="N4" s="85"/>
+      <c r="O4" s="85"/>
+      <c r="P4" s="85"/>
+      <c r="Q4" s="85"/>
+      <c r="R4" s="85"/>
+      <c r="S4" s="85"/>
+      <c r="T4" s="85"/>
+      <c r="U4" s="85"/>
+      <c r="V4" s="85"/>
+      <c r="W4" s="85"/>
+      <c r="X4" s="85"/>
+      <c r="Y4" s="85"/>
+      <c r="Z4" s="85"/>
+      <c r="AA4" s="85"/>
+      <c r="AB4" s="85"/>
+      <c r="AC4" s="85"/>
+      <c r="AD4" s="85"/>
+      <c r="AE4" s="85"/>
+      <c r="AF4" s="85"/>
+      <c r="AG4" s="85"/>
+      <c r="AH4" s="85"/>
+      <c r="AI4" s="85"/>
+      <c r="AJ4" s="85"/>
+      <c r="AK4" s="85"/>
+      <c r="AL4" s="85"/>
+      <c r="AM4" s="85"/>
+      <c r="AN4" s="85"/>
+      <c r="AO4" s="85"/>
+      <c r="AP4" s="85"/>
+      <c r="AQ4" s="85"/>
+      <c r="AR4" s="85"/>
+      <c r="AS4" s="85"/>
+      <c r="AT4" s="85"/>
+      <c r="AU4" s="85"/>
+      <c r="AV4" s="85"/>
+      <c r="AW4" s="85"/>
+      <c r="AX4" s="85"/>
+      <c r="AY4" s="85"/>
+      <c r="AZ4" s="85"/>
+      <c r="BA4" s="85"/>
+      <c r="BB4" s="85"/>
+      <c r="BC4" s="85"/>
+      <c r="BD4" s="85"/>
+      <c r="BE4" s="85"/>
+      <c r="BF4" s="85"/>
+      <c r="BG4" s="85"/>
+      <c r="BH4" s="85"/>
+      <c r="BI4" s="85"/>
+      <c r="BJ4" s="85"/>
+      <c r="BK4" s="85"/>
+      <c r="BL4" s="85"/>
+      <c r="BM4" s="85"/>
+      <c r="BN4" s="85"/>
+      <c r="BO4" s="85"/>
+      <c r="BP4" s="85"/>
+      <c r="BQ4" s="85"/>
+      <c r="BR4" s="85"/>
+      <c r="BS4" s="85"/>
+      <c r="BT4" s="85"/>
+      <c r="BU4" s="85"/>
+      <c r="BV4" s="85"/>
+      <c r="BW4" s="85"/>
+      <c r="BX4" s="85"/>
+      <c r="BY4" s="85"/>
+      <c r="BZ4" s="87"/>
     </row>
     <row r="5" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B5" s="97"/>
-[...75 lines deleted...]
-      <c r="BZ5" s="94"/>
+      <c r="B5" s="90"/>
+      <c r="C5" s="85"/>
+      <c r="D5" s="85"/>
+      <c r="E5" s="85"/>
+      <c r="F5" s="85"/>
+      <c r="G5" s="85"/>
+      <c r="H5" s="85"/>
+      <c r="I5" s="85"/>
+      <c r="J5" s="85"/>
+      <c r="K5" s="85"/>
+      <c r="L5" s="85"/>
+      <c r="M5" s="85"/>
+      <c r="N5" s="85"/>
+      <c r="O5" s="85"/>
+      <c r="P5" s="85"/>
+      <c r="Q5" s="85"/>
+      <c r="R5" s="85"/>
+      <c r="S5" s="85"/>
+      <c r="T5" s="85"/>
+      <c r="U5" s="85"/>
+      <c r="V5" s="85"/>
+      <c r="W5" s="85"/>
+      <c r="X5" s="85"/>
+      <c r="Y5" s="85"/>
+      <c r="Z5" s="85"/>
+      <c r="AA5" s="85"/>
+      <c r="AB5" s="85"/>
+      <c r="AC5" s="85"/>
+      <c r="AD5" s="85"/>
+      <c r="AE5" s="85"/>
+      <c r="AF5" s="85"/>
+      <c r="AG5" s="85"/>
+      <c r="AH5" s="85"/>
+      <c r="AI5" s="85"/>
+      <c r="AJ5" s="85"/>
+      <c r="AK5" s="85"/>
+      <c r="AL5" s="85"/>
+      <c r="AM5" s="85"/>
+      <c r="AN5" s="85"/>
+      <c r="AO5" s="85"/>
+      <c r="AP5" s="85"/>
+      <c r="AQ5" s="85"/>
+      <c r="AR5" s="85"/>
+      <c r="AS5" s="85"/>
+      <c r="AT5" s="85"/>
+      <c r="AU5" s="85"/>
+      <c r="AV5" s="85"/>
+      <c r="AW5" s="85"/>
+      <c r="AX5" s="85"/>
+      <c r="AY5" s="85"/>
+      <c r="AZ5" s="85"/>
+      <c r="BA5" s="85"/>
+      <c r="BB5" s="85"/>
+      <c r="BC5" s="85"/>
+      <c r="BD5" s="85"/>
+      <c r="BE5" s="85"/>
+      <c r="BF5" s="85"/>
+      <c r="BG5" s="85"/>
+      <c r="BH5" s="85"/>
+      <c r="BI5" s="85"/>
+      <c r="BJ5" s="85"/>
+      <c r="BK5" s="85"/>
+      <c r="BL5" s="85"/>
+      <c r="BM5" s="85"/>
+      <c r="BN5" s="85"/>
+      <c r="BO5" s="85"/>
+      <c r="BP5" s="85"/>
+      <c r="BQ5" s="85"/>
+      <c r="BR5" s="85"/>
+      <c r="BS5" s="85"/>
+      <c r="BT5" s="85"/>
+      <c r="BU5" s="85"/>
+      <c r="BV5" s="85"/>
+      <c r="BW5" s="85"/>
+      <c r="BX5" s="85"/>
+      <c r="BY5" s="85"/>
+      <c r="BZ5" s="87"/>
     </row>
     <row r="6" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B6" s="79" t="s">
+      <c r="B6" s="72" t="s">
         <v>323</v>
       </c>
-      <c r="C6" s="80">
-[...14 lines deleted...]
-      <c r="H6" s="80">
+      <c r="C6" s="73">
+        <v>8956</v>
+      </c>
+      <c r="D6" s="73">
+        <v>8294</v>
+      </c>
+      <c r="E6" s="73">
+        <v>662</v>
+      </c>
+      <c r="F6" s="73">
+        <v>1302</v>
+      </c>
+      <c r="G6" s="73">
+        <v>129</v>
+      </c>
+      <c r="H6" s="73">
+        <v>144</v>
+      </c>
+      <c r="I6" s="73">
+        <v>97</v>
+      </c>
+      <c r="J6" s="73">
+        <v>139</v>
+      </c>
+      <c r="K6" s="73">
+        <v>100</v>
+      </c>
+      <c r="L6" s="73">
+        <v>79</v>
+      </c>
+      <c r="M6" s="73">
+        <v>153</v>
+      </c>
+      <c r="N6" s="73">
         <v>230</v>
       </c>
-      <c r="I6" s="80">
-[...14 lines deleted...]
-      <c r="N6" s="80">
+      <c r="O6" s="73">
+        <v>116</v>
+      </c>
+      <c r="P6" s="73">
+        <v>115</v>
+      </c>
+      <c r="Q6" s="73">
+        <v>423</v>
+      </c>
+      <c r="R6" s="73">
         <v>224</v>
       </c>
-      <c r="O6" s="80">
-[...2 lines deleted...]
-      <c r="P6" s="80">
+      <c r="S6" s="73">
+        <v>703</v>
+      </c>
+      <c r="T6" s="73">
+        <v>126</v>
+      </c>
+      <c r="U6" s="73">
+        <v>41</v>
+      </c>
+      <c r="V6" s="73">
+        <v>280</v>
+      </c>
+      <c r="W6" s="73">
+        <v>77</v>
+      </c>
+      <c r="X6" s="73">
+        <v>131</v>
+      </c>
+      <c r="Y6" s="73">
+        <v>86</v>
+      </c>
+      <c r="Z6" s="73">
+        <v>120</v>
+      </c>
+      <c r="AA6" s="73">
+        <v>292</v>
+      </c>
+      <c r="AB6" s="73">
+        <v>171</v>
+      </c>
+      <c r="AC6" s="73">
+        <v>57</v>
+      </c>
+      <c r="AD6" s="73">
+        <v>164</v>
+      </c>
+      <c r="AE6" s="73">
+        <v>126</v>
+      </c>
+      <c r="AF6" s="73">
+        <v>342</v>
+      </c>
+      <c r="AG6" s="73">
+        <v>291</v>
+      </c>
+      <c r="AH6" s="73">
+        <v>391</v>
+      </c>
+      <c r="AI6" s="73">
+        <v>227</v>
+      </c>
+      <c r="AJ6" s="73">
+        <v>263</v>
+      </c>
+      <c r="AK6" s="73">
+        <v>115</v>
+      </c>
+      <c r="AL6" s="73">
+        <v>238</v>
+      </c>
+      <c r="AM6" s="73">
+        <v>114</v>
+      </c>
+      <c r="AN6" s="73">
+        <v>132</v>
+      </c>
+      <c r="AO6" s="73">
+        <v>163</v>
+      </c>
+      <c r="AP6" s="73">
+        <v>115</v>
+      </c>
+      <c r="AQ6" s="73">
+        <v>172</v>
+      </c>
+      <c r="AR6" s="73">
+        <v>92</v>
+      </c>
+      <c r="AS6" s="73">
+        <v>107</v>
+      </c>
+      <c r="AT6" s="73">
+        <v>230</v>
+      </c>
+      <c r="AU6" s="73">
         <v>133</v>
       </c>
-      <c r="Q6" s="80">
-[...35 lines deleted...]
-      <c r="AC6" s="80">
+      <c r="AV6" s="73">
+        <v>97</v>
+      </c>
+      <c r="AW6" s="73">
+        <v>164</v>
+      </c>
+      <c r="AX6" s="73">
+        <v>46</v>
+      </c>
+      <c r="AY6" s="73">
+        <v>140</v>
+      </c>
+      <c r="AZ6" s="73">
+        <v>81</v>
+      </c>
+      <c r="BA6" s="73">
+        <v>88</v>
+      </c>
+      <c r="BB6" s="73">
+        <v>163</v>
+      </c>
+      <c r="BC6" s="73">
+        <v>67</v>
+      </c>
+      <c r="BD6" s="73">
+        <v>75</v>
+      </c>
+      <c r="BE6" s="73">
         <v>64</v>
       </c>
-      <c r="AD6" s="80">
-[...86 lines deleted...]
-      <c r="BG6" s="80">
+      <c r="BF6" s="73">
+        <v>52</v>
+      </c>
+      <c r="BG6" s="73">
+        <v>29</v>
+      </c>
+      <c r="BH6" s="73">
+        <v>28</v>
+      </c>
+      <c r="BI6" s="73">
+        <v>52</v>
+      </c>
+      <c r="BJ6" s="73">
+        <v>23</v>
+      </c>
+      <c r="BK6" s="73">
         <v>22</v>
       </c>
-      <c r="BH6" s="80">
-[...8 lines deleted...]
-      <c r="BK6" s="80">
+      <c r="BL6" s="73">
+        <v>25</v>
+      </c>
+      <c r="BM6" s="73">
+        <v>6</v>
+      </c>
+      <c r="BN6" s="73">
+        <v>17</v>
+      </c>
+      <c r="BO6" s="73">
+        <v>12</v>
+      </c>
+      <c r="BP6" s="73">
+        <v>4</v>
+      </c>
+      <c r="BQ6" s="73">
+        <v>8</v>
+      </c>
+      <c r="BR6" s="73">
+        <v>14</v>
+      </c>
+      <c r="BS6" s="73">
+        <v>9</v>
+      </c>
+      <c r="BT6" s="73">
+        <v>7</v>
+      </c>
+      <c r="BU6" s="73">
+        <v>12</v>
+      </c>
+      <c r="BV6" s="73">
+        <v>36</v>
+      </c>
+      <c r="BW6" s="73">
+        <v>37</v>
+      </c>
+      <c r="BX6" s="73">
         <v>35</v>
       </c>
-      <c r="BL6" s="80">
-[...42 lines deleted...]
-        <v>38</v>
+      <c r="BY6" s="73">
+        <v>59</v>
+      </c>
+      <c r="BZ6" s="74">
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B7" s="79" t="s">
-[...29 lines deleted...]
-      <c r="L7" s="80">
+      <c r="B7" s="72" t="s">
+        <v>213</v>
+      </c>
+      <c r="C7" s="73">
+        <v>8324</v>
+      </c>
+      <c r="D7" s="73">
+        <v>7762</v>
+      </c>
+      <c r="E7" s="73">
+        <v>562</v>
+      </c>
+      <c r="F7" s="73">
+        <v>1241</v>
+      </c>
+      <c r="G7" s="73">
+        <v>123</v>
+      </c>
+      <c r="H7" s="73">
+        <v>130</v>
+      </c>
+      <c r="I7" s="73">
+        <v>96</v>
+      </c>
+      <c r="J7" s="73">
+        <v>136</v>
+      </c>
+      <c r="K7" s="73">
+        <v>96</v>
+      </c>
+      <c r="L7" s="73">
+        <v>75</v>
+      </c>
+      <c r="M7" s="73">
+        <v>140</v>
+      </c>
+      <c r="N7" s="73">
+        <v>226</v>
+      </c>
+      <c r="O7" s="73">
+        <v>112</v>
+      </c>
+      <c r="P7" s="73">
+        <v>107</v>
+      </c>
+      <c r="Q7" s="73">
+        <v>403</v>
+      </c>
+      <c r="R7" s="73">
+        <v>203</v>
+      </c>
+      <c r="S7" s="73">
+        <v>688</v>
+      </c>
+      <c r="T7" s="73">
+        <v>121</v>
+      </c>
+      <c r="U7" s="73">
+        <v>30</v>
+      </c>
+      <c r="V7" s="73">
+        <v>276</v>
+      </c>
+      <c r="W7" s="73">
+        <v>72</v>
+      </c>
+      <c r="X7" s="73">
+        <v>128</v>
+      </c>
+      <c r="Y7" s="73">
+        <v>61</v>
+      </c>
+      <c r="Z7" s="73">
+        <v>82</v>
+      </c>
+      <c r="AA7" s="73">
+        <v>258</v>
+      </c>
+      <c r="AB7" s="73">
+        <v>165</v>
+      </c>
+      <c r="AC7" s="73">
+        <v>53</v>
+      </c>
+      <c r="AD7" s="73">
+        <v>153</v>
+      </c>
+      <c r="AE7" s="73">
         <v>102</v>
       </c>
-      <c r="M7" s="80">
-[...23 lines deleted...]
-      <c r="U7" s="80">
+      <c r="AF7" s="73">
+        <v>308</v>
+      </c>
+      <c r="AG7" s="73">
+        <v>280</v>
+      </c>
+      <c r="AH7" s="73">
+        <v>354</v>
+      </c>
+      <c r="AI7" s="73">
+        <v>222</v>
+      </c>
+      <c r="AJ7" s="73">
+        <v>262</v>
+      </c>
+      <c r="AK7" s="73">
+        <v>112</v>
+      </c>
+      <c r="AL7" s="73">
+        <v>236</v>
+      </c>
+      <c r="AM7" s="73">
+        <v>110</v>
+      </c>
+      <c r="AN7" s="73">
+        <v>124</v>
+      </c>
+      <c r="AO7" s="73">
+        <v>161</v>
+      </c>
+      <c r="AP7" s="73">
+        <v>105</v>
+      </c>
+      <c r="AQ7" s="73">
+        <v>153</v>
+      </c>
+      <c r="AR7" s="73">
+        <v>87</v>
+      </c>
+      <c r="AS7" s="73">
+        <v>105</v>
+      </c>
+      <c r="AT7" s="73">
+        <v>214</v>
+      </c>
+      <c r="AU7" s="73">
+        <v>130</v>
+      </c>
+      <c r="AV7" s="73">
+        <v>85</v>
+      </c>
+      <c r="AW7" s="73">
+        <v>132</v>
+      </c>
+      <c r="AX7" s="73">
+        <v>41</v>
+      </c>
+      <c r="AY7" s="73">
+        <v>129</v>
+      </c>
+      <c r="AZ7" s="73">
+        <v>75</v>
+      </c>
+      <c r="BA7" s="73">
+        <v>84</v>
+      </c>
+      <c r="BB7" s="73">
+        <v>153</v>
+      </c>
+      <c r="BC7" s="73">
+        <v>64</v>
+      </c>
+      <c r="BD7" s="73">
+        <v>75</v>
+      </c>
+      <c r="BE7" s="73">
+        <v>64</v>
+      </c>
+      <c r="BF7" s="73">
+        <v>45</v>
+      </c>
+      <c r="BG7" s="73">
+        <v>16</v>
+      </c>
+      <c r="BH7" s="73">
+        <v>22</v>
+      </c>
+      <c r="BI7" s="73">
+        <v>48</v>
+      </c>
+      <c r="BJ7" s="73">
+        <v>17</v>
+      </c>
+      <c r="BK7" s="73">
+        <v>17</v>
+      </c>
+      <c r="BL7" s="73">
+        <v>21</v>
+      </c>
+      <c r="BM7" s="73">
+        <v>5</v>
+      </c>
+      <c r="BN7" s="73">
+        <v>8</v>
+      </c>
+      <c r="BO7" s="73">
+        <v>12</v>
+      </c>
+      <c r="BP7" s="73">
+        <v>3</v>
+      </c>
+      <c r="BQ7" s="73">
+        <v>5</v>
+      </c>
+      <c r="BR7" s="73">
+        <v>10</v>
+      </c>
+      <c r="BS7" s="73">
+        <v>4</v>
+      </c>
+      <c r="BT7" s="73">
+        <v>6</v>
+      </c>
+      <c r="BU7" s="73">
+        <v>12</v>
+      </c>
+      <c r="BV7" s="73">
+        <v>27</v>
+      </c>
+      <c r="BW7" s="73">
         <v>30</v>
       </c>
-      <c r="V7" s="80">
-[...167 lines deleted...]
-      <c r="BZ7" s="81">
+      <c r="BX7" s="73">
+        <v>29</v>
+      </c>
+      <c r="BY7" s="73">
+        <v>51</v>
+      </c>
+      <c r="BZ7" s="74">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B8" s="79" t="s">
-[...14 lines deleted...]
-      <c r="G8" s="80">
+      <c r="B8" s="72" t="s">
+        <v>215</v>
+      </c>
+      <c r="C8" s="73">
+        <v>632</v>
+      </c>
+      <c r="D8" s="73">
+        <v>532</v>
+      </c>
+      <c r="E8" s="73">
+        <v>100</v>
+      </c>
+      <c r="F8" s="73">
+        <v>61</v>
+      </c>
+      <c r="G8" s="73">
+        <v>6</v>
+      </c>
+      <c r="H8" s="73">
+        <v>14</v>
+      </c>
+      <c r="I8" s="73">
+        <v>1</v>
+      </c>
+      <c r="J8" s="73">
+        <v>3</v>
+      </c>
+      <c r="K8" s="73">
+        <v>4</v>
+      </c>
+      <c r="L8" s="73">
+        <v>4</v>
+      </c>
+      <c r="M8" s="73">
+        <v>13</v>
+      </c>
+      <c r="N8" s="73">
+        <v>4</v>
+      </c>
+      <c r="O8" s="73">
+        <v>4</v>
+      </c>
+      <c r="P8" s="73">
         <v>8</v>
       </c>
-      <c r="H8" s="80">
+      <c r="Q8" s="73">
+        <v>20</v>
+      </c>
+      <c r="R8" s="73">
+        <v>21</v>
+      </c>
+      <c r="S8" s="73">
         <v>15</v>
       </c>
-      <c r="I8" s="80">
+      <c r="T8" s="73">
         <v>5</v>
       </c>
-      <c r="J8" s="80">
+      <c r="U8" s="73">
+        <v>11</v>
+      </c>
+      <c r="V8" s="73">
+        <v>4</v>
+      </c>
+      <c r="W8" s="73">
+        <v>5</v>
+      </c>
+      <c r="X8" s="73">
+        <v>3</v>
+      </c>
+      <c r="Y8" s="73">
+        <v>25</v>
+      </c>
+      <c r="Z8" s="73">
+        <v>38</v>
+      </c>
+      <c r="AA8" s="73">
+        <v>34</v>
+      </c>
+      <c r="AB8" s="73">
+        <v>6</v>
+      </c>
+      <c r="AC8" s="73">
+        <v>4</v>
+      </c>
+      <c r="AD8" s="73">
+        <v>11</v>
+      </c>
+      <c r="AE8" s="73">
+        <v>24</v>
+      </c>
+      <c r="AF8" s="73">
+        <v>34</v>
+      </c>
+      <c r="AG8" s="73">
+        <v>11</v>
+      </c>
+      <c r="AH8" s="73">
+        <v>37</v>
+      </c>
+      <c r="AI8" s="73">
+        <v>5</v>
+      </c>
+      <c r="AJ8" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK8" s="73">
+        <v>3</v>
+      </c>
+      <c r="AL8" s="73">
+        <v>2</v>
+      </c>
+      <c r="AM8" s="73">
+        <v>4</v>
+      </c>
+      <c r="AN8" s="73">
+        <v>8</v>
+      </c>
+      <c r="AO8" s="73">
+        <v>2</v>
+      </c>
+      <c r="AP8" s="73">
+        <v>10</v>
+      </c>
+      <c r="AQ8" s="73">
+        <v>19</v>
+      </c>
+      <c r="AR8" s="73">
+        <v>5</v>
+      </c>
+      <c r="AS8" s="73">
+        <v>2</v>
+      </c>
+      <c r="AT8" s="73">
+        <v>16</v>
+      </c>
+      <c r="AU8" s="73">
+        <v>3</v>
+      </c>
+      <c r="AV8" s="73">
+        <v>12</v>
+      </c>
+      <c r="AW8" s="73">
+        <v>32</v>
+      </c>
+      <c r="AX8" s="73">
+        <v>5</v>
+      </c>
+      <c r="AY8" s="73">
+        <v>11</v>
+      </c>
+      <c r="AZ8" s="73">
+        <v>6</v>
+      </c>
+      <c r="BA8" s="73">
+        <v>4</v>
+      </c>
+      <c r="BB8" s="73">
+        <v>10</v>
+      </c>
+      <c r="BC8" s="73">
+        <v>3</v>
+      </c>
+      <c r="BD8" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE8" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF8" s="73">
+        <v>7</v>
+      </c>
+      <c r="BG8" s="73">
         <v>13</v>
       </c>
-      <c r="K8" s="80">
+      <c r="BH8" s="73">
+        <v>6</v>
+      </c>
+      <c r="BI8" s="73">
+        <v>4</v>
+      </c>
+      <c r="BJ8" s="73">
+        <v>6</v>
+      </c>
+      <c r="BK8" s="73">
+        <v>5</v>
+      </c>
+      <c r="BL8" s="73">
+        <v>4</v>
+      </c>
+      <c r="BM8" s="73">
+        <v>1</v>
+      </c>
+      <c r="BN8" s="73">
+        <v>9</v>
+      </c>
+      <c r="BO8" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP8" s="73">
+        <v>1</v>
+      </c>
+      <c r="BQ8" s="73">
         <v>3</v>
       </c>
-      <c r="L8" s="80">
+      <c r="BR8" s="73">
+        <v>4</v>
+      </c>
+      <c r="BS8" s="73">
+        <v>5</v>
+      </c>
+      <c r="BT8" s="73">
+        <v>1</v>
+      </c>
+      <c r="BU8" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV8" s="73">
+        <v>9</v>
+      </c>
+      <c r="BW8" s="73">
         <v>7</v>
       </c>
-      <c r="M8" s="80">
-[...8 lines deleted...]
-      <c r="P8" s="80">
+      <c r="BX8" s="73">
         <v>6</v>
       </c>
-      <c r="Q8" s="80">
-[...14 lines deleted...]
-      <c r="V8" s="80">
+      <c r="BY8" s="73">
         <v>8</v>
       </c>
-      <c r="W8" s="80">
-[...165 lines deleted...]
-        <v>3</v>
+      <c r="BZ8" s="74">
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B9" s="82" t="s">
-[...11 lines deleted...]
-      <c r="F9" s="83" t="s">
+      <c r="B9" s="75" t="s">
+        <v>101</v>
+      </c>
+      <c r="C9" s="73">
+        <v>1318</v>
+      </c>
+      <c r="D9" s="73">
+        <v>1240</v>
+      </c>
+      <c r="E9" s="73">
+        <v>78</v>
+      </c>
+      <c r="F9" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="G9" s="80">
-[...23 lines deleted...]
-      <c r="O9" s="80">
+      <c r="G9" s="73">
+        <v>77</v>
+      </c>
+      <c r="H9" s="73">
+        <v>162</v>
+      </c>
+      <c r="I9" s="73">
+        <v>184</v>
+      </c>
+      <c r="J9" s="73">
         <v>141</v>
       </c>
-      <c r="P9" s="80">
-[...11 lines deleted...]
-      <c r="T9" s="80">
+      <c r="K9" s="73">
+        <v>168</v>
+      </c>
+      <c r="L9" s="73">
+        <v>108</v>
+      </c>
+      <c r="M9" s="73">
+        <v>210</v>
+      </c>
+      <c r="N9" s="73">
+        <v>216</v>
+      </c>
+      <c r="O9" s="73">
+        <v>114</v>
+      </c>
+      <c r="P9" s="73">
+        <v>58</v>
+      </c>
+      <c r="Q9" s="73">
+        <v>53</v>
+      </c>
+      <c r="R9" s="73">
+        <v>30</v>
+      </c>
+      <c r="S9" s="73">
+        <v>275</v>
+      </c>
+      <c r="T9" s="73">
+        <v>10</v>
+      </c>
+      <c r="U9" s="73">
+        <v>1</v>
+      </c>
+      <c r="V9" s="73">
+        <v>25</v>
+      </c>
+      <c r="W9" s="73">
+        <v>4</v>
+      </c>
+      <c r="X9" s="73">
+        <v>17</v>
+      </c>
+      <c r="Y9" s="73">
+        <v>7</v>
+      </c>
+      <c r="Z9" s="73">
+        <v>10</v>
+      </c>
+      <c r="AA9" s="73">
+        <v>75</v>
+      </c>
+      <c r="AB9" s="73">
+        <v>4</v>
+      </c>
+      <c r="AC9" s="73">
+        <v>8</v>
+      </c>
+      <c r="AD9" s="73">
+        <v>28</v>
+      </c>
+      <c r="AE9" s="73">
+        <v>22</v>
+      </c>
+      <c r="AF9" s="73">
+        <v>114</v>
+      </c>
+      <c r="AG9" s="73">
+        <v>31</v>
+      </c>
+      <c r="AH9" s="73">
+        <v>77</v>
+      </c>
+      <c r="AI9" s="73">
+        <v>59</v>
+      </c>
+      <c r="AJ9" s="73">
+        <v>93</v>
+      </c>
+      <c r="AK9" s="73">
+        <v>6</v>
+      </c>
+      <c r="AL9" s="73">
+        <v>47</v>
+      </c>
+      <c r="AM9" s="73">
+        <v>10</v>
+      </c>
+      <c r="AN9" s="73">
+        <v>10</v>
+      </c>
+      <c r="AO9" s="73">
+        <v>10</v>
+      </c>
+      <c r="AP9" s="73">
+        <v>27</v>
+      </c>
+      <c r="AQ9" s="73">
+        <v>31</v>
+      </c>
+      <c r="AR9" s="73">
+        <v>20</v>
+      </c>
+      <c r="AS9" s="73">
+        <v>9</v>
+      </c>
+      <c r="AT9" s="73">
+        <v>21</v>
+      </c>
+      <c r="AU9" s="73">
+        <v>14</v>
+      </c>
+      <c r="AV9" s="73">
+        <v>28</v>
+      </c>
+      <c r="AW9" s="73">
+        <v>11</v>
+      </c>
+      <c r="AX9" s="73">
+        <v>6</v>
+      </c>
+      <c r="AY9" s="73">
         <v>5</v>
       </c>
-      <c r="U9" s="80">
+      <c r="AZ9" s="73">
+        <v>6</v>
+      </c>
+      <c r="BA9" s="73">
+        <v>10</v>
+      </c>
+      <c r="BB9" s="73">
+        <v>13</v>
+      </c>
+      <c r="BC9" s="73">
+        <v>13</v>
+      </c>
+      <c r="BD9" s="73">
+        <v>32</v>
+      </c>
+      <c r="BE9" s="73">
+        <v>6</v>
+      </c>
+      <c r="BF9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH9" s="73">
+        <v>1</v>
+      </c>
+      <c r="BI9" s="73">
+        <v>6</v>
+      </c>
+      <c r="BJ9" s="73">
+        <v>2</v>
+      </c>
+      <c r="BK9" s="73">
+        <v>1</v>
+      </c>
+      <c r="BL9" s="73">
+        <v>1</v>
+      </c>
+      <c r="BM9" s="73">
+        <v>1</v>
+      </c>
+      <c r="BN9" s="73">
+        <v>1</v>
+      </c>
+      <c r="BO9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV9" s="73">
         <v>5</v>
       </c>
-      <c r="V9" s="80">
-[...11 lines deleted...]
-      <c r="Z9" s="80">
+      <c r="BW9" s="73">
+        <v>4</v>
+      </c>
+      <c r="BX9" s="73">
+        <v>7</v>
+      </c>
+      <c r="BY9" s="73">
         <v>8</v>
       </c>
-      <c r="AA9" s="80">
-[...143 lines deleted...]
-      <c r="BW9" s="80">
+      <c r="BZ9" s="74">
         <v>3</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="10" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B10" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E10" s="80">
+      <c r="B10" s="72" t="s">
+        <v>217</v>
+      </c>
+      <c r="C10" s="73">
+        <v>96</v>
+      </c>
+      <c r="D10" s="73">
+        <v>90</v>
+      </c>
+      <c r="E10" s="73">
+        <v>6</v>
+      </c>
+      <c r="F10" s="73">
+        <v>97</v>
+      </c>
+      <c r="G10" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" s="73">
+        <v>25</v>
+      </c>
+      <c r="I10" s="73">
+        <v>27</v>
+      </c>
+      <c r="J10" s="73">
+        <v>7</v>
+      </c>
+      <c r="K10" s="73">
         <v>14</v>
       </c>
-      <c r="F10" s="80">
-[...20 lines deleted...]
-      <c r="M10" s="80">
+      <c r="L10" s="73">
+        <v>6</v>
+      </c>
+      <c r="M10" s="73">
+        <v>6</v>
+      </c>
+      <c r="N10" s="73">
+        <v>5</v>
+      </c>
+      <c r="O10" s="73">
+        <v>5</v>
+      </c>
+      <c r="P10" s="73">
+        <v>2</v>
+      </c>
+      <c r="Q10" s="73">
+        <v>6</v>
+      </c>
+      <c r="R10" s="73">
+        <v>3</v>
+      </c>
+      <c r="S10" s="73">
+        <v>9</v>
+      </c>
+      <c r="T10" s="73">
+        <v>0</v>
+      </c>
+      <c r="U10" s="73">
+        <v>0</v>
+      </c>
+      <c r="V10" s="73">
         <v>7</v>
       </c>
-      <c r="N10" s="80">
-[...11 lines deleted...]
-      <c r="R10" s="80">
+      <c r="W10" s="73">
+        <v>0</v>
+      </c>
+      <c r="X10" s="73">
         <v>3</v>
       </c>
-      <c r="S10" s="80">
-[...20 lines deleted...]
-      <c r="Z10" s="80">
+      <c r="Y10" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z10" s="73">
+        <v>3</v>
+      </c>
+      <c r="AA10" s="73">
+        <v>5</v>
+      </c>
+      <c r="AB10" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC10" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD10" s="73">
         <v>4</v>
       </c>
-      <c r="AA10" s="80">
-[...17 lines deleted...]
-      <c r="AG10" s="80">
+      <c r="AE10" s="73">
         <v>3</v>
       </c>
-      <c r="AH10" s="80">
-[...11 lines deleted...]
-      <c r="AL10" s="80">
+      <c r="AF10" s="73">
+        <v>18</v>
+      </c>
+      <c r="AG10" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH10" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI10" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ10" s="73">
+        <v>5</v>
+      </c>
+      <c r="AK10" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL10" s="73">
+        <v>5</v>
+      </c>
+      <c r="AM10" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN10" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO10" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP10" s="73">
+        <v>2</v>
+      </c>
+      <c r="AQ10" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR10" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS10" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT10" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU10" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV10" s="73">
+        <v>2</v>
+      </c>
+      <c r="AW10" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX10" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY10" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ10" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA10" s="73">
         <v>3</v>
       </c>
-      <c r="AM10" s="80">
-[...2 lines deleted...]
-      <c r="AN10" s="80">
+      <c r="BB10" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH10" s="73">
+        <v>1</v>
+      </c>
+      <c r="BI10" s="73">
         <v>3</v>
       </c>
-      <c r="AO10" s="80">
-[...110 lines deleted...]
-      <c r="BZ10" s="81">
+      <c r="BJ10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK10" s="73">
+        <v>1</v>
+      </c>
+      <c r="BL10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM10" s="73">
+        <v>1</v>
+      </c>
+      <c r="BN10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY10" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ10" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B11" s="79" t="s">
-[...17 lines deleted...]
-      <c r="H11" s="83" t="s">
+      <c r="B11" s="72" t="s">
+        <v>219</v>
+      </c>
+      <c r="C11" s="73">
+        <v>143</v>
+      </c>
+      <c r="D11" s="73">
+        <v>134</v>
+      </c>
+      <c r="E11" s="73">
+        <v>9</v>
+      </c>
+      <c r="F11" s="73">
+        <v>183</v>
+      </c>
+      <c r="G11" s="73">
+        <v>26</v>
+      </c>
+      <c r="H11" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="I11" s="80">
-[...29 lines deleted...]
-      <c r="S11" s="80">
+      <c r="I11" s="73">
+        <v>51</v>
+      </c>
+      <c r="J11" s="73">
+        <v>32</v>
+      </c>
+      <c r="K11" s="73">
+        <v>19</v>
+      </c>
+      <c r="L11" s="73">
+        <v>8</v>
+      </c>
+      <c r="M11" s="73">
+        <v>17</v>
+      </c>
+      <c r="N11" s="73">
         <v>13</v>
       </c>
-      <c r="T11" s="80">
-[...5 lines deleted...]
-      <c r="V11" s="80">
+      <c r="O11" s="73">
         <v>9</v>
       </c>
-      <c r="W11" s="80">
-[...2 lines deleted...]
-      <c r="X11" s="80">
+      <c r="P11" s="73">
+        <v>8</v>
+      </c>
+      <c r="Q11" s="73">
+        <v>9</v>
+      </c>
+      <c r="R11" s="73">
+        <v>3</v>
+      </c>
+      <c r="S11" s="73">
+        <v>32</v>
+      </c>
+      <c r="T11" s="73">
+        <v>3</v>
+      </c>
+      <c r="U11" s="73">
+        <v>0</v>
+      </c>
+      <c r="V11" s="73">
+        <v>1</v>
+      </c>
+      <c r="W11" s="73">
+        <v>2</v>
+      </c>
+      <c r="X11" s="73">
+        <v>3</v>
+      </c>
+      <c r="Y11" s="73">
+        <v>3</v>
+      </c>
+      <c r="Z11" s="73">
+        <v>3</v>
+      </c>
+      <c r="AA11" s="73">
+        <v>2</v>
+      </c>
+      <c r="AB11" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC11" s="73">
+        <v>3</v>
+      </c>
+      <c r="AD11" s="73">
+        <v>7</v>
+      </c>
+      <c r="AE11" s="73">
+        <v>3</v>
+      </c>
+      <c r="AF11" s="73">
+        <v>19</v>
+      </c>
+      <c r="AG11" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH11" s="73">
         <v>4</v>
       </c>
-      <c r="Y11" s="80">
-[...8 lines deleted...]
-      <c r="AB11" s="80">
+      <c r="AI11" s="73">
+        <v>5</v>
+      </c>
+      <c r="AJ11" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK11" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL11" s="73">
+        <v>2</v>
+      </c>
+      <c r="AM11" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN11" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO11" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP11" s="73">
+        <v>6</v>
+      </c>
+      <c r="AQ11" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR11" s="73">
         <v>3</v>
       </c>
-      <c r="AC11" s="80">
+      <c r="AS11" s="73">
+        <v>2</v>
+      </c>
+      <c r="AT11" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU11" s="73">
+        <v>2</v>
+      </c>
+      <c r="AV11" s="73">
         <v>3</v>
       </c>
-      <c r="AD11" s="80">
-[...41 lines deleted...]
-      <c r="AR11" s="80">
+      <c r="AW11" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX11" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY11" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA11" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB11" s="73">
+        <v>2</v>
+      </c>
+      <c r="BC11" s="73">
+        <v>2</v>
+      </c>
+      <c r="BD11" s="73">
         <v>4</v>
       </c>
-      <c r="AS11" s="80">
-[...99 lines deleted...]
-        <v>1</v>
+      <c r="BE11" s="73">
+        <v>1</v>
+      </c>
+      <c r="BF11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI11" s="73">
+        <v>1</v>
+      </c>
+      <c r="BJ11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW11" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX11" s="73">
+        <v>1</v>
+      </c>
+      <c r="BY11" s="73">
+        <v>2</v>
+      </c>
+      <c r="BZ11" s="74">
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B12" s="79" t="s">
-[...20 lines deleted...]
-      <c r="I12" s="83" t="s">
+      <c r="B12" s="72" t="s">
+        <v>221</v>
+      </c>
+      <c r="C12" s="73">
+        <v>118</v>
+      </c>
+      <c r="D12" s="73">
+        <v>112</v>
+      </c>
+      <c r="E12" s="73">
+        <v>6</v>
+      </c>
+      <c r="F12" s="73">
+        <v>196</v>
+      </c>
+      <c r="G12" s="73">
+        <v>9</v>
+      </c>
+      <c r="H12" s="73">
+        <v>53</v>
+      </c>
+      <c r="I12" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="J12" s="80">
-[...5 lines deleted...]
-      <c r="L12" s="80">
+      <c r="J12" s="73">
+        <v>26</v>
+      </c>
+      <c r="K12" s="73">
+        <v>35</v>
+      </c>
+      <c r="L12" s="73">
+        <v>11</v>
+      </c>
+      <c r="M12" s="73">
+        <v>27</v>
+      </c>
+      <c r="N12" s="73">
+        <v>17</v>
+      </c>
+      <c r="O12" s="73">
+        <v>6</v>
+      </c>
+      <c r="P12" s="73">
+        <v>12</v>
+      </c>
+      <c r="Q12" s="73">
+        <v>2</v>
+      </c>
+      <c r="R12" s="73">
+        <v>7</v>
+      </c>
+      <c r="S12" s="73">
+        <v>21</v>
+      </c>
+      <c r="T12" s="73">
+        <v>0</v>
+      </c>
+      <c r="U12" s="73">
+        <v>1</v>
+      </c>
+      <c r="V12" s="73">
+        <v>3</v>
+      </c>
+      <c r="W12" s="73">
+        <v>1</v>
+      </c>
+      <c r="X12" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y12" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z12" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA12" s="73">
+        <v>7</v>
+      </c>
+      <c r="AB12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC12" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD12" s="73">
+        <v>7</v>
+      </c>
+      <c r="AE12" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF12" s="73">
+        <v>16</v>
+      </c>
+      <c r="AG12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH12" s="73">
+        <v>9</v>
+      </c>
+      <c r="AI12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AJ12" s="73">
         <v>8</v>
       </c>
-      <c r="M12" s="80">
-[...50 lines deleted...]
-      <c r="AD12" s="80">
+      <c r="AK12" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL12" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AN12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AO12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AP12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AQ12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS12" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT12" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU12" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AW12" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX12" s="73">
+        <v>1</v>
+      </c>
+      <c r="AY12" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ12" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB12" s="73">
         <v>4</v>
       </c>
-      <c r="AE12" s="80">
-[...29 lines deleted...]
-      <c r="AO12" s="80">
+      <c r="BC12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD12" s="73">
         <v>3</v>
       </c>
-      <c r="AP12" s="80">
-[...108 lines deleted...]
-        <v>1</v>
+      <c r="BE12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ12" s="73">
+        <v>1</v>
+      </c>
+      <c r="BK12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX12" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY12" s="73">
+        <v>2</v>
+      </c>
+      <c r="BZ12" s="74">
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B13" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E13" s="80">
+      <c r="B13" s="72" t="s">
+        <v>223</v>
+      </c>
+      <c r="C13" s="73">
+        <v>167</v>
+      </c>
+      <c r="D13" s="73">
+        <v>154</v>
+      </c>
+      <c r="E13" s="73">
+        <v>13</v>
+      </c>
+      <c r="F13" s="73">
+        <v>168</v>
+      </c>
+      <c r="G13" s="73">
+        <v>8</v>
+      </c>
+      <c r="H13" s="73">
+        <v>29</v>
+      </c>
+      <c r="I13" s="73">
+        <v>40</v>
+      </c>
+      <c r="J13" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="K13" s="73">
+        <v>17</v>
+      </c>
+      <c r="L13" s="73">
         <v>5</v>
       </c>
-      <c r="F13" s="80">
-[...17 lines deleted...]
-      <c r="L13" s="80">
+      <c r="M13" s="73">
+        <v>19</v>
+      </c>
+      <c r="N13" s="73">
+        <v>20</v>
+      </c>
+      <c r="O13" s="73">
+        <v>12</v>
+      </c>
+      <c r="P13" s="73">
+        <v>18</v>
+      </c>
+      <c r="Q13" s="73">
+        <v>3</v>
+      </c>
+      <c r="R13" s="73">
+        <v>5</v>
+      </c>
+      <c r="S13" s="73">
+        <v>15</v>
+      </c>
+      <c r="T13" s="73">
+        <v>2</v>
+      </c>
+      <c r="U13" s="73">
+        <v>0</v>
+      </c>
+      <c r="V13" s="73">
+        <v>0</v>
+      </c>
+      <c r="W13" s="73">
+        <v>0</v>
+      </c>
+      <c r="X13" s="73">
+        <v>4</v>
+      </c>
+      <c r="Y13" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="73">
+        <v>15</v>
+      </c>
+      <c r="AB13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD13" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE13" s="73">
+        <v>2</v>
+      </c>
+      <c r="AF13" s="73">
+        <v>26</v>
+      </c>
+      <c r="AG13" s="73">
+        <v>5</v>
+      </c>
+      <c r="AH13" s="73">
+        <v>8</v>
+      </c>
+      <c r="AI13" s="73">
         <v>11</v>
       </c>
-      <c r="M13" s="80">
-[...11 lines deleted...]
-      <c r="Q13" s="80">
+      <c r="AJ13" s="73">
+        <v>12</v>
+      </c>
+      <c r="AK13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL13" s="73">
+        <v>4</v>
+      </c>
+      <c r="AM13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AO13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP13" s="73">
+        <v>2</v>
+      </c>
+      <c r="AQ13" s="73">
+        <v>9</v>
+      </c>
+      <c r="AR13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT13" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV13" s="73">
+        <v>11</v>
+      </c>
+      <c r="AW13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX13" s="73">
+        <v>2</v>
+      </c>
+      <c r="AY13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ13" s="73">
+        <v>2</v>
+      </c>
+      <c r="BA13" s="73">
+        <v>2</v>
+      </c>
+      <c r="BB13" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC13" s="73">
+        <v>4</v>
+      </c>
+      <c r="BD13" s="73">
         <v>7</v>
       </c>
-      <c r="R13" s="80">
-[...180 lines deleted...]
-        <v>1</v>
+      <c r="BE13" s="73">
+        <v>1</v>
+      </c>
+      <c r="BF13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX13" s="73">
+        <v>1</v>
+      </c>
+      <c r="BY13" s="73">
+        <v>2</v>
+      </c>
+      <c r="BZ13" s="74">
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B14" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E14" s="80">
+      <c r="B14" s="72" t="s">
+        <v>225</v>
+      </c>
+      <c r="C14" s="73">
+        <v>84</v>
+      </c>
+      <c r="D14" s="73">
+        <v>81</v>
+      </c>
+      <c r="E14" s="73">
+        <v>3</v>
+      </c>
+      <c r="F14" s="73">
+        <v>138</v>
+      </c>
+      <c r="G14" s="73">
         <v>7</v>
       </c>
-      <c r="F14" s="80">
-[...2 lines deleted...]
-      <c r="G14" s="80">
+      <c r="H14" s="73">
+        <v>17</v>
+      </c>
+      <c r="I14" s="73">
+        <v>9</v>
+      </c>
+      <c r="J14" s="73">
+        <v>11</v>
+      </c>
+      <c r="K14" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="L14" s="73">
+        <v>17</v>
+      </c>
+      <c r="M14" s="73">
+        <v>39</v>
+      </c>
+      <c r="N14" s="73">
+        <v>27</v>
+      </c>
+      <c r="O14" s="73">
+        <v>6</v>
+      </c>
+      <c r="P14" s="73">
+        <v>5</v>
+      </c>
+      <c r="Q14" s="73">
+        <v>3</v>
+      </c>
+      <c r="R14" s="73">
+        <v>3</v>
+      </c>
+      <c r="S14" s="73">
+        <v>19</v>
+      </c>
+      <c r="T14" s="73">
+        <v>0</v>
+      </c>
+      <c r="U14" s="73">
+        <v>0</v>
+      </c>
+      <c r="V14" s="73">
+        <v>2</v>
+      </c>
+      <c r="W14" s="73">
+        <v>0</v>
+      </c>
+      <c r="X14" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y14" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z14" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA14" s="73">
+        <v>2</v>
+      </c>
+      <c r="AB14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE14" s="73">
+        <v>2</v>
+      </c>
+      <c r="AF14" s="73">
+        <v>3</v>
+      </c>
+      <c r="AG14" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH14" s="73">
+        <v>6</v>
+      </c>
+      <c r="AI14" s="73">
         <v>7</v>
       </c>
-      <c r="H14" s="80">
-[...26 lines deleted...]
-      <c r="Q14" s="80">
+      <c r="AJ14" s="73">
+        <v>6</v>
+      </c>
+      <c r="AK14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL14" s="73">
         <v>5</v>
       </c>
-      <c r="R14" s="80">
-[...17 lines deleted...]
-      <c r="X14" s="80">
+      <c r="AM14" s="73">
         <v>3</v>
       </c>
-      <c r="Y14" s="80">
-[...5 lines deleted...]
-      <c r="AA14" s="80">
+      <c r="AN14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO14" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP14" s="73">
         <v>3</v>
       </c>
-      <c r="AB14" s="80">
-[...5 lines deleted...]
-      <c r="AD14" s="80">
+      <c r="AQ14" s="73">
         <v>3</v>
       </c>
-      <c r="AE14" s="80">
+      <c r="AR14" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS14" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT14" s="73">
         <v>3</v>
       </c>
-      <c r="AF14" s="80">
-[...137 lines deleted...]
-      <c r="BZ14" s="81">
+      <c r="AU14" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW14" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY14" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB14" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC14" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD14" s="73">
+        <v>2</v>
+      </c>
+      <c r="BE14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY14" s="73">
+        <v>1</v>
+      </c>
+      <c r="BZ14" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B15" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E15" s="80">
+      <c r="B15" s="72" t="s">
+        <v>227</v>
+      </c>
+      <c r="C15" s="73">
+        <v>90</v>
+      </c>
+      <c r="D15" s="73">
+        <v>86</v>
+      </c>
+      <c r="E15" s="73">
+        <v>4</v>
+      </c>
+      <c r="F15" s="73">
+        <v>104</v>
+      </c>
+      <c r="G15" s="73">
+        <v>5</v>
+      </c>
+      <c r="H15" s="73">
         <v>6</v>
       </c>
-      <c r="F15" s="80">
-[...5 lines deleted...]
-      <c r="H15" s="80">
+      <c r="I15" s="73">
+        <v>3</v>
+      </c>
+      <c r="J15" s="73">
         <v>4</v>
       </c>
-      <c r="I15" s="80">
+      <c r="K15" s="73">
+        <v>19</v>
+      </c>
+      <c r="L15" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="M15" s="73">
+        <v>15</v>
+      </c>
+      <c r="N15" s="73">
+        <v>47</v>
+      </c>
+      <c r="O15" s="73">
+        <v>4</v>
+      </c>
+      <c r="P15" s="73">
+        <v>1</v>
+      </c>
+      <c r="Q15" s="73">
         <v>8</v>
       </c>
-      <c r="J15" s="80">
+      <c r="R15" s="73">
+        <v>2</v>
+      </c>
+      <c r="S15" s="73">
+        <v>7</v>
+      </c>
+      <c r="T15" s="73">
+        <v>2</v>
+      </c>
+      <c r="U15" s="73">
+        <v>0</v>
+      </c>
+      <c r="V15" s="73">
+        <v>4</v>
+      </c>
+      <c r="W15" s="73">
+        <v>0</v>
+      </c>
+      <c r="X15" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y15" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z15" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA15" s="73">
+        <v>1</v>
+      </c>
+      <c r="AB15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD15" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF15" s="73">
         <v>5</v>
       </c>
-      <c r="K15" s="80">
-[...17 lines deleted...]
-      <c r="Q15" s="80">
+      <c r="AG15" s="73">
         <v>3</v>
       </c>
-      <c r="R15" s="80">
-[...62 lines deleted...]
-      <c r="AM15" s="80">
+      <c r="AH15" s="73">
+        <v>11</v>
+      </c>
+      <c r="AI15" s="73">
         <v>3</v>
       </c>
-      <c r="AN15" s="80">
-[...114 lines deleted...]
-        <v>1</v>
+      <c r="AJ15" s="73">
+        <v>15</v>
+      </c>
+      <c r="AK15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL15" s="73">
+        <v>5</v>
+      </c>
+      <c r="AM15" s="73">
+        <v>3</v>
+      </c>
+      <c r="AN15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO15" s="73">
+        <v>3</v>
+      </c>
+      <c r="AP15" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ15" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT15" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU15" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW15" s="73">
+        <v>2</v>
+      </c>
+      <c r="AX15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB15" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC15" s="73">
+        <v>3</v>
+      </c>
+      <c r="BD15" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN15" s="73">
+        <v>1</v>
+      </c>
+      <c r="BO15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW15" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX15" s="73">
+        <v>1</v>
+      </c>
+      <c r="BY15" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ15" s="74">
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B16" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E16" s="80">
+      <c r="B16" s="72" t="s">
+        <v>229</v>
+      </c>
+      <c r="C16" s="73">
+        <v>133</v>
+      </c>
+      <c r="D16" s="73">
+        <v>130</v>
+      </c>
+      <c r="E16" s="73">
         <v>3</v>
       </c>
-      <c r="F16" s="80">
-[...2 lines deleted...]
-      <c r="G16" s="80">
+      <c r="F16" s="73">
+        <v>176</v>
+      </c>
+      <c r="G16" s="73">
         <v>5</v>
       </c>
-      <c r="H16" s="80">
-[...2 lines deleted...]
-      <c r="I16" s="80">
+      <c r="H16" s="73">
+        <v>13</v>
+      </c>
+      <c r="I16" s="73">
+        <v>21</v>
+      </c>
+      <c r="J16" s="73">
+        <v>6</v>
+      </c>
+      <c r="K16" s="73">
         <v>31</v>
       </c>
-      <c r="J16" s="80">
+      <c r="L16" s="73">
+        <v>22</v>
+      </c>
+      <c r="M16" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="N16" s="73">
+        <v>49</v>
+      </c>
+      <c r="O16" s="73">
+        <v>27</v>
+      </c>
+      <c r="P16" s="73">
+        <v>2</v>
+      </c>
+      <c r="Q16" s="73">
+        <v>4</v>
+      </c>
+      <c r="R16" s="73">
+        <v>3</v>
+      </c>
+      <c r="S16" s="73">
+        <v>20</v>
+      </c>
+      <c r="T16" s="73">
+        <v>1</v>
+      </c>
+      <c r="U16" s="73">
+        <v>0</v>
+      </c>
+      <c r="V16" s="73">
+        <v>2</v>
+      </c>
+      <c r="W16" s="73">
+        <v>0</v>
+      </c>
+      <c r="X16" s="73">
+        <v>2</v>
+      </c>
+      <c r="Y16" s="73">
+        <v>2</v>
+      </c>
+      <c r="Z16" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA16" s="73">
+        <v>5</v>
+      </c>
+      <c r="AB16" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC16" s="73">
+        <v>2</v>
+      </c>
+      <c r="AD16" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE16" s="73">
+        <v>4</v>
+      </c>
+      <c r="AF16" s="73">
+        <v>16</v>
+      </c>
+      <c r="AG16" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH16" s="73">
+        <v>6</v>
+      </c>
+      <c r="AI16" s="73">
+        <v>4</v>
+      </c>
+      <c r="AJ16" s="73">
         <v>10</v>
       </c>
-      <c r="K16" s="80">
-[...47 lines deleted...]
-      <c r="AA16" s="80">
+      <c r="AK16" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL16" s="73">
+        <v>10</v>
+      </c>
+      <c r="AM16" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN16" s="73">
         <v>4</v>
       </c>
-      <c r="AB16" s="80">
-[...14 lines deleted...]
-      <c r="AG16" s="80">
+      <c r="AO16" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP16" s="73">
+        <v>2</v>
+      </c>
+      <c r="AQ16" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR16" s="73">
+        <v>7</v>
+      </c>
+      <c r="AS16" s="73">
         <v>4</v>
       </c>
-      <c r="AH16" s="80">
-[...26 lines deleted...]
-      <c r="AQ16" s="80">
+      <c r="AT16" s="73">
         <v>4</v>
       </c>
-      <c r="AR16" s="80">
-[...102 lines deleted...]
-        <v>1</v>
+      <c r="AU16" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV16" s="73">
+        <v>4</v>
+      </c>
+      <c r="AW16" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX16" s="73">
+        <v>2</v>
+      </c>
+      <c r="AY16" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ16" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA16" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC16" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD16" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW16" s="73">
+        <v>2</v>
+      </c>
+      <c r="BX16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ16" s="74">
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B17" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E17" s="80">
+      <c r="B17" s="72" t="s">
+        <v>231</v>
+      </c>
+      <c r="C17" s="73">
+        <v>191</v>
+      </c>
+      <c r="D17" s="73">
+        <v>181</v>
+      </c>
+      <c r="E17" s="73">
+        <v>10</v>
+      </c>
+      <c r="F17" s="73">
+        <v>148</v>
+      </c>
+      <c r="G17" s="73">
+        <v>6</v>
+      </c>
+      <c r="H17" s="73">
+        <v>8</v>
+      </c>
+      <c r="I17" s="73">
+        <v>13</v>
+      </c>
+      <c r="J17" s="73">
+        <v>10</v>
+      </c>
+      <c r="K17" s="73">
+        <v>21</v>
+      </c>
+      <c r="L17" s="73">
+        <v>27</v>
+      </c>
+      <c r="M17" s="73">
+        <v>40</v>
+      </c>
+      <c r="N17" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="O17" s="73">
+        <v>19</v>
+      </c>
+      <c r="P17" s="73">
+        <v>4</v>
+      </c>
+      <c r="Q17" s="73">
+        <v>5</v>
+      </c>
+      <c r="R17" s="73">
+        <v>2</v>
+      </c>
+      <c r="S17" s="73">
+        <v>47</v>
+      </c>
+      <c r="T17" s="73">
+        <v>0</v>
+      </c>
+      <c r="U17" s="73">
+        <v>0</v>
+      </c>
+      <c r="V17" s="73">
+        <v>4</v>
+      </c>
+      <c r="W17" s="73">
+        <v>1</v>
+      </c>
+      <c r="X17" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y17" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z17" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA17" s="73">
+        <v>4</v>
+      </c>
+      <c r="AB17" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC17" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD17" s="73">
         <v>3</v>
       </c>
-      <c r="F17" s="80">
-[...8 lines deleted...]
-      <c r="I17" s="80">
+      <c r="AE17" s="73">
+        <v>5</v>
+      </c>
+      <c r="AF17" s="73">
+        <v>7</v>
+      </c>
+      <c r="AG17" s="73">
+        <v>5</v>
+      </c>
+      <c r="AH17" s="73">
+        <v>12</v>
+      </c>
+      <c r="AI17" s="73">
+        <v>16</v>
+      </c>
+      <c r="AJ17" s="73">
+        <v>29</v>
+      </c>
+      <c r="AK17" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL17" s="73">
+        <v>10</v>
+      </c>
+      <c r="AM17" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN17" s="73">
+        <v>3</v>
+      </c>
+      <c r="AO17" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP17" s="73">
         <v>8</v>
       </c>
-      <c r="J17" s="80">
-[...17 lines deleted...]
-      <c r="P17" s="80">
+      <c r="AQ17" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR17" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS17" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT17" s="73">
         <v>3</v>
       </c>
-      <c r="Q17" s="80">
-[...29 lines deleted...]
-      <c r="AA17" s="80">
+      <c r="AU17" s="73">
+        <v>2</v>
+      </c>
+      <c r="AV17" s="73">
         <v>3</v>
       </c>
-      <c r="AB17" s="80">
+      <c r="AW17" s="73">
         <v>3</v>
       </c>
-      <c r="AC17" s="80">
-[...2 lines deleted...]
-      <c r="AD17" s="80">
+      <c r="AX17" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY17" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ17" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA17" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB17" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC17" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD17" s="73">
+        <v>2</v>
+      </c>
+      <c r="BE17" s="73">
         <v>3</v>
       </c>
-      <c r="AE17" s="80">
-[...141 lines deleted...]
-        <v>0</v>
+      <c r="BF17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ17" s="73">
+        <v>1</v>
+      </c>
+      <c r="BK17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV17" s="73">
+        <v>2</v>
+      </c>
+      <c r="BW17" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ17" s="74">
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B18" s="79" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="80">
+      <c r="B18" s="72" t="s">
+        <v>233</v>
+      </c>
+      <c r="C18" s="73">
         <v>174</v>
       </c>
-      <c r="D18" s="80">
-[...2 lines deleted...]
-      <c r="E18" s="80">
+      <c r="D18" s="73">
+        <v>161</v>
+      </c>
+      <c r="E18" s="73">
+        <v>13</v>
+      </c>
+      <c r="F18" s="73">
+        <v>131</v>
+      </c>
+      <c r="G18" s="73">
+        <v>4</v>
+      </c>
+      <c r="H18" s="73">
+        <v>8</v>
+      </c>
+      <c r="I18" s="73">
+        <v>12</v>
+      </c>
+      <c r="J18" s="73">
+        <v>13</v>
+      </c>
+      <c r="K18" s="73">
+        <v>8</v>
+      </c>
+      <c r="L18" s="73">
+        <v>8</v>
+      </c>
+      <c r="M18" s="73">
+        <v>38</v>
+      </c>
+      <c r="N18" s="73">
+        <v>34</v>
+      </c>
+      <c r="O18" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="P18" s="73">
         <v>6</v>
       </c>
-      <c r="F18" s="80">
-[...11 lines deleted...]
-      <c r="J18" s="80">
+      <c r="Q18" s="73">
         <v>6</v>
       </c>
-      <c r="K18" s="80">
-[...32 lines deleted...]
-      <c r="V18" s="80">
+      <c r="R18" s="73">
+        <v>1</v>
+      </c>
+      <c r="S18" s="73">
+        <v>87</v>
+      </c>
+      <c r="T18" s="73">
+        <v>0</v>
+      </c>
+      <c r="U18" s="73">
+        <v>0</v>
+      </c>
+      <c r="V18" s="73">
+        <v>0</v>
+      </c>
+      <c r="W18" s="73">
+        <v>0</v>
+      </c>
+      <c r="X18" s="73">
+        <v>3</v>
+      </c>
+      <c r="Y18" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z18" s="73">
+        <v>2</v>
+      </c>
+      <c r="AA18" s="73">
+        <v>9</v>
+      </c>
+      <c r="AB18" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE18" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF18" s="73">
+        <v>2</v>
+      </c>
+      <c r="AG18" s="73">
         <v>6</v>
       </c>
-      <c r="W18" s="80">
-[...11 lines deleted...]
-      <c r="AA18" s="80">
+      <c r="AH18" s="73">
+        <v>9</v>
+      </c>
+      <c r="AI18" s="73">
+        <v>9</v>
+      </c>
+      <c r="AJ18" s="73">
+        <v>7</v>
+      </c>
+      <c r="AK18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL18" s="73">
+        <v>2</v>
+      </c>
+      <c r="AM18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ18" s="73">
+        <v>3</v>
+      </c>
+      <c r="AR18" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS18" s="73">
+        <v>2</v>
+      </c>
+      <c r="AT18" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU18" s="73">
+        <v>2</v>
+      </c>
+      <c r="AV18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY18" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA18" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB18" s="73">
+        <v>2</v>
+      </c>
+      <c r="BC18" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD18" s="73">
         <v>6</v>
       </c>
-      <c r="AB18" s="80">
-[...11 lines deleted...]
-      <c r="AF18" s="80">
+      <c r="BE18" s="73">
+        <v>1</v>
+      </c>
+      <c r="BF18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV18" s="73">
         <v>3</v>
       </c>
-      <c r="AG18" s="80">
-[...14 lines deleted...]
-      <c r="AL18" s="80">
+      <c r="BW18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX18" s="73">
         <v>3</v>
       </c>
-      <c r="AM18" s="80">
-[...117 lines deleted...]
-        <v>1</v>
+      <c r="BY18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ18" s="74">
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B19" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E19" s="80">
+      <c r="B19" s="72" t="s">
+        <v>235</v>
+      </c>
+      <c r="C19" s="73">
+        <v>122</v>
+      </c>
+      <c r="D19" s="73">
+        <v>111</v>
+      </c>
+      <c r="E19" s="73">
+        <v>11</v>
+      </c>
+      <c r="F19" s="73">
+        <v>97</v>
+      </c>
+      <c r="G19" s="73">
+        <v>7</v>
+      </c>
+      <c r="H19" s="73">
+        <v>3</v>
+      </c>
+      <c r="I19" s="73">
+        <v>8</v>
+      </c>
+      <c r="J19" s="73">
+        <v>32</v>
+      </c>
+      <c r="K19" s="73">
+        <v>4</v>
+      </c>
+      <c r="L19" s="73">
+        <v>4</v>
+      </c>
+      <c r="M19" s="73">
         <v>9</v>
       </c>
-      <c r="F19" s="80">
-[...2 lines deleted...]
-      <c r="G19" s="80">
+      <c r="N19" s="73">
+        <v>4</v>
+      </c>
+      <c r="O19" s="73">
+        <v>26</v>
+      </c>
+      <c r="P19" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q19" s="73">
+        <v>7</v>
+      </c>
+      <c r="R19" s="73">
+        <v>1</v>
+      </c>
+      <c r="S19" s="73">
+        <v>18</v>
+      </c>
+      <c r="T19" s="73">
+        <v>2</v>
+      </c>
+      <c r="U19" s="73">
+        <v>0</v>
+      </c>
+      <c r="V19" s="73">
+        <v>2</v>
+      </c>
+      <c r="W19" s="73">
+        <v>0</v>
+      </c>
+      <c r="X19" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y19" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z19" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="73">
+        <v>25</v>
+      </c>
+      <c r="AB19" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC19" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD19" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE19" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF19" s="73">
+        <v>2</v>
+      </c>
+      <c r="AG19" s="73">
+        <v>4</v>
+      </c>
+      <c r="AH19" s="73">
+        <v>12</v>
+      </c>
+      <c r="AI19" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ19" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK19" s="73">
+        <v>2</v>
+      </c>
+      <c r="AL19" s="73">
         <v>3</v>
       </c>
-      <c r="H19" s="80">
-[...17 lines deleted...]
-      <c r="N19" s="80">
+      <c r="AM19" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN19" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO19" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP19" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ19" s="73">
+        <v>7</v>
+      </c>
+      <c r="AR19" s="73">
+        <v>3</v>
+      </c>
+      <c r="AS19" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT19" s="73">
+        <v>4</v>
+      </c>
+      <c r="AU19" s="73">
+        <v>3</v>
+      </c>
+      <c r="AV19" s="73">
+        <v>3</v>
+      </c>
+      <c r="AW19" s="73">
+        <v>3</v>
+      </c>
+      <c r="AX19" s="73">
+        <v>1</v>
+      </c>
+      <c r="AY19" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA19" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD19" s="73">
         <v>6</v>
       </c>
-      <c r="O19" s="80">
-[...188 lines deleted...]
-      <c r="BZ19" s="81">
+      <c r="BE19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI19" s="73">
+        <v>2</v>
+      </c>
+      <c r="BJ19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL19" s="73">
+        <v>1</v>
+      </c>
+      <c r="BM19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX19" s="73">
+        <v>1</v>
+      </c>
+      <c r="BY19" s="73">
+        <v>1</v>
+      </c>
+      <c r="BZ19" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B20" s="79" t="s">
-[...14 lines deleted...]
-      <c r="G20" s="80">
+      <c r="B20" s="72" t="s">
+        <v>107</v>
+      </c>
+      <c r="C20" s="73">
+        <v>511</v>
+      </c>
+      <c r="D20" s="73">
+        <v>476</v>
+      </c>
+      <c r="E20" s="73">
+        <v>35</v>
+      </c>
+      <c r="F20" s="73">
+        <v>61</v>
+      </c>
+      <c r="G20" s="73">
+        <v>13</v>
+      </c>
+      <c r="H20" s="73">
+        <v>6</v>
+      </c>
+      <c r="I20" s="73">
+        <v>7</v>
+      </c>
+      <c r="J20" s="73">
+        <v>8</v>
+      </c>
+      <c r="K20" s="73">
+        <v>5</v>
+      </c>
+      <c r="L20" s="73">
+        <v>4</v>
+      </c>
+      <c r="M20" s="73">
+        <v>7</v>
+      </c>
+      <c r="N20" s="73">
+        <v>9</v>
+      </c>
+      <c r="O20" s="73">
+        <v>0</v>
+      </c>
+      <c r="P20" s="73">
+        <v>2</v>
+      </c>
+      <c r="Q20" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="R20" s="73">
+        <v>13</v>
+      </c>
+      <c r="S20" s="73">
         <v>17</v>
       </c>
-      <c r="H20" s="80">
+      <c r="T20" s="73">
+        <v>0</v>
+      </c>
+      <c r="U20" s="73">
+        <v>0</v>
+      </c>
+      <c r="V20" s="73">
+        <v>37</v>
+      </c>
+      <c r="W20" s="73">
+        <v>3</v>
+      </c>
+      <c r="X20" s="73">
+        <v>2</v>
+      </c>
+      <c r="Y20" s="73">
+        <v>2</v>
+      </c>
+      <c r="Z20" s="73">
+        <v>16</v>
+      </c>
+      <c r="AA20" s="73">
+        <v>5</v>
+      </c>
+      <c r="AB20" s="73">
+        <v>31</v>
+      </c>
+      <c r="AC20" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD20" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE20" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF20" s="73">
+        <v>7</v>
+      </c>
+      <c r="AG20" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH20" s="73">
+        <v>8</v>
+      </c>
+      <c r="AI20" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ20" s="73">
+        <v>9</v>
+      </c>
+      <c r="AK20" s="73">
+        <v>13</v>
+      </c>
+      <c r="AL20" s="73">
         <v>11</v>
       </c>
-      <c r="I20" s="80">
+      <c r="AM20" s="73">
+        <v>14</v>
+      </c>
+      <c r="AN20" s="73">
+        <v>20</v>
+      </c>
+      <c r="AO20" s="73">
+        <v>9</v>
+      </c>
+      <c r="AP20" s="73">
+        <v>2</v>
+      </c>
+      <c r="AQ20" s="73">
         <v>4</v>
       </c>
-      <c r="J20" s="80">
+      <c r="AR20" s="73">
         <v>3</v>
       </c>
-      <c r="K20" s="80">
+      <c r="AS20" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT20" s="73">
+        <v>43</v>
+      </c>
+      <c r="AU20" s="73">
+        <v>2</v>
+      </c>
+      <c r="AV20" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW20" s="73">
+        <v>34</v>
+      </c>
+      <c r="AX20" s="73">
+        <v>2</v>
+      </c>
+      <c r="AY20" s="73">
+        <v>44</v>
+      </c>
+      <c r="AZ20" s="73">
+        <v>12</v>
+      </c>
+      <c r="BA20" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB20" s="73">
+        <v>45</v>
+      </c>
+      <c r="BC20" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD20" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE20" s="73">
+        <v>11</v>
+      </c>
+      <c r="BF20" s="73">
         <v>6</v>
       </c>
-      <c r="L20" s="80">
-[...11 lines deleted...]
-      <c r="P20" s="80">
+      <c r="BG20" s="73">
+        <v>2</v>
+      </c>
+      <c r="BH20" s="73">
         <v>3</v>
       </c>
-      <c r="Q20" s="83" t="s">
-[...20 lines deleted...]
-      <c r="X20" s="80">
+      <c r="BI20" s="73">
+        <v>2</v>
+      </c>
+      <c r="BJ20" s="73">
+        <v>2</v>
+      </c>
+      <c r="BK20" s="73">
         <v>3</v>
       </c>
-      <c r="Y20" s="80">
-[...158 lines deleted...]
-      <c r="BZ20" s="81">
+      <c r="BL20" s="73">
+        <v>2</v>
+      </c>
+      <c r="BM20" s="73">
+        <v>1</v>
+      </c>
+      <c r="BN20" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO20" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP20" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ20" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR20" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS20" s="73">
+        <v>1</v>
+      </c>
+      <c r="BT20" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU20" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV20" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW20" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX20" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY20" s="73">
+        <v>1</v>
+      </c>
+      <c r="BZ20" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B21" s="79" t="s">
-[...11 lines deleted...]
-      <c r="F21" s="80">
+      <c r="B21" s="72" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" s="73">
+        <v>177</v>
+      </c>
+      <c r="D21" s="73">
+        <v>159</v>
+      </c>
+      <c r="E21" s="73">
         <v>18</v>
       </c>
-      <c r="G21" s="80">
-[...2 lines deleted...]
-      <c r="H21" s="80">
+      <c r="F21" s="73">
+        <v>24</v>
+      </c>
+      <c r="G21" s="73">
+        <v>3</v>
+      </c>
+      <c r="H21" s="73">
+        <v>6</v>
+      </c>
+      <c r="I21" s="73">
+        <v>6</v>
+      </c>
+      <c r="J21" s="73">
+        <v>1</v>
+      </c>
+      <c r="K21" s="73">
+        <v>1</v>
+      </c>
+      <c r="L21" s="73">
+        <v>1</v>
+      </c>
+      <c r="M21" s="73">
+        <v>1</v>
+      </c>
+      <c r="N21" s="73">
+        <v>1</v>
+      </c>
+      <c r="O21" s="73">
+        <v>1</v>
+      </c>
+      <c r="P21" s="73">
+        <v>3</v>
+      </c>
+      <c r="Q21" s="73">
+        <v>9</v>
+      </c>
+      <c r="R21" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="S21" s="73">
+        <v>7</v>
+      </c>
+      <c r="T21" s="73">
+        <v>24</v>
+      </c>
+      <c r="U21" s="73">
+        <v>1</v>
+      </c>
+      <c r="V21" s="73">
+        <v>6</v>
+      </c>
+      <c r="W21" s="73">
+        <v>0</v>
+      </c>
+      <c r="X21" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y21" s="73">
         <v>5</v>
       </c>
-      <c r="I21" s="80">
-[...2 lines deleted...]
-      <c r="J21" s="80">
+      <c r="Z21" s="73">
+        <v>5</v>
+      </c>
+      <c r="AA21" s="73">
+        <v>1</v>
+      </c>
+      <c r="AB21" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC21" s="73">
         <v>3</v>
       </c>
-      <c r="K21" s="80">
-[...11 lines deleted...]
-      <c r="O21" s="80">
+      <c r="AD21" s="73">
+        <v>17</v>
+      </c>
+      <c r="AE21" s="73">
+        <v>28</v>
+      </c>
+      <c r="AF21" s="73">
         <v>3</v>
       </c>
-      <c r="P21" s="80">
-[...50 lines deleted...]
-      <c r="AG21" s="80">
+      <c r="AG21" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH21" s="73">
         <v>3</v>
       </c>
-      <c r="AH21" s="80">
-[...50 lines deleted...]
-      <c r="AY21" s="80">
+      <c r="AI21" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ21" s="73">
+        <v>2</v>
+      </c>
+      <c r="AK21" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL21" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM21" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN21" s="73">
+        <v>2</v>
+      </c>
+      <c r="AO21" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP21" s="73">
         <v>3</v>
       </c>
-      <c r="AZ21" s="80">
-[...5 lines deleted...]
-      <c r="BB21" s="80">
+      <c r="AQ21" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR21" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS21" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT21" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU21" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV21" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW21" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX21" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY21" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ21" s="73">
+        <v>2</v>
+      </c>
+      <c r="BA21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB21" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC21" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF21" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI21" s="73">
+        <v>1</v>
+      </c>
+      <c r="BJ21" s="73">
+        <v>1</v>
+      </c>
+      <c r="BK21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL21" s="73">
+        <v>2</v>
+      </c>
+      <c r="BM21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO21" s="73">
         <v>3</v>
       </c>
-      <c r="BC21" s="80">
-[...68 lines deleted...]
-      <c r="BZ21" s="81">
+      <c r="BP21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ21" s="73">
+        <v>1</v>
+      </c>
+      <c r="BR21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU21" s="73">
+        <v>3</v>
+      </c>
+      <c r="BV21" s="73">
+        <v>2</v>
+      </c>
+      <c r="BW21" s="73">
+        <v>3</v>
+      </c>
+      <c r="BX21" s="73">
+        <v>1</v>
+      </c>
+      <c r="BY21" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ21" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B22" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E22" s="80">
+      <c r="B22" s="72" t="s">
+        <v>98</v>
+      </c>
+      <c r="C22" s="73">
+        <v>714</v>
+      </c>
+      <c r="D22" s="73">
+        <v>698</v>
+      </c>
+      <c r="E22" s="73">
+        <v>16</v>
+      </c>
+      <c r="F22" s="73">
+        <v>231</v>
+      </c>
+      <c r="G22" s="73">
+        <v>8</v>
+      </c>
+      <c r="H22" s="73">
+        <v>10</v>
+      </c>
+      <c r="I22" s="73">
+        <v>14</v>
+      </c>
+      <c r="J22" s="73">
+        <v>14</v>
+      </c>
+      <c r="K22" s="73">
+        <v>9</v>
+      </c>
+      <c r="L22" s="73">
+        <v>22</v>
+      </c>
+      <c r="M22" s="73">
+        <v>35</v>
+      </c>
+      <c r="N22" s="73">
+        <v>72</v>
+      </c>
+      <c r="O22" s="73">
+        <v>37</v>
+      </c>
+      <c r="P22" s="73">
+        <v>10</v>
+      </c>
+      <c r="Q22" s="73">
+        <v>13</v>
+      </c>
+      <c r="R22" s="73">
+        <v>12</v>
+      </c>
+      <c r="S22" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="T22" s="73">
+        <v>1</v>
+      </c>
+      <c r="U22" s="73">
+        <v>3</v>
+      </c>
+      <c r="V22" s="73">
+        <v>12</v>
+      </c>
+      <c r="W22" s="73">
+        <v>5</v>
+      </c>
+      <c r="X22" s="73">
+        <v>3</v>
+      </c>
+      <c r="Y22" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z22" s="73">
+        <v>3</v>
+      </c>
+      <c r="AA22" s="73">
         <v>19</v>
       </c>
-      <c r="F22" s="80">
-[...2 lines deleted...]
-      <c r="G22" s="80">
+      <c r="AB22" s="73">
+        <v>3</v>
+      </c>
+      <c r="AC22" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD22" s="73">
+        <v>6</v>
+      </c>
+      <c r="AE22" s="73">
+        <v>2</v>
+      </c>
+      <c r="AF22" s="73">
+        <v>31</v>
+      </c>
+      <c r="AG22" s="73">
+        <v>51</v>
+      </c>
+      <c r="AH22" s="73">
+        <v>31</v>
+      </c>
+      <c r="AI22" s="73">
+        <v>103</v>
+      </c>
+      <c r="AJ22" s="73">
+        <v>68</v>
+      </c>
+      <c r="AK22" s="73">
+        <v>6</v>
+      </c>
+      <c r="AL22" s="73">
+        <v>12</v>
+      </c>
+      <c r="AM22" s="73">
+        <v>3</v>
+      </c>
+      <c r="AN22" s="73">
+        <v>2</v>
+      </c>
+      <c r="AO22" s="73">
+        <v>6</v>
+      </c>
+      <c r="AP22" s="73">
+        <v>6</v>
+      </c>
+      <c r="AQ22" s="73">
+        <v>8</v>
+      </c>
+      <c r="AR22" s="73">
         <v>5</v>
       </c>
-      <c r="H22" s="80">
-[...2 lines deleted...]
-      <c r="I22" s="80">
+      <c r="AS22" s="73">
+        <v>14</v>
+      </c>
+      <c r="AT22" s="73">
+        <v>8</v>
+      </c>
+      <c r="AU22" s="73">
         <v>7</v>
       </c>
-      <c r="J22" s="80">
-[...23 lines deleted...]
-      <c r="R22" s="80">
+      <c r="AV22" s="73">
+        <v>8</v>
+      </c>
+      <c r="AW22" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX22" s="73">
+        <v>1</v>
+      </c>
+      <c r="AY22" s="73">
+        <v>3</v>
+      </c>
+      <c r="AZ22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA22" s="73">
+        <v>6</v>
+      </c>
+      <c r="BB22" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC22" s="73">
         <v>5</v>
       </c>
-      <c r="S22" s="83" t="s">
-[...177 lines deleted...]
-        <v>1</v>
+      <c r="BD22" s="73">
+        <v>4</v>
+      </c>
+      <c r="BE22" s="73">
+        <v>1</v>
+      </c>
+      <c r="BF22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI22" s="73">
+        <v>1</v>
+      </c>
+      <c r="BJ22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL22" s="73">
+        <v>1</v>
+      </c>
+      <c r="BM22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN22" s="73">
+        <v>1</v>
+      </c>
+      <c r="BO22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP22" s="73">
+        <v>1</v>
+      </c>
+      <c r="BQ22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR22" s="73">
+        <v>2</v>
+      </c>
+      <c r="BS22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV22" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW22" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX22" s="73">
+        <v>1</v>
+      </c>
+      <c r="BY22" s="73">
+        <v>1</v>
+      </c>
+      <c r="BZ22" s="74">
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B23" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E23" s="80">
+      <c r="B23" s="72" t="s">
+        <v>237</v>
+      </c>
+      <c r="C23" s="73">
+        <v>91</v>
+      </c>
+      <c r="D23" s="73">
+        <v>88</v>
+      </c>
+      <c r="E23" s="73">
+        <v>3</v>
+      </c>
+      <c r="F23" s="73">
+        <v>12</v>
+      </c>
+      <c r="G23" s="73">
+        <v>0</v>
+      </c>
+      <c r="H23" s="73">
+        <v>5</v>
+      </c>
+      <c r="I23" s="73">
+        <v>0</v>
+      </c>
+      <c r="J23" s="73">
+        <v>0</v>
+      </c>
+      <c r="K23" s="73">
+        <v>0</v>
+      </c>
+      <c r="L23" s="73">
+        <v>1</v>
+      </c>
+      <c r="M23" s="73">
+        <v>0</v>
+      </c>
+      <c r="N23" s="73">
         <v>6</v>
       </c>
-      <c r="F23" s="80">
+      <c r="O23" s="73">
+        <v>0</v>
+      </c>
+      <c r="P23" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="73">
+        <v>3</v>
+      </c>
+      <c r="R23" s="73">
+        <v>22</v>
+      </c>
+      <c r="S23" s="73">
+        <v>0</v>
+      </c>
+      <c r="T23" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="U23" s="73">
+        <v>0</v>
+      </c>
+      <c r="V23" s="73">
+        <v>0</v>
+      </c>
+      <c r="W23" s="73">
+        <v>0</v>
+      </c>
+      <c r="X23" s="73">
+        <v>4</v>
+      </c>
+      <c r="Y23" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z23" s="73">
+        <v>3</v>
+      </c>
+      <c r="AA23" s="73">
+        <v>5</v>
+      </c>
+      <c r="AB23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC23" s="73">
+        <v>3</v>
+      </c>
+      <c r="AD23" s="73">
         <v>17</v>
       </c>
-      <c r="G23" s="80">
+      <c r="AE23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF23" s="73">
+        <v>2</v>
+      </c>
+      <c r="AG23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL23" s="73">
+        <v>2</v>
+      </c>
+      <c r="AM23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ23" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR23" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY23" s="73">
+        <v>2</v>
+      </c>
+      <c r="AZ23" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA23" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC23" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL23" s="73">
         <v>3</v>
       </c>
-      <c r="H23" s="80">
-[...209 lines deleted...]
-      <c r="BZ23" s="81">
+      <c r="BM23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ23" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B24" s="79" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="80">
+      <c r="B24" s="72" t="s">
+        <v>126</v>
+      </c>
+      <c r="C24" s="73">
+        <v>34</v>
+      </c>
+      <c r="D24" s="73">
+        <v>15</v>
+      </c>
+      <c r="E24" s="73">
+        <v>19</v>
+      </c>
+      <c r="F24" s="73">
+        <v>2</v>
+      </c>
+      <c r="G24" s="73">
+        <v>0</v>
+      </c>
+      <c r="H24" s="73">
+        <v>0</v>
+      </c>
+      <c r="I24" s="73">
+        <v>0</v>
+      </c>
+      <c r="J24" s="73">
+        <v>0</v>
+      </c>
+      <c r="K24" s="73">
+        <v>0</v>
+      </c>
+      <c r="L24" s="73">
+        <v>0</v>
+      </c>
+      <c r="M24" s="73">
+        <v>0</v>
+      </c>
+      <c r="N24" s="73">
+        <v>1</v>
+      </c>
+      <c r="O24" s="73">
+        <v>1</v>
+      </c>
+      <c r="P24" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="73">
+        <v>1</v>
+      </c>
+      <c r="R24" s="73">
+        <v>0</v>
+      </c>
+      <c r="S24" s="73">
+        <v>1</v>
+      </c>
+      <c r="T24" s="73">
+        <v>1</v>
+      </c>
+      <c r="U24" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="D24" s="80">
-[...5 lines deleted...]
-      <c r="F24" s="80">
+      <c r="V24" s="73">
+        <v>0</v>
+      </c>
+      <c r="W24" s="73">
+        <v>0</v>
+      </c>
+      <c r="X24" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y24" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE24" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH24" s="73">
+        <v>2</v>
+      </c>
+      <c r="AI24" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ24" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK24" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT24" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY24" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ24" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF24" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG24" s="73">
+        <v>1</v>
+      </c>
+      <c r="BH24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ24" s="73">
+        <v>1</v>
+      </c>
+      <c r="BK24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO24" s="73">
+        <v>5</v>
+      </c>
+      <c r="BP24" s="73">
+        <v>2</v>
+      </c>
+      <c r="BQ24" s="73">
         <v>3</v>
       </c>
-      <c r="G24" s="80">
-[...179 lines deleted...]
-      <c r="BO24" s="80">
+      <c r="BR24" s="73">
         <v>6</v>
       </c>
-      <c r="BP24" s="80">
-[...29 lines deleted...]
-      <c r="BZ24" s="81">
+      <c r="BS24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY24" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ24" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B25" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E25" s="80">
+      <c r="B25" s="72" t="s">
+        <v>119</v>
+      </c>
+      <c r="C25" s="73">
+        <v>266</v>
+      </c>
+      <c r="D25" s="73">
+        <v>262</v>
+      </c>
+      <c r="E25" s="73">
+        <v>4</v>
+      </c>
+      <c r="F25" s="73">
+        <v>41</v>
+      </c>
+      <c r="G25" s="73">
+        <v>2</v>
+      </c>
+      <c r="H25" s="73">
+        <v>2</v>
+      </c>
+      <c r="I25" s="73">
+        <v>2</v>
+      </c>
+      <c r="J25" s="73">
+        <v>3</v>
+      </c>
+      <c r="K25" s="73">
+        <v>2</v>
+      </c>
+      <c r="L25" s="73">
+        <v>2</v>
+      </c>
+      <c r="M25" s="73">
+        <v>19</v>
+      </c>
+      <c r="N25" s="73">
+        <v>7</v>
+      </c>
+      <c r="O25" s="73">
+        <v>2</v>
+      </c>
+      <c r="P25" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="73">
+        <v>20</v>
+      </c>
+      <c r="R25" s="73">
+        <v>0</v>
+      </c>
+      <c r="S25" s="73">
+        <v>17</v>
+      </c>
+      <c r="T25" s="73">
+        <v>2</v>
+      </c>
+      <c r="U25" s="73">
+        <v>1</v>
+      </c>
+      <c r="V25" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="W25" s="73">
+        <v>10</v>
+      </c>
+      <c r="X25" s="73">
+        <v>2</v>
+      </c>
+      <c r="Y25" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z25" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA25" s="73">
+        <v>5</v>
+      </c>
+      <c r="AB25" s="73">
+        <v>28</v>
+      </c>
+      <c r="AC25" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD25" s="73">
+        <v>3</v>
+      </c>
+      <c r="AE25" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF25" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG25" s="73">
+        <v>4</v>
+      </c>
+      <c r="AH25" s="73">
+        <v>4</v>
+      </c>
+      <c r="AI25" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ25" s="73">
+        <v>7</v>
+      </c>
+      <c r="AK25" s="73">
+        <v>31</v>
+      </c>
+      <c r="AL25" s="73">
+        <v>7</v>
+      </c>
+      <c r="AM25" s="73">
+        <v>12</v>
+      </c>
+      <c r="AN25" s="73">
+        <v>8</v>
+      </c>
+      <c r="AO25" s="73">
         <v>14</v>
       </c>
-      <c r="F25" s="80">
-[...5 lines deleted...]
-      <c r="H25" s="80">
+      <c r="AP25" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ25" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR25" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS25" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT25" s="73">
         <v>9</v>
       </c>
-      <c r="I25" s="80">
-[...14 lines deleted...]
-      <c r="N25" s="80">
+      <c r="AU25" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV25" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW25" s="73">
         <v>5</v>
       </c>
-      <c r="O25" s="80">
-[...107 lines deleted...]
-      <c r="AY25" s="80">
+      <c r="AX25" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY25" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ25" s="73">
         <v>5</v>
       </c>
-      <c r="AZ25" s="80">
-[...77 lines deleted...]
-      <c r="BZ25" s="81">
+      <c r="BA25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB25" s="73">
+        <v>18</v>
+      </c>
+      <c r="BC25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE25" s="73">
+        <v>1</v>
+      </c>
+      <c r="BF25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI25" s="73">
+        <v>1</v>
+      </c>
+      <c r="BJ25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW25" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX25" s="73">
+        <v>1</v>
+      </c>
+      <c r="BY25" s="73">
+        <v>1</v>
+      </c>
+      <c r="BZ25" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B26" s="79" t="s">
-[...11 lines deleted...]
-      <c r="F26" s="80">
+      <c r="B26" s="72" t="s">
+        <v>239</v>
+      </c>
+      <c r="C26" s="73">
+        <v>73</v>
+      </c>
+      <c r="D26" s="73">
+        <v>71</v>
+      </c>
+      <c r="E26" s="73">
+        <v>2</v>
+      </c>
+      <c r="F26" s="73">
+        <v>3</v>
+      </c>
+      <c r="G26" s="73">
+        <v>0</v>
+      </c>
+      <c r="H26" s="73">
+        <v>0</v>
+      </c>
+      <c r="I26" s="73">
+        <v>1</v>
+      </c>
+      <c r="J26" s="73">
+        <v>0</v>
+      </c>
+      <c r="K26" s="73">
+        <v>0</v>
+      </c>
+      <c r="L26" s="73">
+        <v>0</v>
+      </c>
+      <c r="M26" s="73">
+        <v>1</v>
+      </c>
+      <c r="N26" s="73">
+        <v>1</v>
+      </c>
+      <c r="O26" s="73">
+        <v>0</v>
+      </c>
+      <c r="P26" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="73">
+        <v>10</v>
+      </c>
+      <c r="R26" s="73">
+        <v>1</v>
+      </c>
+      <c r="S26" s="73">
+        <v>1</v>
+      </c>
+      <c r="T26" s="73">
+        <v>0</v>
+      </c>
+      <c r="U26" s="73">
+        <v>2</v>
+      </c>
+      <c r="V26" s="73">
+        <v>8</v>
+      </c>
+      <c r="W26" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="X26" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y26" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB26" s="73">
         <v>6</v>
       </c>
-      <c r="G26" s="80">
-[...134 lines deleted...]
-      <c r="AZ26" s="80">
+      <c r="AC26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH26" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ26" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK26" s="73">
+        <v>26</v>
+      </c>
+      <c r="AL26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT26" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU26" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW26" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX26" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY26" s="73">
+        <v>2</v>
+      </c>
+      <c r="AZ26" s="73">
         <v>6</v>
       </c>
-      <c r="BA26" s="80">
-[...74 lines deleted...]
-      <c r="BZ26" s="81">
+      <c r="BA26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF26" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW26" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY26" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ26" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B27" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E27" s="80">
+      <c r="B27" s="72" t="s">
+        <v>241</v>
+      </c>
+      <c r="C27" s="73">
+        <v>145</v>
+      </c>
+      <c r="D27" s="73">
+        <v>139</v>
+      </c>
+      <c r="E27" s="73">
+        <v>6</v>
+      </c>
+      <c r="F27" s="73">
+        <v>19</v>
+      </c>
+      <c r="G27" s="73">
+        <v>4</v>
+      </c>
+      <c r="H27" s="73">
+        <v>2</v>
+      </c>
+      <c r="I27" s="73">
+        <v>1</v>
+      </c>
+      <c r="J27" s="73">
+        <v>4</v>
+      </c>
+      <c r="K27" s="73">
+        <v>1</v>
+      </c>
+      <c r="L27" s="73">
+        <v>1</v>
+      </c>
+      <c r="M27" s="73">
+        <v>0</v>
+      </c>
+      <c r="N27" s="73">
+        <v>2</v>
+      </c>
+      <c r="O27" s="73">
+        <v>1</v>
+      </c>
+      <c r="P27" s="73">
+        <v>3</v>
+      </c>
+      <c r="Q27" s="73">
+        <v>2</v>
+      </c>
+      <c r="R27" s="73">
+        <v>3</v>
+      </c>
+      <c r="S27" s="73">
+        <v>8</v>
+      </c>
+      <c r="T27" s="73">
+        <v>11</v>
+      </c>
+      <c r="U27" s="73">
+        <v>0</v>
+      </c>
+      <c r="V27" s="73">
+        <v>0</v>
+      </c>
+      <c r="W27" s="73">
+        <v>0</v>
+      </c>
+      <c r="X27" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y27" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z27" s="73">
+        <v>2</v>
+      </c>
+      <c r="AA27" s="73">
+        <v>4</v>
+      </c>
+      <c r="AB27" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC27" s="73">
+        <v>6</v>
+      </c>
+      <c r="AD27" s="73">
         <v>9</v>
       </c>
-      <c r="F27" s="80">
-[...2 lines deleted...]
-      <c r="G27" s="80">
+      <c r="AE27" s="73">
+        <v>2</v>
+      </c>
+      <c r="AF27" s="73">
+        <v>8</v>
+      </c>
+      <c r="AG27" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH27" s="73">
+        <v>2</v>
+      </c>
+      <c r="AI27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ27" s="73">
         <v>3</v>
       </c>
-      <c r="H27" s="80">
+      <c r="AK27" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM27" s="73">
+        <v>2</v>
+      </c>
+      <c r="AN27" s="73">
+        <v>2</v>
+      </c>
+      <c r="AO27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP27" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ27" s="73">
+        <v>31</v>
+      </c>
+      <c r="AR27" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU27" s="73">
+        <v>4</v>
+      </c>
+      <c r="AV27" s="73">
         <v>5</v>
       </c>
-      <c r="I27" s="80">
-[...53 lines deleted...]
-      <c r="AA27" s="80">
+      <c r="AW27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY27" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA27" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC27" s="73">
         <v>7</v>
       </c>
-      <c r="AB27" s="80">
-[...149 lines deleted...]
-      <c r="BZ27" s="81">
+      <c r="BD27" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV27" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW27" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX27" s="73">
+        <v>2</v>
+      </c>
+      <c r="BY27" s="73">
+        <v>2</v>
+      </c>
+      <c r="BZ27" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B28" s="79" t="s">
-[...17 lines deleted...]
-      <c r="H28" s="80">
+      <c r="B28" s="72" t="s">
+        <v>243</v>
+      </c>
+      <c r="C28" s="73">
+        <v>70</v>
+      </c>
+      <c r="D28" s="73">
+        <v>46</v>
+      </c>
+      <c r="E28" s="73">
+        <v>24</v>
+      </c>
+      <c r="F28" s="73">
+        <v>7</v>
+      </c>
+      <c r="G28" s="73">
+        <v>0</v>
+      </c>
+      <c r="H28" s="73">
+        <v>1</v>
+      </c>
+      <c r="I28" s="73">
+        <v>0</v>
+      </c>
+      <c r="J28" s="73">
+        <v>1</v>
+      </c>
+      <c r="K28" s="73">
+        <v>1</v>
+      </c>
+      <c r="L28" s="73">
+        <v>0</v>
+      </c>
+      <c r="M28" s="73">
+        <v>1</v>
+      </c>
+      <c r="N28" s="73">
+        <v>0</v>
+      </c>
+      <c r="O28" s="73">
+        <v>1</v>
+      </c>
+      <c r="P28" s="73">
+        <v>2</v>
+      </c>
+      <c r="Q28" s="73">
+        <v>1</v>
+      </c>
+      <c r="R28" s="73">
+        <v>10</v>
+      </c>
+      <c r="S28" s="73">
+        <v>1</v>
+      </c>
+      <c r="T28" s="73">
+        <v>1</v>
+      </c>
+      <c r="U28" s="73">
+        <v>1</v>
+      </c>
+      <c r="V28" s="73">
+        <v>0</v>
+      </c>
+      <c r="W28" s="73">
+        <v>1</v>
+      </c>
+      <c r="X28" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y28" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="Z28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="73">
+        <v>3</v>
+      </c>
+      <c r="AB28" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE28" s="73">
+        <v>5</v>
+      </c>
+      <c r="AF28" s="73">
         <v>4</v>
       </c>
-      <c r="I28" s="80">
-[...2 lines deleted...]
-      <c r="J28" s="80">
+      <c r="AG28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL28" s="73">
+        <v>2</v>
+      </c>
+      <c r="AM28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP28" s="73">
         <v>3</v>
       </c>
-      <c r="K28" s="80">
-[...23 lines deleted...]
-      <c r="S28" s="80">
+      <c r="AQ28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI28" s="73">
+        <v>1</v>
+      </c>
+      <c r="BJ28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM28" s="73">
+        <v>1</v>
+      </c>
+      <c r="BN28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO28" s="73">
+        <v>1</v>
+      </c>
+      <c r="BP28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT28" s="73">
         <v>3</v>
       </c>
-      <c r="T28" s="80">
-[...173 lines deleted...]
-      <c r="BZ28" s="81">
+      <c r="BU28" s="73">
+        <v>6</v>
+      </c>
+      <c r="BV28" s="73">
+        <v>11</v>
+      </c>
+      <c r="BW28" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY28" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ28" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B29" s="79" t="s">
-[...11 lines deleted...]
-      <c r="F29" s="80">
+      <c r="B29" s="72" t="s">
+        <v>110</v>
+      </c>
+      <c r="C29" s="73">
+        <v>160</v>
+      </c>
+      <c r="D29" s="73">
+        <v>93</v>
+      </c>
+      <c r="E29" s="73">
+        <v>67</v>
+      </c>
+      <c r="F29" s="73">
+        <v>12</v>
+      </c>
+      <c r="G29" s="73">
+        <v>2</v>
+      </c>
+      <c r="H29" s="73">
+        <v>0</v>
+      </c>
+      <c r="I29" s="73">
+        <v>0</v>
+      </c>
+      <c r="J29" s="73">
+        <v>2</v>
+      </c>
+      <c r="K29" s="73">
+        <v>2</v>
+      </c>
+      <c r="L29" s="73">
+        <v>0</v>
+      </c>
+      <c r="M29" s="73">
+        <v>0</v>
+      </c>
+      <c r="N29" s="73">
+        <v>5</v>
+      </c>
+      <c r="O29" s="73">
+        <v>1</v>
+      </c>
+      <c r="P29" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="73">
+        <v>13</v>
+      </c>
+      <c r="R29" s="73">
+        <v>6</v>
+      </c>
+      <c r="S29" s="73">
+        <v>1</v>
+      </c>
+      <c r="T29" s="73">
+        <v>2</v>
+      </c>
+      <c r="U29" s="73">
+        <v>1</v>
+      </c>
+      <c r="V29" s="73">
+        <v>1</v>
+      </c>
+      <c r="W29" s="73">
+        <v>0</v>
+      </c>
+      <c r="X29" s="73">
+        <v>2</v>
+      </c>
+      <c r="Y29" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z29" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AA29" s="73">
+        <v>3</v>
+      </c>
+      <c r="AB29" s="73">
+        <v>8</v>
+      </c>
+      <c r="AC29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD29" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE29" s="73">
+        <v>3</v>
+      </c>
+      <c r="AF29" s="73">
+        <v>4</v>
+      </c>
+      <c r="AG29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL29" s="73">
+        <v>7</v>
+      </c>
+      <c r="AM29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AO29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW29" s="73">
+        <v>16</v>
+      </c>
+      <c r="AX29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY29" s="73">
+        <v>2</v>
+      </c>
+      <c r="AZ29" s="73">
+        <v>2</v>
+      </c>
+      <c r="BA29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD29" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE29" s="73">
+        <v>1</v>
+      </c>
+      <c r="BF29" s="73">
         <v>10</v>
       </c>
-      <c r="G29" s="80">
-[...26 lines deleted...]
-      <c r="P29" s="80">
+      <c r="BG29" s="73">
+        <v>1</v>
+      </c>
+      <c r="BH29" s="73">
+        <v>8</v>
+      </c>
+      <c r="BI29" s="73">
+        <v>24</v>
+      </c>
+      <c r="BJ29" s="73">
+        <v>4</v>
+      </c>
+      <c r="BK29" s="73">
+        <v>4</v>
+      </c>
+      <c r="BL29" s="73">
+        <v>4</v>
+      </c>
+      <c r="BM29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN29" s="73">
+        <v>2</v>
+      </c>
+      <c r="BO29" s="73">
+        <v>1</v>
+      </c>
+      <c r="BP29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS29" s="73">
         <v>3</v>
       </c>
-      <c r="Q29" s="80">
-[...182 lines deleted...]
-      <c r="BZ29" s="81">
+      <c r="BT29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV29" s="73">
+        <v>2</v>
+      </c>
+      <c r="BW29" s="73">
+        <v>2</v>
+      </c>
+      <c r="BX29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ29" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B30" s="79" t="s">
+      <c r="B30" s="72" t="s">
         <v>96</v>
       </c>
-      <c r="C30" s="80">
-[...11 lines deleted...]
-      <c r="G30" s="80">
+      <c r="C30" s="73">
+        <v>320</v>
+      </c>
+      <c r="D30" s="73">
+        <v>302</v>
+      </c>
+      <c r="E30" s="73">
+        <v>18</v>
+      </c>
+      <c r="F30" s="73">
+        <v>62</v>
+      </c>
+      <c r="G30" s="73">
+        <v>1</v>
+      </c>
+      <c r="H30" s="73">
+        <v>4</v>
+      </c>
+      <c r="I30" s="73">
+        <v>2</v>
+      </c>
+      <c r="J30" s="73">
+        <v>9</v>
+      </c>
+      <c r="K30" s="73">
+        <v>3</v>
+      </c>
+      <c r="L30" s="73">
+        <v>4</v>
+      </c>
+      <c r="M30" s="73">
+        <v>4</v>
+      </c>
+      <c r="N30" s="73">
         <v>5</v>
       </c>
-      <c r="H30" s="80">
+      <c r="O30" s="73">
+        <v>5</v>
+      </c>
+      <c r="P30" s="73">
+        <v>25</v>
+      </c>
+      <c r="Q30" s="73">
+        <v>11</v>
+      </c>
+      <c r="R30" s="73">
+        <v>1</v>
+      </c>
+      <c r="S30" s="73">
+        <v>22</v>
+      </c>
+      <c r="T30" s="73">
+        <v>1</v>
+      </c>
+      <c r="U30" s="73">
+        <v>0</v>
+      </c>
+      <c r="V30" s="73">
+        <v>2</v>
+      </c>
+      <c r="W30" s="73">
+        <v>0</v>
+      </c>
+      <c r="X30" s="73">
+        <v>9</v>
+      </c>
+      <c r="Y30" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z30" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA30" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AB30" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC30" s="73">
+        <v>4</v>
+      </c>
+      <c r="AD30" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE30" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF30" s="73">
+        <v>8</v>
+      </c>
+      <c r="AG30" s="73">
+        <v>21</v>
+      </c>
+      <c r="AH30" s="73">
+        <v>92</v>
+      </c>
+      <c r="AI30" s="73">
+        <v>2</v>
+      </c>
+      <c r="AJ30" s="73">
+        <v>7</v>
+      </c>
+      <c r="AK30" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL30" s="73">
+        <v>3</v>
+      </c>
+      <c r="AM30" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN30" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO30" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP30" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ30" s="73">
+        <v>7</v>
+      </c>
+      <c r="AR30" s="73">
+        <v>5</v>
+      </c>
+      <c r="AS30" s="73">
         <v>10</v>
       </c>
-      <c r="I30" s="80">
+      <c r="AT30" s="73">
+        <v>3</v>
+      </c>
+      <c r="AU30" s="73">
+        <v>5</v>
+      </c>
+      <c r="AV30" s="73">
         <v>4</v>
       </c>
-      <c r="J30" s="80">
+      <c r="AW30" s="73">
+        <v>2</v>
+      </c>
+      <c r="AX30" s="73">
+        <v>4</v>
+      </c>
+      <c r="AY30" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA30" s="73">
         <v>7</v>
       </c>
-      <c r="K30" s="80">
-[...17 lines deleted...]
-      <c r="Q30" s="80">
+      <c r="BB30" s="73">
+        <v>2</v>
+      </c>
+      <c r="BC30" s="73">
+        <v>2</v>
+      </c>
+      <c r="BD30" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX30" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY30" s="73">
+        <v>14</v>
+      </c>
+      <c r="BZ30" s="74">
         <v>3</v>
-      </c>
-[...181 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="31" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B31" s="79" t="s">
-[...77 lines deleted...]
-      <c r="AB31" s="83" t="s">
+      <c r="B31" s="72" t="s">
+        <v>245</v>
+      </c>
+      <c r="C31" s="73">
+        <v>181</v>
+      </c>
+      <c r="D31" s="73">
+        <v>167</v>
+      </c>
+      <c r="E31" s="73">
+        <v>14</v>
+      </c>
+      <c r="F31" s="73">
+        <v>17</v>
+      </c>
+      <c r="G31" s="73">
+        <v>1</v>
+      </c>
+      <c r="H31" s="73">
+        <v>1</v>
+      </c>
+      <c r="I31" s="73">
+        <v>0</v>
+      </c>
+      <c r="J31" s="73">
+        <v>5</v>
+      </c>
+      <c r="K31" s="73">
+        <v>2</v>
+      </c>
+      <c r="L31" s="73">
+        <v>2</v>
+      </c>
+      <c r="M31" s="73">
+        <v>2</v>
+      </c>
+      <c r="N31" s="73">
+        <v>0</v>
+      </c>
+      <c r="O31" s="73">
+        <v>2</v>
+      </c>
+      <c r="P31" s="73">
+        <v>2</v>
+      </c>
+      <c r="Q31" s="73">
+        <v>29</v>
+      </c>
+      <c r="R31" s="73">
+        <v>2</v>
+      </c>
+      <c r="S31" s="73">
+        <v>8</v>
+      </c>
+      <c r="T31" s="73">
+        <v>0</v>
+      </c>
+      <c r="U31" s="73">
+        <v>0</v>
+      </c>
+      <c r="V31" s="73">
+        <v>55</v>
+      </c>
+      <c r="W31" s="73">
+        <v>5</v>
+      </c>
+      <c r="X31" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y31" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA31" s="73">
+        <v>2</v>
+      </c>
+      <c r="AB31" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="AC31" s="80">
-[...35 lines deleted...]
-      <c r="AO31" s="80">
+      <c r="AC31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD31" s="73">
+        <v>3</v>
+      </c>
+      <c r="AE31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK31" s="73">
+        <v>11</v>
+      </c>
+      <c r="AL31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN31" s="73">
+        <v>2</v>
+      </c>
+      <c r="AO31" s="73">
         <v>7</v>
       </c>
-      <c r="AP31" s="80">
-[...41 lines deleted...]
-      <c r="BD31" s="80">
+      <c r="AP31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT31" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY31" s="73">
         <v>3</v>
       </c>
-      <c r="BE31" s="80">
-[...62 lines deleted...]
-      <c r="BZ31" s="81">
+      <c r="AZ31" s="73">
+        <v>10</v>
+      </c>
+      <c r="BA31" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB31" s="73">
+        <v>2</v>
+      </c>
+      <c r="BC31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE31" s="73">
+        <v>7</v>
+      </c>
+      <c r="BF31" s="73">
+        <v>2</v>
+      </c>
+      <c r="BG31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK31" s="73">
+        <v>1</v>
+      </c>
+      <c r="BL31" s="73">
+        <v>1</v>
+      </c>
+      <c r="BM31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN31" s="73">
+        <v>2</v>
+      </c>
+      <c r="BO31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW31" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY31" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ31" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B32" s="79" t="s">
-[...80 lines deleted...]
-      <c r="AC32" s="83" t="s">
+      <c r="B32" s="72" t="s">
+        <v>247</v>
+      </c>
+      <c r="C32" s="73">
+        <v>61</v>
+      </c>
+      <c r="D32" s="73">
+        <v>58</v>
+      </c>
+      <c r="E32" s="73">
+        <v>3</v>
+      </c>
+      <c r="F32" s="73">
+        <v>6</v>
+      </c>
+      <c r="G32" s="73">
+        <v>0</v>
+      </c>
+      <c r="H32" s="73">
+        <v>1</v>
+      </c>
+      <c r="I32" s="73">
+        <v>1</v>
+      </c>
+      <c r="J32" s="73">
+        <v>1</v>
+      </c>
+      <c r="K32" s="73">
+        <v>0</v>
+      </c>
+      <c r="L32" s="73">
+        <v>1</v>
+      </c>
+      <c r="M32" s="73">
+        <v>0</v>
+      </c>
+      <c r="N32" s="73">
+        <v>0</v>
+      </c>
+      <c r="O32" s="73">
+        <v>0</v>
+      </c>
+      <c r="P32" s="73">
+        <v>2</v>
+      </c>
+      <c r="Q32" s="73">
+        <v>0</v>
+      </c>
+      <c r="R32" s="73">
+        <v>3</v>
+      </c>
+      <c r="S32" s="73">
+        <v>0</v>
+      </c>
+      <c r="T32" s="73">
+        <v>9</v>
+      </c>
+      <c r="U32" s="73">
+        <v>0</v>
+      </c>
+      <c r="V32" s="73">
+        <v>0</v>
+      </c>
+      <c r="W32" s="73">
+        <v>1</v>
+      </c>
+      <c r="X32" s="73">
+        <v>18</v>
+      </c>
+      <c r="Y32" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z32" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC32" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="AD32" s="80">
-[...5 lines deleted...]
-      <c r="AF32" s="80">
+      <c r="AD32" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE32" s="73">
+        <v>5</v>
+      </c>
+      <c r="AF32" s="73">
+        <v>2</v>
+      </c>
+      <c r="AG32" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH32" s="73">
+        <v>2</v>
+      </c>
+      <c r="AI32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN32" s="73">
+        <v>1</v>
+      </c>
+      <c r="AO32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP32" s="73">
+        <v>2</v>
+      </c>
+      <c r="AQ32" s="73">
         <v>3</v>
       </c>
-      <c r="AG32" s="80">
-[...135 lines deleted...]
-        <v>0</v>
+      <c r="AR32" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV32" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY32" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR32" s="73">
+        <v>1</v>
+      </c>
+      <c r="BS32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY32" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ32" s="74">
+        <v>2</v>
       </c>
     </row>
     <row r="33" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B33" s="79" t="s">
-[...17 lines deleted...]
-      <c r="H33" s="80">
+      <c r="B33" s="72" t="s">
+        <v>249</v>
+      </c>
+      <c r="C33" s="73">
+        <v>175</v>
+      </c>
+      <c r="D33" s="73">
+        <v>167</v>
+      </c>
+      <c r="E33" s="73">
+        <v>8</v>
+      </c>
+      <c r="F33" s="73">
+        <v>22</v>
+      </c>
+      <c r="G33" s="73">
         <v>4</v>
       </c>
-      <c r="I33" s="80">
+      <c r="H33" s="73">
+        <v>6</v>
+      </c>
+      <c r="I33" s="73">
+        <v>5</v>
+      </c>
+      <c r="J33" s="73">
+        <v>2</v>
+      </c>
+      <c r="K33" s="73">
+        <v>1</v>
+      </c>
+      <c r="L33" s="73">
+        <v>0</v>
+      </c>
+      <c r="M33" s="73">
+        <v>2</v>
+      </c>
+      <c r="N33" s="73">
+        <v>0</v>
+      </c>
+      <c r="O33" s="73">
+        <v>0</v>
+      </c>
+      <c r="P33" s="73">
+        <v>2</v>
+      </c>
+      <c r="Q33" s="73">
+        <v>2</v>
+      </c>
+      <c r="R33" s="73">
+        <v>16</v>
+      </c>
+      <c r="S33" s="73">
+        <v>6</v>
+      </c>
+      <c r="T33" s="73">
+        <v>18</v>
+      </c>
+      <c r="U33" s="73">
+        <v>0</v>
+      </c>
+      <c r="V33" s="73">
+        <v>7</v>
+      </c>
+      <c r="W33" s="73">
+        <v>0</v>
+      </c>
+      <c r="X33" s="73">
+        <v>8</v>
+      </c>
+      <c r="Y33" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z33" s="73">
+        <v>3</v>
+      </c>
+      <c r="AA33" s="73">
+        <v>1</v>
+      </c>
+      <c r="AB33" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC33" s="73">
         <v>4</v>
       </c>
-      <c r="J33" s="80">
-[...2 lines deleted...]
-      <c r="K33" s="80">
+      <c r="AD33" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AE33" s="73">
+        <v>8</v>
+      </c>
+      <c r="AF33" s="73">
+        <v>17</v>
+      </c>
+      <c r="AG33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH33" s="73">
+        <v>4</v>
+      </c>
+      <c r="AI33" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP33" s="73">
+        <v>11</v>
+      </c>
+      <c r="AQ33" s="73">
+        <v>4</v>
+      </c>
+      <c r="AR33" s="73">
+        <v>18</v>
+      </c>
+      <c r="AS33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU33" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV33" s="73">
         <v>6</v>
       </c>
-      <c r="L33" s="80">
-[...8 lines deleted...]
-      <c r="O33" s="80">
+      <c r="AW33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX33" s="73">
+        <v>1</v>
+      </c>
+      <c r="AY33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA33" s="73">
         <v>3</v>
       </c>
-      <c r="P33" s="80">
+      <c r="BB33" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC33" s="73">
         <v>3</v>
       </c>
-      <c r="Q33" s="80">
-[...182 lines deleted...]
-      <c r="BZ33" s="81">
+      <c r="BD33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF33" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI33" s="73">
+        <v>1</v>
+      </c>
+      <c r="BJ33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK33" s="73">
+        <v>1</v>
+      </c>
+      <c r="BL33" s="73">
+        <v>2</v>
+      </c>
+      <c r="BM33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT33" s="73">
+        <v>1</v>
+      </c>
+      <c r="BU33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX33" s="73">
+        <v>1</v>
+      </c>
+      <c r="BY33" s="73">
+        <v>1</v>
+      </c>
+      <c r="BZ33" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B34" s="79" t="s">
-[...11 lines deleted...]
-      <c r="F34" s="80">
+      <c r="B34" s="72" t="s">
+        <v>251</v>
+      </c>
+      <c r="C34" s="73">
+        <v>172</v>
+      </c>
+      <c r="D34" s="73">
+        <v>144</v>
+      </c>
+      <c r="E34" s="73">
+        <v>28</v>
+      </c>
+      <c r="F34" s="73">
+        <v>14</v>
+      </c>
+      <c r="G34" s="73">
+        <v>0</v>
+      </c>
+      <c r="H34" s="73">
+        <v>0</v>
+      </c>
+      <c r="I34" s="73">
+        <v>0</v>
+      </c>
+      <c r="J34" s="73">
+        <v>1</v>
+      </c>
+      <c r="K34" s="73">
+        <v>2</v>
+      </c>
+      <c r="L34" s="73">
+        <v>0</v>
+      </c>
+      <c r="M34" s="73">
+        <v>4</v>
+      </c>
+      <c r="N34" s="73">
+        <v>3</v>
+      </c>
+      <c r="O34" s="73">
+        <v>2</v>
+      </c>
+      <c r="P34" s="73">
+        <v>2</v>
+      </c>
+      <c r="Q34" s="73">
+        <v>2</v>
+      </c>
+      <c r="R34" s="73">
+        <v>37</v>
+      </c>
+      <c r="S34" s="73">
+        <v>5</v>
+      </c>
+      <c r="T34" s="73">
+        <v>6</v>
+      </c>
+      <c r="U34" s="73">
+        <v>2</v>
+      </c>
+      <c r="V34" s="73">
+        <v>3</v>
+      </c>
+      <c r="W34" s="73">
+        <v>1</v>
+      </c>
+      <c r="X34" s="73">
+        <v>4</v>
+      </c>
+      <c r="Y34" s="73">
+        <v>31</v>
+      </c>
+      <c r="Z34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA34" s="73">
+        <v>1</v>
+      </c>
+      <c r="AB34" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC34" s="73">
+        <v>5</v>
+      </c>
+      <c r="AD34" s="73">
+        <v>9</v>
+      </c>
+      <c r="AE34" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AF34" s="73">
+        <v>3</v>
+      </c>
+      <c r="AG34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH34" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM34" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN34" s="73">
+        <v>2</v>
+      </c>
+      <c r="AO34" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP34" s="73">
+        <v>3</v>
+      </c>
+      <c r="AQ34" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS34" s="73">
+        <v>4</v>
+      </c>
+      <c r="AT34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU34" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV34" s="73">
+        <v>4</v>
+      </c>
+      <c r="AW34" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH34" s="73">
+        <v>5</v>
+      </c>
+      <c r="BI34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ34" s="73">
+        <v>1</v>
+      </c>
+      <c r="BK34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ34" s="73">
+        <v>1</v>
+      </c>
+      <c r="BR34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT34" s="73">
+        <v>2</v>
+      </c>
+      <c r="BU34" s="73">
+        <v>3</v>
+      </c>
+      <c r="BV34" s="73">
+        <v>5</v>
+      </c>
+      <c r="BW34" s="73">
         <v>11</v>
       </c>
-      <c r="G34" s="80">
-[...212 lines deleted...]
-      <c r="BZ34" s="81">
+      <c r="BX34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ34" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B35" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E35" s="80">
+      <c r="B35" s="72" t="s">
+        <v>253</v>
+      </c>
+      <c r="C35" s="73">
+        <v>353</v>
+      </c>
+      <c r="D35" s="73">
+        <v>334</v>
+      </c>
+      <c r="E35" s="73">
+        <v>19</v>
+      </c>
+      <c r="F35" s="73">
+        <v>172</v>
+      </c>
+      <c r="G35" s="73">
+        <v>17</v>
+      </c>
+      <c r="H35" s="73">
+        <v>39</v>
+      </c>
+      <c r="I35" s="73">
+        <v>17</v>
+      </c>
+      <c r="J35" s="73">
+        <v>26</v>
+      </c>
+      <c r="K35" s="73">
+        <v>18</v>
+      </c>
+      <c r="L35" s="73">
+        <v>13</v>
+      </c>
+      <c r="M35" s="73">
+        <v>17</v>
+      </c>
+      <c r="N35" s="73">
+        <v>12</v>
+      </c>
+      <c r="O35" s="73">
+        <v>10</v>
+      </c>
+      <c r="P35" s="73">
+        <v>3</v>
+      </c>
+      <c r="Q35" s="73">
+        <v>3</v>
+      </c>
+      <c r="R35" s="73">
+        <v>10</v>
+      </c>
+      <c r="S35" s="73">
         <v>20</v>
       </c>
-      <c r="F35" s="80">
-[...17 lines deleted...]
-      <c r="L35" s="80">
+      <c r="T35" s="73">
+        <v>3</v>
+      </c>
+      <c r="U35" s="73">
+        <v>0</v>
+      </c>
+      <c r="V35" s="73">
+        <v>1</v>
+      </c>
+      <c r="W35" s="73">
+        <v>0</v>
+      </c>
+      <c r="X35" s="73">
+        <v>2</v>
+      </c>
+      <c r="Y35" s="73">
+        <v>4</v>
+      </c>
+      <c r="Z35" s="73">
+        <v>2</v>
+      </c>
+      <c r="AA35" s="73">
         <v>5</v>
       </c>
-      <c r="M35" s="80">
-[...5 lines deleted...]
-      <c r="O35" s="80">
+      <c r="AB35" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC35" s="73">
+        <v>2</v>
+      </c>
+      <c r="AD35" s="73">
+        <v>21</v>
+      </c>
+      <c r="AE35" s="73">
+        <v>6</v>
+      </c>
+      <c r="AF35" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AG35" s="73">
+        <v>5</v>
+      </c>
+      <c r="AH35" s="73">
         <v>4</v>
       </c>
-      <c r="P35" s="80">
-[...11 lines deleted...]
-      <c r="T35" s="80">
+      <c r="AI35" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ35" s="73">
+        <v>3</v>
+      </c>
+      <c r="AK35" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL35" s="73">
+        <v>2</v>
+      </c>
+      <c r="AM35" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN35" s="73">
+        <v>3</v>
+      </c>
+      <c r="AO35" s="73">
+        <v>2</v>
+      </c>
+      <c r="AP35" s="73">
+        <v>26</v>
+      </c>
+      <c r="AQ35" s="73">
         <v>4</v>
       </c>
-      <c r="U35" s="80">
-[...5 lines deleted...]
-      <c r="W35" s="80">
+      <c r="AR35" s="73">
+        <v>10</v>
+      </c>
+      <c r="AS35" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT35" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU35" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV35" s="73">
+        <v>2</v>
+      </c>
+      <c r="AW35" s="73">
+        <v>2</v>
+      </c>
+      <c r="AX35" s="73">
         <v>3</v>
       </c>
-      <c r="X35" s="80">
+      <c r="AY35" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ35" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA35" s="73">
+        <v>2</v>
+      </c>
+      <c r="BB35" s="73">
+        <v>2</v>
+      </c>
+      <c r="BC35" s="73">
         <v>4</v>
       </c>
-      <c r="Y35" s="80">
-[...8 lines deleted...]
-      <c r="AB35" s="80">
+      <c r="BD35" s="73">
+        <v>13</v>
+      </c>
+      <c r="BE35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK35" s="73">
         <v>3</v>
       </c>
-      <c r="AC35" s="80">
-[...146 lines deleted...]
-      <c r="BZ35" s="81">
+      <c r="BL35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW35" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX35" s="73">
+        <v>2</v>
+      </c>
+      <c r="BY35" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ35" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B36" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E36" s="80">
+      <c r="B36" s="72" t="s">
+        <v>94</v>
+      </c>
+      <c r="C36" s="73">
+        <v>230</v>
+      </c>
+      <c r="D36" s="73">
+        <v>223</v>
+      </c>
+      <c r="E36" s="73">
+        <v>7</v>
+      </c>
+      <c r="F36" s="73">
+        <v>25</v>
+      </c>
+      <c r="G36" s="73">
+        <v>2</v>
+      </c>
+      <c r="H36" s="73">
+        <v>2</v>
+      </c>
+      <c r="I36" s="73">
+        <v>1</v>
+      </c>
+      <c r="J36" s="73">
+        <v>0</v>
+      </c>
+      <c r="K36" s="73">
+        <v>1</v>
+      </c>
+      <c r="L36" s="73">
+        <v>3</v>
+      </c>
+      <c r="M36" s="73">
+        <v>4</v>
+      </c>
+      <c r="N36" s="73">
+        <v>1</v>
+      </c>
+      <c r="O36" s="73">
+        <v>3</v>
+      </c>
+      <c r="P36" s="73">
+        <v>8</v>
+      </c>
+      <c r="Q36" s="73">
+        <v>5</v>
+      </c>
+      <c r="R36" s="73">
+        <v>0</v>
+      </c>
+      <c r="S36" s="73">
+        <v>40</v>
+      </c>
+      <c r="T36" s="73">
+        <v>0</v>
+      </c>
+      <c r="U36" s="73">
+        <v>1</v>
+      </c>
+      <c r="V36" s="73">
+        <v>2</v>
+      </c>
+      <c r="W36" s="73">
+        <v>0</v>
+      </c>
+      <c r="X36" s="73">
+        <v>3</v>
+      </c>
+      <c r="Y36" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z36" s="73">
+        <v>2</v>
+      </c>
+      <c r="AA36" s="73">
+        <v>14</v>
+      </c>
+      <c r="AB36" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC36" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD36" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE36" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF36" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG36" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AH36" s="73">
+        <v>43</v>
+      </c>
+      <c r="AI36" s="73">
+        <v>2</v>
+      </c>
+      <c r="AJ36" s="73">
+        <v>5</v>
+      </c>
+      <c r="AK36" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL36" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM36" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN36" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO36" s="73">
+        <v>4</v>
+      </c>
+      <c r="AP36" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ36" s="73">
+        <v>7</v>
+      </c>
+      <c r="AR36" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS36" s="73">
+        <v>27</v>
+      </c>
+      <c r="AT36" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU36" s="73">
         <v>16</v>
       </c>
-      <c r="F36" s="80">
-[...5 lines deleted...]
-      <c r="H36" s="80">
+      <c r="AV36" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW36" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX36" s="73">
         <v>4</v>
       </c>
-      <c r="I36" s="80">
-[...17 lines deleted...]
-      <c r="O36" s="80">
+      <c r="AY36" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA36" s="73">
+        <v>8</v>
+      </c>
+      <c r="BB36" s="73">
         <v>4</v>
       </c>
-      <c r="P36" s="80">
-[...186 lines deleted...]
-        <v>4</v>
+      <c r="BC36" s="73">
+        <v>2</v>
+      </c>
+      <c r="BD36" s="73">
+        <v>2</v>
+      </c>
+      <c r="BE36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW36" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX36" s="73">
+        <v>2</v>
+      </c>
+      <c r="BY36" s="73">
+        <v>1</v>
+      </c>
+      <c r="BZ36" s="74">
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B37" s="79" t="s">
-[...17 lines deleted...]
-      <c r="H37" s="80">
+      <c r="B37" s="72" t="s">
+        <v>114</v>
+      </c>
+      <c r="C37" s="73">
+        <v>359</v>
+      </c>
+      <c r="D37" s="73">
+        <v>343</v>
+      </c>
+      <c r="E37" s="73">
+        <v>16</v>
+      </c>
+      <c r="F37" s="73">
+        <v>63</v>
+      </c>
+      <c r="G37" s="73">
+        <v>3</v>
+      </c>
+      <c r="H37" s="73">
+        <v>3</v>
+      </c>
+      <c r="I37" s="73">
+        <v>1</v>
+      </c>
+      <c r="J37" s="73">
+        <v>4</v>
+      </c>
+      <c r="K37" s="73">
+        <v>8</v>
+      </c>
+      <c r="L37" s="73">
+        <v>1</v>
+      </c>
+      <c r="M37" s="73">
+        <v>8</v>
+      </c>
+      <c r="N37" s="73">
+        <v>15</v>
+      </c>
+      <c r="O37" s="73">
+        <v>12</v>
+      </c>
+      <c r="P37" s="73">
+        <v>8</v>
+      </c>
+      <c r="Q37" s="73">
+        <v>9</v>
+      </c>
+      <c r="R37" s="73">
+        <v>2</v>
+      </c>
+      <c r="S37" s="73">
+        <v>34</v>
+      </c>
+      <c r="T37" s="73">
+        <v>5</v>
+      </c>
+      <c r="U37" s="73">
+        <v>0</v>
+      </c>
+      <c r="V37" s="73">
+        <v>2</v>
+      </c>
+      <c r="W37" s="73">
+        <v>1</v>
+      </c>
+      <c r="X37" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y37" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z37" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA37" s="73">
+        <v>46</v>
+      </c>
+      <c r="AB37" s="73">
+        <v>4</v>
+      </c>
+      <c r="AC37" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD37" s="73">
+        <v>3</v>
+      </c>
+      <c r="AE37" s="73">
+        <v>4</v>
+      </c>
+      <c r="AF37" s="73">
+        <v>3</v>
+      </c>
+      <c r="AG37" s="73">
+        <v>90</v>
+      </c>
+      <c r="AH37" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AI37" s="73">
+        <v>5</v>
+      </c>
+      <c r="AJ37" s="73">
+        <v>5</v>
+      </c>
+      <c r="AK37" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL37" s="73">
+        <v>5</v>
+      </c>
+      <c r="AM37" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN37" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO37" s="73">
+        <v>2</v>
+      </c>
+      <c r="AP37" s="73">
+        <v>2</v>
+      </c>
+      <c r="AQ37" s="73">
+        <v>5</v>
+      </c>
+      <c r="AR37" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS37" s="73">
         <v>6</v>
       </c>
-      <c r="I37" s="80">
-[...2 lines deleted...]
-      <c r="J37" s="80">
+      <c r="AT37" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU37" s="73">
         <v>13</v>
       </c>
-      <c r="K37" s="80">
-[...5 lines deleted...]
-      <c r="M37" s="80">
+      <c r="AV37" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW37" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX37" s="73">
         <v>4</v>
       </c>
-      <c r="N37" s="80">
-[...44 lines deleted...]
-      <c r="AC37" s="80">
+      <c r="AY37" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ37" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA37" s="73">
+        <v>19</v>
+      </c>
+      <c r="BB37" s="73">
+        <v>2</v>
+      </c>
+      <c r="BC37" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY37" s="73">
         <v>3</v>
       </c>
-      <c r="AD37" s="80">
-[...144 lines deleted...]
-        <v>10</v>
+      <c r="BZ37" s="74">
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B38" s="79" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="80">
+      <c r="B38" s="72" t="s">
+        <v>255</v>
+      </c>
+      <c r="C38" s="73">
+        <v>165</v>
+      </c>
+      <c r="D38" s="73">
         <v>161</v>
       </c>
-      <c r="D38" s="80">
-[...20 lines deleted...]
-      <c r="K38" s="80">
+      <c r="E38" s="73">
         <v>4</v>
       </c>
-      <c r="L38" s="80">
+      <c r="F38" s="73">
+        <v>34</v>
+      </c>
+      <c r="G38" s="73">
+        <v>2</v>
+      </c>
+      <c r="H38" s="73">
+        <v>1</v>
+      </c>
+      <c r="I38" s="73">
+        <v>2</v>
+      </c>
+      <c r="J38" s="73">
         <v>4</v>
       </c>
-      <c r="M38" s="80">
-[...2 lines deleted...]
-      <c r="N38" s="80">
+      <c r="K38" s="73">
+        <v>2</v>
+      </c>
+      <c r="L38" s="73">
+        <v>1</v>
+      </c>
+      <c r="M38" s="73">
         <v>7</v>
       </c>
-      <c r="O38" s="80">
-[...2 lines deleted...]
-      <c r="P38" s="80">
+      <c r="N38" s="73">
+        <v>12</v>
+      </c>
+      <c r="O38" s="73">
         <v>3</v>
       </c>
-      <c r="Q38" s="80">
-[...14 lines deleted...]
-      <c r="V38" s="80">
+      <c r="P38" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="73">
+        <v>1</v>
+      </c>
+      <c r="R38" s="73">
         <v>3</v>
       </c>
-      <c r="W38" s="80">
-[...32 lines deleted...]
-      <c r="AH38" s="80">
+      <c r="S38" s="73">
+        <v>80</v>
+      </c>
+      <c r="T38" s="73">
+        <v>0</v>
+      </c>
+      <c r="U38" s="73">
+        <v>0</v>
+      </c>
+      <c r="V38" s="73">
+        <v>2</v>
+      </c>
+      <c r="W38" s="73">
+        <v>0</v>
+      </c>
+      <c r="X38" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y38" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA38" s="73">
+        <v>1</v>
+      </c>
+      <c r="AB38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD38" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF38" s="73">
+        <v>4</v>
+      </c>
+      <c r="AG38" s="73">
         <v>3</v>
       </c>
-      <c r="AI38" s="83" t="s">
+      <c r="AH38" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI38" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="AJ38" s="80">
-[...38 lines deleted...]
-      <c r="AW38" s="80">
+      <c r="AJ38" s="73">
+        <v>24</v>
+      </c>
+      <c r="AK38" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP38" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS38" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT38" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU38" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW38" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY38" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD38" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY38" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ38" s="74">
         <v>3</v>
-      </c>
-[...85 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B39" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E39" s="80">
+      <c r="B39" s="72" t="s">
+        <v>117</v>
+      </c>
+      <c r="C39" s="73">
+        <v>236</v>
+      </c>
+      <c r="D39" s="73">
+        <v>230</v>
+      </c>
+      <c r="E39" s="73">
+        <v>6</v>
+      </c>
+      <c r="F39" s="73">
+        <v>80</v>
+      </c>
+      <c r="G39" s="73">
+        <v>12</v>
+      </c>
+      <c r="H39" s="73">
+        <v>3</v>
+      </c>
+      <c r="I39" s="73">
         <v>5</v>
       </c>
-      <c r="F39" s="80">
-[...2 lines deleted...]
-      <c r="G39" s="80">
+      <c r="J39" s="73">
+        <v>4</v>
+      </c>
+      <c r="K39" s="73">
+        <v>12</v>
+      </c>
+      <c r="L39" s="73">
         <v>3</v>
       </c>
-      <c r="H39" s="80">
-[...2 lines deleted...]
-      <c r="I39" s="80">
+      <c r="M39" s="73">
+        <v>2</v>
+      </c>
+      <c r="N39" s="73">
+        <v>32</v>
+      </c>
+      <c r="O39" s="73">
         <v>7</v>
       </c>
-      <c r="J39" s="80">
-[...5 lines deleted...]
-      <c r="L39" s="80">
+      <c r="P39" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="73">
         <v>7</v>
       </c>
-      <c r="M39" s="80">
-[...8 lines deleted...]
-      <c r="P39" s="80">
+      <c r="R39" s="73">
+        <v>1</v>
+      </c>
+      <c r="S39" s="73">
+        <v>52</v>
+      </c>
+      <c r="T39" s="73">
+        <v>0</v>
+      </c>
+      <c r="U39" s="73">
+        <v>1</v>
+      </c>
+      <c r="V39" s="73">
         <v>4</v>
       </c>
-      <c r="Q39" s="80">
-[...14 lines deleted...]
-      <c r="V39" s="80">
+      <c r="W39" s="73">
+        <v>1</v>
+      </c>
+      <c r="X39" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y39" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z39" s="73">
+        <v>2</v>
+      </c>
+      <c r="AA39" s="73">
+        <v>6</v>
+      </c>
+      <c r="AB39" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC39" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD39" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE39" s="73">
+        <v>2</v>
+      </c>
+      <c r="AF39" s="73">
+        <v>9</v>
+      </c>
+      <c r="AG39" s="73">
+        <v>5</v>
+      </c>
+      <c r="AH39" s="73">
+        <v>5</v>
+      </c>
+      <c r="AI39" s="73">
+        <v>27</v>
+      </c>
+      <c r="AJ39" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AK39" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL39" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM39" s="73">
+        <v>2</v>
+      </c>
+      <c r="AN39" s="73">
+        <v>1</v>
+      </c>
+      <c r="AO39" s="73">
         <v>4</v>
       </c>
-      <c r="W39" s="80">
-[...26 lines deleted...]
-      <c r="AF39" s="80">
+      <c r="AP39" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ39" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR39" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS39" s="73">
+        <v>2</v>
+      </c>
+      <c r="AT39" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU39" s="73">
         <v>4</v>
       </c>
-      <c r="AG39" s="80">
-[...134 lines deleted...]
-      <c r="BZ39" s="81">
+      <c r="AV39" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW39" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX39" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY39" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA39" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB39" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE39" s="73">
+        <v>2</v>
+      </c>
+      <c r="BF39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH39" s="73">
+        <v>4</v>
+      </c>
+      <c r="BI39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY39" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ39" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B40" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E40" s="80">
+      <c r="B40" s="72" t="s">
+        <v>128</v>
+      </c>
+      <c r="C40" s="73">
+        <v>154</v>
+      </c>
+      <c r="D40" s="73">
+        <v>146</v>
+      </c>
+      <c r="E40" s="73">
+        <v>8</v>
+      </c>
+      <c r="F40" s="73">
+        <v>13</v>
+      </c>
+      <c r="G40" s="73">
+        <v>6</v>
+      </c>
+      <c r="H40" s="73">
+        <v>0</v>
+      </c>
+      <c r="I40" s="73">
+        <v>0</v>
+      </c>
+      <c r="J40" s="73">
+        <v>0</v>
+      </c>
+      <c r="K40" s="73">
+        <v>0</v>
+      </c>
+      <c r="L40" s="73">
+        <v>1</v>
+      </c>
+      <c r="M40" s="73">
+        <v>0</v>
+      </c>
+      <c r="N40" s="73">
+        <v>1</v>
+      </c>
+      <c r="O40" s="73">
+        <v>4</v>
+      </c>
+      <c r="P40" s="73">
+        <v>1</v>
+      </c>
+      <c r="Q40" s="73">
+        <v>9</v>
+      </c>
+      <c r="R40" s="73">
+        <v>2</v>
+      </c>
+      <c r="S40" s="73">
         <v>3</v>
       </c>
-      <c r="F40" s="80">
+      <c r="T40" s="73">
+        <v>1</v>
+      </c>
+      <c r="U40" s="73">
+        <v>2</v>
+      </c>
+      <c r="V40" s="73">
+        <v>31</v>
+      </c>
+      <c r="W40" s="73">
+        <v>24</v>
+      </c>
+      <c r="X40" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y40" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z40" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB40" s="73">
+        <v>33</v>
+      </c>
+      <c r="AC40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD40" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG40" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI40" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK40" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AL40" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO40" s="73">
+        <v>7</v>
+      </c>
+      <c r="AP40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR40" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT40" s="73">
+        <v>3</v>
+      </c>
+      <c r="AU40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW40" s="73">
+        <v>6</v>
+      </c>
+      <c r="AX40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY40" s="73">
+        <v>3</v>
+      </c>
+      <c r="AZ40" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA40" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD40" s="73">
+        <v>2</v>
+      </c>
+      <c r="BE40" s="73">
         <v>5</v>
       </c>
-      <c r="G40" s="80">
-[...212 lines deleted...]
-      <c r="BZ40" s="81">
+      <c r="BF40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW40" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY40" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ40" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B41" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E41" s="80">
+      <c r="B41" s="72" t="s">
+        <v>112</v>
+      </c>
+      <c r="C41" s="73">
+        <v>207</v>
+      </c>
+      <c r="D41" s="73">
+        <v>197</v>
+      </c>
+      <c r="E41" s="73">
+        <v>10</v>
+      </c>
+      <c r="F41" s="73">
+        <v>20</v>
+      </c>
+      <c r="G41" s="73">
+        <v>0</v>
+      </c>
+      <c r="H41" s="73">
+        <v>1</v>
+      </c>
+      <c r="I41" s="73">
+        <v>2</v>
+      </c>
+      <c r="J41" s="73">
+        <v>3</v>
+      </c>
+      <c r="K41" s="73">
+        <v>1</v>
+      </c>
+      <c r="L41" s="73">
+        <v>4</v>
+      </c>
+      <c r="M41" s="73">
+        <v>3</v>
+      </c>
+      <c r="N41" s="73">
+        <v>4</v>
+      </c>
+      <c r="O41" s="73">
+        <v>2</v>
+      </c>
+      <c r="P41" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="73">
+        <v>16</v>
+      </c>
+      <c r="R41" s="73">
+        <v>0</v>
+      </c>
+      <c r="S41" s="73">
         <v>8</v>
       </c>
-      <c r="F41" s="80">
-[...5 lines deleted...]
-      <c r="H41" s="80">
+      <c r="T41" s="73">
+        <v>1</v>
+      </c>
+      <c r="U41" s="73">
+        <v>0</v>
+      </c>
+      <c r="V41" s="73">
+        <v>10</v>
+      </c>
+      <c r="W41" s="73">
+        <v>0</v>
+      </c>
+      <c r="X41" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y41" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z41" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB41" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF41" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG41" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH41" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI41" s="73">
         <v>3</v>
       </c>
-      <c r="I41" s="80">
-[...11 lines deleted...]
-      <c r="M41" s="80">
+      <c r="AJ41" s="73">
+        <v>4</v>
+      </c>
+      <c r="AK41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL41" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AM41" s="73">
+        <v>11</v>
+      </c>
+      <c r="AN41" s="73">
+        <v>42</v>
+      </c>
+      <c r="AO41" s="73">
+        <v>32</v>
+      </c>
+      <c r="AP41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ41" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT41" s="73">
+        <v>17</v>
+      </c>
+      <c r="AU41" s="73">
+        <v>3</v>
+      </c>
+      <c r="AV41" s="73">
+        <v>3</v>
+      </c>
+      <c r="AW41" s="73">
+        <v>3</v>
+      </c>
+      <c r="AX41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY41" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA41" s="73">
+        <v>2</v>
+      </c>
+      <c r="BB41" s="73">
+        <v>12</v>
+      </c>
+      <c r="BC41" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD41" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE41" s="73">
         <v>5</v>
       </c>
-      <c r="N41" s="80">
-[...191 lines deleted...]
-      <c r="BZ41" s="81">
+      <c r="BF41" s="73">
+        <v>2</v>
+      </c>
+      <c r="BG41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH41" s="73">
+        <v>1</v>
+      </c>
+      <c r="BI41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ41" s="73">
+        <v>1</v>
+      </c>
+      <c r="BK41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ41" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B42" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E42" s="80">
+      <c r="B42" s="72" t="s">
+        <v>156</v>
+      </c>
+      <c r="C42" s="73">
+        <v>151</v>
+      </c>
+      <c r="D42" s="73">
+        <v>141</v>
+      </c>
+      <c r="E42" s="73">
+        <v>10</v>
+      </c>
+      <c r="F42" s="73">
+        <v>18</v>
+      </c>
+      <c r="G42" s="73">
+        <v>1</v>
+      </c>
+      <c r="H42" s="73">
+        <v>1</v>
+      </c>
+      <c r="I42" s="73">
+        <v>1</v>
+      </c>
+      <c r="J42" s="73">
+        <v>0</v>
+      </c>
+      <c r="K42" s="73">
+        <v>2</v>
+      </c>
+      <c r="L42" s="73">
+        <v>3</v>
+      </c>
+      <c r="M42" s="73">
+        <v>1</v>
+      </c>
+      <c r="N42" s="73">
+        <v>4</v>
+      </c>
+      <c r="O42" s="73">
+        <v>1</v>
+      </c>
+      <c r="P42" s="73">
+        <v>4</v>
+      </c>
+      <c r="Q42" s="73">
         <v>8</v>
       </c>
-      <c r="F42" s="80">
-[...23 lines deleted...]
-      <c r="N42" s="80">
+      <c r="R42" s="73">
+        <v>1</v>
+      </c>
+      <c r="S42" s="73">
+        <v>4</v>
+      </c>
+      <c r="T42" s="73">
+        <v>0</v>
+      </c>
+      <c r="U42" s="73">
+        <v>0</v>
+      </c>
+      <c r="V42" s="73">
         <v>3</v>
       </c>
-      <c r="O42" s="80">
-[...5 lines deleted...]
-      <c r="Q42" s="80">
+      <c r="W42" s="73">
+        <v>0</v>
+      </c>
+      <c r="X42" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y42" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA42" s="73">
+        <v>2</v>
+      </c>
+      <c r="AB42" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH42" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI42" s="73">
+        <v>3</v>
+      </c>
+      <c r="AJ42" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK42" s="73">
+        <v>3</v>
+      </c>
+      <c r="AL42" s="73">
+        <v>28</v>
+      </c>
+      <c r="AM42" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AN42" s="73">
+        <v>9</v>
+      </c>
+      <c r="AO42" s="73">
+        <v>32</v>
+      </c>
+      <c r="AP42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR42" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS42" s="73">
+        <v>5</v>
+      </c>
+      <c r="AT42" s="73">
         <v>11</v>
       </c>
-      <c r="R42" s="80">
-[...47 lines deleted...]
-      <c r="AH42" s="80">
+      <c r="AU42" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW42" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY42" s="73">
         <v>3</v>
       </c>
-      <c r="AI42" s="80">
-[...41 lines deleted...]
-      <c r="AW42" s="80">
+      <c r="AZ42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA42" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB42" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD42" s="73">
+        <v>2</v>
+      </c>
+      <c r="BE42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF42" s="73">
         <v>4</v>
       </c>
-      <c r="AX42" s="80">
-[...84 lines deleted...]
-        <v>1</v>
+      <c r="BG42" s="73">
+        <v>1</v>
+      </c>
+      <c r="BH42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ42" s="73">
+        <v>2</v>
+      </c>
+      <c r="BK42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW42" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ42" s="74">
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B43" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E43" s="80">
+      <c r="B43" s="72" t="s">
+        <v>257</v>
+      </c>
+      <c r="C43" s="73">
+        <v>88</v>
+      </c>
+      <c r="D43" s="73">
+        <v>86</v>
+      </c>
+      <c r="E43" s="73">
+        <v>2</v>
+      </c>
+      <c r="F43" s="73">
+        <v>12</v>
+      </c>
+      <c r="G43" s="73">
+        <v>0</v>
+      </c>
+      <c r="H43" s="73">
+        <v>0</v>
+      </c>
+      <c r="I43" s="73">
+        <v>0</v>
+      </c>
+      <c r="J43" s="73">
+        <v>1</v>
+      </c>
+      <c r="K43" s="73">
+        <v>0</v>
+      </c>
+      <c r="L43" s="73">
+        <v>1</v>
+      </c>
+      <c r="M43" s="73">
+        <v>3</v>
+      </c>
+      <c r="N43" s="73">
+        <v>3</v>
+      </c>
+      <c r="O43" s="73">
+        <v>3</v>
+      </c>
+      <c r="P43" s="73">
+        <v>1</v>
+      </c>
+      <c r="Q43" s="73">
+        <v>8</v>
+      </c>
+      <c r="R43" s="73">
+        <v>1</v>
+      </c>
+      <c r="S43" s="73">
+        <v>2</v>
+      </c>
+      <c r="T43" s="73">
+        <v>0</v>
+      </c>
+      <c r="U43" s="73">
+        <v>1</v>
+      </c>
+      <c r="V43" s="73">
+        <v>5</v>
+      </c>
+      <c r="W43" s="73">
+        <v>0</v>
+      </c>
+      <c r="X43" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y43" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA43" s="73">
+        <v>4</v>
+      </c>
+      <c r="AB43" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD43" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF43" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG43" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH43" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ43" s="73">
+        <v>2</v>
+      </c>
+      <c r="AK43" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL43" s="73">
+        <v>21</v>
+      </c>
+      <c r="AM43" s="73">
+        <v>3</v>
+      </c>
+      <c r="AN43" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO43" s="73">
+        <v>5</v>
+      </c>
+      <c r="AP43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT43" s="73">
         <v>6</v>
       </c>
-      <c r="F43" s="80">
-[...29 lines deleted...]
-      <c r="P43" s="80">
+      <c r="AU43" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY43" s="73">
+        <v>2</v>
+      </c>
+      <c r="AZ43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB43" s="73">
         <v>6</v>
       </c>
-      <c r="Q43" s="80">
-[...182 lines deleted...]
-      <c r="BZ43" s="81">
+      <c r="BC43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE43" s="73">
+        <v>1</v>
+      </c>
+      <c r="BF43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX43" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY43" s="73">
+        <v>1</v>
+      </c>
+      <c r="BZ43" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B44" s="79" t="s">
+      <c r="B44" s="72" t="s">
         <v>259</v>
       </c>
-      <c r="C44" s="80">
-[...5 lines deleted...]
-      <c r="E44" s="80">
+      <c r="C44" s="73">
+        <v>197</v>
+      </c>
+      <c r="D44" s="73">
+        <v>194</v>
+      </c>
+      <c r="E44" s="73">
+        <v>3</v>
+      </c>
+      <c r="F44" s="73">
+        <v>19</v>
+      </c>
+      <c r="G44" s="73">
+        <v>1</v>
+      </c>
+      <c r="H44" s="73">
+        <v>1</v>
+      </c>
+      <c r="I44" s="73">
+        <v>0</v>
+      </c>
+      <c r="J44" s="73">
+        <v>1</v>
+      </c>
+      <c r="K44" s="73">
+        <v>3</v>
+      </c>
+      <c r="L44" s="73">
+        <v>0</v>
+      </c>
+      <c r="M44" s="73">
+        <v>3</v>
+      </c>
+      <c r="N44" s="73">
+        <v>4</v>
+      </c>
+      <c r="O44" s="73">
+        <v>5</v>
+      </c>
+      <c r="P44" s="73">
+        <v>1</v>
+      </c>
+      <c r="Q44" s="73">
         <v>8</v>
       </c>
-      <c r="F44" s="80">
+      <c r="R44" s="73">
+        <v>1</v>
+      </c>
+      <c r="S44" s="73">
+        <v>14</v>
+      </c>
+      <c r="T44" s="73">
+        <v>0</v>
+      </c>
+      <c r="U44" s="73">
+        <v>0</v>
+      </c>
+      <c r="V44" s="73">
+        <v>23</v>
+      </c>
+      <c r="W44" s="73">
+        <v>2</v>
+      </c>
+      <c r="X44" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y44" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z44" s="73">
+        <v>3</v>
+      </c>
+      <c r="AA44" s="73">
+        <v>1</v>
+      </c>
+      <c r="AB44" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC44" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD44" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF44" s="73">
+        <v>4</v>
+      </c>
+      <c r="AG44" s="73">
+        <v>6</v>
+      </c>
+      <c r="AH44" s="73">
+        <v>6</v>
+      </c>
+      <c r="AI44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ44" s="73">
+        <v>3</v>
+      </c>
+      <c r="AK44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL44" s="73">
+        <v>41</v>
+      </c>
+      <c r="AM44" s="73">
         <v>13</v>
       </c>
-      <c r="G44" s="80">
-[...86 lines deleted...]
-      <c r="AJ44" s="80">
+      <c r="AN44" s="73">
+        <v>9</v>
+      </c>
+      <c r="AO44" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AP44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ44" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT44" s="73">
+        <v>16</v>
+      </c>
+      <c r="AU44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV44" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY44" s="73">
+        <v>8</v>
+      </c>
+      <c r="AZ44" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB44" s="73">
         <v>10</v>
       </c>
-      <c r="AK44" s="80">
-[...123 lines deleted...]
-        <v>0</v>
+      <c r="BC44" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ44" s="73">
+        <v>1</v>
+      </c>
+      <c r="BK44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV44" s="73">
+        <v>1</v>
+      </c>
+      <c r="BW44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ44" s="74">
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B45" s="79" t="s">
+      <c r="B45" s="72" t="s">
         <v>261</v>
       </c>
-      <c r="C45" s="80">
-[...5 lines deleted...]
-      <c r="E45" s="80">
+      <c r="C45" s="73">
+        <v>147</v>
+      </c>
+      <c r="D45" s="73">
+        <v>143</v>
+      </c>
+      <c r="E45" s="73">
+        <v>4</v>
+      </c>
+      <c r="F45" s="73">
+        <v>50</v>
+      </c>
+      <c r="G45" s="73">
         <v>17</v>
       </c>
-      <c r="F45" s="80">
-[...5 lines deleted...]
-      <c r="H45" s="80">
+      <c r="H45" s="73">
+        <v>5</v>
+      </c>
+      <c r="I45" s="73">
         <v>10</v>
       </c>
-      <c r="I45" s="80">
-[...2 lines deleted...]
-      <c r="J45" s="80">
+      <c r="J45" s="73">
         <v>4</v>
       </c>
-      <c r="K45" s="80">
-[...20 lines deleted...]
-      <c r="R45" s="80">
+      <c r="K45" s="73">
+        <v>5</v>
+      </c>
+      <c r="L45" s="73">
+        <v>0</v>
+      </c>
+      <c r="M45" s="73">
+        <v>2</v>
+      </c>
+      <c r="N45" s="73">
+        <v>0</v>
+      </c>
+      <c r="O45" s="73">
+        <v>3</v>
+      </c>
+      <c r="P45" s="73">
+        <v>4</v>
+      </c>
+      <c r="Q45" s="73">
+        <v>3</v>
+      </c>
+      <c r="R45" s="73">
+        <v>4</v>
+      </c>
+      <c r="S45" s="73">
+        <v>1</v>
+      </c>
+      <c r="T45" s="73">
+        <v>3</v>
+      </c>
+      <c r="U45" s="73">
+        <v>0</v>
+      </c>
+      <c r="V45" s="73">
+        <v>2</v>
+      </c>
+      <c r="W45" s="73">
+        <v>1</v>
+      </c>
+      <c r="X45" s="73">
+        <v>7</v>
+      </c>
+      <c r="Y45" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA45" s="73">
+        <v>4</v>
+      </c>
+      <c r="AB45" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD45" s="73">
+        <v>4</v>
+      </c>
+      <c r="AE45" s="73">
+        <v>2</v>
+      </c>
+      <c r="AF45" s="73">
+        <v>33</v>
+      </c>
+      <c r="AG45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ45" s="73">
+        <v>2</v>
+      </c>
+      <c r="AK45" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO45" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP45" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AQ45" s="73">
+        <v>8</v>
+      </c>
+      <c r="AR45" s="73">
         <v>6</v>
       </c>
-      <c r="S45" s="80">
-[...2 lines deleted...]
-      <c r="T45" s="80">
+      <c r="AS45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT45" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV45" s="73">
         <v>3</v>
       </c>
-      <c r="U45" s="80">
-[...29 lines deleted...]
-      <c r="AE45" s="80">
+      <c r="AW45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY45" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ45" s="73">
+        <v>2</v>
+      </c>
+      <c r="BA45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB45" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD45" s="73">
         <v>3</v>
       </c>
-      <c r="AF45" s="80">
-[...137 lines deleted...]
-      <c r="BZ45" s="81">
+      <c r="BE45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF45" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ45" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B46" s="79" t="s">
+      <c r="B46" s="72" t="s">
         <v>263</v>
       </c>
-      <c r="C46" s="80">
-[...11 lines deleted...]
-      <c r="G46" s="80">
+      <c r="C46" s="73">
+        <v>193</v>
+      </c>
+      <c r="D46" s="73">
+        <v>182</v>
+      </c>
+      <c r="E46" s="73">
+        <v>11</v>
+      </c>
+      <c r="F46" s="73">
+        <v>29</v>
+      </c>
+      <c r="G46" s="73">
+        <v>2</v>
+      </c>
+      <c r="H46" s="73">
+        <v>4</v>
+      </c>
+      <c r="I46" s="73">
+        <v>7</v>
+      </c>
+      <c r="J46" s="73">
+        <v>4</v>
+      </c>
+      <c r="K46" s="73">
+        <v>1</v>
+      </c>
+      <c r="L46" s="73">
+        <v>1</v>
+      </c>
+      <c r="M46" s="73">
+        <v>1</v>
+      </c>
+      <c r="N46" s="73">
+        <v>2</v>
+      </c>
+      <c r="O46" s="73">
+        <v>0</v>
+      </c>
+      <c r="P46" s="73">
+        <v>7</v>
+      </c>
+      <c r="Q46" s="73">
+        <v>1</v>
+      </c>
+      <c r="R46" s="73">
+        <v>2</v>
+      </c>
+      <c r="S46" s="73">
+        <v>8</v>
+      </c>
+      <c r="T46" s="73">
+        <v>5</v>
+      </c>
+      <c r="U46" s="73">
+        <v>1</v>
+      </c>
+      <c r="V46" s="73">
+        <v>1</v>
+      </c>
+      <c r="W46" s="73">
+        <v>1</v>
+      </c>
+      <c r="X46" s="73">
+        <v>23</v>
+      </c>
+      <c r="Y46" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z46" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA46" s="73">
+        <v>18</v>
+      </c>
+      <c r="AB46" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC46" s="73">
+        <v>7</v>
+      </c>
+      <c r="AD46" s="73">
+        <v>3</v>
+      </c>
+      <c r="AE46" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF46" s="73">
+        <v>16</v>
+      </c>
+      <c r="AG46" s="73">
+        <v>5</v>
+      </c>
+      <c r="AH46" s="73">
+        <v>7</v>
+      </c>
+      <c r="AI46" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ46" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK46" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL46" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM46" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN46" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO46" s="73">
+        <v>3</v>
+      </c>
+      <c r="AP46" s="73">
+        <v>4</v>
+      </c>
+      <c r="AQ46" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AR46" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS46" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT46" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU46" s="73">
+        <v>9</v>
+      </c>
+      <c r="AV46" s="73">
+        <v>9</v>
+      </c>
+      <c r="AW46" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX46" s="73">
+        <v>12</v>
+      </c>
+      <c r="AY46" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB46" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC46" s="73">
+        <v>8</v>
+      </c>
+      <c r="BD46" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV46" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW46" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX46" s="73">
+        <v>3</v>
+      </c>
+      <c r="BY46" s="73">
         <v>6</v>
       </c>
-      <c r="H46" s="80">
-[...209 lines deleted...]
-      <c r="BZ46" s="81">
+      <c r="BZ46" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B47" s="79" t="s">
+      <c r="B47" s="72" t="s">
         <v>265</v>
       </c>
-      <c r="C47" s="80">
-[...11 lines deleted...]
-      <c r="G47" s="80">
+      <c r="C47" s="73">
+        <v>83</v>
+      </c>
+      <c r="D47" s="73">
+        <v>80</v>
+      </c>
+      <c r="E47" s="73">
         <v>3</v>
       </c>
-      <c r="H47" s="80">
+      <c r="F47" s="73">
+        <v>17</v>
+      </c>
+      <c r="G47" s="73">
+        <v>2</v>
+      </c>
+      <c r="H47" s="73">
+        <v>5</v>
+      </c>
+      <c r="I47" s="73">
+        <v>1</v>
+      </c>
+      <c r="J47" s="73">
+        <v>2</v>
+      </c>
+      <c r="K47" s="73">
+        <v>1</v>
+      </c>
+      <c r="L47" s="73">
+        <v>0</v>
+      </c>
+      <c r="M47" s="73">
+        <v>2</v>
+      </c>
+      <c r="N47" s="73">
+        <v>3</v>
+      </c>
+      <c r="O47" s="73">
+        <v>0</v>
+      </c>
+      <c r="P47" s="73">
+        <v>1</v>
+      </c>
+      <c r="Q47" s="73">
+        <v>1</v>
+      </c>
+      <c r="R47" s="73">
+        <v>1</v>
+      </c>
+      <c r="S47" s="73">
+        <v>5</v>
+      </c>
+      <c r="T47" s="73">
+        <v>9</v>
+      </c>
+      <c r="U47" s="73">
+        <v>0</v>
+      </c>
+      <c r="V47" s="73">
+        <v>0</v>
+      </c>
+      <c r="W47" s="73">
+        <v>0</v>
+      </c>
+      <c r="X47" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y47" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z47" s="73">
+        <v>3</v>
+      </c>
+      <c r="AA47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD47" s="73">
+        <v>7</v>
+      </c>
+      <c r="AE47" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF47" s="73">
         <v>11</v>
       </c>
-      <c r="I47" s="80">
+      <c r="AG47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH47" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ47" s="73">
+        <v>2</v>
+      </c>
+      <c r="AK47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM47" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP47" s="73">
+        <v>9</v>
+      </c>
+      <c r="AQ47" s="73">
+        <v>5</v>
+      </c>
+      <c r="AR47" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AS47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX47" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY47" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ47" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA47" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC47" s="73">
         <v>3</v>
       </c>
-      <c r="J47" s="80">
-[...203 lines deleted...]
-      <c r="BZ47" s="81">
+      <c r="BD47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO47" s="73">
+        <v>1</v>
+      </c>
+      <c r="BP47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV47" s="73">
+        <v>1</v>
+      </c>
+      <c r="BW47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX47" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY47" s="73">
+        <v>1</v>
+      </c>
+      <c r="BZ47" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B48" s="79" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="80">
+      <c r="B48" s="72" t="s">
+        <v>103</v>
+      </c>
+      <c r="C48" s="73">
+        <v>91</v>
+      </c>
+      <c r="D48" s="73">
         <v>85</v>
       </c>
-      <c r="D48" s="80">
-[...5 lines deleted...]
-      <c r="F48" s="80">
+      <c r="E48" s="73">
+        <v>6</v>
+      </c>
+      <c r="F48" s="73">
+        <v>1</v>
+      </c>
+      <c r="G48" s="73">
+        <v>0</v>
+      </c>
+      <c r="H48" s="73">
+        <v>0</v>
+      </c>
+      <c r="I48" s="73">
+        <v>0</v>
+      </c>
+      <c r="J48" s="73">
+        <v>1</v>
+      </c>
+      <c r="K48" s="73">
+        <v>0</v>
+      </c>
+      <c r="L48" s="73">
+        <v>0</v>
+      </c>
+      <c r="M48" s="73">
+        <v>0</v>
+      </c>
+      <c r="N48" s="73">
+        <v>0</v>
+      </c>
+      <c r="O48" s="73">
+        <v>0</v>
+      </c>
+      <c r="P48" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="73">
+        <v>0</v>
+      </c>
+      <c r="R48" s="73">
+        <v>3</v>
+      </c>
+      <c r="S48" s="73">
+        <v>2</v>
+      </c>
+      <c r="T48" s="73">
+        <v>1</v>
+      </c>
+      <c r="U48" s="73">
+        <v>1</v>
+      </c>
+      <c r="V48" s="73">
         <v>4</v>
       </c>
-      <c r="G48" s="80">
-[...113 lines deleted...]
-      <c r="AS48" s="83" t="s">
+      <c r="W48" s="73">
+        <v>1</v>
+      </c>
+      <c r="X48" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y48" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC48" s="73">
+        <v>3</v>
+      </c>
+      <c r="AD48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG48" s="73">
+        <v>23</v>
+      </c>
+      <c r="AH48" s="73">
+        <v>6</v>
+      </c>
+      <c r="AI48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK48" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL48" s="73">
+        <v>3</v>
+      </c>
+      <c r="AM48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO48" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ48" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS48" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="AT48" s="80">
-[...95 lines deleted...]
-      <c r="BZ48" s="81">
+      <c r="AT48" s="73">
+        <v>12</v>
+      </c>
+      <c r="AU48" s="73">
+        <v>19</v>
+      </c>
+      <c r="AV48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY48" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA48" s="73">
+        <v>2</v>
+      </c>
+      <c r="BB48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD48" s="73">
+        <v>2</v>
+      </c>
+      <c r="BE48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN48" s="73">
+        <v>1</v>
+      </c>
+      <c r="BO48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX48" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY48" s="73">
+        <v>2</v>
+      </c>
+      <c r="BZ48" s="74">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B49" s="79" t="s">
-[...11 lines deleted...]
-      <c r="F49" s="80">
+      <c r="B49" s="72" t="s">
+        <v>267</v>
+      </c>
+      <c r="C49" s="73">
+        <v>178</v>
+      </c>
+      <c r="D49" s="73">
+        <v>152</v>
+      </c>
+      <c r="E49" s="73">
+        <v>26</v>
+      </c>
+      <c r="F49" s="73">
         <v>25</v>
       </c>
-      <c r="G49" s="80">
-[...2 lines deleted...]
-      <c r="H49" s="80">
+      <c r="G49" s="73">
         <v>5</v>
       </c>
-      <c r="I49" s="80">
+      <c r="H49" s="73">
+        <v>2</v>
+      </c>
+      <c r="I49" s="73">
+        <v>0</v>
+      </c>
+      <c r="J49" s="73">
         <v>4</v>
       </c>
-      <c r="J49" s="80">
-[...8 lines deleted...]
-      <c r="M49" s="80">
+      <c r="K49" s="73">
         <v>3</v>
       </c>
-      <c r="N49" s="80">
+      <c r="L49" s="73">
+        <v>0</v>
+      </c>
+      <c r="M49" s="73">
+        <v>5</v>
+      </c>
+      <c r="N49" s="73">
         <v>4</v>
       </c>
-      <c r="O49" s="80">
-[...92 lines deleted...]
-      <c r="AT49" s="83" t="s">
+      <c r="O49" s="73">
+        <v>1</v>
+      </c>
+      <c r="P49" s="73">
+        <v>1</v>
+      </c>
+      <c r="Q49" s="73">
+        <v>29</v>
+      </c>
+      <c r="R49" s="73">
+        <v>1</v>
+      </c>
+      <c r="S49" s="73">
+        <v>8</v>
+      </c>
+      <c r="T49" s="73">
+        <v>0</v>
+      </c>
+      <c r="U49" s="73">
+        <v>0</v>
+      </c>
+      <c r="V49" s="73">
+        <v>6</v>
+      </c>
+      <c r="W49" s="73">
+        <v>0</v>
+      </c>
+      <c r="X49" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y49" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z49" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA49" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB49" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC49" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD49" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE49" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF49" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG49" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH49" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI49" s="73">
+        <v>4</v>
+      </c>
+      <c r="AJ49" s="73">
+        <v>8</v>
+      </c>
+      <c r="AK49" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL49" s="73">
+        <v>11</v>
+      </c>
+      <c r="AM49" s="73">
+        <v>15</v>
+      </c>
+      <c r="AN49" s="73">
+        <v>4</v>
+      </c>
+      <c r="AO49" s="73">
+        <v>13</v>
+      </c>
+      <c r="AP49" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ49" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR49" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS49" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT49" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="AU49" s="80">
-[...29 lines deleted...]
-      <c r="BE49" s="80">
+      <c r="AU49" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV49" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW49" s="73">
+        <v>2</v>
+      </c>
+      <c r="AX49" s="73">
+        <v>1</v>
+      </c>
+      <c r="AY49" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ49" s="73">
+        <v>2</v>
+      </c>
+      <c r="BA49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB49" s="73">
         <v>15</v>
       </c>
-      <c r="BF49" s="80">
-[...60 lines deleted...]
-        <v>1</v>
+      <c r="BC49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD49" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE49" s="73">
+        <v>17</v>
+      </c>
+      <c r="BF49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI49" s="73">
+        <v>6</v>
+      </c>
+      <c r="BJ49" s="73">
+        <v>1</v>
+      </c>
+      <c r="BK49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX49" s="73">
+        <v>1</v>
+      </c>
+      <c r="BY49" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ49" s="74">
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B50" s="79" t="s">
-[...23 lines deleted...]
-      <c r="J50" s="80">
+      <c r="B50" s="72" t="s">
+        <v>92</v>
+      </c>
+      <c r="C50" s="73">
+        <v>105</v>
+      </c>
+      <c r="D50" s="73">
+        <v>105</v>
+      </c>
+      <c r="E50" s="73">
+        <v>0</v>
+      </c>
+      <c r="F50" s="73">
+        <v>11</v>
+      </c>
+      <c r="G50" s="73">
+        <v>1</v>
+      </c>
+      <c r="H50" s="73">
+        <v>0</v>
+      </c>
+      <c r="I50" s="73">
+        <v>1</v>
+      </c>
+      <c r="J50" s="73">
+        <v>0</v>
+      </c>
+      <c r="K50" s="73">
+        <v>0</v>
+      </c>
+      <c r="L50" s="73">
+        <v>2</v>
+      </c>
+      <c r="M50" s="73">
+        <v>2</v>
+      </c>
+      <c r="N50" s="73">
+        <v>2</v>
+      </c>
+      <c r="O50" s="73">
         <v>3</v>
       </c>
-      <c r="K50" s="80">
-[...5 lines deleted...]
-      <c r="M50" s="80">
+      <c r="P50" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q50" s="73">
+        <v>1</v>
+      </c>
+      <c r="R50" s="73">
+        <v>0</v>
+      </c>
+      <c r="S50" s="73">
+        <v>14</v>
+      </c>
+      <c r="T50" s="73">
+        <v>1</v>
+      </c>
+      <c r="U50" s="73">
+        <v>0</v>
+      </c>
+      <c r="V50" s="73">
+        <v>3</v>
+      </c>
+      <c r="W50" s="73">
+        <v>0</v>
+      </c>
+      <c r="X50" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y50" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA50" s="73">
+        <v>9</v>
+      </c>
+      <c r="AB50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF50" s="73">
+        <v>2</v>
+      </c>
+      <c r="AG50" s="73">
+        <v>11</v>
+      </c>
+      <c r="AH50" s="73">
+        <v>9</v>
+      </c>
+      <c r="AI50" s="73">
+        <v>2</v>
+      </c>
+      <c r="AJ50" s="73">
         <v>4</v>
       </c>
-      <c r="N50" s="80">
-[...56 lines deleted...]
-      <c r="AG50" s="80">
+      <c r="AK50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL50" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS50" s="73">
+        <v>17</v>
+      </c>
+      <c r="AT50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU50" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AV50" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW50" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX50" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY50" s="73">
+        <v>2</v>
+      </c>
+      <c r="AZ50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA50" s="73">
         <v>16</v>
       </c>
-      <c r="AH50" s="80">
-[...131 lines deleted...]
-      <c r="BZ50" s="81">
+      <c r="BB50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY50" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ50" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B51" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E51" s="80">
+      <c r="B51" s="72" t="s">
+        <v>269</v>
+      </c>
+      <c r="C51" s="73">
+        <v>113</v>
+      </c>
+      <c r="D51" s="73">
+        <v>104</v>
+      </c>
+      <c r="E51" s="73">
+        <v>9</v>
+      </c>
+      <c r="F51" s="73">
+        <v>43</v>
+      </c>
+      <c r="G51" s="73">
+        <v>3</v>
+      </c>
+      <c r="H51" s="73">
         <v>7</v>
       </c>
-      <c r="F51" s="80">
-[...2 lines deleted...]
-      <c r="G51" s="80">
+      <c r="I51" s="73">
+        <v>3</v>
+      </c>
+      <c r="J51" s="73">
+        <v>21</v>
+      </c>
+      <c r="K51" s="73">
+        <v>0</v>
+      </c>
+      <c r="L51" s="73">
+        <v>0</v>
+      </c>
+      <c r="M51" s="73">
+        <v>3</v>
+      </c>
+      <c r="N51" s="73">
+        <v>2</v>
+      </c>
+      <c r="O51" s="73">
+        <v>1</v>
+      </c>
+      <c r="P51" s="73">
+        <v>3</v>
+      </c>
+      <c r="Q51" s="73">
+        <v>1</v>
+      </c>
+      <c r="R51" s="73">
+        <v>3</v>
+      </c>
+      <c r="S51" s="73">
+        <v>3</v>
+      </c>
+      <c r="T51" s="73">
+        <v>1</v>
+      </c>
+      <c r="U51" s="73">
+        <v>0</v>
+      </c>
+      <c r="V51" s="73">
+        <v>0</v>
+      </c>
+      <c r="W51" s="73">
+        <v>0</v>
+      </c>
+      <c r="X51" s="73">
+        <v>9</v>
+      </c>
+      <c r="Y51" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA51" s="73">
+        <v>6</v>
+      </c>
+      <c r="AB51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF51" s="73">
+        <v>8</v>
+      </c>
+      <c r="AG51" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH51" s="73">
+        <v>2</v>
+      </c>
+      <c r="AI51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ51" s="73">
+        <v>3</v>
+      </c>
+      <c r="AK51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM51" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN51" s="73">
+        <v>1</v>
+      </c>
+      <c r="AO51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ51" s="73">
         <v>4</v>
       </c>
-      <c r="H51" s="80">
+      <c r="AR51" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS51" s="73">
+        <v>3</v>
+      </c>
+      <c r="AT51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV51" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AW51" s="73">
+        <v>2</v>
+      </c>
+      <c r="AX51" s="73">
+        <v>1</v>
+      </c>
+      <c r="AY51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC51" s="73">
+        <v>11</v>
+      </c>
+      <c r="BD51" s="73">
         <v>5</v>
       </c>
-      <c r="I51" s="80">
-[...206 lines deleted...]
-      <c r="BZ51" s="81">
+      <c r="BE51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF51" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL51" s="73">
+        <v>1</v>
+      </c>
+      <c r="BM51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX51" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY51" s="73">
+        <v>2</v>
+      </c>
+      <c r="BZ51" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B52" s="79" t="s">
-[...14 lines deleted...]
-      <c r="G52" s="80">
+      <c r="B52" s="72" t="s">
+        <v>271</v>
+      </c>
+      <c r="C52" s="73">
+        <v>174</v>
+      </c>
+      <c r="D52" s="73">
+        <v>149</v>
+      </c>
+      <c r="E52" s="73">
+        <v>25</v>
+      </c>
+      <c r="F52" s="73">
+        <v>7</v>
+      </c>
+      <c r="G52" s="73">
+        <v>1</v>
+      </c>
+      <c r="H52" s="73">
+        <v>1</v>
+      </c>
+      <c r="I52" s="73">
+        <v>0</v>
+      </c>
+      <c r="J52" s="73">
+        <v>1</v>
+      </c>
+      <c r="K52" s="73">
         <v>3</v>
       </c>
-      <c r="H52" s="80">
+      <c r="L52" s="73">
+        <v>1</v>
+      </c>
+      <c r="M52" s="73">
+        <v>0</v>
+      </c>
+      <c r="N52" s="73">
+        <v>0</v>
+      </c>
+      <c r="O52" s="73">
+        <v>0</v>
+      </c>
+      <c r="P52" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="73">
+        <v>24</v>
+      </c>
+      <c r="R52" s="73">
+        <v>7</v>
+      </c>
+      <c r="S52" s="73">
+        <v>3</v>
+      </c>
+      <c r="T52" s="73">
+        <v>0</v>
+      </c>
+      <c r="U52" s="73">
+        <v>10</v>
+      </c>
+      <c r="V52" s="73">
+        <v>1</v>
+      </c>
+      <c r="W52" s="73">
+        <v>0</v>
+      </c>
+      <c r="X52" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y52" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z52" s="73">
+        <v>13</v>
+      </c>
+      <c r="AA52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB52" s="73">
+        <v>7</v>
+      </c>
+      <c r="AC52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE52" s="73">
+        <v>4</v>
+      </c>
+      <c r="AF52" s="73">
+        <v>2</v>
+      </c>
+      <c r="AG52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH52" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ52" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK52" s="73">
+        <v>2</v>
+      </c>
+      <c r="AL52" s="73">
+        <v>7</v>
+      </c>
+      <c r="AM52" s="73">
+        <v>2</v>
+      </c>
+      <c r="AN52" s="73">
+        <v>4</v>
+      </c>
+      <c r="AO52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ52" s="73">
+        <v>3</v>
+      </c>
+      <c r="AR52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS52" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT52" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV52" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW52" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AX52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY52" s="73">
+        <v>31</v>
+      </c>
+      <c r="AZ52" s="73">
+        <v>6</v>
+      </c>
+      <c r="BA52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB52" s="73">
+        <v>10</v>
+      </c>
+      <c r="BC52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF52" s="73">
         <v>9</v>
       </c>
-      <c r="I52" s="80">
-[...29 lines deleted...]
-      <c r="S52" s="80">
+      <c r="BG52" s="73">
+        <v>5</v>
+      </c>
+      <c r="BH52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI52" s="73">
+        <v>1</v>
+      </c>
+      <c r="BJ52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK52" s="73">
+        <v>3</v>
+      </c>
+      <c r="BL52" s="73">
         <v>4</v>
       </c>
-      <c r="T52" s="80">
-[...174 lines deleted...]
-        <v>0</v>
+      <c r="BM52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN52" s="73">
+        <v>1</v>
+      </c>
+      <c r="BO52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR52" s="73">
+        <v>1</v>
+      </c>
+      <c r="BS52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY52" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ52" s="74">
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B53" s="79" t="s">
-[...23 lines deleted...]
-      <c r="J53" s="80">
+      <c r="B53" s="72" t="s">
+        <v>122</v>
+      </c>
+      <c r="C53" s="73">
+        <v>68</v>
+      </c>
+      <c r="D53" s="73">
+        <v>57</v>
+      </c>
+      <c r="E53" s="73">
+        <v>11</v>
+      </c>
+      <c r="F53" s="73">
+        <v>12</v>
+      </c>
+      <c r="G53" s="73">
+        <v>1</v>
+      </c>
+      <c r="H53" s="73">
+        <v>2</v>
+      </c>
+      <c r="I53" s="73">
+        <v>4</v>
+      </c>
+      <c r="J53" s="73">
+        <v>1</v>
+      </c>
+      <c r="K53" s="73">
+        <v>0</v>
+      </c>
+      <c r="L53" s="73">
+        <v>2</v>
+      </c>
+      <c r="M53" s="73">
+        <v>0</v>
+      </c>
+      <c r="N53" s="73">
+        <v>0</v>
+      </c>
+      <c r="O53" s="73">
+        <v>0</v>
+      </c>
+      <c r="P53" s="73">
+        <v>2</v>
+      </c>
+      <c r="Q53" s="73">
+        <v>0</v>
+      </c>
+      <c r="R53" s="73">
+        <v>0</v>
+      </c>
+      <c r="S53" s="73">
+        <v>2</v>
+      </c>
+      <c r="T53" s="73">
+        <v>0</v>
+      </c>
+      <c r="U53" s="73">
+        <v>0</v>
+      </c>
+      <c r="V53" s="73">
+        <v>0</v>
+      </c>
+      <c r="W53" s="73">
+        <v>0</v>
+      </c>
+      <c r="X53" s="73">
         <v>3</v>
       </c>
-      <c r="K53" s="80">
-[...14 lines deleted...]
-      <c r="P53" s="80">
+      <c r="Y53" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA53" s="73">
+        <v>11</v>
+      </c>
+      <c r="AB53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC53" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD53" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG53" s="73">
         <v>4</v>
       </c>
-      <c r="Q53" s="80">
-[...2 lines deleted...]
-      <c r="R53" s="80">
+      <c r="AH53" s="73">
+        <v>9</v>
+      </c>
+      <c r="AI53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP53" s="73">
+        <v>2</v>
+      </c>
+      <c r="AQ53" s="73">
+        <v>9</v>
+      </c>
+      <c r="AR53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV53" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX53" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AY53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ53" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA53" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW53" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX53" s="73">
         <v>4</v>
       </c>
-      <c r="S53" s="80">
-[...8 lines deleted...]
-      <c r="V53" s="80">
+      <c r="BY53" s="73">
         <v>3</v>
       </c>
-      <c r="W53" s="80">
-[...165 lines deleted...]
-        <v>0</v>
+      <c r="BZ53" s="74">
+        <v>4</v>
       </c>
     </row>
     <row r="54" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B54" s="79" t="s">
+      <c r="B54" s="72" t="s">
         <v>273</v>
       </c>
-      <c r="C54" s="80">
-[...5 lines deleted...]
-      <c r="E54" s="80">
+      <c r="C54" s="73">
+        <v>139</v>
+      </c>
+      <c r="D54" s="73">
+        <v>129</v>
+      </c>
+      <c r="E54" s="73">
         <v>10</v>
       </c>
-      <c r="F54" s="80">
-[...23 lines deleted...]
-      <c r="N54" s="80">
+      <c r="F54" s="73">
+        <v>7</v>
+      </c>
+      <c r="G54" s="73">
         <v>4</v>
       </c>
-      <c r="O54" s="80">
-[...11 lines deleted...]
-      <c r="S54" s="80">
+      <c r="H54" s="73">
+        <v>0</v>
+      </c>
+      <c r="I54" s="73">
+        <v>0</v>
+      </c>
+      <c r="J54" s="73">
+        <v>1</v>
+      </c>
+      <c r="K54" s="73">
+        <v>0</v>
+      </c>
+      <c r="L54" s="73">
+        <v>0</v>
+      </c>
+      <c r="M54" s="73">
+        <v>1</v>
+      </c>
+      <c r="N54" s="73">
+        <v>1</v>
+      </c>
+      <c r="O54" s="73">
+        <v>0</v>
+      </c>
+      <c r="P54" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="73">
+        <v>35</v>
+      </c>
+      <c r="R54" s="73">
+        <v>1</v>
+      </c>
+      <c r="S54" s="73">
+        <v>4</v>
+      </c>
+      <c r="T54" s="73">
+        <v>0</v>
+      </c>
+      <c r="U54" s="73">
+        <v>0</v>
+      </c>
+      <c r="V54" s="73">
+        <v>4</v>
+      </c>
+      <c r="W54" s="73">
+        <v>2</v>
+      </c>
+      <c r="X54" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y54" s="73">
+        <v>4</v>
+      </c>
+      <c r="Z54" s="73">
+        <v>2</v>
+      </c>
+      <c r="AA54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB54" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD54" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE54" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF54" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK54" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL54" s="73">
+        <v>4</v>
+      </c>
+      <c r="AM54" s="73">
+        <v>2</v>
+      </c>
+      <c r="AN54" s="73">
+        <v>1</v>
+      </c>
+      <c r="AO54" s="73">
+        <v>2</v>
+      </c>
+      <c r="AP54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR54" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT54" s="73">
+        <v>5</v>
+      </c>
+      <c r="AU54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW54" s="73">
+        <v>32</v>
+      </c>
+      <c r="AX54" s="73">
+        <v>1</v>
+      </c>
+      <c r="AY54" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="AZ54" s="73">
+        <v>12</v>
+      </c>
+      <c r="BA54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB54" s="73">
+        <v>4</v>
+      </c>
+      <c r="BC54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF54" s="73">
+        <v>4</v>
+      </c>
+      <c r="BG54" s="73">
         <v>3</v>
       </c>
-      <c r="T54" s="80">
-[...173 lines deleted...]
-      <c r="BZ54" s="81">
+      <c r="BH54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ54" s="73">
+        <v>1</v>
+      </c>
+      <c r="BK54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM54" s="73">
+        <v>1</v>
+      </c>
+      <c r="BN54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW54" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ54" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B55" s="79" t="s">
+      <c r="B55" s="72" t="s">
         <v>275</v>
       </c>
-      <c r="C55" s="80">
-[...5 lines deleted...]
-      <c r="E55" s="80">
+      <c r="C55" s="73">
+        <v>71</v>
+      </c>
+      <c r="D55" s="73">
+        <v>67</v>
+      </c>
+      <c r="E55" s="73">
+        <v>4</v>
+      </c>
+      <c r="F55" s="73">
+        <v>3</v>
+      </c>
+      <c r="G55" s="73">
+        <v>0</v>
+      </c>
+      <c r="H55" s="73">
+        <v>2</v>
+      </c>
+      <c r="I55" s="73">
+        <v>0</v>
+      </c>
+      <c r="J55" s="73">
+        <v>1</v>
+      </c>
+      <c r="K55" s="73">
+        <v>0</v>
+      </c>
+      <c r="L55" s="73">
+        <v>0</v>
+      </c>
+      <c r="M55" s="73">
+        <v>0</v>
+      </c>
+      <c r="N55" s="73">
+        <v>0</v>
+      </c>
+      <c r="O55" s="73">
+        <v>0</v>
+      </c>
+      <c r="P55" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="73">
+        <v>9</v>
+      </c>
+      <c r="R55" s="73">
+        <v>1</v>
+      </c>
+      <c r="S55" s="73">
+        <v>0</v>
+      </c>
+      <c r="T55" s="73">
+        <v>3</v>
+      </c>
+      <c r="U55" s="73">
+        <v>1</v>
+      </c>
+      <c r="V55" s="73">
+        <v>4</v>
+      </c>
+      <c r="W55" s="73">
+        <v>8</v>
+      </c>
+      <c r="X55" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y55" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z55" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB55" s="73">
+        <v>15</v>
+      </c>
+      <c r="AC55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD55" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF55" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH55" s="73">
+        <v>2</v>
+      </c>
+      <c r="AI55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK55" s="73">
+        <v>3</v>
+      </c>
+      <c r="AL55" s="73">
+        <v>2</v>
+      </c>
+      <c r="AM55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO55" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT55" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW55" s="73">
+        <v>3</v>
+      </c>
+      <c r="AX55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY55" s="73">
         <v>6</v>
       </c>
-      <c r="F55" s="80">
-[...137 lines deleted...]
-      <c r="AZ55" s="83" t="s">
+      <c r="AZ55" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BA55" s="80">
-[...74 lines deleted...]
-      <c r="BZ55" s="81">
+      <c r="BA55" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD55" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF55" s="73">
+        <v>2</v>
+      </c>
+      <c r="BG55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO55" s="73">
+        <v>1</v>
+      </c>
+      <c r="BP55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY55" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ55" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B56" s="79" t="s">
+      <c r="B56" s="72" t="s">
         <v>277</v>
       </c>
-      <c r="C56" s="80">
-[...14 lines deleted...]
-      <c r="H56" s="80">
+      <c r="C56" s="73">
+        <v>90</v>
+      </c>
+      <c r="D56" s="73">
+        <v>84</v>
+      </c>
+      <c r="E56" s="73">
         <v>6</v>
       </c>
-      <c r="I56" s="80">
-[...17 lines deleted...]
-      <c r="O56" s="80">
+      <c r="F56" s="73">
+        <v>7</v>
+      </c>
+      <c r="G56" s="73">
+        <v>1</v>
+      </c>
+      <c r="H56" s="73">
+        <v>1</v>
+      </c>
+      <c r="I56" s="73">
+        <v>1</v>
+      </c>
+      <c r="J56" s="73">
+        <v>0</v>
+      </c>
+      <c r="K56" s="73">
+        <v>1</v>
+      </c>
+      <c r="L56" s="73">
+        <v>0</v>
+      </c>
+      <c r="M56" s="73">
+        <v>0</v>
+      </c>
+      <c r="N56" s="73">
+        <v>1</v>
+      </c>
+      <c r="O56" s="73">
+        <v>1</v>
+      </c>
+      <c r="P56" s="73">
+        <v>1</v>
+      </c>
+      <c r="Q56" s="73">
+        <v>1</v>
+      </c>
+      <c r="R56" s="73">
+        <v>0</v>
+      </c>
+      <c r="S56" s="73">
+        <v>4</v>
+      </c>
+      <c r="T56" s="73">
+        <v>1</v>
+      </c>
+      <c r="U56" s="73">
+        <v>0</v>
+      </c>
+      <c r="V56" s="73">
         <v>3</v>
       </c>
-      <c r="P56" s="80">
-[...8 lines deleted...]
-      <c r="S56" s="80">
+      <c r="W56" s="73">
+        <v>0</v>
+      </c>
+      <c r="X56" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y56" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA56" s="73">
+        <v>5</v>
+      </c>
+      <c r="AB56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG56" s="73">
         <v>6</v>
       </c>
-      <c r="T56" s="80">
-[...20 lines deleted...]
-      <c r="AA56" s="80">
+      <c r="AH56" s="73">
+        <v>24</v>
+      </c>
+      <c r="AI56" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL56" s="73">
         <v>3</v>
       </c>
-      <c r="AB56" s="80">
-[...20 lines deleted...]
-      <c r="AI56" s="80">
+      <c r="AM56" s="73">
+        <v>2</v>
+      </c>
+      <c r="AN56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO56" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS56" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU56" s="73">
+        <v>23</v>
+      </c>
+      <c r="AV56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA56" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="BB56" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI56" s="73">
         <v>3</v>
       </c>
-      <c r="AJ56" s="80">
+      <c r="BJ56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX56" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY56" s="73">
         <v>3</v>
       </c>
-      <c r="AK56" s="80">
-[...123 lines deleted...]
-        <v>2</v>
+      <c r="BZ56" s="74">
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B57" s="82" t="s">
-[...14 lines deleted...]
-      <c r="G57" s="80">
+      <c r="B57" s="75" t="s">
+        <v>124</v>
+      </c>
+      <c r="C57" s="73">
+        <v>204</v>
+      </c>
+      <c r="D57" s="73">
+        <v>191</v>
+      </c>
+      <c r="E57" s="73">
+        <v>13</v>
+      </c>
+      <c r="F57" s="73">
+        <v>25</v>
+      </c>
+      <c r="G57" s="73">
+        <v>3</v>
+      </c>
+      <c r="H57" s="73">
+        <v>2</v>
+      </c>
+      <c r="I57" s="73">
+        <v>1</v>
+      </c>
+      <c r="J57" s="73">
+        <v>1</v>
+      </c>
+      <c r="K57" s="73">
+        <v>1</v>
+      </c>
+      <c r="L57" s="73">
+        <v>1</v>
+      </c>
+      <c r="M57" s="73">
+        <v>0</v>
+      </c>
+      <c r="N57" s="73">
+        <v>10</v>
+      </c>
+      <c r="O57" s="73">
+        <v>0</v>
+      </c>
+      <c r="P57" s="73">
+        <v>6</v>
+      </c>
+      <c r="Q57" s="73">
+        <v>55</v>
+      </c>
+      <c r="R57" s="73">
+        <v>2</v>
+      </c>
+      <c r="S57" s="73">
+        <v>4</v>
+      </c>
+      <c r="T57" s="73">
+        <v>0</v>
+      </c>
+      <c r="U57" s="73">
+        <v>0</v>
+      </c>
+      <c r="V57" s="73">
+        <v>9</v>
+      </c>
+      <c r="W57" s="73">
+        <v>1</v>
+      </c>
+      <c r="X57" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y57" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z57" s="73">
+        <v>4</v>
+      </c>
+      <c r="AA57" s="73">
+        <v>1</v>
+      </c>
+      <c r="AB57" s="73">
+        <v>3</v>
+      </c>
+      <c r="AC57" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD57" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE57" s="73">
+        <v>2</v>
+      </c>
+      <c r="AF57" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG57" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH57" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI57" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ57" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK57" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL57" s="73">
+        <v>11</v>
+      </c>
+      <c r="AM57" s="73">
+        <v>13</v>
+      </c>
+      <c r="AN57" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO57" s="73">
+        <v>3</v>
+      </c>
+      <c r="AP57" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ57" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR57" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS57" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT57" s="73">
+        <v>38</v>
+      </c>
+      <c r="AU57" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV57" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW57" s="73">
         <v>5</v>
       </c>
-      <c r="H57" s="80">
-[...11 lines deleted...]
-      <c r="L57" s="80">
+      <c r="AX57" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY57" s="73">
         <v>4</v>
       </c>
-      <c r="M57" s="80">
-[...17 lines deleted...]
-      <c r="S57" s="80">
+      <c r="AZ57" s="73">
+        <v>2</v>
+      </c>
+      <c r="BA57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB57" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="BC57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE57" s="73">
+        <v>7</v>
+      </c>
+      <c r="BF57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG57" s="73">
         <v>3</v>
       </c>
-      <c r="T57" s="80">
-[...173 lines deleted...]
-      <c r="BZ57" s="81">
+      <c r="BH57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI57" s="73">
+        <v>1</v>
+      </c>
+      <c r="BJ57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK57" s="73">
+        <v>1</v>
+      </c>
+      <c r="BL57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM57" s="73">
+        <v>1</v>
+      </c>
+      <c r="BN57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY57" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ57" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B58" s="79" t="s">
+      <c r="B58" s="72" t="s">
         <v>279</v>
       </c>
-      <c r="C58" s="80">
-[...14 lines deleted...]
-      <c r="H58" s="80">
+      <c r="C58" s="73">
+        <v>60</v>
+      </c>
+      <c r="D58" s="73">
+        <v>54</v>
+      </c>
+      <c r="E58" s="73">
+        <v>6</v>
+      </c>
+      <c r="F58" s="73">
+        <v>15</v>
+      </c>
+      <c r="G58" s="73">
+        <v>1</v>
+      </c>
+      <c r="H58" s="73">
         <v>4</v>
       </c>
-      <c r="I58" s="80">
-[...2 lines deleted...]
-      <c r="J58" s="80">
+      <c r="I58" s="73">
+        <v>0</v>
+      </c>
+      <c r="J58" s="73">
+        <v>1</v>
+      </c>
+      <c r="K58" s="73">
+        <v>5</v>
+      </c>
+      <c r="L58" s="73">
+        <v>0</v>
+      </c>
+      <c r="M58" s="73">
+        <v>0</v>
+      </c>
+      <c r="N58" s="73">
+        <v>1</v>
+      </c>
+      <c r="O58" s="73">
+        <v>0</v>
+      </c>
+      <c r="P58" s="73">
         <v>3</v>
       </c>
-      <c r="K58" s="80">
+      <c r="Q58" s="73">
+        <v>0</v>
+      </c>
+      <c r="R58" s="73">
+        <v>1</v>
+      </c>
+      <c r="S58" s="73">
+        <v>4</v>
+      </c>
+      <c r="T58" s="73">
+        <v>1</v>
+      </c>
+      <c r="U58" s="73">
+        <v>0</v>
+      </c>
+      <c r="V58" s="73">
+        <v>0</v>
+      </c>
+      <c r="W58" s="73">
+        <v>0</v>
+      </c>
+      <c r="X58" s="73">
+        <v>2</v>
+      </c>
+      <c r="Y58" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AB58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC58" s="73">
         <v>3</v>
       </c>
-      <c r="L58" s="80">
+      <c r="AD58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF58" s="73">
+        <v>5</v>
+      </c>
+      <c r="AG58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI58" s="73">
         <v>3</v>
       </c>
-      <c r="M58" s="80">
-[...17 lines deleted...]
-      <c r="S58" s="80">
+      <c r="AJ58" s="73">
+        <v>3</v>
+      </c>
+      <c r="AK58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ58" s="73">
         <v>6</v>
       </c>
-      <c r="T58" s="80">
-[...11 lines deleted...]
-      <c r="X58" s="80">
+      <c r="AR58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV58" s="73">
         <v>3</v>
       </c>
-      <c r="Y58" s="80">
-[...89 lines deleted...]
-      <c r="BC58" s="83" t="s">
+      <c r="AW58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AY58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC58" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BD58" s="80">
-[...65 lines deleted...]
-      <c r="BZ58" s="81">
+      <c r="BD58" s="73">
+        <v>1</v>
+      </c>
+      <c r="BE58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW58" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX58" s="73">
+        <v>4</v>
+      </c>
+      <c r="BY58" s="73">
+        <v>1</v>
+      </c>
+      <c r="BZ58" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B59" s="79" t="s">
+      <c r="B59" s="72" t="s">
         <v>283</v>
       </c>
-      <c r="C59" s="80">
-[...11 lines deleted...]
-      <c r="G59" s="80">
+      <c r="C59" s="73">
+        <v>90</v>
+      </c>
+      <c r="D59" s="73">
+        <v>90</v>
+      </c>
+      <c r="E59" s="73">
+        <v>0</v>
+      </c>
+      <c r="F59" s="73">
+        <v>26</v>
+      </c>
+      <c r="G59" s="73">
+        <v>0</v>
+      </c>
+      <c r="H59" s="73">
+        <v>12</v>
+      </c>
+      <c r="I59" s="73">
+        <v>0</v>
+      </c>
+      <c r="J59" s="73">
+        <v>1</v>
+      </c>
+      <c r="K59" s="73">
+        <v>2</v>
+      </c>
+      <c r="L59" s="73">
+        <v>2</v>
+      </c>
+      <c r="M59" s="73">
+        <v>9</v>
+      </c>
+      <c r="N59" s="73">
+        <v>0</v>
+      </c>
+      <c r="O59" s="73">
+        <v>0</v>
+      </c>
+      <c r="P59" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="73">
+        <v>1</v>
+      </c>
+      <c r="R59" s="73">
+        <v>2</v>
+      </c>
+      <c r="S59" s="73">
         <v>5</v>
       </c>
-      <c r="H59" s="80">
-[...5 lines deleted...]
-      <c r="J59" s="80">
+      <c r="T59" s="73">
+        <v>1</v>
+      </c>
+      <c r="U59" s="73">
+        <v>0</v>
+      </c>
+      <c r="V59" s="73">
+        <v>0</v>
+      </c>
+      <c r="W59" s="73">
+        <v>1</v>
+      </c>
+      <c r="X59" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y59" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA59" s="73">
+        <v>2</v>
+      </c>
+      <c r="AB59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD59" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE59" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF59" s="73">
+        <v>30</v>
+      </c>
+      <c r="AG59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ59" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP59" s="73">
         <v>3</v>
       </c>
-      <c r="K59" s="80">
-[...11 lines deleted...]
-      <c r="O59" s="80">
+      <c r="AQ59" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR59" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV59" s="73">
+        <v>9</v>
+      </c>
+      <c r="AW59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX59" s="73">
         <v>3</v>
       </c>
-      <c r="P59" s="80">
-[...119 lines deleted...]
-      <c r="BD59" s="83" t="s">
+      <c r="AY59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD59" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BE59" s="80">
-[...63 lines deleted...]
-        <v>1</v>
+      <c r="BE59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY59" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ59" s="74">
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B60" s="79" t="s">
-[...11 lines deleted...]
-      <c r="F60" s="80">
+      <c r="B60" s="72" t="s">
+        <v>158</v>
+      </c>
+      <c r="C60" s="73">
+        <v>24</v>
+      </c>
+      <c r="D60" s="73">
+        <v>24</v>
+      </c>
+      <c r="E60" s="73">
+        <v>0</v>
+      </c>
+      <c r="F60" s="73">
         <v>3</v>
       </c>
-      <c r="G60" s="80">
-[...149 lines deleted...]
-      <c r="BE60" s="83" t="s">
+      <c r="G60" s="73">
+        <v>0</v>
+      </c>
+      <c r="H60" s="73">
+        <v>1</v>
+      </c>
+      <c r="I60" s="73">
+        <v>1</v>
+      </c>
+      <c r="J60" s="73">
+        <v>0</v>
+      </c>
+      <c r="K60" s="73">
+        <v>0</v>
+      </c>
+      <c r="L60" s="73">
+        <v>0</v>
+      </c>
+      <c r="M60" s="73">
+        <v>0</v>
+      </c>
+      <c r="N60" s="73">
+        <v>0</v>
+      </c>
+      <c r="O60" s="73">
+        <v>1</v>
+      </c>
+      <c r="P60" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q60" s="73">
+        <v>0</v>
+      </c>
+      <c r="R60" s="73">
+        <v>0</v>
+      </c>
+      <c r="S60" s="73">
+        <v>1</v>
+      </c>
+      <c r="T60" s="73">
+        <v>0</v>
+      </c>
+      <c r="U60" s="73">
+        <v>0</v>
+      </c>
+      <c r="V60" s="73">
+        <v>0</v>
+      </c>
+      <c r="W60" s="73">
+        <v>0</v>
+      </c>
+      <c r="X60" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y60" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB60" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH60" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI60" s="73">
+        <v>2</v>
+      </c>
+      <c r="AJ60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM60" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO60" s="73">
+        <v>2</v>
+      </c>
+      <c r="AP60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT60" s="73">
+        <v>10</v>
+      </c>
+      <c r="AU60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW60" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY60" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB60" s="73">
+        <v>2</v>
+      </c>
+      <c r="BC60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE60" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BF60" s="80">
-[...59 lines deleted...]
-      <c r="BZ60" s="81">
+      <c r="BF60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY60" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ60" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B61" s="79" t="s">
-[...131 lines deleted...]
-      <c r="AT61" s="80">
+      <c r="B61" s="72" t="s">
+        <v>287</v>
+      </c>
+      <c r="C61" s="73">
+        <v>44</v>
+      </c>
+      <c r="D61" s="73">
+        <v>34</v>
+      </c>
+      <c r="E61" s="73">
+        <v>10</v>
+      </c>
+      <c r="F61" s="73">
+        <v>2</v>
+      </c>
+      <c r="G61" s="73">
+        <v>0</v>
+      </c>
+      <c r="H61" s="73">
+        <v>0</v>
+      </c>
+      <c r="I61" s="73">
+        <v>0</v>
+      </c>
+      <c r="J61" s="73">
+        <v>0</v>
+      </c>
+      <c r="K61" s="73">
+        <v>0</v>
+      </c>
+      <c r="L61" s="73">
+        <v>1</v>
+      </c>
+      <c r="M61" s="73">
+        <v>0</v>
+      </c>
+      <c r="N61" s="73">
+        <v>0</v>
+      </c>
+      <c r="O61" s="73">
+        <v>1</v>
+      </c>
+      <c r="P61" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="73">
         <v>3</v>
       </c>
-      <c r="AU61" s="80">
-[...5 lines deleted...]
-      <c r="AW61" s="80">
+      <c r="R61" s="73">
+        <v>0</v>
+      </c>
+      <c r="S61" s="73">
+        <v>0</v>
+      </c>
+      <c r="T61" s="73">
+        <v>0</v>
+      </c>
+      <c r="U61" s="73">
+        <v>0</v>
+      </c>
+      <c r="V61" s="73">
+        <v>0</v>
+      </c>
+      <c r="W61" s="73">
+        <v>1</v>
+      </c>
+      <c r="X61" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y61" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z61" s="73">
+        <v>2</v>
+      </c>
+      <c r="AA61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB61" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE61" s="73">
+        <v>2</v>
+      </c>
+      <c r="AF61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG61" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH61" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI61" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK61" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL61" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS61" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT61" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV61" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW61" s="73">
+        <v>7</v>
+      </c>
+      <c r="AX61" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY61" s="73">
         <v>6</v>
       </c>
-      <c r="AX61" s="80">
-[...23 lines deleted...]
-      <c r="BF61" s="83" t="s">
+      <c r="AZ61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF61" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BG61" s="80">
-[...56 lines deleted...]
-      <c r="BZ61" s="81">
+      <c r="BG61" s="73">
+        <v>7</v>
+      </c>
+      <c r="BH61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ61" s="73">
+        <v>1</v>
+      </c>
+      <c r="BK61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN61" s="73">
+        <v>1</v>
+      </c>
+      <c r="BO61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX61" s="73">
+        <v>1</v>
+      </c>
+      <c r="BY61" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ61" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B62" s="79" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="80">
+      <c r="B62" s="72" t="s">
+        <v>146</v>
+      </c>
+      <c r="C62" s="73">
+        <v>21</v>
+      </c>
+      <c r="D62" s="73">
         <v>12</v>
       </c>
-      <c r="D62" s="80">
-[...134 lines deleted...]
-      <c r="AW62" s="80">
+      <c r="E62" s="73">
+        <v>9</v>
+      </c>
+      <c r="F62" s="73">
+        <v>0</v>
+      </c>
+      <c r="G62" s="73">
+        <v>0</v>
+      </c>
+      <c r="H62" s="73">
+        <v>0</v>
+      </c>
+      <c r="I62" s="73">
+        <v>0</v>
+      </c>
+      <c r="J62" s="73">
+        <v>0</v>
+      </c>
+      <c r="K62" s="73">
+        <v>0</v>
+      </c>
+      <c r="L62" s="73">
+        <v>0</v>
+      </c>
+      <c r="M62" s="73">
+        <v>0</v>
+      </c>
+      <c r="N62" s="73">
+        <v>0</v>
+      </c>
+      <c r="O62" s="73">
+        <v>0</v>
+      </c>
+      <c r="P62" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q62" s="73">
+        <v>1</v>
+      </c>
+      <c r="R62" s="73">
+        <v>0</v>
+      </c>
+      <c r="S62" s="73">
+        <v>0</v>
+      </c>
+      <c r="T62" s="73">
+        <v>0</v>
+      </c>
+      <c r="U62" s="73">
+        <v>0</v>
+      </c>
+      <c r="V62" s="73">
+        <v>0</v>
+      </c>
+      <c r="W62" s="73">
+        <v>0</v>
+      </c>
+      <c r="X62" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y62" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB62" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG62" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM62" s="73">
+        <v>3</v>
+      </c>
+      <c r="AN62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW62" s="73">
+        <v>2</v>
+      </c>
+      <c r="AX62" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY62" s="73">
+        <v>2</v>
+      </c>
+      <c r="AZ62" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF62" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG62" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="BH62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK62" s="73">
+        <v>2</v>
+      </c>
+      <c r="BL62" s="73">
+        <v>2</v>
+      </c>
+      <c r="BM62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN62" s="73">
         <v>4</v>
       </c>
-      <c r="AX62" s="80">
-[...83 lines deleted...]
-      <c r="BZ62" s="81">
+      <c r="BO62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY62" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ62" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B63" s="79" t="s">
-[...110 lines deleted...]
-      <c r="AM63" s="80">
+      <c r="B63" s="72" t="s">
+        <v>142</v>
+      </c>
+      <c r="C63" s="73">
+        <v>47</v>
+      </c>
+      <c r="D63" s="73">
+        <v>35</v>
+      </c>
+      <c r="E63" s="73">
+        <v>12</v>
+      </c>
+      <c r="F63" s="73">
+        <v>0</v>
+      </c>
+      <c r="G63" s="73">
+        <v>0</v>
+      </c>
+      <c r="H63" s="73">
+        <v>0</v>
+      </c>
+      <c r="I63" s="73">
+        <v>0</v>
+      </c>
+      <c r="J63" s="73">
+        <v>0</v>
+      </c>
+      <c r="K63" s="73">
+        <v>0</v>
+      </c>
+      <c r="L63" s="73">
+        <v>0</v>
+      </c>
+      <c r="M63" s="73">
+        <v>0</v>
+      </c>
+      <c r="N63" s="73">
+        <v>0</v>
+      </c>
+      <c r="O63" s="73">
+        <v>0</v>
+      </c>
+      <c r="P63" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q63" s="73">
+        <v>0</v>
+      </c>
+      <c r="R63" s="73">
+        <v>1</v>
+      </c>
+      <c r="S63" s="73">
+        <v>0</v>
+      </c>
+      <c r="T63" s="73">
+        <v>1</v>
+      </c>
+      <c r="U63" s="73">
+        <v>0</v>
+      </c>
+      <c r="V63" s="73">
+        <v>1</v>
+      </c>
+      <c r="W63" s="73">
+        <v>0</v>
+      </c>
+      <c r="X63" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y63" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z63" s="73">
+        <v>15</v>
+      </c>
+      <c r="AA63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD63" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE63" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH63" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN63" s="73">
+        <v>5</v>
+      </c>
+      <c r="AO63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR63" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW63" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX63" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY63" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ63" s="73">
+        <v>4</v>
+      </c>
+      <c r="BA63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC63" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF63" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH63" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="BI63" s="73">
         <v>3</v>
       </c>
-      <c r="AN63" s="80">
-[...113 lines deleted...]
-      <c r="BZ63" s="81">
+      <c r="BJ63" s="73">
+        <v>2</v>
+      </c>
+      <c r="BK63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL63" s="73">
+        <v>1</v>
+      </c>
+      <c r="BM63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN63" s="73">
+        <v>2</v>
+      </c>
+      <c r="BO63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW63" s="73">
+        <v>3</v>
+      </c>
+      <c r="BX63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY63" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ63" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B64" s="79" t="s">
-[...146 lines deleted...]
-      <c r="AY64" s="80">
+      <c r="B64" s="72" t="s">
+        <v>152</v>
+      </c>
+      <c r="C64" s="73">
+        <v>24</v>
+      </c>
+      <c r="D64" s="73">
+        <v>18</v>
+      </c>
+      <c r="E64" s="73">
+        <v>6</v>
+      </c>
+      <c r="F64" s="73">
+        <v>1</v>
+      </c>
+      <c r="G64" s="73">
+        <v>0</v>
+      </c>
+      <c r="H64" s="73">
+        <v>0</v>
+      </c>
+      <c r="I64" s="73">
+        <v>0</v>
+      </c>
+      <c r="J64" s="73">
+        <v>0</v>
+      </c>
+      <c r="K64" s="73">
+        <v>1</v>
+      </c>
+      <c r="L64" s="73">
+        <v>0</v>
+      </c>
+      <c r="M64" s="73">
+        <v>0</v>
+      </c>
+      <c r="N64" s="73">
+        <v>0</v>
+      </c>
+      <c r="O64" s="73">
+        <v>0</v>
+      </c>
+      <c r="P64" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q64" s="73">
+        <v>0</v>
+      </c>
+      <c r="R64" s="73">
+        <v>0</v>
+      </c>
+      <c r="S64" s="73">
+        <v>1</v>
+      </c>
+      <c r="T64" s="73">
+        <v>0</v>
+      </c>
+      <c r="U64" s="73">
+        <v>0</v>
+      </c>
+      <c r="V64" s="73">
+        <v>0</v>
+      </c>
+      <c r="W64" s="73">
+        <v>0</v>
+      </c>
+      <c r="X64" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y64" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z64" s="73">
+        <v>8</v>
+      </c>
+      <c r="AA64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD64" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG64" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR64" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW64" s="73">
         <v>3</v>
       </c>
-      <c r="AZ64" s="80">
-[...26 lines deleted...]
-      <c r="BI64" s="83" t="s">
+      <c r="AX64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY64" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG64" s="73">
+        <v>1</v>
+      </c>
+      <c r="BH64" s="73">
+        <v>3</v>
+      </c>
+      <c r="BI64" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BJ64" s="80">
-[...47 lines deleted...]
-      <c r="BZ64" s="81">
+      <c r="BJ64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM64" s="73">
+        <v>1</v>
+      </c>
+      <c r="BN64" s="73">
+        <v>1</v>
+      </c>
+      <c r="BO64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ64" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B65" s="79" t="s">
-[...44 lines deleted...]
-      <c r="Q65" s="80">
+      <c r="B65" s="72" t="s">
+        <v>140</v>
+      </c>
+      <c r="C65" s="73">
+        <v>37</v>
+      </c>
+      <c r="D65" s="73">
+        <v>27</v>
+      </c>
+      <c r="E65" s="73">
+        <v>10</v>
+      </c>
+      <c r="F65" s="73">
+        <v>1</v>
+      </c>
+      <c r="G65" s="73">
+        <v>1</v>
+      </c>
+      <c r="H65" s="73">
+        <v>0</v>
+      </c>
+      <c r="I65" s="73">
+        <v>0</v>
+      </c>
+      <c r="J65" s="73">
+        <v>0</v>
+      </c>
+      <c r="K65" s="73">
+        <v>0</v>
+      </c>
+      <c r="L65" s="73">
+        <v>0</v>
+      </c>
+      <c r="M65" s="73">
+        <v>0</v>
+      </c>
+      <c r="N65" s="73">
+        <v>0</v>
+      </c>
+      <c r="O65" s="73">
+        <v>0</v>
+      </c>
+      <c r="P65" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q65" s="73">
+        <v>1</v>
+      </c>
+      <c r="R65" s="73">
+        <v>4</v>
+      </c>
+      <c r="S65" s="73">
+        <v>0</v>
+      </c>
+      <c r="T65" s="73">
+        <v>0</v>
+      </c>
+      <c r="U65" s="73">
+        <v>0</v>
+      </c>
+      <c r="V65" s="73">
+        <v>0</v>
+      </c>
+      <c r="W65" s="73">
+        <v>0</v>
+      </c>
+      <c r="X65" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y65" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z65" s="73">
+        <v>7</v>
+      </c>
+      <c r="AA65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE65" s="73">
+        <v>2</v>
+      </c>
+      <c r="AF65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL65" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN65" s="73">
         <v>3</v>
       </c>
-      <c r="R65" s="80">
-[...11 lines deleted...]
-      <c r="V65" s="80">
+      <c r="AO65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT65" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU65" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW65" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB65" s="73">
         <v>3</v>
       </c>
-      <c r="W65" s="80">
-[...8 lines deleted...]
-      <c r="Z65" s="80">
+      <c r="BC65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF65" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG65" s="73">
+        <v>4</v>
+      </c>
+      <c r="BH65" s="73">
+        <v>2</v>
+      </c>
+      <c r="BI65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ65" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="BK65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW65" s="73">
         <v>3</v>
       </c>
-      <c r="AA65" s="80">
-[...152 lines deleted...]
-      <c r="BZ65" s="81">
+      <c r="BX65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ65" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B66" s="79" t="s">
-[...182 lines deleted...]
-      <c r="BK66" s="83" t="s">
+      <c r="B66" s="72" t="s">
+        <v>291</v>
+      </c>
+      <c r="C66" s="73">
+        <v>29</v>
+      </c>
+      <c r="D66" s="73">
+        <v>28</v>
+      </c>
+      <c r="E66" s="73">
+        <v>1</v>
+      </c>
+      <c r="F66" s="73">
+        <v>0</v>
+      </c>
+      <c r="G66" s="73">
+        <v>0</v>
+      </c>
+      <c r="H66" s="73">
+        <v>0</v>
+      </c>
+      <c r="I66" s="73">
+        <v>0</v>
+      </c>
+      <c r="J66" s="73">
+        <v>0</v>
+      </c>
+      <c r="K66" s="73">
+        <v>0</v>
+      </c>
+      <c r="L66" s="73">
+        <v>0</v>
+      </c>
+      <c r="M66" s="73">
+        <v>0</v>
+      </c>
+      <c r="N66" s="73">
+        <v>0</v>
+      </c>
+      <c r="O66" s="73">
+        <v>0</v>
+      </c>
+      <c r="P66" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="73">
+        <v>10</v>
+      </c>
+      <c r="R66" s="73">
+        <v>0</v>
+      </c>
+      <c r="S66" s="73">
+        <v>1</v>
+      </c>
+      <c r="T66" s="73">
+        <v>0</v>
+      </c>
+      <c r="U66" s="73">
+        <v>0</v>
+      </c>
+      <c r="V66" s="73">
+        <v>1</v>
+      </c>
+      <c r="W66" s="73">
+        <v>0</v>
+      </c>
+      <c r="X66" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y66" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z66" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE66" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF66" s="73">
+        <v>2</v>
+      </c>
+      <c r="AG66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP66" s="73">
+        <v>5</v>
+      </c>
+      <c r="AQ66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR66" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT66" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU66" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW66" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY66" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA66" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB66" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK66" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BL66" s="80">
-[...41 lines deleted...]
-      <c r="BZ66" s="81">
+      <c r="BL66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV66" s="73">
+        <v>1</v>
+      </c>
+      <c r="BW66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY66" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ66" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B67" s="79" t="s">
-[...143 lines deleted...]
-      <c r="AX67" s="80">
+      <c r="B67" s="72" t="s">
+        <v>144</v>
+      </c>
+      <c r="C67" s="73">
+        <v>20</v>
+      </c>
+      <c r="D67" s="73">
+        <v>15</v>
+      </c>
+      <c r="E67" s="73">
+        <v>5</v>
+      </c>
+      <c r="F67" s="73">
+        <v>0</v>
+      </c>
+      <c r="G67" s="73">
+        <v>0</v>
+      </c>
+      <c r="H67" s="73">
+        <v>0</v>
+      </c>
+      <c r="I67" s="73">
+        <v>0</v>
+      </c>
+      <c r="J67" s="73">
+        <v>0</v>
+      </c>
+      <c r="K67" s="73">
+        <v>0</v>
+      </c>
+      <c r="L67" s="73">
+        <v>0</v>
+      </c>
+      <c r="M67" s="73">
+        <v>0</v>
+      </c>
+      <c r="N67" s="73">
+        <v>0</v>
+      </c>
+      <c r="O67" s="73">
+        <v>0</v>
+      </c>
+      <c r="P67" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q67" s="73">
+        <v>1</v>
+      </c>
+      <c r="R67" s="73">
+        <v>3</v>
+      </c>
+      <c r="S67" s="73">
+        <v>0</v>
+      </c>
+      <c r="T67" s="73">
+        <v>0</v>
+      </c>
+      <c r="U67" s="73">
+        <v>0</v>
+      </c>
+      <c r="V67" s="73">
+        <v>0</v>
+      </c>
+      <c r="W67" s="73">
+        <v>0</v>
+      </c>
+      <c r="X67" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y67" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z67" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD67" s="73">
+        <v>5</v>
+      </c>
+      <c r="AE67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF67" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW67" s="73">
         <v>4</v>
       </c>
-      <c r="AY67" s="80">
-[...38 lines deleted...]
-      <c r="BL67" s="83" t="s">
+      <c r="AX67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY67" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF67" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK67" s="73">
+        <v>3</v>
+      </c>
+      <c r="BL67" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BM67" s="80">
-[...39 lines deleted...]
-        <v>0</v>
+      <c r="BM67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY67" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ67" s="74">
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B68" s="79" t="s">
-[...44 lines deleted...]
-      <c r="Q68" s="80">
+      <c r="B68" s="72" t="s">
+        <v>293</v>
+      </c>
+      <c r="C68" s="73">
+        <v>8</v>
+      </c>
+      <c r="D68" s="73">
+        <v>6</v>
+      </c>
+      <c r="E68" s="73">
+        <v>2</v>
+      </c>
+      <c r="F68" s="73">
+        <v>2</v>
+      </c>
+      <c r="G68" s="73">
+        <v>0</v>
+      </c>
+      <c r="H68" s="73">
+        <v>0</v>
+      </c>
+      <c r="I68" s="73">
+        <v>0</v>
+      </c>
+      <c r="J68" s="73">
+        <v>0</v>
+      </c>
+      <c r="K68" s="73">
+        <v>0</v>
+      </c>
+      <c r="L68" s="73">
+        <v>0</v>
+      </c>
+      <c r="M68" s="73">
+        <v>0</v>
+      </c>
+      <c r="N68" s="73">
+        <v>2</v>
+      </c>
+      <c r="O68" s="73">
+        <v>0</v>
+      </c>
+      <c r="P68" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q68" s="73">
+        <v>0</v>
+      </c>
+      <c r="R68" s="73">
+        <v>0</v>
+      </c>
+      <c r="S68" s="73">
+        <v>0</v>
+      </c>
+      <c r="T68" s="73">
+        <v>0</v>
+      </c>
+      <c r="U68" s="73">
+        <v>0</v>
+      </c>
+      <c r="V68" s="73">
+        <v>0</v>
+      </c>
+      <c r="W68" s="73">
+        <v>0</v>
+      </c>
+      <c r="X68" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y68" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW68" s="73">
         <v>3</v>
       </c>
-      <c r="R68" s="80">
-[...140 lines deleted...]
-      <c r="BM68" s="83" t="s">
+      <c r="AX68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY68" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB68" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF68" s="73">
+        <v>2</v>
+      </c>
+      <c r="BG68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM68" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BN68" s="80">
-[...35 lines deleted...]
-      <c r="BZ68" s="81">
+      <c r="BN68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY68" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ68" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B69" s="82" t="s">
-[...191 lines deleted...]
-      <c r="BN69" s="83" t="s">
+      <c r="B69" s="75" t="s">
+        <v>295</v>
+      </c>
+      <c r="C69" s="73">
+        <v>17</v>
+      </c>
+      <c r="D69" s="73">
+        <v>13</v>
+      </c>
+      <c r="E69" s="73">
+        <v>4</v>
+      </c>
+      <c r="F69" s="73">
+        <v>0</v>
+      </c>
+      <c r="G69" s="73">
+        <v>0</v>
+      </c>
+      <c r="H69" s="73">
+        <v>0</v>
+      </c>
+      <c r="I69" s="73">
+        <v>0</v>
+      </c>
+      <c r="J69" s="73">
+        <v>0</v>
+      </c>
+      <c r="K69" s="73">
+        <v>0</v>
+      </c>
+      <c r="L69" s="73">
+        <v>0</v>
+      </c>
+      <c r="M69" s="73">
+        <v>0</v>
+      </c>
+      <c r="N69" s="73">
+        <v>0</v>
+      </c>
+      <c r="O69" s="73">
+        <v>0</v>
+      </c>
+      <c r="P69" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q69" s="73">
+        <v>0</v>
+      </c>
+      <c r="R69" s="73">
+        <v>0</v>
+      </c>
+      <c r="S69" s="73">
+        <v>0</v>
+      </c>
+      <c r="T69" s="73">
+        <v>0</v>
+      </c>
+      <c r="U69" s="73">
+        <v>0</v>
+      </c>
+      <c r="V69" s="73">
+        <v>0</v>
+      </c>
+      <c r="W69" s="73">
+        <v>0</v>
+      </c>
+      <c r="X69" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y69" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z69" s="73">
+        <v>3</v>
+      </c>
+      <c r="AA69" s="73">
+        <v>1</v>
+      </c>
+      <c r="AB69" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW69" s="73">
+        <v>8</v>
+      </c>
+      <c r="AX69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY69" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG69" s="73">
+        <v>1</v>
+      </c>
+      <c r="BH69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN69" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BO69" s="80">
-[...32 lines deleted...]
-      <c r="BZ69" s="81">
+      <c r="BO69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS69" s="73">
+        <v>3</v>
+      </c>
+      <c r="BT69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY69" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ69" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B70" s="79" t="s">
-[...194 lines deleted...]
-      <c r="BO70" s="83" t="s">
+      <c r="B70" s="72" t="s">
+        <v>148</v>
+      </c>
+      <c r="C70" s="73">
+        <v>4</v>
+      </c>
+      <c r="D70" s="73">
+        <v>4</v>
+      </c>
+      <c r="E70" s="73">
+        <v>0</v>
+      </c>
+      <c r="F70" s="73">
+        <v>1</v>
+      </c>
+      <c r="G70" s="73">
+        <v>0</v>
+      </c>
+      <c r="H70" s="73">
+        <v>0</v>
+      </c>
+      <c r="I70" s="73">
+        <v>0</v>
+      </c>
+      <c r="J70" s="73">
+        <v>0</v>
+      </c>
+      <c r="K70" s="73">
+        <v>0</v>
+      </c>
+      <c r="L70" s="73">
+        <v>1</v>
+      </c>
+      <c r="M70" s="73">
+        <v>0</v>
+      </c>
+      <c r="N70" s="73">
+        <v>0</v>
+      </c>
+      <c r="O70" s="73">
+        <v>0</v>
+      </c>
+      <c r="P70" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q70" s="73">
+        <v>0</v>
+      </c>
+      <c r="R70" s="73">
+        <v>0</v>
+      </c>
+      <c r="S70" s="73">
+        <v>0</v>
+      </c>
+      <c r="T70" s="73">
+        <v>0</v>
+      </c>
+      <c r="U70" s="73">
+        <v>2</v>
+      </c>
+      <c r="V70" s="73">
+        <v>0</v>
+      </c>
+      <c r="W70" s="73">
+        <v>1</v>
+      </c>
+      <c r="X70" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y70" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY70" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO70" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BP70" s="80">
-[...29 lines deleted...]
-      <c r="BZ70" s="81">
+      <c r="BP70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY70" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ70" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B71" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E71" s="80">
+      <c r="B71" s="72" t="s">
+        <v>299</v>
+      </c>
+      <c r="C71" s="73">
+        <v>10</v>
+      </c>
+      <c r="D71" s="73">
+        <v>7</v>
+      </c>
+      <c r="E71" s="73">
         <v>3</v>
       </c>
-      <c r="F71" s="80">
-[...44 lines deleted...]
-      <c r="U71" s="80">
+      <c r="F71" s="73">
+        <v>1</v>
+      </c>
+      <c r="G71" s="73">
+        <v>0</v>
+      </c>
+      <c r="H71" s="73">
+        <v>0</v>
+      </c>
+      <c r="I71" s="73">
+        <v>0</v>
+      </c>
+      <c r="J71" s="73">
+        <v>0</v>
+      </c>
+      <c r="K71" s="73">
+        <v>0</v>
+      </c>
+      <c r="L71" s="73">
+        <v>0</v>
+      </c>
+      <c r="M71" s="73">
+        <v>0</v>
+      </c>
+      <c r="N71" s="73">
+        <v>1</v>
+      </c>
+      <c r="O71" s="73">
+        <v>0</v>
+      </c>
+      <c r="P71" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q71" s="73">
+        <v>0</v>
+      </c>
+      <c r="R71" s="73">
+        <v>0</v>
+      </c>
+      <c r="S71" s="73">
+        <v>0</v>
+      </c>
+      <c r="T71" s="73">
+        <v>0</v>
+      </c>
+      <c r="U71" s="73">
+        <v>5</v>
+      </c>
+      <c r="V71" s="73">
+        <v>0</v>
+      </c>
+      <c r="W71" s="73">
+        <v>0</v>
+      </c>
+      <c r="X71" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y71" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK71" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY71" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP71" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="BQ71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR71" s="73">
         <v>3</v>
       </c>
-      <c r="V71" s="80">
-[...167 lines deleted...]
-      <c r="BZ71" s="81">
+      <c r="BS71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY71" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ71" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B72" s="79" t="s">
-[...200 lines deleted...]
-      <c r="BQ72" s="83" t="s">
+      <c r="B72" s="72" t="s">
+        <v>301</v>
+      </c>
+      <c r="C72" s="73">
+        <v>1</v>
+      </c>
+      <c r="D72" s="73">
+        <v>0</v>
+      </c>
+      <c r="E72" s="73">
+        <v>1</v>
+      </c>
+      <c r="F72" s="73">
+        <v>0</v>
+      </c>
+      <c r="G72" s="73">
+        <v>0</v>
+      </c>
+      <c r="H72" s="73">
+        <v>0</v>
+      </c>
+      <c r="I72" s="73">
+        <v>0</v>
+      </c>
+      <c r="J72" s="73">
+        <v>0</v>
+      </c>
+      <c r="K72" s="73">
+        <v>0</v>
+      </c>
+      <c r="L72" s="73">
+        <v>0</v>
+      </c>
+      <c r="M72" s="73">
+        <v>0</v>
+      </c>
+      <c r="N72" s="73">
+        <v>0</v>
+      </c>
+      <c r="O72" s="73">
+        <v>0</v>
+      </c>
+      <c r="P72" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q72" s="73">
+        <v>0</v>
+      </c>
+      <c r="R72" s="73">
+        <v>0</v>
+      </c>
+      <c r="S72" s="73">
+        <v>0</v>
+      </c>
+      <c r="T72" s="73">
+        <v>0</v>
+      </c>
+      <c r="U72" s="73">
+        <v>0</v>
+      </c>
+      <c r="V72" s="73">
+        <v>0</v>
+      </c>
+      <c r="W72" s="73">
+        <v>0</v>
+      </c>
+      <c r="X72" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y72" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY72" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ72" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BR72" s="80">
-[...23 lines deleted...]
-      <c r="BZ72" s="81">
+      <c r="BR72" s="73">
+        <v>1</v>
+      </c>
+      <c r="BS72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY72" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ72" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B73" s="79" t="s">
-[...203 lines deleted...]
-      <c r="BR73" s="83" t="s">
+      <c r="B73" s="72" t="s">
+        <v>154</v>
+      </c>
+      <c r="C73" s="73">
+        <v>7</v>
+      </c>
+      <c r="D73" s="73">
+        <v>6</v>
+      </c>
+      <c r="E73" s="73">
+        <v>1</v>
+      </c>
+      <c r="F73" s="73">
+        <v>4</v>
+      </c>
+      <c r="G73" s="73">
+        <v>4</v>
+      </c>
+      <c r="H73" s="73">
+        <v>0</v>
+      </c>
+      <c r="I73" s="73">
+        <v>0</v>
+      </c>
+      <c r="J73" s="73">
+        <v>0</v>
+      </c>
+      <c r="K73" s="73">
+        <v>0</v>
+      </c>
+      <c r="L73" s="73">
+        <v>0</v>
+      </c>
+      <c r="M73" s="73">
+        <v>0</v>
+      </c>
+      <c r="N73" s="73">
+        <v>0</v>
+      </c>
+      <c r="O73" s="73">
+        <v>0</v>
+      </c>
+      <c r="P73" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q73" s="73">
+        <v>0</v>
+      </c>
+      <c r="R73" s="73">
+        <v>0</v>
+      </c>
+      <c r="S73" s="73">
+        <v>1</v>
+      </c>
+      <c r="T73" s="73">
+        <v>0</v>
+      </c>
+      <c r="U73" s="73">
+        <v>1</v>
+      </c>
+      <c r="V73" s="73">
+        <v>0</v>
+      </c>
+      <c r="W73" s="73">
+        <v>0</v>
+      </c>
+      <c r="X73" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y73" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY73" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF73" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR73" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BS73" s="80">
-[...20 lines deleted...]
-      <c r="BZ73" s="81">
+      <c r="BS73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY73" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ73" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B74" s="79" t="s">
-[...206 lines deleted...]
-      <c r="BS74" s="83" t="s">
+      <c r="B74" s="72" t="s">
+        <v>138</v>
+      </c>
+      <c r="C74" s="73">
+        <v>0</v>
+      </c>
+      <c r="D74" s="73">
+        <v>0</v>
+      </c>
+      <c r="E74" s="73">
+        <v>0</v>
+      </c>
+      <c r="F74" s="73">
+        <v>0</v>
+      </c>
+      <c r="G74" s="73">
+        <v>0</v>
+      </c>
+      <c r="H74" s="73">
+        <v>0</v>
+      </c>
+      <c r="I74" s="73">
+        <v>0</v>
+      </c>
+      <c r="J74" s="73">
+        <v>0</v>
+      </c>
+      <c r="K74" s="73">
+        <v>0</v>
+      </c>
+      <c r="L74" s="73">
+        <v>0</v>
+      </c>
+      <c r="M74" s="73">
+        <v>0</v>
+      </c>
+      <c r="N74" s="73">
+        <v>0</v>
+      </c>
+      <c r="O74" s="73">
+        <v>0</v>
+      </c>
+      <c r="P74" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="73">
+        <v>0</v>
+      </c>
+      <c r="R74" s="73">
+        <v>0</v>
+      </c>
+      <c r="S74" s="73">
+        <v>0</v>
+      </c>
+      <c r="T74" s="73">
+        <v>0</v>
+      </c>
+      <c r="U74" s="73">
+        <v>0</v>
+      </c>
+      <c r="V74" s="73">
+        <v>0</v>
+      </c>
+      <c r="W74" s="73">
+        <v>0</v>
+      </c>
+      <c r="X74" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y74" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY74" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS74" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BT74" s="80">
-[...17 lines deleted...]
-      <c r="BZ74" s="81">
+      <c r="BT74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY74" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ74" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B75" s="79" t="s">
+      <c r="B75" s="72" t="s">
         <v>305</v>
       </c>
-      <c r="C75" s="80">
-[...5 lines deleted...]
-      <c r="E75" s="80">
+      <c r="C75" s="73">
+        <v>16</v>
+      </c>
+      <c r="D75" s="73">
         <v>9</v>
       </c>
-      <c r="F75" s="80">
-[...32 lines deleted...]
-      <c r="Q75" s="80">
+      <c r="E75" s="73">
+        <v>7</v>
+      </c>
+      <c r="F75" s="73">
+        <v>1</v>
+      </c>
+      <c r="G75" s="73">
+        <v>0</v>
+      </c>
+      <c r="H75" s="73">
+        <v>1</v>
+      </c>
+      <c r="I75" s="73">
+        <v>0</v>
+      </c>
+      <c r="J75" s="73">
+        <v>0</v>
+      </c>
+      <c r="K75" s="73">
+        <v>0</v>
+      </c>
+      <c r="L75" s="73">
+        <v>0</v>
+      </c>
+      <c r="M75" s="73">
+        <v>0</v>
+      </c>
+      <c r="N75" s="73">
+        <v>0</v>
+      </c>
+      <c r="O75" s="73">
+        <v>0</v>
+      </c>
+      <c r="P75" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q75" s="73">
+        <v>0</v>
+      </c>
+      <c r="R75" s="73">
+        <v>1</v>
+      </c>
+      <c r="S75" s="73">
+        <v>2</v>
+      </c>
+      <c r="T75" s="73">
+        <v>0</v>
+      </c>
+      <c r="U75" s="73">
+        <v>1</v>
+      </c>
+      <c r="V75" s="73">
+        <v>0</v>
+      </c>
+      <c r="W75" s="73">
+        <v>0</v>
+      </c>
+      <c r="X75" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y75" s="73">
+        <v>3</v>
+      </c>
+      <c r="Z75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE75" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY75" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN75" s="73">
+        <v>1</v>
+      </c>
+      <c r="BO75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ75" s="73">
+        <v>1</v>
+      </c>
+      <c r="BR75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT75" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="BU75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV75" s="73">
         <v>4</v>
       </c>
-      <c r="R75" s="80">
-[...179 lines deleted...]
-      <c r="BZ75" s="81">
+      <c r="BW75" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY75" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ75" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B76" s="79" t="s">
-[...11 lines deleted...]
-      <c r="F76" s="80">
+      <c r="B76" s="72" t="s">
+        <v>134</v>
+      </c>
+      <c r="C76" s="73">
+        <v>16</v>
+      </c>
+      <c r="D76" s="73">
+        <v>12</v>
+      </c>
+      <c r="E76" s="73">
+        <v>4</v>
+      </c>
+      <c r="F76" s="73">
+        <v>0</v>
+      </c>
+      <c r="G76" s="73">
+        <v>0</v>
+      </c>
+      <c r="H76" s="73">
+        <v>0</v>
+      </c>
+      <c r="I76" s="73">
+        <v>0</v>
+      </c>
+      <c r="J76" s="73">
+        <v>0</v>
+      </c>
+      <c r="K76" s="73">
+        <v>0</v>
+      </c>
+      <c r="L76" s="73">
+        <v>0</v>
+      </c>
+      <c r="M76" s="73">
+        <v>0</v>
+      </c>
+      <c r="N76" s="73">
+        <v>0</v>
+      </c>
+      <c r="O76" s="73">
+        <v>0</v>
+      </c>
+      <c r="P76" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q76" s="73">
+        <v>0</v>
+      </c>
+      <c r="R76" s="73">
+        <v>0</v>
+      </c>
+      <c r="S76" s="73">
+        <v>0</v>
+      </c>
+      <c r="T76" s="73">
+        <v>0</v>
+      </c>
+      <c r="U76" s="73">
+        <v>1</v>
+      </c>
+      <c r="V76" s="73">
+        <v>0</v>
+      </c>
+      <c r="W76" s="73">
+        <v>1</v>
+      </c>
+      <c r="X76" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y76" s="73">
+        <v>2</v>
+      </c>
+      <c r="Z76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA76" s="73">
+        <v>2</v>
+      </c>
+      <c r="AB76" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD76" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE76" s="73">
         <v>3</v>
       </c>
-      <c r="G76" s="80">
-[...197 lines deleted...]
-      <c r="BU76" s="83" t="s">
+      <c r="AF76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY76" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB76" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU76" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BV76" s="80">
-[...11 lines deleted...]
-      <c r="BZ76" s="81">
+      <c r="BV76" s="73">
+        <v>4</v>
+      </c>
+      <c r="BW76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY76" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ76" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B77" s="79" t="s">
-[...5 lines deleted...]
-      <c r="D77" s="80">
+      <c r="B77" s="72" t="s">
+        <v>136</v>
+      </c>
+      <c r="C77" s="73">
+        <v>37</v>
+      </c>
+      <c r="D77" s="73">
         <v>35</v>
       </c>
-      <c r="E77" s="80">
-[...203 lines deleted...]
-      <c r="BU77" s="80">
+      <c r="E77" s="73">
+        <v>2</v>
+      </c>
+      <c r="F77" s="73">
+        <v>2</v>
+      </c>
+      <c r="G77" s="73">
+        <v>0</v>
+      </c>
+      <c r="H77" s="73">
+        <v>0</v>
+      </c>
+      <c r="I77" s="73">
+        <v>0</v>
+      </c>
+      <c r="J77" s="73">
+        <v>1</v>
+      </c>
+      <c r="K77" s="73">
+        <v>1</v>
+      </c>
+      <c r="L77" s="73">
+        <v>0</v>
+      </c>
+      <c r="M77" s="73">
+        <v>0</v>
+      </c>
+      <c r="N77" s="73">
+        <v>0</v>
+      </c>
+      <c r="O77" s="73">
+        <v>0</v>
+      </c>
+      <c r="P77" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="73">
+        <v>2</v>
+      </c>
+      <c r="R77" s="73">
         <v>6</v>
       </c>
-      <c r="BV77" s="83" t="s">
+      <c r="S77" s="73">
+        <v>1</v>
+      </c>
+      <c r="T77" s="73">
+        <v>1</v>
+      </c>
+      <c r="U77" s="73">
+        <v>0</v>
+      </c>
+      <c r="V77" s="73">
+        <v>0</v>
+      </c>
+      <c r="W77" s="73">
+        <v>0</v>
+      </c>
+      <c r="X77" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y77" s="73">
+        <v>18</v>
+      </c>
+      <c r="Z77" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE77" s="73">
+        <v>2</v>
+      </c>
+      <c r="AF77" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG77" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY77" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI77" s="73">
+        <v>1</v>
+      </c>
+      <c r="BJ77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL77" s="73">
+        <v>1</v>
+      </c>
+      <c r="BM77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV77" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BW77" s="80">
-[...8 lines deleted...]
-      <c r="BZ77" s="81">
+      <c r="BW77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY77" s="73">
+        <v>0</v>
+      </c>
+      <c r="BZ77" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B78" s="79" t="s">
-[...71 lines deleted...]
-      <c r="Z78" s="80">
+      <c r="B78" s="72" t="s">
+        <v>309</v>
+      </c>
+      <c r="C78" s="73">
+        <v>43</v>
+      </c>
+      <c r="D78" s="73">
+        <v>32</v>
+      </c>
+      <c r="E78" s="73">
+        <v>11</v>
+      </c>
+      <c r="F78" s="73">
+        <v>0</v>
+      </c>
+      <c r="G78" s="73">
+        <v>0</v>
+      </c>
+      <c r="H78" s="73">
+        <v>0</v>
+      </c>
+      <c r="I78" s="73">
+        <v>0</v>
+      </c>
+      <c r="J78" s="73">
+        <v>0</v>
+      </c>
+      <c r="K78" s="73">
+        <v>0</v>
+      </c>
+      <c r="L78" s="73">
+        <v>0</v>
+      </c>
+      <c r="M78" s="73">
+        <v>0</v>
+      </c>
+      <c r="N78" s="73">
+        <v>0</v>
+      </c>
+      <c r="O78" s="73">
+        <v>0</v>
+      </c>
+      <c r="P78" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="73">
+        <v>1</v>
+      </c>
+      <c r="R78" s="73">
+        <v>4</v>
+      </c>
+      <c r="S78" s="73">
+        <v>0</v>
+      </c>
+      <c r="T78" s="73">
+        <v>1</v>
+      </c>
+      <c r="U78" s="73">
+        <v>1</v>
+      </c>
+      <c r="V78" s="73">
+        <v>0</v>
+      </c>
+      <c r="W78" s="73">
+        <v>1</v>
+      </c>
+      <c r="X78" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y78" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC78" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE78" s="73">
+        <v>10</v>
+      </c>
+      <c r="AF78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH78" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ78" s="73">
+        <v>8</v>
+      </c>
+      <c r="AR78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW78" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX78" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY78" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ78" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC78" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH78" s="73">
+        <v>1</v>
+      </c>
+      <c r="BI78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ78" s="73">
         <v>3</v>
       </c>
-      <c r="AA78" s="80">
-[...143 lines deleted...]
-      <c r="BW78" s="83" t="s">
+      <c r="BK78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP78" s="73">
+        <v>1</v>
+      </c>
+      <c r="BQ78" s="73">
+        <v>2</v>
+      </c>
+      <c r="BR78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS78" s="73">
+        <v>2</v>
+      </c>
+      <c r="BT78" s="73">
+        <v>1</v>
+      </c>
+      <c r="BU78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW78" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BX78" s="80">
-[...5 lines deleted...]
-      <c r="BZ78" s="81">
+      <c r="BX78" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY78" s="73">
+        <v>1</v>
+      </c>
+      <c r="BZ78" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B79" s="79" t="s">
-[...8 lines deleted...]
-      <c r="E79" s="80">
+      <c r="B79" s="72" t="s">
+        <v>150</v>
+      </c>
+      <c r="C79" s="73">
+        <v>50</v>
+      </c>
+      <c r="D79" s="73">
+        <v>43</v>
+      </c>
+      <c r="E79" s="73">
         <v>7</v>
       </c>
-      <c r="F79" s="80">
+      <c r="F79" s="73">
+        <v>6</v>
+      </c>
+      <c r="G79" s="73">
+        <v>1</v>
+      </c>
+      <c r="H79" s="73">
+        <v>0</v>
+      </c>
+      <c r="I79" s="73">
+        <v>0</v>
+      </c>
+      <c r="J79" s="73">
+        <v>0</v>
+      </c>
+      <c r="K79" s="73">
+        <v>0</v>
+      </c>
+      <c r="L79" s="73">
+        <v>0</v>
+      </c>
+      <c r="M79" s="73">
+        <v>2</v>
+      </c>
+      <c r="N79" s="73">
+        <v>0</v>
+      </c>
+      <c r="O79" s="73">
+        <v>0</v>
+      </c>
+      <c r="P79" s="73">
+        <v>3</v>
+      </c>
+      <c r="Q79" s="73">
+        <v>0</v>
+      </c>
+      <c r="R79" s="73">
+        <v>0</v>
+      </c>
+      <c r="S79" s="73">
+        <v>3</v>
+      </c>
+      <c r="T79" s="73">
+        <v>1</v>
+      </c>
+      <c r="U79" s="73">
+        <v>0</v>
+      </c>
+      <c r="V79" s="73">
+        <v>1</v>
+      </c>
+      <c r="W79" s="73">
+        <v>0</v>
+      </c>
+      <c r="X79" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y79" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA79" s="73">
         <v>10</v>
       </c>
-      <c r="G79" s="80">
-[...2 lines deleted...]
-      <c r="H79" s="80">
+      <c r="AB79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC79" s="73">
+        <v>2</v>
+      </c>
+      <c r="AD79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE79" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG79" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH79" s="73">
+        <v>5</v>
+      </c>
+      <c r="AI79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP79" s="73">
+        <v>2</v>
+      </c>
+      <c r="AQ79" s="73">
         <v>4</v>
       </c>
-      <c r="I79" s="80">
-[...98 lines deleted...]
-      <c r="AP79" s="80">
+      <c r="AR79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV79" s="73">
+        <v>2</v>
+      </c>
+      <c r="AW79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB79" s="73">
+        <v>2</v>
+      </c>
+      <c r="BC79" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX79" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="BY79" s="73">
         <v>7</v>
       </c>
-      <c r="AQ79" s="80">
-[...104 lines deleted...]
-      <c r="BZ79" s="81">
+      <c r="BZ79" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B80" s="79" t="s">
-[...41 lines deleted...]
-      <c r="P80" s="80">
+      <c r="B80" s="72" t="s">
+        <v>315</v>
+      </c>
+      <c r="C80" s="73">
+        <v>57</v>
+      </c>
+      <c r="D80" s="73">
+        <v>52</v>
+      </c>
+      <c r="E80" s="73">
+        <v>5</v>
+      </c>
+      <c r="F80" s="73">
+        <v>7</v>
+      </c>
+      <c r="G80" s="73">
+        <v>0</v>
+      </c>
+      <c r="H80" s="73">
+        <v>0</v>
+      </c>
+      <c r="I80" s="73">
+        <v>0</v>
+      </c>
+      <c r="J80" s="73">
+        <v>1</v>
+      </c>
+      <c r="K80" s="73">
+        <v>0</v>
+      </c>
+      <c r="L80" s="73">
+        <v>0</v>
+      </c>
+      <c r="M80" s="73">
+        <v>0</v>
+      </c>
+      <c r="N80" s="73">
+        <v>1</v>
+      </c>
+      <c r="O80" s="73">
+        <v>1</v>
+      </c>
+      <c r="P80" s="73">
         <v>4</v>
       </c>
-      <c r="Q80" s="80">
-[...29 lines deleted...]
-      <c r="AA80" s="80">
+      <c r="Q80" s="73">
+        <v>0</v>
+      </c>
+      <c r="R80" s="73">
+        <v>0</v>
+      </c>
+      <c r="S80" s="73">
+        <v>0</v>
+      </c>
+      <c r="T80" s="73">
+        <v>0</v>
+      </c>
+      <c r="U80" s="73">
+        <v>0</v>
+      </c>
+      <c r="V80" s="73">
+        <v>1</v>
+      </c>
+      <c r="W80" s="73">
+        <v>0</v>
+      </c>
+      <c r="X80" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y80" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA80" s="73">
+        <v>17</v>
+      </c>
+      <c r="AB80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC80" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD80" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG80" s="73">
+        <v>4</v>
+      </c>
+      <c r="AH80" s="73">
+        <v>11</v>
+      </c>
+      <c r="AI80" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK80" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ80" s="73">
+        <v>6</v>
+      </c>
+      <c r="AR80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX80" s="73">
+        <v>2</v>
+      </c>
+      <c r="AY80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BO80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW80" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX80" s="73">
         <v>5</v>
       </c>
-      <c r="AB80" s="80">
-[...146 lines deleted...]
-      <c r="BY80" s="83" t="s">
+      <c r="BY80" s="76" t="s">
         <v>50</v>
       </c>
-      <c r="BZ80" s="81">
-        <v>2</v>
+      <c r="BZ80" s="74">
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B81" s="84" t="s">
-[...11 lines deleted...]
-      <c r="F81" s="85">
+      <c r="B81" s="77" t="s">
+        <v>317</v>
+      </c>
+      <c r="C81" s="78">
+        <v>30</v>
+      </c>
+      <c r="D81" s="78">
+        <v>30</v>
+      </c>
+      <c r="E81" s="78">
+        <v>0</v>
+      </c>
+      <c r="F81" s="78">
+        <v>4</v>
+      </c>
+      <c r="G81" s="78">
+        <v>0</v>
+      </c>
+      <c r="H81" s="78">
+        <v>0</v>
+      </c>
+      <c r="I81" s="78">
+        <v>0</v>
+      </c>
+      <c r="J81" s="78">
+        <v>0</v>
+      </c>
+      <c r="K81" s="78">
+        <v>0</v>
+      </c>
+      <c r="L81" s="78">
+        <v>0</v>
+      </c>
+      <c r="M81" s="78">
+        <v>2</v>
+      </c>
+      <c r="N81" s="78">
+        <v>0</v>
+      </c>
+      <c r="O81" s="78">
+        <v>1</v>
+      </c>
+      <c r="P81" s="78">
+        <v>1</v>
+      </c>
+      <c r="Q81" s="78">
+        <v>0</v>
+      </c>
+      <c r="R81" s="78">
+        <v>0</v>
+      </c>
+      <c r="S81" s="78">
+        <v>0</v>
+      </c>
+      <c r="T81" s="78">
+        <v>0</v>
+      </c>
+      <c r="U81" s="78">
+        <v>0</v>
+      </c>
+      <c r="V81" s="78">
+        <v>0</v>
+      </c>
+      <c r="W81" s="78">
+        <v>0</v>
+      </c>
+      <c r="X81" s="78">
+        <v>0</v>
+      </c>
+      <c r="Y81" s="78">
+        <v>0</v>
+      </c>
+      <c r="Z81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AA81" s="78">
+        <v>2</v>
+      </c>
+      <c r="AB81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AC81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AD81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AE81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AF81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AG81" s="78">
+        <v>1</v>
+      </c>
+      <c r="AH81" s="78">
+        <v>17</v>
+      </c>
+      <c r="AI81" s="78">
+        <v>1</v>
+      </c>
+      <c r="AJ81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AK81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AL81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AM81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AN81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AO81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AP81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AQ81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AR81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AS81" s="78">
+        <v>1</v>
+      </c>
+      <c r="AT81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AU81" s="78">
+        <v>1</v>
+      </c>
+      <c r="AV81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AW81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AX81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AY81" s="78">
+        <v>0</v>
+      </c>
+      <c r="AZ81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BA81" s="78">
         <v>3</v>
       </c>
-      <c r="G81" s="85">
-[...212 lines deleted...]
-      <c r="BZ81" s="86" t="s">
+      <c r="BB81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BC81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BD81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BE81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BF81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BG81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BH81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BI81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BJ81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BK81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BL81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BM81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BN81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BO81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BP81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BQ81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BR81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BS81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BT81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BU81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BV81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BW81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BX81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BY81" s="78">
+        <v>0</v>
+      </c>
+      <c r="BZ81" s="79" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="82" spans="2:78" ht="14.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C82" s="77" t="s">
-        <v>327</v>
+      <c r="C82" s="70" t="s">
+        <v>325</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="77">
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:C5"/>
     <mergeCell ref="D3:D5"/>
     <mergeCell ref="E3:E5"/>
     <mergeCell ref="F3:F5"/>
     <mergeCell ref="G3:G5"/>
     <mergeCell ref="H3:H5"/>
     <mergeCell ref="I3:I5"/>
     <mergeCell ref="J3:J5"/>
     <mergeCell ref="K3:K5"/>
     <mergeCell ref="L3:L5"/>
     <mergeCell ref="M3:M5"/>
     <mergeCell ref="N3:N5"/>
     <mergeCell ref="O3:O5"/>
     <mergeCell ref="P3:P5"/>
     <mergeCell ref="Q3:Q5"/>
     <mergeCell ref="R3:R5"/>
     <mergeCell ref="S3:S5"/>
     <mergeCell ref="T3:T5"/>
     <mergeCell ref="U3:U5"/>
     <mergeCell ref="V3:V5"/>