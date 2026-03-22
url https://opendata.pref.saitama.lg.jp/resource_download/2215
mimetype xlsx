--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -6,89 +6,89 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\16_02_050_【歴】推計人口（１０～１２月分）\１２月\必要な月報ダウンロード【加工済】\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\16_02_060_【歴】推計人口（１～３月分）\２月\ホームページ起案用\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7AB7C528-17B6-4309-BE88-BD3C3A45FC05}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E94FBB8-FB44-4D12-88FA-6FC79205F59E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="今月の特徴" sheetId="2" r:id="rId1"/>
     <sheet name="人口と世帯の動き" sheetId="3" r:id="rId2"/>
     <sheet name="月間増減人口及び増減率" sheetId="4" r:id="rId3"/>
     <sheet name="都道府県別人口" sheetId="5" r:id="rId4"/>
     <sheet name="現在人口と異動人口" sheetId="6" r:id="rId5"/>
     <sheet name="県内市区町村間移動人口" sheetId="7" r:id="rId6"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="330">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="787" uniqueCount="328">
   <si>
     <t>埼  玉  県  の  推  計  人  口</t>
   </si>
   <si>
     <t>(Population of Saitama Prefecture)</t>
   </si>
   <si>
-    <t>令和7年12月1日現在</t>
+    <t>令和8年2月1日現在</t>
   </si>
   <si>
     <t>今月の特徴</t>
   </si>
   <si>
-    <t>　令和７年１２月１日現在の推計人口は、７，３２２，８２２人で前月に比べ１，５７４人
-（０．０２％）減少した。この内訳は自然増減３，４２９人の減少、社会増減１，８５５人
+    <t>　令和８年２月１日現在の推計人口は、７，３１７，４０５人で前月に比べ３，４９６人
+（０．０５％）減少した。この内訳は自然増減５，３６９人の減少、社会増減１，８７３人
 の増加であった。
-　この１年間の人口増減は、６，３１１人（０．０９％）減少で、その内訳は自然増減
-４６，０７２人の減少、社会増減３９，７６１人の増加である。</t>
+　この１年間の人口増減は、３，１１５人（０．０４％）減少で、その内訳は自然増減
+４３，８８０人の減少、社会増減４０，７６５人の増加である。</t>
   </si>
   <si>
     <t>総数</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>人</t>
   </si>
   <si>
     <t>人口</t>
   </si>
   <si>
     <t>Population</t>
   </si>
   <si>
     <t>男</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>女</t>
   </si>
@@ -216,361 +216,331 @@
   <si>
     <t>55・10</t>
   </si>
   <si>
     <t>60・10</t>
   </si>
   <si>
     <t>2・10</t>
   </si>
   <si>
     <t>7・10</t>
   </si>
   <si>
     <t>12・10</t>
   </si>
   <si>
     <t>17・10</t>
   </si>
   <si>
     <t>22・10</t>
   </si>
   <si>
     <t>27・10</t>
   </si>
   <si>
-    <t>6・12</t>
-[...4 lines deleted...]
-  <si>
     <t>7・2</t>
   </si>
   <si>
     <t>7・3</t>
   </si>
   <si>
     <t>7・4</t>
   </si>
   <si>
     <t>7・5</t>
   </si>
   <si>
     <t>7・6</t>
   </si>
   <si>
     <t>7・7</t>
   </si>
   <si>
     <t>7・8</t>
   </si>
   <si>
     <t>7・9</t>
   </si>
   <si>
     <t>7・11</t>
   </si>
   <si>
     <t>7・12</t>
+  </si>
+  <si>
+    <t>8・1</t>
+  </si>
+  <si>
+    <t>8・2</t>
   </si>
   <si>
     <t>※　平成22年国勢調査において集計項目の一部変更があり、平成22年10月1日から世帯の算出
 　に当たっては国勢調査における「総世帯数」を基に集計する方法に変更した。そのため、従前デ
 　ータとの比較には注意を要する。</t>
   </si>
   <si>
     <t>※　住民基本台帳法が改正され、平成24年7月9日から外国人住民が住民基本台帳法の適用対象
 　となったことにより混合世帯の取扱いが変更となった。そのため、従前データとの比較には注意を
 　要する。</t>
   </si>
   <si>
     <t>市町村別月間増減人口及び増減率</t>
   </si>
   <si>
     <t>The population Growth,Rate of Growth,Decline and Rate of Decline for Saitama Cities,Towns and Villages by Month</t>
   </si>
   <si>
     <t>増加（上位５市町村）</t>
   </si>
   <si>
     <t>Population Grouth (Top 5 Places)</t>
   </si>
   <si>
     <t>減少（上位５市町村）</t>
   </si>
   <si>
     <t>Population Decline(Top 5 Places)</t>
   </si>
   <si>
-    <t>令和7年11月中</t>
-[...8 lines deleted...]
-    <t>November2024</t>
+    <t>令和8年1月中</t>
+  </si>
+  <si>
+    <t>January2026</t>
+  </si>
+  <si>
+    <t>令和7年1月中</t>
+  </si>
+  <si>
+    <t>January2025</t>
   </si>
   <si>
     <t>順位</t>
   </si>
   <si>
     <t>市町村</t>
   </si>
   <si>
     <t>増加人口（人）</t>
   </si>
   <si>
     <t>減少人口（人）</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Cities,Towns and Villages</t>
   </si>
   <si>
     <t>Size of Population
 Growth(Number of
 People)</t>
   </si>
   <si>
     <t>Size of Population
 Decline(Number of
 People)</t>
   </si>
   <si>
     <t>１</t>
   </si>
   <si>
-    <t>三郷市</t>
-[...2 lines deleted...]
-    <t>Misato-shi</t>
+    <t>朝霞市</t>
+  </si>
+  <si>
+    <t>Asaka-shi</t>
+  </si>
+  <si>
+    <t>白岡市</t>
+  </si>
+  <si>
+    <t>Shiraoka-shi</t>
   </si>
   <si>
     <t>草加市</t>
   </si>
   <si>
     <t>Soka-shi</t>
   </si>
   <si>
+    <t>川口市</t>
+  </si>
+  <si>
+    <t>Kawaguchi-shi</t>
+  </si>
+  <si>
+    <t>２</t>
+  </si>
+  <si>
+    <t>杉戸町</t>
+  </si>
+  <si>
+    <t>Sugito-machi</t>
+  </si>
+  <si>
+    <t>戸田市</t>
+  </si>
+  <si>
+    <t>Toda-shi</t>
+  </si>
+  <si>
+    <t>さいたま市</t>
+  </si>
+  <si>
+    <t>Saitama-shi</t>
+  </si>
+  <si>
+    <t>３</t>
+  </si>
+  <si>
+    <t>鳩山町</t>
+  </si>
+  <si>
+    <t>Hatoyama-machi</t>
+  </si>
+  <si>
+    <t>吉川市</t>
+  </si>
+  <si>
+    <t>Yoshikawa-shi</t>
+  </si>
+  <si>
+    <t>狭山市</t>
+  </si>
+  <si>
+    <t>Sayama-shi</t>
+  </si>
+  <si>
+    <t>川越市</t>
+  </si>
+  <si>
+    <t>Kawagoe-shi</t>
+  </si>
+  <si>
+    <t>４</t>
+  </si>
+  <si>
+    <t>和光市</t>
+  </si>
+  <si>
+    <t>Wako-shi</t>
+  </si>
+  <si>
+    <t>東秩父村</t>
+  </si>
+  <si>
+    <t>Higashichichibu-mura</t>
+  </si>
+  <si>
+    <t>坂戸市</t>
+  </si>
+  <si>
+    <t>Sakado-shi</t>
+  </si>
+  <si>
     <t>春日部市</t>
   </si>
   <si>
     <t>Kasukabe-shi</t>
   </si>
   <si>
-    <t>川口市</t>
-[...17 lines deleted...]
-    <t>Yashio-shi</t>
+    <t>５</t>
+  </si>
+  <si>
+    <t>神川町</t>
+  </si>
+  <si>
+    <t>Kamikawa-machi</t>
+  </si>
+  <si>
+    <t>長瀞町</t>
+  </si>
+  <si>
+    <t>Nagatoro-machi</t>
+  </si>
+  <si>
+    <t>久喜市</t>
+  </si>
+  <si>
+    <t>Kuki-shi</t>
   </si>
   <si>
     <t>熊谷市</t>
   </si>
   <si>
     <t>Kumagaya-shi</t>
-  </si>
-[...67 lines deleted...]
-    <t>Iruma-shi</t>
   </si>
   <si>
     <t>増加率（％）</t>
   </si>
   <si>
     <t>減少率（％）</t>
   </si>
   <si>
     <t>Rate of Population
 Growth(%)</t>
   </si>
   <si>
     <t>Rate of Population
 Decline(%)</t>
   </si>
   <si>
-    <t>神川町</t>
-[...14 lines deleted...]
-    <t>Higashichichibu-mura</t>
+    <t>小鹿野町</t>
+  </si>
+  <si>
+    <t>Ogano-machi</t>
+  </si>
+  <si>
+    <t>横瀬町</t>
+  </si>
+  <si>
+    <t>Yokoze-machi</t>
   </si>
   <si>
     <t>小川町</t>
   </si>
   <si>
     <t>Ogawa-machi</t>
   </si>
   <si>
-    <t>滑川町</t>
-[...10 lines deleted...]
-  <si>
     <t>越生町</t>
   </si>
   <si>
     <t>Ogose-machi</t>
   </si>
   <si>
-    <t>横瀬町</t>
-[...4 lines deleted...]
-  <si>
     <t>宮代町</t>
   </si>
   <si>
     <t>Miyashiro-machi</t>
   </si>
   <si>
     <t>嵐山町</t>
   </si>
   <si>
     <t>Ranzan-machi</t>
-  </si>
-[...16 lines deleted...]
-    <t>Miyoshi-machi</t>
   </si>
   <si>
     <t>埼玉県への都道府県別転入人口（上位5都道府県）</t>
   </si>
   <si>
     <t>Immigration to Saitama Prefecture from Other Prefectures</t>
   </si>
   <si>
     <t>都道府県</t>
   </si>
   <si>
     <t>転入人口（人）</t>
   </si>
   <si>
     <t>構成比（％）</t>
   </si>
   <si>
     <t>Prefecture</t>
   </si>
   <si>
     <t>Number of
 Migrated People</t>
   </si>
   <si>
     <t>Percentage of Total</t>
@@ -584,54 +554,54 @@
   <si>
     <t>千葉県</t>
   </si>
   <si>
     <t>Chiba-ken</t>
   </si>
   <si>
     <t>神奈川県</t>
   </si>
   <si>
     <t>Kanagawa-ken</t>
   </si>
   <si>
     <t>群馬県</t>
   </si>
   <si>
     <t>Gunma-ken</t>
   </si>
   <si>
     <t>茨城県</t>
   </si>
   <si>
     <t>Ibaraki-ken</t>
   </si>
   <si>
-    <t>令和7年12月1日現在人口と11月中の異動人口</t>
-[...2 lines deleted...]
-    <t>Population of Saitama Prefecture as at December 1,2025</t>
+    <t>令和8年2月1日現在人口と1月中の異動人口</t>
+  </si>
+  <si>
+    <t>Population of Saitama Prefecture as at February 1,2026</t>
   </si>
   <si>
     <t>前年同月</t>
   </si>
   <si>
     <t>自然動態</t>
   </si>
   <si>
     <t>社会動態</t>
   </si>
   <si>
     <t>との比較</t>
   </si>
   <si>
     <t>うち県外移動・職権記載・職権消除</t>
   </si>
   <si>
     <t xml:space="preserve">     Migration and Immigration to and from Other Prefectures</t>
   </si>
   <si>
     <t>人口密度</t>
   </si>
   <si>
     <t>増減数</t>
   </si>
@@ -778,346 +748,363 @@
   <si>
     <t>南区</t>
   </si>
   <si>
     <t>Minami-ku</t>
   </si>
   <si>
     <t>緑区</t>
   </si>
   <si>
     <t>Midori-ku</t>
   </si>
   <si>
     <t>岩槻区</t>
   </si>
   <si>
     <t>Iwatsuki-ku</t>
   </si>
   <si>
     <t>行田市</t>
   </si>
   <si>
     <t>Gyoda-shi</t>
   </si>
   <si>
+    <t>秩父市</t>
+  </si>
+  <si>
+    <t>Chichibu-shi</t>
+  </si>
+  <si>
+    <t>所沢市</t>
+  </si>
+  <si>
+    <t>Tokorozawa-shi</t>
+  </si>
+  <si>
     <t>飯能市</t>
   </si>
   <si>
     <t>Hanno-shi</t>
   </si>
   <si>
     <t>加須市</t>
   </si>
   <si>
     <t>Kazo-shi</t>
   </si>
   <si>
     <t>本庄市</t>
   </si>
   <si>
     <t>Honjo-shi</t>
   </si>
   <si>
-    <t>狭山市</t>
-[...2 lines deleted...]
-    <t>Sayama-shi</t>
+    <t>東松山市</t>
+  </si>
+  <si>
+    <t>Higashimatsuyama-shi</t>
   </si>
   <si>
     <t>羽生市</t>
   </si>
   <si>
     <t>Hanyu-shi</t>
   </si>
   <si>
     <t>鴻巣市</t>
   </si>
   <si>
     <t>Kounosu-shi</t>
   </si>
   <si>
     <t>深谷市</t>
   </si>
   <si>
     <t>Fukaya-shi</t>
   </si>
   <si>
     <t>上尾市</t>
   </si>
   <si>
     <t>Ageo-shi</t>
   </si>
   <si>
+    <t>越谷市</t>
+  </si>
+  <si>
+    <t>Koshigaya-shi</t>
+  </si>
+  <si>
     <t>蕨市</t>
   </si>
   <si>
     <t>Warabi-shi</t>
   </si>
   <si>
-    <t>和光市</t>
-[...2 lines deleted...]
-    <t>Wako-shi</t>
+    <t>入間市</t>
+  </si>
+  <si>
+    <t>Iruma-shi</t>
+  </si>
+  <si>
+    <t>志木市</t>
+  </si>
+  <si>
+    <t>Shiki-shi</t>
   </si>
   <si>
     <t>新座市</t>
   </si>
   <si>
     <t>Niiza-shi</t>
   </si>
   <si>
     <t>桶川市</t>
   </si>
   <si>
     <t>Okegawa-shi</t>
   </si>
   <si>
-    <t>久喜市</t>
-[...4 lines deleted...]
-  <si>
     <t>北本市</t>
   </si>
   <si>
     <t>Kitamoto-shi</t>
   </si>
   <si>
+    <t>八潮市</t>
+  </si>
+  <si>
+    <t>Yashio-shi</t>
+  </si>
+  <si>
     <t>富士見市</t>
   </si>
   <si>
     <t>Fujimi-shi</t>
   </si>
   <si>
+    <t>三郷市</t>
+  </si>
+  <si>
+    <t>Misato-shi</t>
+  </si>
+  <si>
     <t>蓮田市</t>
   </si>
   <si>
     <t>Hasuda-shi</t>
   </si>
   <si>
-    <t>坂戸市</t>
-[...2 lines deleted...]
-    <t>Sakado-shi</t>
+    <t>幸手市</t>
+  </si>
+  <si>
+    <t>Satte-shi</t>
   </si>
   <si>
     <t>鶴ヶ島市</t>
   </si>
   <si>
     <t>Tsurugashima-shi</t>
   </si>
   <si>
     <t>日高市</t>
   </si>
   <si>
     <t>Hidaka-shi</t>
   </si>
   <si>
-    <t>吉川市</t>
-[...8 lines deleted...]
-    <t>Shiraoka-shi</t>
+    <t>ふじみ野市</t>
+  </si>
+  <si>
+    <t>Fujimino-shi</t>
   </si>
   <si>
     <t>北足立郡</t>
   </si>
   <si>
     <t>Kitaadachi-gun</t>
   </si>
   <si>
     <t>伊奈町</t>
   </si>
   <si>
     <t>Ina-machi</t>
   </si>
   <si>
     <t>入間郡</t>
   </si>
   <si>
     <t>Iruma-gun</t>
   </si>
   <si>
+    <t>三芳町</t>
+  </si>
+  <si>
+    <t>Miyoshi-machi</t>
+  </si>
+  <si>
     <t>毛呂山町</t>
   </si>
   <si>
     <t>Moroyama-machi</t>
   </si>
   <si>
     <t>比企郡</t>
   </si>
   <si>
     <t>Hiki-gun</t>
   </si>
   <si>
+    <t>滑川町</t>
+  </si>
+  <si>
+    <t>Namegawa-machi</t>
+  </si>
+  <si>
     <t>川島町</t>
   </si>
   <si>
     <t>Kawajima-machi</t>
   </si>
   <si>
-    <t>鳩山町</t>
-[...2 lines deleted...]
-    <t>Hatoyama-machi</t>
+    <t>吉見町</t>
+  </si>
+  <si>
+    <t>Yoshimi-machi</t>
   </si>
   <si>
     <t>ときがわ町</t>
   </si>
   <si>
     <t>Tokigawa-machi</t>
   </si>
   <si>
     <t>秩父郡</t>
   </si>
   <si>
     <t>Chichibu-gun</t>
   </si>
   <si>
     <t>皆野町</t>
   </si>
   <si>
     <t>Minano-machi</t>
   </si>
   <si>
-    <t>長瀞町</t>
-[...4 lines deleted...]
-  <si>
     <t>児玉郡</t>
   </si>
   <si>
     <t>Kodama-gun</t>
   </si>
   <si>
     <t>美里町</t>
   </si>
   <si>
     <t>Misato-machi</t>
   </si>
   <si>
+    <t>上里町</t>
+  </si>
+  <si>
+    <t>Kamisato-machi</t>
+  </si>
+  <si>
     <t>大里郡</t>
   </si>
   <si>
     <t>Osato-gun</t>
   </si>
   <si>
     <t>寄居町</t>
   </si>
   <si>
     <t>Yorii-machi</t>
   </si>
   <si>
     <t>南埼玉郡</t>
   </si>
   <si>
     <t>Minamisaitama-gun</t>
   </si>
   <si>
     <t>北葛飾郡</t>
   </si>
   <si>
     <t>Kitakatsushika-gun</t>
   </si>
   <si>
-    <t>杉戸町</t>
-[...4 lines deleted...]
-  <si>
     <t>松伏町</t>
   </si>
   <si>
     <t>Matsubushi-machi</t>
   </si>
   <si>
     <t>※ さいたま市の各区の転入・転出には区間移動が含まれるため、区の合計とさいたま市の総数とは一致しない。</t>
   </si>
   <si>
     <t xml:space="preserve">  また、この区間移動分は、総数及び市計には含まない。</t>
   </si>
   <si>
-    <t>令和7年11月中の県内市区町村間移動人口（単位：人）</t>
+    <t>令和8年1月中の県内市区町村間移動人口（単位：人）</t>
   </si>
   <si>
     <t>　　移動前
 移動後</t>
   </si>
   <si>
     <t>総計</t>
   </si>
   <si>
     <t>※　人口密度計算資料の面積については、国土地理院「全国都道府県市区町村別面積調（令和7
-　年7月1日）」による。</t>
+　年10月1日）」による。</t>
     <phoneticPr fontId="9"/>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>-</t>
+    <phoneticPr fontId="9"/>
+  </si>
+  <si>
     <t>※さいたま市の各区間の移動は、さいたま市欄の各区に記載しており、この区間移動分は、市計及び総計には含まない。</t>
-  </si>
-[...18 lines deleted...]
-    <t>入間市</t>
     <phoneticPr fontId="9"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="176" formatCode="#,##0.0"/>
     <numFmt numFmtId="177" formatCode="0.00;\-0.00"/>
     <numFmt numFmtId="178" formatCode="#0.0"/>
     <numFmt numFmtId="179" formatCode="##0.00"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
@@ -1132,50 +1119,57 @@
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ 明朝"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ 明朝"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ 明朝"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="2"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="25">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
@@ -1433,51 +1427,51 @@
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyBorder="0"/>
   </cellStyleXfs>
-  <cellXfs count="97">
+  <cellXfs count="92">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
@@ -1618,89 +1612,72 @@
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...25 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1963,376 +1940,377 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G25"/>
+  <dimension ref="A1:I25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I4" sqref="I4"/>
+      <selection activeCell="I6" sqref="I6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.90625" style="1" customWidth="1"/>
     <col min="2" max="3" width="13.54296875" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.7265625" style="1" customWidth="1"/>
     <col min="5" max="5" width="18.6328125" style="1" customWidth="1"/>
     <col min="6" max="6" width="14" style="1" customWidth="1"/>
     <col min="7" max="7" width="11.08984375" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.90625" style="1" customWidth="1"/>
     <col min="9" max="9" width="13.54296875" style="1" customWidth="1"/>
     <col min="10" max="16384" width="13.54296875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
-    <row r="2" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
     </row>
-    <row r="3" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
     </row>
-    <row r="4" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A4" s="2"/>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
     </row>
-    <row r="5" spans="1:7" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
-    <row r="6" spans="1:7" customFormat="1" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:9" customFormat="1" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="80" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="81"/>
       <c r="D6" s="81"/>
       <c r="E6" s="81"/>
       <c r="F6" s="81"/>
       <c r="G6" s="81"/>
+      <c r="I6" s="91"/>
     </row>
-    <row r="7" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
     </row>
-    <row r="8" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A8" s="2"/>
       <c r="B8" s="4"/>
       <c r="C8" s="5"/>
       <c r="D8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>6</v>
       </c>
       <c r="F8" s="8">
-        <v>7322822</v>
+        <v>7317405</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A9" s="2"/>
       <c r="B9" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="11" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="12" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="14">
-        <v>3629722</v>
+        <v>3626326</v>
       </c>
       <c r="G9" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A10" s="2"/>
       <c r="B10" s="10"/>
       <c r="C10" s="11"/>
       <c r="D10" s="12" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="13" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="14">
-        <v>3693099</v>
+        <v>3691078</v>
       </c>
       <c r="G10" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A11" s="2"/>
       <c r="B11" s="16"/>
       <c r="C11" s="13"/>
       <c r="D11" s="12" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="13" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="14">
         <v>1</v>
       </c>
       <c r="G11" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="12" spans="1:7" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:9" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D12" s="12" t="s">
         <v>18</v>
       </c>
       <c r="E12" s="13" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="14">
-        <v>-1574</v>
+        <v>-3496</v>
       </c>
       <c r="G12" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A13" s="2"/>
       <c r="B13" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="11"/>
       <c r="D13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="18">
-        <v>-3429</v>
+        <v>-5369</v>
       </c>
       <c r="G13" s="19" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="14" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A14" s="2"/>
       <c r="B14" s="16" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="12" t="s">
         <v>24</v>
       </c>
       <c r="E14" s="13" t="s">
         <v>25</v>
       </c>
       <c r="F14" s="14">
-        <v>1855</v>
+        <v>1873</v>
       </c>
       <c r="G14" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="24" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:9" ht="24" x14ac:dyDescent="0.2">
       <c r="A15" s="2"/>
       <c r="B15" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D15" s="12" t="s">
         <v>18</v>
       </c>
       <c r="E15" s="13" t="s">
         <v>19</v>
       </c>
       <c r="F15" s="14">
-        <v>-6311</v>
+        <v>-3115</v>
       </c>
       <c r="G15" s="15" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="14" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:9" ht="14" x14ac:dyDescent="0.2">
       <c r="A16" s="2"/>
       <c r="B16" s="10" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="19"/>
       <c r="D16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="11" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="18">
-        <v>-46072</v>
+        <v>-43880</v>
       </c>
       <c r="G16" s="19" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="14" x14ac:dyDescent="0.2">
       <c r="A17" s="2"/>
       <c r="B17" s="16" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="15"/>
       <c r="D17" s="12" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="13" t="s">
         <v>25</v>
       </c>
       <c r="F17" s="14">
-        <v>39761</v>
+        <v>40765</v>
       </c>
       <c r="G17" s="15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="14" x14ac:dyDescent="0.2">
       <c r="A18" s="2"/>
       <c r="B18" s="16" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="15"/>
       <c r="D18" s="20" t="s">
         <v>31</v>
       </c>
       <c r="E18" s="15"/>
       <c r="F18" s="21">
-        <v>1928.2</v>
+        <v>1926.77</v>
       </c>
       <c r="G18" s="15"/>
     </row>
     <row r="19" spans="1:7" ht="14" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="16" t="s">
         <v>32</v>
       </c>
       <c r="C19" s="15"/>
       <c r="D19" s="20" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="15"/>
       <c r="F19" s="14">
-        <v>3369106</v>
+        <v>3369953</v>
       </c>
       <c r="G19" s="15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="14" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
       <c r="B20" s="16" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="15"/>
       <c r="D20" s="20" t="s">
         <v>36</v>
       </c>
       <c r="E20" s="15"/>
       <c r="F20" s="22">
-        <v>2.1735208093779201</v>
+        <v>2.1713670784132599</v>
       </c>
       <c r="G20" s="15" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="14" x14ac:dyDescent="0.2">
       <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
     </row>
     <row r="22" spans="1:7" ht="14" x14ac:dyDescent="0.2">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
     </row>
@@ -2596,301 +2574,301 @@
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A13" s="28" t="s">
         <v>53</v>
       </c>
       <c r="B13" s="29">
         <v>7344765</v>
       </c>
       <c r="C13" s="30" t="s">
         <v>50</v>
       </c>
       <c r="D13" s="29">
         <v>3162743</v>
       </c>
       <c r="E13" s="30" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A14" s="28" t="s">
         <v>59</v>
       </c>
       <c r="B14" s="29">
-        <v>7329133</v>
+        <v>7320520</v>
       </c>
       <c r="C14" s="31">
-        <v>-2.133494E-2</v>
+        <v>-7.8280100000000005E-2</v>
       </c>
       <c r="D14" s="29">
-        <v>3325935</v>
+        <v>3325256</v>
       </c>
       <c r="E14" s="31">
-        <v>3.028637E-2</v>
+        <v>-2.9673120000000001E-2</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A15" s="28" t="s">
         <v>60</v>
       </c>
       <c r="B15" s="29">
-        <v>7326255</v>
+        <v>7317916</v>
       </c>
       <c r="C15" s="31">
-        <v>-3.9267950000000003E-2</v>
+        <v>-3.5571239999999997E-2</v>
       </c>
       <c r="D15" s="29">
-        <v>3326243</v>
+        <v>3323430</v>
       </c>
       <c r="E15" s="31">
-        <v>9.2605540000000007E-3</v>
+        <v>-5.4913070000000001E-2</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A16" s="28" t="s">
         <v>61</v>
       </c>
       <c r="B16" s="29">
-        <v>7320520</v>
+        <v>7321033</v>
       </c>
       <c r="C16" s="31">
-        <v>-7.8280100000000005E-2</v>
+        <v>4.2594090000000001E-2</v>
       </c>
       <c r="D16" s="29">
-        <v>3325256</v>
+        <v>3339693</v>
       </c>
       <c r="E16" s="31">
-        <v>-2.9673120000000001E-2</v>
+        <v>0.4893439</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A17" s="28" t="s">
         <v>62</v>
       </c>
       <c r="B17" s="29">
-        <v>7317916</v>
+        <v>7326060</v>
       </c>
       <c r="C17" s="31">
-        <v>-3.5571239999999997E-2</v>
+        <v>6.8665180000000006E-2</v>
       </c>
       <c r="D17" s="29">
-        <v>3323430</v>
+        <v>3351121</v>
       </c>
       <c r="E17" s="31">
-        <v>-5.4913070000000001E-2</v>
+        <v>0.34218710000000002</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A18" s="28" t="s">
         <v>63</v>
       </c>
       <c r="B18" s="29">
-        <v>7321033</v>
+        <v>7325516</v>
       </c>
       <c r="C18" s="31">
-        <v>4.2594090000000001E-2</v>
+        <v>-7.4255470000000002E-3</v>
       </c>
       <c r="D18" s="29">
-        <v>3339693</v>
+        <v>3354320</v>
       </c>
       <c r="E18" s="31">
-        <v>0.4893439</v>
+        <v>9.5460589999999998E-2</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A19" s="28" t="s">
         <v>64</v>
       </c>
       <c r="B19" s="29">
-        <v>7326060</v>
+        <v>7325312</v>
       </c>
       <c r="C19" s="31">
-        <v>6.8665180000000006E-2</v>
+        <v>-2.7847869999999999E-3</v>
       </c>
       <c r="D19" s="29">
-        <v>3351121</v>
+        <v>3356785</v>
       </c>
       <c r="E19" s="31">
-        <v>0.34218710000000002</v>
+        <v>7.3487330000000003E-2</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A20" s="28" t="s">
         <v>65</v>
       </c>
       <c r="B20" s="29">
-        <v>7325516</v>
+        <v>7324661</v>
       </c>
       <c r="C20" s="31">
-        <v>-7.4255470000000002E-3</v>
+        <v>-8.8869940000000005E-3</v>
       </c>
       <c r="D20" s="29">
-        <v>3354320</v>
+        <v>3359183</v>
       </c>
       <c r="E20" s="31">
-        <v>9.5460589999999998E-2</v>
+        <v>7.1437399999999998E-2</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A21" s="28" t="s">
         <v>66</v>
       </c>
       <c r="B21" s="29">
-        <v>7325312</v>
+        <v>7323374</v>
       </c>
       <c r="C21" s="31">
-        <v>-2.7847869999999999E-3</v>
+        <v>-1.7570780000000001E-2</v>
       </c>
       <c r="D21" s="29">
-        <v>3356785</v>
+        <v>3361259</v>
       </c>
       <c r="E21" s="31">
-        <v>7.3487330000000003E-2</v>
+        <v>6.180074E-2</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A22" s="28" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="B22" s="29">
-        <v>7324661</v>
+        <v>7322991</v>
       </c>
       <c r="C22" s="31">
-        <v>-8.8869940000000005E-3</v>
+        <v>-5.2298300000000004E-3</v>
       </c>
       <c r="D22" s="29">
-        <v>3359183</v>
+        <v>3364140</v>
       </c>
       <c r="E22" s="31">
-        <v>7.1437399999999998E-2</v>
+        <v>8.5711930000000006E-2</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A23" s="28" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B23" s="29">
-        <v>7323374</v>
+        <v>7324396</v>
       </c>
       <c r="C23" s="31">
-        <v>-1.7570780000000001E-2</v>
+        <v>1.9186149999999999E-2</v>
       </c>
       <c r="D23" s="29">
-        <v>3361259</v>
+        <v>3368416</v>
       </c>
       <c r="E23" s="31">
-        <v>6.180074E-2</v>
+        <v>0.1271053</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A24" s="28" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="B24" s="29">
-        <v>7322991</v>
+        <v>7322822</v>
       </c>
       <c r="C24" s="31">
-        <v>-5.2298300000000004E-3</v>
+        <v>-2.1489830000000001E-2</v>
       </c>
       <c r="D24" s="29">
-        <v>3364140</v>
+        <v>3369106</v>
       </c>
       <c r="E24" s="31">
-        <v>8.5711930000000006E-2</v>
+        <v>2.04844E-2</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A25" s="28" t="s">
         <v>69</v>
       </c>
       <c r="B25" s="29">
-        <v>7324396</v>
+        <v>7320901</v>
       </c>
       <c r="C25" s="31">
-        <v>1.9186149999999999E-2</v>
+        <v>-2.6233050000000001E-2</v>
       </c>
       <c r="D25" s="29">
-        <v>3368416</v>
+        <v>3369760</v>
       </c>
       <c r="E25" s="31">
-        <v>0.1271053</v>
+        <v>1.9411680000000001E-2</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="14" x14ac:dyDescent="0.2">
       <c r="A26" s="28" t="s">
         <v>70</v>
       </c>
       <c r="B26" s="29">
-        <v>7322822</v>
+        <v>7317405</v>
       </c>
       <c r="C26" s="31">
-        <v>-2.1489830000000001E-2</v>
+        <v>-4.775368E-2</v>
       </c>
       <c r="D26" s="29">
-        <v>3369106</v>
+        <v>3369953</v>
       </c>
       <c r="E26" s="31">
-        <v>2.04844E-2</v>
+        <v>5.727411E-3</v>
       </c>
     </row>
     <row r="27" spans="1:5" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="83" t="s">
         <v>71</v>
       </c>
       <c r="B27" s="81"/>
       <c r="C27" s="81"/>
       <c r="D27" s="81"/>
       <c r="E27" s="81"/>
     </row>
     <row r="28" spans="1:5" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="83" t="s">
         <v>72</v>
       </c>
       <c r="B28" s="81"/>
       <c r="C28" s="81"/>
       <c r="D28" s="81"/>
       <c r="E28" s="81"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="A28:E28"/>
   </mergeCells>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="L12" sqref="L12"/>
+      <selection activeCell="J6" sqref="J6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="13.54296875" style="1" customWidth="1"/>
     <col min="3" max="3" width="18.90625" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.1796875" style="1" customWidth="1"/>
     <col min="5" max="5" width="13.54296875" style="1" customWidth="1"/>
     <col min="6" max="6" width="18.90625" style="1" customWidth="1"/>
     <col min="7" max="7" width="17.1796875" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.54296875" style="1" customWidth="1"/>
     <col min="9" max="9" width="18.90625" style="1" customWidth="1"/>
     <col min="10" max="10" width="17.1796875" style="1" customWidth="1"/>
     <col min="11" max="11" width="13.54296875" style="1" customWidth="1"/>
     <col min="12" max="12" width="18.90625" style="1" customWidth="1"/>
     <col min="13" max="13" width="17.1796875" style="1" customWidth="1"/>
     <col min="14" max="14" width="13.54296875" style="1" customWidth="1"/>
     <col min="15" max="16384" width="13.54296875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B1" s="2"/>
@@ -3017,549 +2995,549 @@
         <v>88</v>
       </c>
       <c r="I5" s="40"/>
       <c r="J5" s="41" t="s">
         <v>90</v>
       </c>
       <c r="K5" s="39" t="s">
         <v>88</v>
       </c>
       <c r="L5" s="40"/>
       <c r="M5" s="41" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A6" s="42" t="s">
         <v>91</v>
       </c>
       <c r="B6" s="43" t="s">
         <v>92</v>
       </c>
       <c r="C6" s="44" t="s">
         <v>93</v>
       </c>
       <c r="D6" s="45">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="E6" s="43" t="s">
         <v>94</v>
       </c>
       <c r="F6" s="44" t="s">
         <v>95</v>
       </c>
       <c r="G6" s="45">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="H6" s="43" t="s">
         <v>96</v>
       </c>
       <c r="I6" s="44" t="s">
         <v>97</v>
       </c>
       <c r="J6" s="45">
-        <v>133</v>
+        <v>280</v>
       </c>
       <c r="K6" s="43" t="s">
         <v>98</v>
       </c>
       <c r="L6" s="44" t="s">
         <v>99</v>
       </c>
       <c r="M6" s="45">
-        <v>174</v>
+        <v>492</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A7" s="46" t="s">
         <v>100</v>
       </c>
       <c r="B7" s="32" t="s">
         <v>101</v>
       </c>
       <c r="C7" s="47" t="s">
         <v>102</v>
       </c>
       <c r="D7" s="29">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E7" s="32" t="s">
         <v>103</v>
       </c>
       <c r="F7" s="47" t="s">
         <v>104</v>
       </c>
       <c r="G7" s="29">
-        <v>58</v>
+        <v>8</v>
       </c>
       <c r="H7" s="32" t="s">
+        <v>98</v>
+      </c>
+      <c r="I7" s="47" t="s">
+        <v>99</v>
+      </c>
+      <c r="J7" s="29">
+        <v>183</v>
+      </c>
+      <c r="K7" s="32" t="s">
         <v>105</v>
       </c>
-      <c r="I7" s="47" t="s">
+      <c r="L7" s="47" t="s">
         <v>106</v>
       </c>
-      <c r="J7" s="29">
-[...7 lines deleted...]
-      </c>
       <c r="M7" s="29">
-        <v>163</v>
+        <v>428</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A8" s="46" t="s">
+        <v>107</v>
+      </c>
+      <c r="B8" s="32" t="s">
+        <v>108</v>
+      </c>
+      <c r="C8" s="47" t="s">
         <v>109</v>
       </c>
-      <c r="B8" s="32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" s="29">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E8" s="32" t="s">
+        <v>325</v>
+      </c>
+      <c r="F8" s="47" t="s">
+        <v>325</v>
+      </c>
+      <c r="G8" s="29" t="s">
+        <v>325</v>
+      </c>
+      <c r="H8" s="32" t="s">
         <v>112</v>
       </c>
-      <c r="F8" s="47" t="s">
+      <c r="I8" s="47" t="s">
         <v>113</v>
       </c>
-      <c r="G8" s="29">
-[...2 lines deleted...]
-      <c r="H8" s="32" t="s">
+      <c r="J8" s="29">
+        <v>170</v>
+      </c>
+      <c r="K8" s="32" t="s">
         <v>114</v>
       </c>
-      <c r="I8" s="47" t="s">
+      <c r="L8" s="47" t="s">
         <v>115</v>
       </c>
-      <c r="J8" s="29">
-[...7 lines deleted...]
-      </c>
       <c r="M8" s="29">
-        <v>142</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A9" s="46" t="s">
         <v>116</v>
       </c>
       <c r="B9" s="32" t="s">
         <v>117</v>
       </c>
       <c r="C9" s="47" t="s">
         <v>118</v>
       </c>
       <c r="D9" s="29">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E9" s="32" t="s">
-        <v>119</v>
+        <v>325</v>
       </c>
       <c r="F9" s="47" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>325</v>
+      </c>
+      <c r="G9" s="29" t="s">
+        <v>325</v>
       </c>
       <c r="H9" s="32" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="I9" s="47" t="s">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="J9" s="29">
-        <v>102</v>
+        <v>149</v>
       </c>
       <c r="K9" s="32" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="L9" s="47" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="M9" s="29">
-        <v>141</v>
+        <v>259</v>
       </c>
     </row>
-    <row r="10" spans="1:13" ht="28" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B10" s="92" t="s">
+    <row r="10" spans="1:13" ht="14" x14ac:dyDescent="0.2">
+      <c r="A10" s="46" t="s">
+        <v>125</v>
+      </c>
+      <c r="B10" s="32" t="s">
         <v>326</v>
       </c>
-      <c r="C10" s="93" t="s">
-[...30 lines deleted...]
-        <v>93</v>
+      <c r="C10" s="47" t="s">
+        <v>326</v>
+      </c>
+      <c r="D10" s="29" t="s">
+        <v>326</v>
+      </c>
+      <c r="E10" s="32" t="s">
+        <v>325</v>
+      </c>
+      <c r="F10" s="47" t="s">
+        <v>325</v>
+      </c>
+      <c r="G10" s="29" t="s">
+        <v>325</v>
+      </c>
+      <c r="H10" s="32" t="s">
+        <v>130</v>
+      </c>
+      <c r="I10" s="47" t="s">
+        <v>131</v>
+      </c>
+      <c r="J10" s="29">
+        <v>144</v>
+      </c>
+      <c r="K10" s="32" t="s">
+        <v>132</v>
+      </c>
+      <c r="L10" s="47" t="s">
+        <v>133</v>
+      </c>
+      <c r="M10" s="29">
+        <v>216</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A11" s="35" t="s">
         <v>83</v>
       </c>
       <c r="B11" s="36" t="s">
         <v>84</v>
       </c>
       <c r="C11" s="37"/>
       <c r="D11" s="37" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="E11" s="36" t="s">
         <v>84</v>
       </c>
       <c r="F11" s="37"/>
       <c r="G11" s="37" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="H11" s="36" t="s">
         <v>84</v>
       </c>
       <c r="I11" s="37"/>
       <c r="J11" s="37" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="K11" s="36" t="s">
         <v>84</v>
       </c>
       <c r="L11" s="37"/>
       <c r="M11" s="37" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="12" spans="1:13" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="38" t="s">
         <v>87</v>
       </c>
       <c r="B12" s="39" t="s">
         <v>88</v>
       </c>
       <c r="C12" s="40"/>
       <c r="D12" s="41" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="E12" s="39" t="s">
         <v>88</v>
       </c>
       <c r="F12" s="40"/>
       <c r="G12" s="41" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="H12" s="39" t="s">
         <v>88</v>
       </c>
       <c r="I12" s="40"/>
       <c r="J12" s="41" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="K12" s="39" t="s">
         <v>88</v>
       </c>
       <c r="L12" s="40"/>
       <c r="M12" s="41" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
     </row>
     <row r="13" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A13" s="42" t="s">
         <v>91</v>
       </c>
       <c r="B13" s="43" t="s">
-        <v>134</v>
+        <v>108</v>
       </c>
       <c r="C13" s="44" t="s">
-        <v>135</v>
+        <v>109</v>
       </c>
       <c r="D13" s="48">
-        <v>0.17485300000000001</v>
+        <v>0.15109339999999999</v>
       </c>
       <c r="E13" s="43" t="s">
-        <v>136</v>
+        <v>94</v>
       </c>
       <c r="F13" s="44" t="s">
-        <v>137</v>
+        <v>95</v>
       </c>
       <c r="G13" s="48">
-        <v>6.9986000000000007E-2</v>
+        <v>2.6825580000000002E-2</v>
       </c>
       <c r="H13" s="43" t="s">
+        <v>119</v>
+      </c>
+      <c r="I13" s="44" t="s">
+        <v>120</v>
+      </c>
+      <c r="J13" s="48">
+        <v>0.34843210000000002</v>
+      </c>
+      <c r="K13" s="43" t="s">
         <v>138</v>
       </c>
-      <c r="I13" s="44" t="s">
+      <c r="L13" s="44" t="s">
         <v>139</v>
       </c>
-      <c r="J13" s="48">
-[...7 lines deleted...]
-      </c>
       <c r="M13" s="48">
-        <v>0.20116229999999999</v>
+        <v>0.38003290000000001</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A14" s="46" t="s">
         <v>100</v>
       </c>
       <c r="B14" s="32" t="s">
-        <v>142</v>
+        <v>101</v>
       </c>
       <c r="C14" s="47" t="s">
-        <v>327</v>
+        <v>102</v>
       </c>
       <c r="D14" s="49">
-        <v>0.12484389999999999</v>
+        <v>8.9413870000000006E-2</v>
       </c>
       <c r="E14" s="32" t="s">
         <v>103</v>
       </c>
       <c r="F14" s="47" t="s">
         <v>104</v>
       </c>
       <c r="G14" s="49">
-        <v>6.1406200000000001E-2</v>
+        <v>5.626631E-3</v>
       </c>
       <c r="H14" s="32" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="I14" s="47" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="J14" s="49">
-        <v>0.2430638</v>
+        <v>0.31275500000000001</v>
       </c>
       <c r="K14" s="32" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="L14" s="47" t="s">
-        <v>147</v>
+        <v>127</v>
       </c>
       <c r="M14" s="49">
-        <v>0.1918097</v>
+        <v>0.34599350000000001</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A15" s="46" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B15" s="32" t="s">
-        <v>122</v>
+        <v>92</v>
       </c>
       <c r="C15" s="47" t="s">
-        <v>123</v>
+        <v>93</v>
       </c>
       <c r="D15" s="49">
-        <v>5.1840329999999997E-2</v>
+        <v>3.5989149999999998E-2</v>
       </c>
       <c r="E15" s="32" t="s">
+        <v>325</v>
+      </c>
+      <c r="F15" s="47" t="s">
+        <v>325</v>
+      </c>
+      <c r="G15" s="49" t="s">
+        <v>325</v>
+      </c>
+      <c r="H15" s="32" t="s">
+        <v>138</v>
+      </c>
+      <c r="I15" s="47" t="s">
+        <v>139</v>
+      </c>
+      <c r="J15" s="49">
+        <v>0.30587490000000001</v>
+      </c>
+      <c r="K15" s="32" t="s">
         <v>142</v>
       </c>
-      <c r="F15" s="47" t="s">
+      <c r="L15" s="47" t="s">
         <v>143</v>
       </c>
-      <c r="G15" s="49">
-[...16 lines deleted...]
-      </c>
       <c r="M15" s="49">
-        <v>0.1677149</v>
+        <v>0.2390736</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A16" s="46" t="s">
         <v>116</v>
       </c>
       <c r="B16" s="32" t="s">
-        <v>150</v>
+        <v>117</v>
       </c>
       <c r="C16" s="47" t="s">
-        <v>151</v>
+        <v>118</v>
       </c>
       <c r="D16" s="49">
-        <v>3.5744070000000003E-2</v>
+        <v>9.4423140000000003E-3</v>
       </c>
       <c r="E16" s="32" t="s">
-        <v>94</v>
+        <v>325</v>
       </c>
       <c r="F16" s="47" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>4.6001100000000003E-2</v>
+        <v>325</v>
+      </c>
+      <c r="G16" s="49" t="s">
+        <v>325</v>
       </c>
       <c r="H16" s="32" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="I16" s="47" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="J16" s="49">
-        <v>0.19506599999999999</v>
+        <v>0.2752925</v>
       </c>
       <c r="K16" s="32" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="L16" s="47" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="M16" s="49">
-        <v>0.1636996</v>
+        <v>0.21625140000000001</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A17" s="46" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B17" s="32" t="s">
-        <v>110</v>
+        <v>325</v>
       </c>
       <c r="C17" s="47" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>3.1266170000000003E-2</v>
+        <v>325</v>
+      </c>
+      <c r="D17" s="49" t="s">
+        <v>325</v>
       </c>
       <c r="E17" s="32" t="s">
-        <v>156</v>
+        <v>325</v>
       </c>
       <c r="F17" s="47" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>4.2597940000000001E-2</v>
+        <v>325</v>
+      </c>
+      <c r="G17" s="49" t="s">
+        <v>325</v>
       </c>
       <c r="H17" s="32" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="I17" s="47" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="J17" s="49">
-        <v>0.18864420000000001</v>
+        <v>0.27037909999999998</v>
       </c>
       <c r="K17" s="32" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="L17" s="47" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="M17" s="49">
-        <v>0.16077169999999999</v>
+        <v>0.21139620000000001</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="13.54296875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14.90625" style="1" customWidth="1"/>
     <col min="5" max="5" width="17.1796875" style="1" customWidth="1"/>
     <col min="6" max="7" width="13.54296875" style="1" customWidth="1"/>
     <col min="8" max="8" width="14.90625" style="1" customWidth="1"/>
     <col min="9" max="9" width="17.1796875" style="1" customWidth="1"/>
     <col min="10" max="10" width="13.54296875" style="1" customWidth="1"/>
     <col min="11" max="16384" width="13.54296875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="3" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
     </row>
     <row r="2" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
     </row>
@@ -3569,262 +3547,262 @@
         <v>79</v>
       </c>
       <c r="C3" s="33"/>
       <c r="D3" s="33"/>
       <c r="E3" s="34" t="s">
         <v>80</v>
       </c>
       <c r="F3" s="33" t="s">
         <v>81</v>
       </c>
       <c r="G3" s="33"/>
       <c r="H3" s="33"/>
       <c r="I3" s="34" t="s">
         <v>82</v>
       </c>
       <c r="J3" s="36"/>
       <c r="K3" s="36"/>
       <c r="L3" s="36"/>
       <c r="M3" s="36"/>
     </row>
     <row r="4" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A4" s="35" t="s">
         <v>83</v>
       </c>
       <c r="B4" s="36" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C4" s="37"/>
       <c r="D4" s="37" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="E4" s="37" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="F4" s="36" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="G4" s="37"/>
       <c r="H4" s="37" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="I4" s="37" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="J4" s="36"/>
       <c r="K4" s="36"/>
       <c r="L4" s="36"/>
       <c r="M4" s="36"/>
     </row>
     <row r="5" spans="1:13" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="38" t="s">
         <v>87</v>
       </c>
       <c r="B5" s="50" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="C5" s="51"/>
       <c r="D5" s="41" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="E5" s="41" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="F5" s="50" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="G5" s="51"/>
       <c r="H5" s="41" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="I5" s="41" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="J5" s="36"/>
       <c r="K5" s="36"/>
       <c r="L5" s="36"/>
       <c r="M5" s="36"/>
     </row>
     <row r="6" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A6" s="42" t="s">
         <v>91</v>
       </c>
       <c r="B6" s="43" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="C6" s="44" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="D6" s="45">
-        <v>5206</v>
+        <v>5017</v>
       </c>
       <c r="E6" s="52">
-        <v>37.823309999999999</v>
+        <v>33.648560000000003</v>
       </c>
       <c r="F6" s="43" t="s">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="G6" s="44" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="H6" s="45">
-        <v>5274</v>
+        <v>4873</v>
       </c>
       <c r="I6" s="52">
-        <v>37.34863</v>
+        <v>34.387129999999999</v>
       </c>
       <c r="J6" s="36"/>
       <c r="K6" s="36"/>
       <c r="L6" s="36"/>
       <c r="M6" s="36"/>
     </row>
     <row r="7" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A7" s="46" t="s">
         <v>100</v>
       </c>
       <c r="B7" s="32" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="C7" s="47" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="D7" s="29">
-        <v>1099</v>
+        <v>1325</v>
       </c>
       <c r="E7" s="53">
-        <v>7.9845980000000001</v>
+        <v>8.8866530000000008</v>
       </c>
       <c r="F7" s="32" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="G7" s="47" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="H7" s="29">
-        <v>1174</v>
+        <v>1192</v>
       </c>
       <c r="I7" s="53">
-        <v>8.3138590000000008</v>
+        <v>8.4115450000000003</v>
       </c>
       <c r="J7" s="36"/>
       <c r="K7" s="36"/>
       <c r="L7" s="36"/>
       <c r="M7" s="36"/>
     </row>
     <row r="8" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A8" s="46" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B8" s="32" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
       <c r="C8" s="47" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="D8" s="29">
-        <v>997</v>
+        <v>1034</v>
       </c>
       <c r="E8" s="53">
-        <v>7.2435340000000004</v>
+        <v>6.9349429999999996</v>
       </c>
       <c r="F8" s="32" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
       <c r="G8" s="47" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="H8" s="29">
-        <v>999</v>
+        <v>964</v>
       </c>
       <c r="I8" s="53">
-        <v>7.0745699999999996</v>
+        <v>6.8026249999999999</v>
       </c>
       <c r="J8" s="36"/>
       <c r="K8" s="36"/>
       <c r="L8" s="36"/>
       <c r="M8" s="36"/>
     </row>
     <row r="9" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A9" s="46" t="s">
         <v>116</v>
       </c>
       <c r="B9" s="32" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="C9" s="47" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="D9" s="29">
-        <v>538</v>
+        <v>489</v>
       </c>
       <c r="E9" s="53">
-        <v>3.908747</v>
+        <v>3.2796780000000001</v>
       </c>
       <c r="F9" s="32" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="G9" s="47" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="H9" s="29">
-        <v>535</v>
+        <v>553</v>
       </c>
       <c r="I9" s="53">
-        <v>3.7886829999999998</v>
+        <v>3.902336</v>
       </c>
       <c r="J9" s="36"/>
       <c r="K9" s="36"/>
       <c r="L9" s="36"/>
       <c r="M9" s="36"/>
     </row>
     <row r="10" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A10" s="46" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B10" s="32" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="C10" s="47" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="D10" s="29">
-        <v>380</v>
+        <v>466</v>
       </c>
       <c r="E10" s="53">
-        <v>2.7608250000000001</v>
+        <v>3.1254189999999999</v>
       </c>
       <c r="F10" s="32" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="G10" s="47" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="H10" s="29">
-        <v>517</v>
+        <v>444</v>
       </c>
       <c r="I10" s="53">
-        <v>3.6612140000000002</v>
+        <v>3.133159</v>
       </c>
       <c r="J10" s="36"/>
       <c r="K10" s="36"/>
       <c r="L10" s="36"/>
       <c r="M10" s="36"/>
     </row>
     <row r="11" spans="1:13" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="36"/>
       <c r="B11" s="36"/>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="36"/>
       <c r="L11" s="36"/>
       <c r="M11" s="36"/>
     </row>
     <row r="12" spans="1:13" ht="14" x14ac:dyDescent="0.2">
       <c r="A12" s="36"/>
       <c r="B12" s="36"/>
       <c r="C12" s="36"/>
@@ -3904,10101 +3882,10101 @@
       <c r="B17" s="36"/>
       <c r="C17" s="36"/>
       <c r="D17" s="36"/>
       <c r="E17" s="36"/>
       <c r="F17" s="36"/>
       <c r="G17" s="36"/>
       <c r="H17" s="36"/>
       <c r="I17" s="36"/>
       <c r="J17" s="36"/>
       <c r="K17" s="36"/>
       <c r="L17" s="36"/>
       <c r="M17" s="36"/>
     </row>
   </sheetData>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:AB92"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="6" topLeftCell="C88" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="2" ySplit="6" topLeftCell="C91" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.54296875" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.54296875" style="1" customWidth="1"/>
     <col min="2" max="16384" width="13.54296875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="3" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
       <c r="AA1" s="2"/>
       <c r="AB1" s="2"/>
     </row>
     <row r="2" spans="1:28" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="54"/>
       <c r="E2" s="54"/>
       <c r="F2" s="54"/>
       <c r="G2" s="5"/>
       <c r="H2" s="55" t="s">
         <v>16</v>
       </c>
       <c r="I2" s="56" t="s">
         <v>17</v>
       </c>
       <c r="J2" s="55" t="s">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="K2" s="56" t="s">
         <v>27</v>
       </c>
       <c r="L2" s="57" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="M2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="N2" s="9"/>
       <c r="O2" s="57" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="P2" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Q2" s="6"/>
       <c r="R2" s="6"/>
       <c r="S2" s="6"/>
       <c r="T2" s="6"/>
       <c r="U2" s="6"/>
       <c r="V2" s="6"/>
       <c r="W2" s="6"/>
       <c r="X2" s="6"/>
       <c r="Y2" s="6"/>
       <c r="Z2" s="9"/>
       <c r="AA2" s="5"/>
       <c r="AB2" s="5"/>
     </row>
     <row r="3" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A3" s="10"/>
       <c r="B3" s="19"/>
       <c r="C3" s="19"/>
       <c r="D3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="19"/>
       <c r="H3" s="12" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="I3" s="15"/>
       <c r="J3" s="12" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="K3" s="15"/>
       <c r="L3" s="19"/>
       <c r="M3" s="19"/>
       <c r="N3" s="19"/>
       <c r="O3" s="19"/>
       <c r="P3" s="19"/>
       <c r="Q3" s="19"/>
       <c r="R3" s="12" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="S3" s="12"/>
       <c r="T3" s="20"/>
       <c r="U3" s="12" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="V3" s="12"/>
       <c r="W3" s="12"/>
       <c r="X3" s="12"/>
       <c r="Y3" s="12"/>
       <c r="Z3" s="15"/>
       <c r="AA3" s="19" t="s">
         <v>8</v>
       </c>
       <c r="AB3" s="19" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
     </row>
     <row r="4" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
         <v>84</v>
       </c>
       <c r="B4" s="19"/>
       <c r="C4" s="19" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="12"/>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="15"/>
       <c r="H4" s="19" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="I4" s="19" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="J4" s="19" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="K4" s="19" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="L4" s="19" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="M4" s="19" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="N4" s="19" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="O4" s="19" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="P4" s="19" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="Q4" s="19" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="R4" s="19" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="S4" s="12" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="T4" s="12" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="U4" s="12"/>
       <c r="V4" s="15"/>
       <c r="W4" s="12" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="X4" s="12" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="Y4" s="12"/>
       <c r="Z4" s="15"/>
       <c r="AA4" s="19" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="AB4" s="19"/>
     </row>
     <row r="5" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A5" s="10"/>
       <c r="B5" s="19"/>
       <c r="C5" s="19"/>
       <c r="D5" s="19" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="19" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="19" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="19" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="19"/>
       <c r="I5" s="19" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="J5" s="19"/>
       <c r="K5" s="19" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="L5" s="19"/>
       <c r="M5" s="19"/>
       <c r="N5" s="19"/>
       <c r="O5" s="19"/>
       <c r="P5" s="19"/>
       <c r="Q5" s="19"/>
       <c r="R5" s="19"/>
       <c r="S5" s="19" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="T5" s="19" t="s">
         <v>10</v>
       </c>
       <c r="U5" s="19" t="s">
         <v>12</v>
       </c>
       <c r="V5" s="19" t="s">
         <v>14</v>
       </c>
       <c r="W5" s="19" t="s">
-        <v>199</v>
+        <v>189</v>
       </c>
       <c r="X5" s="19" t="s">
         <v>10</v>
       </c>
       <c r="Y5" s="19" t="s">
         <v>12</v>
       </c>
       <c r="Z5" s="19" t="s">
         <v>14</v>
       </c>
       <c r="AA5" s="19" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="AB5" s="19" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
     </row>
     <row r="6" spans="1:28" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="58" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="B6" s="59"/>
       <c r="C6" s="59" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="59" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="59" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="59" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="60" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="60" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="60" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="J6" s="60" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="K6" s="60" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="L6" s="60" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="M6" s="60" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="N6" s="60" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="O6" s="60" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="P6" s="60" t="s">
-        <v>195</v>
+        <v>185</v>
       </c>
       <c r="Q6" s="60" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="R6" s="60" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="S6" s="60" t="s">
         <v>6</v>
       </c>
       <c r="T6" s="60" t="s">
         <v>11</v>
       </c>
       <c r="U6" s="60" t="s">
         <v>13</v>
       </c>
       <c r="V6" s="60" t="s">
         <v>15</v>
       </c>
       <c r="W6" s="60" t="s">
         <v>6</v>
       </c>
       <c r="X6" s="60" t="s">
         <v>11</v>
       </c>
       <c r="Y6" s="60" t="s">
         <v>13</v>
       </c>
       <c r="Z6" s="60" t="s">
         <v>15</v>
       </c>
       <c r="AA6" s="60" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="AB6" s="60" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
     </row>
     <row r="7" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A7" s="61" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="B7" s="62" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="45">
-        <v>3369106</v>
+        <v>3369953</v>
       </c>
       <c r="D7" s="45">
-        <v>7322822</v>
+        <v>7317405</v>
       </c>
       <c r="E7" s="45">
-        <v>3629722</v>
+        <v>3626326</v>
       </c>
       <c r="F7" s="45">
-        <v>3693099</v>
+        <v>3691078</v>
       </c>
       <c r="G7" s="45">
         <v>1</v>
       </c>
       <c r="H7" s="45">
-        <v>-1574</v>
+        <v>-3496</v>
       </c>
       <c r="I7" s="63">
-        <v>-2.1489826601401699E-2</v>
+        <v>-4.7753684963093998E-2</v>
       </c>
       <c r="J7" s="45">
-        <v>-6311</v>
+        <v>-3115</v>
       </c>
       <c r="K7" s="63">
-        <v>-8.6108411458763301E-2</v>
+        <v>-4.25516220159224E-2</v>
       </c>
       <c r="L7" s="45">
-        <v>-3429</v>
+        <v>-5369</v>
       </c>
       <c r="M7" s="45">
-        <v>3362</v>
+        <v>3602</v>
       </c>
       <c r="N7" s="45">
-        <v>6791</v>
+        <v>8971</v>
       </c>
       <c r="O7" s="45">
-        <v>1855</v>
+        <v>1873</v>
       </c>
       <c r="P7" s="45">
-        <v>23292</v>
+        <v>24571</v>
       </c>
       <c r="Q7" s="45">
-        <v>21437</v>
+        <v>22698</v>
       </c>
       <c r="R7" s="45">
-        <v>1855</v>
+        <v>1873</v>
       </c>
       <c r="S7" s="45">
-        <v>14336</v>
+        <v>15557</v>
       </c>
       <c r="T7" s="45">
-        <v>7894</v>
+        <v>8666</v>
       </c>
       <c r="U7" s="45">
-        <v>6442</v>
+        <v>6891</v>
       </c>
       <c r="V7" s="45">
         <v>0</v>
       </c>
       <c r="W7" s="45">
-        <v>12481</v>
+        <v>13684</v>
       </c>
       <c r="X7" s="45">
-        <v>6886</v>
+        <v>7710</v>
       </c>
       <c r="Y7" s="45">
-        <v>5595</v>
+        <v>5974</v>
       </c>
       <c r="Z7" s="45">
         <v>0</v>
       </c>
       <c r="AA7" s="64">
         <v>100</v>
       </c>
       <c r="AB7" s="65">
-        <v>1928.2</v>
+        <v>1926.77</v>
       </c>
     </row>
     <row r="8" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A8" s="66" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="B8" s="67" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="C8" s="29">
-        <v>3165727</v>
+        <v>3166705</v>
       </c>
       <c r="D8" s="29">
-        <v>6854655</v>
+        <v>6850165</v>
       </c>
       <c r="E8" s="29">
-        <v>3396565</v>
+        <v>3393668</v>
       </c>
       <c r="F8" s="29">
-        <v>3458089</v>
+        <v>3456496</v>
       </c>
       <c r="G8" s="29">
         <v>1</v>
       </c>
       <c r="H8" s="29">
-        <v>-1274</v>
+        <v>-3047</v>
       </c>
       <c r="I8" s="31">
-        <v>-1.8582456148539501E-2</v>
+        <v>-4.44609038798158E-2</v>
       </c>
       <c r="J8" s="29">
-        <v>-1688</v>
+        <v>1210</v>
       </c>
       <c r="K8" s="31">
-        <v>-2.46195384332435E-2</v>
+        <v>1.7666928750444399E-2</v>
       </c>
       <c r="L8" s="29">
-        <v>-3017</v>
+        <v>-4825</v>
       </c>
       <c r="M8" s="29">
-        <v>3212</v>
+        <v>3451</v>
       </c>
       <c r="N8" s="29">
-        <v>6229</v>
+        <v>8276</v>
       </c>
       <c r="O8" s="29">
-        <v>1743</v>
+        <v>1778</v>
       </c>
       <c r="P8" s="29">
-        <v>22004</v>
+        <v>23215</v>
       </c>
       <c r="Q8" s="29">
-        <v>20261</v>
+        <v>21437</v>
       </c>
       <c r="R8" s="29">
-        <v>1713</v>
+        <v>1771</v>
       </c>
       <c r="S8" s="29">
-        <v>13680</v>
+        <v>14861</v>
       </c>
       <c r="T8" s="29">
-        <v>7533</v>
+        <v>8249</v>
       </c>
       <c r="U8" s="29">
-        <v>6147</v>
+        <v>6612</v>
       </c>
       <c r="V8" s="29">
         <v>0</v>
       </c>
       <c r="W8" s="29">
-        <v>11967</v>
+        <v>13090</v>
       </c>
       <c r="X8" s="29">
-        <v>6566</v>
+        <v>7348</v>
       </c>
       <c r="Y8" s="29">
-        <v>5401</v>
+        <v>5742</v>
       </c>
       <c r="Z8" s="29">
         <v>0</v>
       </c>
       <c r="AA8" s="68">
-        <v>93.606740680027499</v>
+        <v>93.614676241099104</v>
       </c>
       <c r="AB8" s="69">
-        <v>2428.1</v>
+        <v>2426.5100000000002</v>
       </c>
     </row>
     <row r="9" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A9" s="66" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="B9" s="67" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="C9" s="29">
-        <v>203379</v>
+        <v>203248</v>
       </c>
       <c r="D9" s="29">
-        <v>468167</v>
+        <v>467240</v>
       </c>
       <c r="E9" s="29">
-        <v>233157</v>
+        <v>232658</v>
       </c>
       <c r="F9" s="29">
-        <v>235010</v>
+        <v>234582</v>
       </c>
       <c r="G9" s="29">
         <v>0</v>
       </c>
       <c r="H9" s="29">
-        <v>-300</v>
+        <v>-449</v>
       </c>
       <c r="I9" s="31">
-        <v>-6.4038662275037503E-2</v>
+        <v>-9.6003968449119001E-2</v>
       </c>
       <c r="J9" s="29">
-        <v>-4623</v>
+        <v>-4325</v>
       </c>
       <c r="K9" s="31">
-        <v>-0.97781255948729895</v>
+        <v>-0.91715882221962997</v>
       </c>
       <c r="L9" s="29">
-        <v>-412</v>
+        <v>-544</v>
       </c>
       <c r="M9" s="29">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N9" s="29">
-        <v>562</v>
+        <v>695</v>
       </c>
       <c r="O9" s="29">
-        <v>112</v>
+        <v>95</v>
       </c>
       <c r="P9" s="29">
-        <v>1288</v>
+        <v>1356</v>
       </c>
       <c r="Q9" s="29">
-        <v>1176</v>
+        <v>1261</v>
       </c>
       <c r="R9" s="29">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="S9" s="29">
-        <v>656</v>
+        <v>696</v>
       </c>
       <c r="T9" s="29">
-        <v>361</v>
+        <v>417</v>
       </c>
       <c r="U9" s="29">
-        <v>295</v>
+        <v>279</v>
       </c>
       <c r="V9" s="29">
         <v>0</v>
       </c>
       <c r="W9" s="29">
-        <v>514</v>
+        <v>594</v>
       </c>
       <c r="X9" s="29">
-        <v>320</v>
+        <v>362</v>
       </c>
       <c r="Y9" s="29">
-        <v>194</v>
+        <v>232</v>
       </c>
       <c r="Z9" s="29">
         <v>0</v>
       </c>
       <c r="AA9" s="68">
-        <v>6.3932593199725503</v>
+        <v>6.3853237589008698</v>
       </c>
       <c r="AB9" s="69">
-        <v>480.31</v>
+        <v>479.36</v>
       </c>
     </row>
     <row r="10" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A10" s="66" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B10" s="67" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C10" s="29">
-        <v>629184</v>
+        <v>629542</v>
       </c>
       <c r="D10" s="29">
-        <v>1356817</v>
+        <v>1356934</v>
       </c>
       <c r="E10" s="29">
-        <v>666509</v>
+        <v>666465</v>
       </c>
       <c r="F10" s="29">
-        <v>690308</v>
+        <v>690469</v>
       </c>
       <c r="G10" s="29">
         <v>0</v>
       </c>
       <c r="H10" s="29">
-        <v>34</v>
+        <v>-120</v>
       </c>
       <c r="I10" s="31">
-        <v>2.5059276243879799E-3</v>
+        <v>-8.8426842262725007E-3</v>
       </c>
       <c r="J10" s="29">
-        <v>5184</v>
+        <v>5827</v>
       </c>
       <c r="K10" s="31">
-        <v>0.38353606341366298</v>
+        <v>0.43127598332330502</v>
       </c>
       <c r="L10" s="29">
-        <v>-331</v>
+        <v>-639</v>
       </c>
       <c r="M10" s="29">
-        <v>757</v>
+        <v>811</v>
       </c>
       <c r="N10" s="29">
-        <v>1088</v>
+        <v>1450</v>
       </c>
       <c r="O10" s="29">
-        <v>365</v>
+        <v>519</v>
       </c>
       <c r="P10" s="29">
-        <v>3930</v>
+        <v>4317</v>
       </c>
       <c r="Q10" s="29">
-        <v>3565</v>
+        <v>3798</v>
       </c>
       <c r="R10" s="29">
-        <v>349</v>
+        <v>423</v>
       </c>
       <c r="S10" s="29">
-        <v>2612</v>
+        <v>3033</v>
       </c>
       <c r="T10" s="29">
-        <v>1405</v>
+        <v>1626</v>
       </c>
       <c r="U10" s="29">
-        <v>1207</v>
+        <v>1407</v>
       </c>
       <c r="V10" s="29">
         <v>0</v>
       </c>
       <c r="W10" s="29">
-        <v>2263</v>
+        <v>2610</v>
       </c>
       <c r="X10" s="29">
-        <v>1197</v>
+        <v>1438</v>
       </c>
       <c r="Y10" s="29">
-        <v>1066</v>
+        <v>1172</v>
       </c>
       <c r="Z10" s="29">
         <v>0</v>
       </c>
       <c r="AA10" s="68">
-        <v>18.528608233273999</v>
+        <v>18.5439236997269</v>
       </c>
       <c r="AB10" s="69">
-        <v>6240.24</v>
+        <v>6240.78</v>
       </c>
     </row>
     <row r="11" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A11" s="66" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="B11" s="67" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C11" s="29">
-        <v>41889</v>
+        <v>41897</v>
       </c>
       <c r="D11" s="29">
-        <v>96343</v>
+        <v>96297</v>
       </c>
       <c r="E11" s="29">
-        <v>47167</v>
+        <v>47128</v>
       </c>
       <c r="F11" s="29">
-        <v>49176</v>
+        <v>49169</v>
       </c>
       <c r="G11" s="29">
         <v>0</v>
       </c>
       <c r="H11" s="29">
-        <v>-25</v>
+        <v>-56</v>
       </c>
       <c r="I11" s="31">
-        <v>-2.59422214843101E-2</v>
+        <v>-5.8119622637593002E-2</v>
       </c>
       <c r="J11" s="29">
-        <v>287</v>
+        <v>256</v>
       </c>
       <c r="K11" s="31">
-        <v>0.29878404264179198</v>
+        <v>0.26655282639706002</v>
       </c>
       <c r="L11" s="29">
-        <v>-34</v>
+        <v>-53</v>
       </c>
       <c r="M11" s="29">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="N11" s="29">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="O11" s="29">
-        <v>9</v>
+        <v>-3</v>
       </c>
       <c r="P11" s="29">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="Q11" s="29">
-        <v>319</v>
+        <v>345</v>
       </c>
       <c r="R11" s="29">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="S11" s="29">
-        <v>135</v>
+        <v>187</v>
       </c>
       <c r="T11" s="29">
+        <v>102</v>
+      </c>
+      <c r="U11" s="29">
+        <v>85</v>
+      </c>
+      <c r="V11" s="29">
+        <v>0</v>
+      </c>
+      <c r="W11" s="29">
+        <v>151</v>
+      </c>
+      <c r="X11" s="29">
+        <v>80</v>
+      </c>
+      <c r="Y11" s="29">
         <v>71</v>
       </c>
-      <c r="U11" s="29">
-[...13 lines deleted...]
-      </c>
       <c r="Z11" s="29">
         <v>0</v>
       </c>
       <c r="AA11" s="68">
-        <v>1.3156539924089401</v>
+        <v>1.3159993194308599</v>
       </c>
       <c r="AB11" s="69">
-        <v>3308.48</v>
+        <v>3306.9</v>
       </c>
     </row>
     <row r="12" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A12" s="66" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="B12" s="67" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="C12" s="29">
-        <v>71776</v>
+        <v>71661</v>
       </c>
       <c r="D12" s="29">
-        <v>152115</v>
+        <v>152122</v>
       </c>
       <c r="E12" s="29">
-        <v>74208</v>
+        <v>74187</v>
       </c>
       <c r="F12" s="29">
-        <v>77907</v>
+        <v>77935</v>
       </c>
       <c r="G12" s="29">
         <v>0</v>
       </c>
       <c r="H12" s="29">
-        <v>63</v>
+        <v>-33</v>
       </c>
       <c r="I12" s="31">
-        <v>4.1433193907347503E-2</v>
+        <v>-2.1688409845223602E-2</v>
       </c>
       <c r="J12" s="29">
-        <v>946</v>
+        <v>822</v>
       </c>
       <c r="K12" s="31">
-        <v>0.62578967910087402</v>
+        <v>0.54329147389292798</v>
       </c>
       <c r="L12" s="29">
-        <v>-30</v>
+        <v>-57</v>
       </c>
       <c r="M12" s="29">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="N12" s="29">
-        <v>111</v>
+        <v>151</v>
       </c>
       <c r="O12" s="29">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="P12" s="29">
-        <v>616</v>
+        <v>632</v>
       </c>
       <c r="Q12" s="29">
-        <v>523</v>
+        <v>608</v>
       </c>
       <c r="R12" s="29">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="S12" s="29">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="T12" s="29">
-        <v>146</v>
+        <v>165</v>
       </c>
       <c r="U12" s="29">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="V12" s="29">
         <v>0</v>
       </c>
       <c r="W12" s="29">
-        <v>217</v>
+        <v>299</v>
       </c>
       <c r="X12" s="29">
-        <v>109</v>
+        <v>160</v>
       </c>
       <c r="Y12" s="29">
-        <v>108</v>
+        <v>139</v>
       </c>
       <c r="Z12" s="29">
         <v>0</v>
       </c>
       <c r="AA12" s="68">
-        <v>2.07727294204338</v>
+        <v>2.0789063882619598</v>
       </c>
       <c r="AB12" s="69">
-        <v>9022.24</v>
+        <v>9022.65</v>
       </c>
     </row>
     <row r="13" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A13" s="66" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="B13" s="67" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="C13" s="29">
-        <v>62006</v>
+        <v>62042</v>
       </c>
       <c r="D13" s="29">
-        <v>126386</v>
+        <v>126449</v>
       </c>
       <c r="E13" s="29">
-        <v>62738</v>
+        <v>62752</v>
       </c>
       <c r="F13" s="29">
-        <v>63648</v>
+        <v>63697</v>
       </c>
       <c r="G13" s="29">
         <v>0</v>
       </c>
       <c r="H13" s="29">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I13" s="31">
-        <v>2.4534050888370101E-2</v>
+        <v>1.34459630473298E-2</v>
       </c>
       <c r="J13" s="29">
-        <v>1341</v>
+        <v>1321</v>
       </c>
       <c r="K13" s="31">
-        <v>1.0724139309848499</v>
+        <v>1.05571894380155</v>
       </c>
       <c r="L13" s="29">
-        <v>5</v>
+        <v>-62</v>
       </c>
       <c r="M13" s="29">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="N13" s="29">
-        <v>87</v>
+        <v>145</v>
       </c>
       <c r="O13" s="29">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="P13" s="29">
-        <v>617</v>
+        <v>646</v>
       </c>
       <c r="Q13" s="29">
-        <v>591</v>
+        <v>567</v>
       </c>
       <c r="R13" s="29">
-        <v>-7</v>
+        <v>74</v>
       </c>
       <c r="S13" s="29">
-        <v>303</v>
+        <v>375</v>
       </c>
       <c r="T13" s="29">
-        <v>161</v>
+        <v>227</v>
       </c>
       <c r="U13" s="29">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="V13" s="29">
         <v>0</v>
       </c>
       <c r="W13" s="29">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="X13" s="29">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="Y13" s="29">
-        <v>148</v>
+        <v>126</v>
       </c>
       <c r="Z13" s="29">
         <v>0</v>
       </c>
       <c r="AA13" s="68">
-        <v>1.7259193245445501</v>
+        <v>1.7280579659045801</v>
       </c>
       <c r="AB13" s="69">
-        <v>9873.9</v>
+        <v>9878.82</v>
       </c>
     </row>
     <row r="14" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A14" s="66" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="B14" s="67" t="s">
+        <v>214</v>
+      </c>
+      <c r="C14" s="29">
+        <v>76094</v>
+      </c>
+      <c r="D14" s="29">
+        <v>167102</v>
+      </c>
+      <c r="E14" s="29">
+        <v>81457</v>
+      </c>
+      <c r="F14" s="29">
+        <v>85645</v>
+      </c>
+      <c r="G14" s="29">
+        <v>0</v>
+      </c>
+      <c r="H14" s="29">
+        <v>-105</v>
+      </c>
+      <c r="I14" s="31">
+        <v>-6.2796414025728595E-2</v>
+      </c>
+      <c r="J14" s="29">
+        <v>430</v>
+      </c>
+      <c r="K14" s="31">
+        <v>0.25799174426418398</v>
+      </c>
+      <c r="L14" s="29">
+        <v>-132</v>
+      </c>
+      <c r="M14" s="29">
+        <v>92</v>
+      </c>
+      <c r="N14" s="29">
         <v>224</v>
       </c>
-      <c r="C14" s="29">
-[...34 lines deleted...]
-      </c>
       <c r="O14" s="29">
-        <v>109</v>
+        <v>27</v>
       </c>
       <c r="P14" s="29">
-        <v>561</v>
+        <v>572</v>
       </c>
       <c r="Q14" s="29">
-        <v>452</v>
+        <v>545</v>
       </c>
       <c r="R14" s="29">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="S14" s="29">
-        <v>226</v>
+        <v>284</v>
       </c>
       <c r="T14" s="29">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="U14" s="29">
-        <v>90</v>
+        <v>139</v>
       </c>
       <c r="V14" s="29">
         <v>0</v>
       </c>
       <c r="W14" s="29">
-        <v>172</v>
+        <v>269</v>
       </c>
       <c r="X14" s="29">
-        <v>88</v>
+        <v>156</v>
       </c>
       <c r="Y14" s="29">
-        <v>84</v>
+        <v>113</v>
       </c>
       <c r="Z14" s="29">
         <v>0</v>
       </c>
       <c r="AA14" s="68">
-        <v>2.28310888889557</v>
+        <v>2.28362377099532</v>
       </c>
       <c r="AB14" s="69">
-        <v>5447.63</v>
+        <v>5444.83</v>
       </c>
     </row>
     <row r="15" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A15" s="66" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="B15" s="67" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="C15" s="29">
-        <v>50679</v>
+        <v>50676</v>
       </c>
       <c r="D15" s="29">
-        <v>104429</v>
+        <v>104366</v>
       </c>
       <c r="E15" s="29">
-        <v>51348</v>
+        <v>51322</v>
       </c>
       <c r="F15" s="29">
-        <v>53081</v>
+        <v>53044</v>
       </c>
       <c r="G15" s="29">
         <v>0</v>
       </c>
       <c r="H15" s="29">
-        <v>-32</v>
+        <v>-61</v>
       </c>
       <c r="I15" s="31">
-        <v>-3.0633442145872599E-2</v>
+        <v>-5.8414011701954503E-2</v>
       </c>
       <c r="J15" s="29">
-        <v>282</v>
+        <v>381</v>
       </c>
       <c r="K15" s="31">
-        <v>0.27077112158775601</v>
+        <v>0.36639899985574798</v>
       </c>
       <c r="L15" s="29">
-        <v>-14</v>
+        <v>-31</v>
       </c>
       <c r="M15" s="29">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="N15" s="29">
-        <v>70</v>
+        <v>92</v>
       </c>
       <c r="O15" s="29">
-        <v>-18</v>
+        <v>-30</v>
       </c>
       <c r="P15" s="29">
         <v>455</v>
       </c>
       <c r="Q15" s="29">
-        <v>473</v>
+        <v>485</v>
       </c>
       <c r="R15" s="29">
-        <v>28</v>
+        <v>-5</v>
       </c>
       <c r="S15" s="29">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="T15" s="29">
-        <v>113</v>
+        <v>135</v>
       </c>
       <c r="U15" s="29">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="V15" s="29">
         <v>0</v>
       </c>
       <c r="W15" s="29">
-        <v>205</v>
+        <v>241</v>
       </c>
       <c r="X15" s="29">
-        <v>94</v>
+        <v>130</v>
       </c>
       <c r="Y15" s="29">
         <v>111</v>
       </c>
       <c r="Z15" s="29">
         <v>0</v>
       </c>
       <c r="AA15" s="68">
-        <v>1.42607590352462</v>
+        <v>1.4262706519592701</v>
       </c>
       <c r="AB15" s="69">
-        <v>12446.84</v>
+        <v>12439.33</v>
       </c>
     </row>
     <row r="16" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A16" s="66" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="B16" s="67" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="C16" s="29">
-        <v>49418</v>
+        <v>49469</v>
       </c>
       <c r="D16" s="29">
-        <v>99152</v>
+        <v>99175</v>
       </c>
       <c r="E16" s="29">
-        <v>49796</v>
+        <v>49787</v>
       </c>
       <c r="F16" s="29">
-        <v>49356</v>
+        <v>49388</v>
       </c>
       <c r="G16" s="29">
         <v>0</v>
       </c>
       <c r="H16" s="29">
-        <v>20</v>
+        <v>-10</v>
       </c>
       <c r="I16" s="31">
-        <v>2.0175120041964201E-2</v>
+        <v>-1.00821696829158E-2</v>
       </c>
       <c r="J16" s="29">
-        <v>-298</v>
+        <v>-175</v>
       </c>
       <c r="K16" s="31">
-        <v>-0.29964806435394697</v>
+        <v>-0.17614494212380499</v>
       </c>
       <c r="L16" s="29">
-        <v>-37</v>
+        <v>-44</v>
       </c>
       <c r="M16" s="29">
         <v>40</v>
       </c>
       <c r="N16" s="29">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="O16" s="29">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="P16" s="29">
-        <v>403</v>
+        <v>420</v>
       </c>
       <c r="Q16" s="29">
-        <v>346</v>
+        <v>386</v>
       </c>
       <c r="R16" s="29">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="S16" s="29">
-        <v>209</v>
+        <v>254</v>
       </c>
       <c r="T16" s="29">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="U16" s="29">
-        <v>87</v>
+        <v>134</v>
       </c>
       <c r="V16" s="29">
         <v>0</v>
       </c>
       <c r="W16" s="29">
-        <v>159</v>
+        <v>183</v>
       </c>
       <c r="X16" s="29">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="Y16" s="29">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="Z16" s="29">
         <v>0</v>
       </c>
       <c r="AA16" s="68">
-        <v>1.3540135210169</v>
+        <v>1.35533020244199</v>
       </c>
       <c r="AB16" s="69">
-        <v>5319.31</v>
+        <v>5320.54</v>
       </c>
     </row>
     <row r="17" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A17" s="66" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="B17" s="67" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="C17" s="29">
-        <v>79686</v>
+        <v>79719</v>
       </c>
       <c r="D17" s="29">
-        <v>169026</v>
+        <v>169032</v>
       </c>
       <c r="E17" s="29">
-        <v>81162</v>
+        <v>81167</v>
       </c>
       <c r="F17" s="29">
-        <v>87864</v>
+        <v>87865</v>
       </c>
       <c r="G17" s="29">
         <v>0</v>
       </c>
       <c r="H17" s="29">
-        <v>-126</v>
+        <v>13</v>
       </c>
       <c r="I17" s="31">
-        <v>-7.4489216799091901E-2</v>
+        <v>7.6914429738668402E-3</v>
       </c>
       <c r="J17" s="29">
-        <v>430</v>
+        <v>476</v>
       </c>
       <c r="K17" s="31">
-        <v>0.25504756933735101</v>
+        <v>0.28239872801917498</v>
       </c>
       <c r="L17" s="29">
-        <v>-47</v>
+        <v>-41</v>
       </c>
       <c r="M17" s="29">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="N17" s="29">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="O17" s="29">
-        <v>-79</v>
+        <v>54</v>
       </c>
       <c r="P17" s="29">
-        <v>649</v>
+        <v>728</v>
       </c>
       <c r="Q17" s="29">
-        <v>728</v>
+        <v>674</v>
       </c>
       <c r="R17" s="29">
-        <v>-25</v>
+        <v>37</v>
       </c>
       <c r="S17" s="29">
-        <v>340</v>
+        <v>420</v>
       </c>
       <c r="T17" s="29">
-        <v>180</v>
+        <v>212</v>
       </c>
       <c r="U17" s="29">
-        <v>160</v>
+        <v>208</v>
       </c>
       <c r="V17" s="29">
         <v>0</v>
       </c>
       <c r="W17" s="29">
-        <v>365</v>
+        <v>383</v>
       </c>
       <c r="X17" s="29">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="Y17" s="29">
-        <v>166</v>
+        <v>193</v>
       </c>
       <c r="Z17" s="29">
         <v>0</v>
       </c>
       <c r="AA17" s="68">
-        <v>2.3082085021320999</v>
+        <v>2.3099992415343999</v>
       </c>
       <c r="AB17" s="69">
-        <v>14685.14</v>
+        <v>14685.66</v>
       </c>
     </row>
     <row r="18" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A18" s="66" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="B18" s="67" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="C18" s="29">
-        <v>91863</v>
+        <v>91958</v>
       </c>
       <c r="D18" s="29">
-        <v>195768</v>
+        <v>195884</v>
       </c>
       <c r="E18" s="29">
-        <v>97061</v>
+        <v>97083</v>
       </c>
       <c r="F18" s="29">
-        <v>98707</v>
+        <v>98801</v>
       </c>
       <c r="G18" s="29">
         <v>0</v>
       </c>
       <c r="H18" s="29">
-        <v>-107</v>
+        <v>158</v>
       </c>
       <c r="I18" s="31">
-        <v>-5.4626675175494598E-2</v>
+        <v>8.0725095286267506E-2</v>
       </c>
       <c r="J18" s="29">
-        <v>501</v>
+        <v>816</v>
       </c>
       <c r="K18" s="31">
-        <v>0.25657177095976302</v>
+        <v>0.418315664281174</v>
       </c>
       <c r="L18" s="29">
-        <v>-21</v>
+        <v>-35</v>
       </c>
       <c r="M18" s="29">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="N18" s="29">
-        <v>127</v>
+        <v>162</v>
       </c>
       <c r="O18" s="29">
-        <v>-86</v>
+        <v>193</v>
       </c>
       <c r="P18" s="29">
-        <v>757</v>
+        <v>913</v>
       </c>
       <c r="Q18" s="29">
-        <v>843</v>
+        <v>720</v>
       </c>
       <c r="R18" s="29">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="S18" s="29">
-        <v>418</v>
+        <v>513</v>
       </c>
       <c r="T18" s="29">
-        <v>235</v>
+        <v>279</v>
       </c>
       <c r="U18" s="29">
-        <v>183</v>
+        <v>234</v>
       </c>
       <c r="V18" s="29">
         <v>0</v>
       </c>
       <c r="W18" s="29">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="X18" s="29">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="Y18" s="29">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="Z18" s="29">
         <v>0</v>
       </c>
       <c r="AA18" s="68">
-        <v>2.6733955843799002</v>
+        <v>2.6769599332003602</v>
       </c>
       <c r="AB18" s="69">
-        <v>14165.55</v>
+        <v>14173.95</v>
       </c>
     </row>
     <row r="19" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A19" s="66" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="B19" s="67" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="C19" s="29">
-        <v>56518</v>
+        <v>56677</v>
       </c>
       <c r="D19" s="29">
-        <v>135569</v>
+        <v>135751</v>
       </c>
       <c r="E19" s="29">
-        <v>66570</v>
+        <v>66683</v>
       </c>
       <c r="F19" s="29">
-        <v>68999</v>
+        <v>69068</v>
       </c>
       <c r="G19" s="29">
         <v>0</v>
       </c>
       <c r="H19" s="29">
-        <v>140</v>
+        <v>68</v>
       </c>
       <c r="I19" s="31">
-        <v>0.10337520028945101</v>
+        <v>5.0116816402939197E-2</v>
       </c>
       <c r="J19" s="29">
-        <v>1433</v>
+        <v>1614</v>
       </c>
       <c r="K19" s="31">
-        <v>1.06831872129779</v>
+        <v>1.2032474261389501</v>
       </c>
       <c r="L19" s="29">
-        <v>-2</v>
+        <v>-51</v>
       </c>
       <c r="M19" s="29">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="N19" s="29">
-        <v>98</v>
+        <v>143</v>
       </c>
       <c r="O19" s="29">
-        <v>142</v>
+        <v>119</v>
       </c>
       <c r="P19" s="29">
-        <v>533</v>
+        <v>510</v>
       </c>
       <c r="Q19" s="29">
         <v>391</v>
       </c>
       <c r="R19" s="29">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="S19" s="29">
-        <v>228</v>
+        <v>254</v>
       </c>
       <c r="T19" s="29">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="U19" s="29">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="V19" s="29">
         <v>0</v>
       </c>
       <c r="W19" s="29">
-        <v>161</v>
+        <v>188</v>
       </c>
       <c r="X19" s="29">
-        <v>79</v>
+        <v>102</v>
       </c>
       <c r="Y19" s="29">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="Z19" s="29">
         <v>0</v>
       </c>
       <c r="AA19" s="68">
-        <v>1.8513217991643101</v>
+        <v>1.8551795342747901</v>
       </c>
       <c r="AB19" s="69">
-        <v>5127.42</v>
+        <v>5134.3</v>
       </c>
     </row>
     <row r="20" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A20" s="66" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="B20" s="67" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="C20" s="29">
-        <v>49268</v>
+        <v>49349</v>
       </c>
       <c r="D20" s="29">
-        <v>110841</v>
+        <v>110756</v>
       </c>
       <c r="E20" s="29">
-        <v>54935</v>
+        <v>54899</v>
       </c>
       <c r="F20" s="29">
-        <v>55906</v>
+        <v>55857</v>
       </c>
       <c r="G20" s="29">
         <v>0</v>
       </c>
       <c r="H20" s="29">
-        <v>26</v>
+        <v>-111</v>
       </c>
       <c r="I20" s="31">
-        <v>2.3462527636150299E-2</v>
+        <v>-0.100119963559941</v>
       </c>
       <c r="J20" s="29">
-        <v>-171</v>
+        <v>-114</v>
       </c>
       <c r="K20" s="31">
-        <v>-0.15403740136201499</v>
+        <v>-0.102823126183819</v>
       </c>
       <c r="L20" s="29">
-        <v>-86</v>
+        <v>-133</v>
       </c>
       <c r="M20" s="29">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="N20" s="29">
-        <v>134</v>
+        <v>186</v>
       </c>
       <c r="O20" s="29">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="P20" s="29">
-        <v>449</v>
+        <v>407</v>
       </c>
       <c r="Q20" s="29">
-        <v>337</v>
+        <v>385</v>
       </c>
       <c r="R20" s="29">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="S20" s="29">
-        <v>230</v>
+        <v>211</v>
       </c>
       <c r="T20" s="29">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="U20" s="29">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="V20" s="29">
         <v>0</v>
       </c>
       <c r="W20" s="29">
-        <v>164</v>
+        <v>203</v>
       </c>
       <c r="X20" s="29">
-        <v>86</v>
+        <v>119</v>
       </c>
       <c r="Y20" s="29">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="Z20" s="29">
         <v>0</v>
       </c>
       <c r="AA20" s="68">
-        <v>1.51363777516373</v>
+        <v>1.5135966917233601</v>
       </c>
       <c r="AB20" s="69">
-        <v>2254.2399999999998</v>
+        <v>2252.5100000000002</v>
       </c>
     </row>
     <row r="21" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A21" s="66" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="B21" s="67" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="C21" s="29">
-        <v>163168</v>
+        <v>163266</v>
       </c>
       <c r="D21" s="29">
-        <v>354210</v>
+        <v>354109</v>
       </c>
       <c r="E21" s="29">
-        <v>176278</v>
+        <v>176206</v>
       </c>
       <c r="F21" s="29">
-        <v>177931</v>
+        <v>177902</v>
       </c>
       <c r="G21" s="29">
         <v>1</v>
       </c>
       <c r="H21" s="29">
-        <v>-77</v>
+        <v>-42</v>
       </c>
       <c r="I21" s="31">
-        <v>-2.1733792095109301E-2</v>
+        <v>-1.1859348131164399E-2</v>
       </c>
       <c r="J21" s="29">
-        <v>-190</v>
+        <v>87</v>
       </c>
       <c r="K21" s="31">
-        <v>-5.3611738148984199E-2</v>
+        <v>2.4574743942466899E-2</v>
       </c>
       <c r="L21" s="29">
-        <v>-189</v>
+        <v>-271</v>
       </c>
       <c r="M21" s="29">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="N21" s="29">
-        <v>326</v>
+        <v>417</v>
       </c>
       <c r="O21" s="29">
-        <v>112</v>
+        <v>229</v>
       </c>
       <c r="P21" s="29">
-        <v>1076</v>
+        <v>1325</v>
       </c>
       <c r="Q21" s="29">
-        <v>964</v>
+        <v>1096</v>
       </c>
       <c r="R21" s="29">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="S21" s="29">
-        <v>565</v>
+        <v>751</v>
       </c>
       <c r="T21" s="29">
-        <v>325</v>
+        <v>402</v>
       </c>
       <c r="U21" s="29">
-        <v>240</v>
+        <v>349</v>
       </c>
       <c r="V21" s="29">
         <v>0</v>
       </c>
       <c r="W21" s="29">
-        <v>541</v>
+        <v>665</v>
       </c>
       <c r="X21" s="29">
-        <v>297</v>
+        <v>361</v>
       </c>
       <c r="Y21" s="29">
-        <v>244</v>
+        <v>304</v>
       </c>
       <c r="Z21" s="29">
         <v>0</v>
       </c>
       <c r="AA21" s="68">
-        <v>4.8370696433697304</v>
+        <v>4.8392702057628396</v>
       </c>
       <c r="AB21" s="69">
-        <v>3245.76</v>
+        <v>3244.83</v>
       </c>
     </row>
     <row r="22" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A22" s="66" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
       <c r="B22" s="67" t="s">
-        <v>106</v>
+        <v>133</v>
       </c>
       <c r="C22" s="29">
-        <v>83985</v>
+        <v>83929</v>
       </c>
       <c r="D22" s="29">
-        <v>188739</v>
+        <v>188408</v>
       </c>
       <c r="E22" s="29">
-        <v>94392</v>
+        <v>94184</v>
       </c>
       <c r="F22" s="29">
-        <v>94347</v>
+        <v>94224</v>
       </c>
       <c r="G22" s="29">
         <v>0</v>
       </c>
       <c r="H22" s="29">
-        <v>-130</v>
+        <v>-107</v>
       </c>
       <c r="I22" s="31">
-        <v>-6.8830776887684006E-2</v>
+        <v>-5.6759409065591598E-2</v>
       </c>
       <c r="J22" s="29">
-        <v>-1002</v>
+        <v>-967</v>
       </c>
       <c r="K22" s="31">
-        <v>-0.52808828877258995</v>
+        <v>-0.51062706270627101</v>
       </c>
       <c r="L22" s="29">
-        <v>-130</v>
+        <v>-153</v>
       </c>
       <c r="M22" s="29">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="N22" s="29">
-        <v>208</v>
+        <v>235</v>
       </c>
       <c r="O22" s="29">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="P22" s="29">
-        <v>442</v>
+        <v>517</v>
       </c>
       <c r="Q22" s="29">
-        <v>442</v>
+        <v>471</v>
       </c>
       <c r="R22" s="29">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="S22" s="29">
-        <v>265</v>
+        <v>292</v>
       </c>
       <c r="T22" s="29">
-        <v>148</v>
+        <v>182</v>
       </c>
       <c r="U22" s="29">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="V22" s="29">
         <v>0</v>
       </c>
       <c r="W22" s="29">
-        <v>218</v>
+        <v>257</v>
       </c>
       <c r="X22" s="29">
-        <v>133</v>
+        <v>161</v>
       </c>
       <c r="Y22" s="29">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="Z22" s="29">
         <v>0</v>
       </c>
       <c r="AA22" s="68">
-        <v>2.5774079992658598</v>
+        <v>2.5747925664904399</v>
       </c>
       <c r="AB22" s="69">
-        <v>1180.94</v>
+        <v>1178.8699999999999</v>
       </c>
     </row>
     <row r="23" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A23" s="66" t="s">
         <v>98</v>
       </c>
       <c r="B23" s="67" t="s">
         <v>99</v>
       </c>
       <c r="C23" s="29">
-        <v>285501</v>
+        <v>285534</v>
       </c>
       <c r="D23" s="29">
-        <v>595800</v>
+        <v>595389</v>
       </c>
       <c r="E23" s="29">
-        <v>300017</v>
+        <v>299671</v>
       </c>
       <c r="F23" s="29">
-        <v>295783</v>
+        <v>295718</v>
       </c>
       <c r="G23" s="29">
         <v>0</v>
       </c>
       <c r="H23" s="29">
-        <v>-102</v>
+        <v>-183</v>
       </c>
       <c r="I23" s="31">
-        <v>-1.71169084849522E-2</v>
+        <v>-3.0726763514738801E-2</v>
       </c>
       <c r="J23" s="29">
-        <v>995</v>
+        <v>1431</v>
       </c>
       <c r="K23" s="31">
-        <v>0.16728171417523399</v>
+        <v>0.240926126089723</v>
       </c>
       <c r="L23" s="29">
-        <v>-228</v>
+        <v>-393</v>
       </c>
       <c r="M23" s="29">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="N23" s="29">
-        <v>543</v>
+        <v>720</v>
       </c>
       <c r="O23" s="29">
-        <v>126</v>
+        <v>210</v>
       </c>
       <c r="P23" s="29">
-        <v>2459</v>
+        <v>2502</v>
       </c>
       <c r="Q23" s="29">
-        <v>2333</v>
+        <v>2292</v>
       </c>
       <c r="R23" s="29">
-        <v>115</v>
+        <v>291</v>
       </c>
       <c r="S23" s="29">
-        <v>1745</v>
+        <v>1841</v>
       </c>
       <c r="T23" s="29">
-        <v>954</v>
+        <v>1003</v>
       </c>
       <c r="U23" s="29">
-        <v>791</v>
+        <v>838</v>
       </c>
       <c r="V23" s="29">
         <v>0</v>
       </c>
       <c r="W23" s="29">
-        <v>1630</v>
+        <v>1550</v>
       </c>
       <c r="X23" s="29">
-        <v>932</v>
+        <v>909</v>
       </c>
       <c r="Y23" s="29">
-        <v>698</v>
+        <v>641</v>
       </c>
       <c r="Z23" s="29">
         <v>0</v>
       </c>
       <c r="AA23" s="68">
-        <v>8.13620759865527</v>
+        <v>8.1366140045548896</v>
       </c>
       <c r="AB23" s="69">
-        <v>9617.43</v>
+        <v>9610.7900000000009</v>
       </c>
     </row>
     <row r="24" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A24" s="66" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="B24" s="67" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="C24" s="29">
-        <v>33379</v>
+        <v>33417</v>
       </c>
       <c r="D24" s="29">
-        <v>75732</v>
+        <v>75658</v>
       </c>
       <c r="E24" s="29">
-        <v>37247</v>
+        <v>37200</v>
       </c>
       <c r="F24" s="29">
-        <v>38485</v>
+        <v>38458</v>
       </c>
       <c r="G24" s="29">
         <v>0</v>
       </c>
       <c r="H24" s="29">
-        <v>-38</v>
+        <v>-41</v>
       </c>
       <c r="I24" s="31">
-        <v>-5.01517751088821E-2</v>
+        <v>-5.4161877964041802E-2</v>
       </c>
       <c r="J24" s="29">
-        <v>-540</v>
+        <v>-336</v>
       </c>
       <c r="K24" s="31">
-        <v>-0.70799244808055395</v>
+        <v>-0.44214016896070701</v>
       </c>
       <c r="L24" s="29">
-        <v>-54</v>
+        <v>-84</v>
       </c>
       <c r="M24" s="29">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="N24" s="29">
-        <v>73</v>
+        <v>120</v>
       </c>
       <c r="O24" s="29">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="P24" s="29">
-        <v>224</v>
+        <v>249</v>
       </c>
       <c r="Q24" s="29">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="R24" s="29">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="S24" s="29">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="T24" s="29">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="U24" s="29">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="V24" s="29">
         <v>0</v>
       </c>
       <c r="W24" s="29">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="X24" s="29">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="Y24" s="29">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="Z24" s="29">
         <v>0</v>
       </c>
       <c r="AA24" s="68">
-        <v>1.0341914633456899</v>
+        <v>1.0339457772256699</v>
       </c>
       <c r="AB24" s="69">
-        <v>1122.1199999999999</v>
+        <v>1121.02</v>
       </c>
     </row>
     <row r="25" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A25" s="66" t="s">
-        <v>126</v>
+        <v>229</v>
       </c>
       <c r="B25" s="67" t="s">
-        <v>127</v>
+        <v>230</v>
       </c>
       <c r="C25" s="29">
-        <v>23509</v>
+        <v>23446</v>
       </c>
       <c r="D25" s="29">
-        <v>54658</v>
+        <v>54470</v>
       </c>
       <c r="E25" s="29">
-        <v>26644</v>
+        <v>26570</v>
       </c>
       <c r="F25" s="29">
-        <v>28014</v>
+        <v>27900</v>
       </c>
       <c r="G25" s="29">
         <v>0</v>
       </c>
       <c r="H25" s="29">
-        <v>-88</v>
+        <v>-91</v>
       </c>
       <c r="I25" s="31">
-        <v>-0.16074233733971399</v>
+        <v>-0.16678579938051</v>
       </c>
       <c r="J25" s="29">
-        <v>-971</v>
+        <v>-968</v>
       </c>
       <c r="K25" s="31">
-        <v>-1.74549245896924</v>
+        <v>-1.74609473646235</v>
       </c>
       <c r="L25" s="29">
-        <v>-69</v>
+        <v>-77</v>
       </c>
       <c r="M25" s="29">
+        <v>29</v>
+      </c>
+      <c r="N25" s="29">
+        <v>106</v>
+      </c>
+      <c r="O25" s="29">
+        <v>-14</v>
+      </c>
+      <c r="P25" s="29">
+        <v>80</v>
+      </c>
+      <c r="Q25" s="29">
+        <v>94</v>
+      </c>
+      <c r="R25" s="29">
+        <v>7</v>
+      </c>
+      <c r="S25" s="29">
+        <v>44</v>
+      </c>
+      <c r="T25" s="29">
+        <v>23</v>
+      </c>
+      <c r="U25" s="29">
         <v>21</v>
       </c>
-      <c r="N25" s="29">
-[...22 lines deleted...]
-      </c>
       <c r="V25" s="29">
         <v>0</v>
       </c>
       <c r="W25" s="29">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="X25" s="29">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="Y25" s="29">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="Z25" s="29">
         <v>0</v>
       </c>
       <c r="AA25" s="68">
-        <v>0.74640623519184301</v>
+        <v>0.74438957526609495</v>
       </c>
       <c r="AB25" s="69">
-        <v>94.59</v>
+        <v>94.26</v>
       </c>
     </row>
     <row r="26" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A26" s="66" t="s">
-        <v>119</v>
+        <v>231</v>
       </c>
       <c r="B26" s="67" t="s">
-        <v>120</v>
+        <v>232</v>
       </c>
       <c r="C26" s="29">
-        <v>161925</v>
+        <v>162050</v>
       </c>
       <c r="D26" s="29">
-        <v>340685</v>
+        <v>340521</v>
       </c>
       <c r="E26" s="29">
-        <v>166401</v>
+        <v>166296</v>
       </c>
       <c r="F26" s="29">
-        <v>174284</v>
+        <v>174225</v>
       </c>
       <c r="G26" s="29">
         <v>0</v>
       </c>
       <c r="H26" s="29">
-        <v>-57</v>
+        <v>-96</v>
       </c>
       <c r="I26" s="31">
-        <v>-1.672819904796E-2</v>
+        <v>-2.8184148178159001E-2</v>
       </c>
       <c r="J26" s="29">
-        <v>-116</v>
+        <v>20</v>
       </c>
       <c r="K26" s="31">
-        <v>-3.4037458810273397E-2</v>
+        <v>5.8736978746024198E-3</v>
       </c>
       <c r="L26" s="29">
-        <v>-147</v>
+        <v>-243</v>
       </c>
       <c r="M26" s="29">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="N26" s="29">
-        <v>295</v>
+        <v>411</v>
       </c>
       <c r="O26" s="29">
-        <v>90</v>
+        <v>147</v>
       </c>
       <c r="P26" s="29">
-        <v>974</v>
+        <v>1096</v>
       </c>
       <c r="Q26" s="29">
-        <v>884</v>
+        <v>949</v>
       </c>
       <c r="R26" s="29">
-        <v>104</v>
+        <v>144</v>
       </c>
       <c r="S26" s="29">
-        <v>708</v>
+        <v>805</v>
       </c>
       <c r="T26" s="29">
-        <v>382</v>
+        <v>451</v>
       </c>
       <c r="U26" s="29">
-        <v>326</v>
+        <v>354</v>
       </c>
       <c r="V26" s="29">
         <v>0</v>
       </c>
       <c r="W26" s="29">
-        <v>604</v>
+        <v>661</v>
       </c>
       <c r="X26" s="29">
-        <v>311</v>
+        <v>338</v>
       </c>
       <c r="Y26" s="29">
-        <v>293</v>
+        <v>323</v>
       </c>
       <c r="Z26" s="29">
         <v>0</v>
       </c>
       <c r="AA26" s="68">
-        <v>4.6523730878614797</v>
+        <v>4.6535759603302003</v>
       </c>
       <c r="AB26" s="69">
-        <v>4724.51</v>
+        <v>4722.24</v>
       </c>
     </row>
     <row r="27" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A27" s="66" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="B27" s="67" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="C27" s="29">
-        <v>34822</v>
+        <v>34778</v>
       </c>
       <c r="D27" s="29">
-        <v>78532</v>
+        <v>78417</v>
       </c>
       <c r="E27" s="29">
-        <v>39285</v>
+        <v>39206</v>
       </c>
       <c r="F27" s="29">
-        <v>39247</v>
+        <v>39211</v>
       </c>
       <c r="G27" s="29">
         <v>0</v>
       </c>
       <c r="H27" s="29">
-        <v>-71</v>
+        <v>-84</v>
       </c>
       <c r="I27" s="31">
-        <v>-9.0327341195628699E-2</v>
+        <v>-0.107005006305652</v>
       </c>
       <c r="J27" s="29">
-        <v>-599</v>
+        <v>-604</v>
       </c>
       <c r="K27" s="31">
-        <v>-0.75697261503077196</v>
+        <v>-0.76435377937510296</v>
       </c>
       <c r="L27" s="29">
-        <v>-44</v>
+        <v>-69</v>
       </c>
       <c r="M27" s="29">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="N27" s="29">
-        <v>78</v>
+        <v>108</v>
       </c>
       <c r="O27" s="29">
-        <v>-27</v>
+        <v>-15</v>
       </c>
       <c r="P27" s="29">
-        <v>146</v>
+        <v>181</v>
       </c>
       <c r="Q27" s="29">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="R27" s="29">
-        <v>-23</v>
+        <v>-17</v>
       </c>
       <c r="S27" s="29">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="T27" s="29">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="U27" s="29">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="V27" s="29">
         <v>0</v>
       </c>
       <c r="W27" s="29">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="X27" s="29">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="Y27" s="29">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="Z27" s="29">
         <v>0</v>
       </c>
       <c r="AA27" s="68">
-        <v>1.0724280885155999</v>
+        <v>1.0716504006543299</v>
       </c>
       <c r="AB27" s="69">
-        <v>406.79</v>
+        <v>406.2</v>
       </c>
     </row>
     <row r="28" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A28" s="66" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="B28" s="67" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="C28" s="29">
-        <v>48088</v>
+        <v>48154</v>
       </c>
       <c r="D28" s="29">
-        <v>110603</v>
+        <v>110527</v>
       </c>
       <c r="E28" s="29">
-        <v>55628</v>
+        <v>55618</v>
       </c>
       <c r="F28" s="29">
-        <v>54975</v>
+        <v>54909</v>
       </c>
       <c r="G28" s="29">
         <v>0</v>
       </c>
       <c r="H28" s="29">
-        <v>-52</v>
+        <v>-88</v>
       </c>
       <c r="I28" s="31">
-        <v>-4.6992905878631801E-2</v>
+        <v>-7.9555214030646804E-2</v>
       </c>
       <c r="J28" s="29">
-        <v>-222</v>
+        <v>-138</v>
       </c>
       <c r="K28" s="31">
-        <v>-0.20031581321903899</v>
+        <v>-0.12470067320291001</v>
       </c>
       <c r="L28" s="29">
-        <v>-71</v>
+        <v>-114</v>
       </c>
       <c r="M28" s="29">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="N28" s="29">
-        <v>123</v>
+        <v>156</v>
       </c>
       <c r="O28" s="29">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="P28" s="29">
-        <v>314</v>
+        <v>382</v>
       </c>
       <c r="Q28" s="29">
-        <v>295</v>
+        <v>356</v>
       </c>
       <c r="R28" s="29">
-        <v>5</v>
+        <v>-13</v>
       </c>
       <c r="S28" s="29">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="T28" s="29">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="U28" s="29">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="V28" s="29">
         <v>0</v>
       </c>
       <c r="W28" s="29">
-        <v>164</v>
+        <v>203</v>
       </c>
       <c r="X28" s="29">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="Y28" s="29">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="Z28" s="29">
         <v>0</v>
       </c>
       <c r="AA28" s="68">
-        <v>1.51038766202429</v>
+        <v>1.51046716698064</v>
       </c>
       <c r="AB28" s="69">
-        <v>829.72</v>
+        <v>829.15</v>
       </c>
     </row>
     <row r="29" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A29" s="66" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="B29" s="67" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="C29" s="29">
-        <v>34893</v>
+        <v>34887</v>
       </c>
       <c r="D29" s="29">
-        <v>76873</v>
+        <v>76775</v>
       </c>
       <c r="E29" s="29">
-        <v>38502</v>
+        <v>38446</v>
       </c>
       <c r="F29" s="29">
-        <v>38371</v>
+        <v>38329</v>
       </c>
       <c r="G29" s="29">
         <v>0</v>
       </c>
       <c r="H29" s="29">
-        <v>-47</v>
+        <v>-34</v>
       </c>
       <c r="I29" s="31">
-        <v>-6.11024440977639E-2</v>
+        <v>-4.4265645952948199E-2</v>
       </c>
       <c r="J29" s="29">
-        <v>-635</v>
+        <v>-579</v>
       </c>
       <c r="K29" s="31">
-        <v>-0.81927026887547105</v>
+        <v>-0.74850686454481996</v>
       </c>
       <c r="L29" s="29">
-        <v>-34</v>
+        <v>-103</v>
       </c>
       <c r="M29" s="29">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="N29" s="29">
-        <v>65</v>
+        <v>137</v>
       </c>
       <c r="O29" s="29">
-        <v>-13</v>
+        <v>69</v>
       </c>
       <c r="P29" s="29">
-        <v>228</v>
+        <v>296</v>
       </c>
       <c r="Q29" s="29">
-        <v>241</v>
+        <v>227</v>
       </c>
       <c r="R29" s="29">
-        <v>3</v>
+        <v>69</v>
       </c>
       <c r="S29" s="29">
-        <v>158</v>
+        <v>198</v>
       </c>
       <c r="T29" s="29">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="U29" s="29">
-        <v>60</v>
+        <v>107</v>
       </c>
       <c r="V29" s="29">
         <v>0</v>
       </c>
       <c r="W29" s="29">
-        <v>155</v>
+        <v>129</v>
       </c>
       <c r="X29" s="29">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="Y29" s="29">
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="Z29" s="29">
         <v>0</v>
       </c>
       <c r="AA29" s="68">
-        <v>1.04977288810243</v>
+        <v>1.0492107516257501</v>
       </c>
       <c r="AB29" s="69">
-        <v>857.09</v>
+        <v>856</v>
       </c>
     </row>
     <row r="30" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A30" s="66" t="s">
-        <v>110</v>
+        <v>239</v>
       </c>
       <c r="B30" s="67" t="s">
-        <v>111</v>
+        <v>240</v>
       </c>
       <c r="C30" s="29">
-        <v>43057</v>
+        <v>43012</v>
       </c>
       <c r="D30" s="29">
-        <v>92781</v>
+        <v>92614</v>
       </c>
       <c r="E30" s="29">
-        <v>46491</v>
+        <v>46405</v>
       </c>
       <c r="F30" s="29">
-        <v>46290</v>
+        <v>46209</v>
       </c>
       <c r="G30" s="29">
         <v>0</v>
       </c>
       <c r="H30" s="29">
-        <v>29</v>
+        <v>-118</v>
       </c>
       <c r="I30" s="31">
-        <v>3.1266172158012799E-2</v>
+        <v>-0.12724841478669699</v>
       </c>
       <c r="J30" s="29">
-        <v>22</v>
+        <v>-21</v>
       </c>
       <c r="K30" s="31">
-        <v>2.3717375133410198E-2</v>
+        <v>-2.2669617315269602E-2</v>
       </c>
       <c r="L30" s="29">
-        <v>-32</v>
+        <v>-89</v>
       </c>
       <c r="M30" s="29">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N30" s="29">
-        <v>65</v>
+        <v>123</v>
       </c>
       <c r="O30" s="29">
-        <v>61</v>
+        <v>-29</v>
       </c>
       <c r="P30" s="29">
-        <v>328</v>
+        <v>281</v>
       </c>
       <c r="Q30" s="29">
-        <v>267</v>
+        <v>310</v>
       </c>
       <c r="R30" s="29">
-        <v>21</v>
+        <v>-4</v>
       </c>
       <c r="S30" s="29">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="T30" s="29">
-        <v>110</v>
+        <v>94</v>
       </c>
       <c r="U30" s="29">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="V30" s="29">
         <v>0</v>
       </c>
       <c r="W30" s="29">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="X30" s="29">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="Y30" s="29">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="Z30" s="29">
         <v>0</v>
       </c>
       <c r="AA30" s="68">
-        <v>1.2670115428177799</v>
+        <v>1.26566726865603</v>
       </c>
       <c r="AB30" s="69">
-        <v>1419.75</v>
+        <v>1417.19</v>
       </c>
     </row>
     <row r="31" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A31" s="66" t="s">
-        <v>96</v>
+        <v>123</v>
       </c>
       <c r="B31" s="67" t="s">
-        <v>97</v>
+        <v>124</v>
       </c>
       <c r="C31" s="29">
-        <v>103968</v>
+        <v>103989</v>
       </c>
       <c r="D31" s="29">
-        <v>225072</v>
+        <v>224844</v>
       </c>
       <c r="E31" s="29">
-        <v>110670</v>
+        <v>110488</v>
       </c>
       <c r="F31" s="29">
-        <v>114402</v>
+        <v>114356</v>
       </c>
       <c r="G31" s="29">
         <v>0</v>
       </c>
       <c r="H31" s="29">
-        <v>-133</v>
+        <v>-29</v>
       </c>
       <c r="I31" s="31">
-        <v>-5.9057303345840501E-2</v>
+        <v>-1.2896168059304601E-2</v>
       </c>
       <c r="J31" s="29">
-        <v>-953</v>
+        <v>-820</v>
       </c>
       <c r="K31" s="31">
-        <v>-0.42163477491427898</v>
+        <v>-0.36337209302325602</v>
       </c>
       <c r="L31" s="29">
-        <v>-180</v>
+        <v>-213</v>
       </c>
       <c r="M31" s="29">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="N31" s="29">
-        <v>251</v>
+        <v>304</v>
       </c>
       <c r="O31" s="29">
-        <v>47</v>
+        <v>184</v>
       </c>
       <c r="P31" s="29">
-        <v>683</v>
+        <v>744</v>
       </c>
       <c r="Q31" s="29">
-        <v>636</v>
+        <v>560</v>
       </c>
       <c r="R31" s="29">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="S31" s="29">
-        <v>363</v>
+        <v>406</v>
       </c>
       <c r="T31" s="29">
-        <v>201</v>
+        <v>223</v>
       </c>
       <c r="U31" s="29">
-        <v>162</v>
+        <v>183</v>
       </c>
       <c r="V31" s="29">
         <v>0</v>
       </c>
       <c r="W31" s="29">
-        <v>344</v>
+        <v>316</v>
       </c>
       <c r="X31" s="29">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="Y31" s="29">
-        <v>157</v>
+        <v>133</v>
       </c>
       <c r="Z31" s="29">
         <v>0</v>
       </c>
       <c r="AA31" s="68">
-        <v>3.07356917865817</v>
+        <v>3.0727286517556398</v>
       </c>
       <c r="AB31" s="69">
-        <v>3410.18</v>
+        <v>3406.72</v>
       </c>
     </row>
     <row r="32" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A32" s="66" t="s">
-        <v>245</v>
+        <v>112</v>
       </c>
       <c r="B32" s="67" t="s">
-        <v>246</v>
+        <v>113</v>
       </c>
       <c r="C32" s="29">
-        <v>67379</v>
+        <v>67387</v>
       </c>
       <c r="D32" s="29">
-        <v>146113</v>
+        <v>145993</v>
       </c>
       <c r="E32" s="29">
-        <v>72325</v>
+        <v>72209</v>
       </c>
       <c r="F32" s="29">
-        <v>73788</v>
+        <v>73784</v>
       </c>
       <c r="G32" s="29">
         <v>0</v>
       </c>
       <c r="H32" s="29">
-        <v>-29</v>
+        <v>-170</v>
       </c>
       <c r="I32" s="31">
-        <v>-1.9843713648369399E-2</v>
+        <v>-0.116308504888378</v>
       </c>
       <c r="J32" s="29">
-        <v>-922</v>
+        <v>-727</v>
       </c>
       <c r="K32" s="31">
-        <v>-0.62706158397660405</v>
+        <v>-0.49550163576881101</v>
       </c>
       <c r="L32" s="29">
-        <v>-103</v>
+        <v>-125</v>
       </c>
       <c r="M32" s="29">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="N32" s="29">
-        <v>155</v>
+        <v>189</v>
       </c>
       <c r="O32" s="29">
-        <v>74</v>
+        <v>-45</v>
       </c>
       <c r="P32" s="29">
+        <v>389</v>
+      </c>
+      <c r="Q32" s="29">
         <v>434</v>
       </c>
-      <c r="Q32" s="29">
-[...1 lines deleted...]
-      </c>
       <c r="R32" s="29">
-        <v>64</v>
+        <v>-13</v>
       </c>
       <c r="S32" s="29">
-        <v>253</v>
+        <v>205</v>
       </c>
       <c r="T32" s="29">
-        <v>146</v>
+        <v>104</v>
       </c>
       <c r="U32" s="29">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="V32" s="29">
         <v>0</v>
       </c>
       <c r="W32" s="29">
-        <v>189</v>
+        <v>218</v>
       </c>
       <c r="X32" s="29">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="Y32" s="29">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="Z32" s="29">
         <v>0</v>
       </c>
       <c r="AA32" s="68">
-        <v>1.9953100048041601</v>
+        <v>1.9951471867417501</v>
       </c>
       <c r="AB32" s="69">
-        <v>2982.5</v>
+        <v>2980.05</v>
       </c>
     </row>
     <row r="33" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A33" s="66" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B33" s="67" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="C33" s="29">
-        <v>23042</v>
+        <v>22985</v>
       </c>
       <c r="D33" s="29">
-        <v>52049</v>
+        <v>51981</v>
       </c>
       <c r="E33" s="29">
-        <v>25892</v>
+        <v>25854</v>
       </c>
       <c r="F33" s="29">
-        <v>26157</v>
+        <v>26127</v>
       </c>
       <c r="G33" s="29">
         <v>0</v>
       </c>
       <c r="H33" s="29">
-        <v>-10</v>
+        <v>-80</v>
       </c>
       <c r="I33" s="31">
-        <v>-1.9208974432854999E-2</v>
+        <v>-0.15366589193446201</v>
       </c>
       <c r="J33" s="29">
-        <v>-97</v>
+        <v>-105</v>
       </c>
       <c r="K33" s="31">
-        <v>-0.18601618532581601</v>
+        <v>-0.201589678608455</v>
       </c>
       <c r="L33" s="29">
-        <v>-31</v>
+        <v>-47</v>
       </c>
       <c r="M33" s="29">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="N33" s="29">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="O33" s="29">
-        <v>21</v>
+        <v>-33</v>
       </c>
       <c r="P33" s="29">
-        <v>162</v>
+        <v>144</v>
       </c>
       <c r="Q33" s="29">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="R33" s="29">
-        <v>17</v>
+        <v>-13</v>
       </c>
       <c r="S33" s="29">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="T33" s="29">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="U33" s="29">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="V33" s="29">
         <v>0</v>
       </c>
       <c r="W33" s="29">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="X33" s="29">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="Y33" s="29">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="Z33" s="29">
         <v>0</v>
       </c>
       <c r="AA33" s="68">
-        <v>0.71077789409601899</v>
+        <v>0.71037478450352298</v>
       </c>
       <c r="AB33" s="69">
-        <v>887.6</v>
+        <v>886.44</v>
       </c>
     </row>
     <row r="34" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A34" s="66" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="B34" s="67" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="C34" s="29">
-        <v>51104</v>
+        <v>51181</v>
       </c>
       <c r="D34" s="29">
-        <v>116401</v>
+        <v>116307</v>
       </c>
       <c r="E34" s="29">
-        <v>57305</v>
+        <v>57238</v>
       </c>
       <c r="F34" s="29">
-        <v>59096</v>
+        <v>59069</v>
       </c>
       <c r="G34" s="29">
         <v>0</v>
       </c>
       <c r="H34" s="29">
-        <v>-66</v>
+        <v>-33</v>
       </c>
       <c r="I34" s="31">
-        <v>-5.6668412511698601E-2</v>
+        <v>-2.8365136668385801E-2</v>
       </c>
       <c r="J34" s="29">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="K34" s="31">
-        <v>6.7914925809391194E-2</v>
+        <v>5.0753561351593098E-2</v>
       </c>
       <c r="L34" s="29">
-        <v>-80</v>
+        <v>-84</v>
       </c>
       <c r="M34" s="29">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="N34" s="29">
+        <v>137</v>
+      </c>
+      <c r="O34" s="29">
+        <v>51</v>
+      </c>
+      <c r="P34" s="29">
+        <v>360</v>
+      </c>
+      <c r="Q34" s="29">
+        <v>309</v>
+      </c>
+      <c r="R34" s="29">
+        <v>52</v>
+      </c>
+      <c r="S34" s="29">
+        <v>177</v>
+      </c>
+      <c r="T34" s="29">
+        <v>109</v>
+      </c>
+      <c r="U34" s="29">
+        <v>68</v>
+      </c>
+      <c r="V34" s="29">
+        <v>0</v>
+      </c>
+      <c r="W34" s="29">
         <v>125</v>
       </c>
-      <c r="O34" s="29">
-[...25 lines deleted...]
-      </c>
       <c r="X34" s="29">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="Y34" s="29">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="Z34" s="29">
         <v>0</v>
       </c>
       <c r="AA34" s="68">
-        <v>1.5895647880011301</v>
+        <v>1.5894569181287601</v>
       </c>
       <c r="AB34" s="69">
-        <v>1725.99</v>
+        <v>1724.59</v>
       </c>
     </row>
     <row r="35" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A35" s="66" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B35" s="67" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C35" s="29">
-        <v>59666</v>
+        <v>59638</v>
       </c>
       <c r="D35" s="29">
-        <v>138637</v>
+        <v>138431</v>
       </c>
       <c r="E35" s="29">
-        <v>68861</v>
+        <v>68753</v>
       </c>
       <c r="F35" s="29">
-        <v>69776</v>
+        <v>69678</v>
       </c>
       <c r="G35" s="29">
         <v>0</v>
       </c>
       <c r="H35" s="29">
-        <v>-34</v>
+        <v>-133</v>
       </c>
       <c r="I35" s="31">
-        <v>-2.4518464567212999E-2</v>
+        <v>-9.5984527005571404E-2</v>
       </c>
       <c r="J35" s="29">
-        <v>-511</v>
+        <v>-543</v>
       </c>
       <c r="K35" s="31">
-        <v>-0.36723488659556702</v>
+        <v>-0.39072056643688702</v>
       </c>
       <c r="L35" s="29">
-        <v>-99</v>
+        <v>-131</v>
       </c>
       <c r="M35" s="29">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="N35" s="29">
-        <v>158</v>
+        <v>202</v>
       </c>
       <c r="O35" s="29">
-        <v>65</v>
+        <v>-2</v>
       </c>
       <c r="P35" s="29">
-        <v>385</v>
+        <v>366</v>
       </c>
       <c r="Q35" s="29">
-        <v>320</v>
+        <v>368</v>
       </c>
       <c r="R35" s="29">
-        <v>19</v>
+        <v>-37</v>
       </c>
       <c r="S35" s="29">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="T35" s="29">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="U35" s="29">
-        <v>98</v>
+        <v>71</v>
       </c>
       <c r="V35" s="29">
         <v>0</v>
       </c>
       <c r="W35" s="29">
-        <v>194</v>
+        <v>234</v>
       </c>
       <c r="X35" s="29">
-        <v>116</v>
+        <v>149</v>
       </c>
       <c r="Y35" s="29">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="Z35" s="29">
         <v>0</v>
       </c>
       <c r="AA35" s="68">
-        <v>1.89321821560049</v>
+        <v>1.8918045399974399</v>
       </c>
       <c r="AB35" s="69">
-        <v>1001.92</v>
+        <v>1000.44</v>
       </c>
     </row>
     <row r="36" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A36" s="66" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="B36" s="67" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="C36" s="29">
-        <v>103252</v>
+        <v>103496</v>
       </c>
       <c r="D36" s="29">
-        <v>228334</v>
+        <v>228400</v>
       </c>
       <c r="E36" s="29">
-        <v>112468</v>
+        <v>112472</v>
       </c>
       <c r="F36" s="29">
-        <v>115866</v>
+        <v>115928</v>
       </c>
       <c r="G36" s="29">
         <v>0</v>
       </c>
       <c r="H36" s="29">
-        <v>-59</v>
+        <v>-30</v>
       </c>
       <c r="I36" s="31">
-        <v>-2.58326656246032E-2</v>
+        <v>-1.3133126121787899E-2</v>
       </c>
       <c r="J36" s="29">
-        <v>509</v>
+        <v>708</v>
       </c>
       <c r="K36" s="31">
-        <v>0.223417096455613</v>
+        <v>0.310946366143738</v>
       </c>
       <c r="L36" s="29">
-        <v>-113</v>
+        <v>-177</v>
       </c>
       <c r="M36" s="29">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="N36" s="29">
-        <v>230</v>
+        <v>285</v>
       </c>
       <c r="O36" s="29">
-        <v>54</v>
+        <v>147</v>
       </c>
       <c r="P36" s="29">
-        <v>669</v>
+        <v>703</v>
       </c>
       <c r="Q36" s="29">
-        <v>615</v>
+        <v>556</v>
       </c>
       <c r="R36" s="29">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="S36" s="29">
-        <v>316</v>
+        <v>368</v>
       </c>
       <c r="T36" s="29">
-        <v>165</v>
+        <v>219</v>
       </c>
       <c r="U36" s="29">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="V36" s="29">
         <v>0</v>
       </c>
       <c r="W36" s="29">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="X36" s="29">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="Y36" s="29">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="Z36" s="29">
         <v>0</v>
       </c>
       <c r="AA36" s="68">
-        <v>3.1181148469811202</v>
+        <v>3.1213251145727199</v>
       </c>
       <c r="AB36" s="69">
-        <v>5017.22</v>
+        <v>5018.67</v>
       </c>
     </row>
     <row r="37" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A37" s="66" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B37" s="67" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C37" s="29">
-        <v>120699</v>
+        <v>120712</v>
       </c>
       <c r="D37" s="29">
-        <v>250563</v>
+        <v>250419</v>
       </c>
       <c r="E37" s="29">
-        <v>125702</v>
+        <v>125559</v>
       </c>
       <c r="F37" s="29">
-        <v>124861</v>
+        <v>124860</v>
       </c>
       <c r="G37" s="29">
         <v>0</v>
       </c>
       <c r="H37" s="29">
-        <v>-64</v>
+        <v>-280</v>
       </c>
       <c r="I37" s="31">
-        <v>-2.55359558227964E-2</v>
+        <v>-0.111687721131716</v>
       </c>
       <c r="J37" s="29">
-        <v>454</v>
+        <v>428</v>
       </c>
       <c r="K37" s="31">
-        <v>0.181520856906389</v>
+        <v>0.171206163421883</v>
       </c>
       <c r="L37" s="29">
-        <v>-63</v>
+        <v>-190</v>
       </c>
       <c r="M37" s="29">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="N37" s="29">
-        <v>182</v>
+        <v>313</v>
       </c>
       <c r="O37" s="29">
-        <v>-1</v>
+        <v>-90</v>
       </c>
       <c r="P37" s="29">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="Q37" s="29">
-        <v>865</v>
+        <v>963</v>
       </c>
       <c r="R37" s="29">
-        <v>60</v>
+        <v>-2</v>
       </c>
       <c r="S37" s="29">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="T37" s="29">
-        <v>362</v>
+        <v>339</v>
       </c>
       <c r="U37" s="29">
-        <v>272</v>
+        <v>294</v>
       </c>
       <c r="V37" s="29">
         <v>0</v>
       </c>
       <c r="W37" s="29">
-        <v>574</v>
+        <v>635</v>
       </c>
       <c r="X37" s="29">
-        <v>327</v>
+        <v>358</v>
       </c>
       <c r="Y37" s="29">
-        <v>247</v>
+        <v>277</v>
       </c>
       <c r="Z37" s="29">
         <v>0</v>
       </c>
       <c r="AA37" s="68">
-        <v>3.4216726830175599</v>
+        <v>3.4222378015157</v>
       </c>
       <c r="AB37" s="69">
-        <v>9124.65</v>
+        <v>9119.41</v>
       </c>
     </row>
     <row r="38" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A38" s="66" t="s">
-        <v>114</v>
+        <v>249</v>
       </c>
       <c r="B38" s="67" t="s">
-        <v>115</v>
+        <v>250</v>
       </c>
       <c r="C38" s="29">
-        <v>150281</v>
+        <v>150336</v>
       </c>
       <c r="D38" s="29">
-        <v>338072</v>
+        <v>337839</v>
       </c>
       <c r="E38" s="29">
-        <v>166147</v>
+        <v>166024</v>
       </c>
       <c r="F38" s="29">
-        <v>171925</v>
+        <v>171815</v>
       </c>
       <c r="G38" s="29">
         <v>0</v>
       </c>
       <c r="H38" s="29">
-        <v>-128</v>
+        <v>-77</v>
       </c>
       <c r="I38" s="31">
-        <v>-3.78474275576582E-2</v>
+        <v>-2.27867280625954E-2</v>
       </c>
       <c r="J38" s="29">
-        <v>-821</v>
+        <v>-740</v>
       </c>
       <c r="K38" s="31">
-        <v>-0.24225935619797401</v>
+        <v>-0.218560513203713</v>
       </c>
       <c r="L38" s="29">
-        <v>-163</v>
+        <v>-243</v>
       </c>
       <c r="M38" s="29">
-        <v>154</v>
+        <v>180</v>
       </c>
       <c r="N38" s="29">
-        <v>317</v>
+        <v>423</v>
       </c>
       <c r="O38" s="29">
-        <v>35</v>
+        <v>166</v>
       </c>
       <c r="P38" s="29">
-        <v>920</v>
+        <v>1054</v>
       </c>
       <c r="Q38" s="29">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="R38" s="29">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="S38" s="29">
-        <v>561</v>
+        <v>617</v>
       </c>
       <c r="T38" s="29">
-        <v>306</v>
+        <v>332</v>
       </c>
       <c r="U38" s="29">
-        <v>255</v>
+        <v>285</v>
       </c>
       <c r="V38" s="29">
         <v>0</v>
       </c>
       <c r="W38" s="29">
-        <v>494</v>
+        <v>568</v>
       </c>
       <c r="X38" s="29">
-        <v>257</v>
+        <v>302</v>
       </c>
       <c r="Y38" s="29">
-        <v>237</v>
+        <v>266</v>
       </c>
       <c r="Z38" s="29">
         <v>0</v>
       </c>
       <c r="AA38" s="68">
-        <v>4.6166901230154203</v>
+        <v>4.6169236225137196</v>
       </c>
       <c r="AB38" s="69">
-        <v>5612.08</v>
+        <v>5608.21</v>
       </c>
     </row>
     <row r="39" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A39" s="66" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="B39" s="67" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C39" s="29">
-        <v>39811</v>
+        <v>39801</v>
       </c>
       <c r="D39" s="29">
-        <v>75839</v>
+        <v>75832</v>
       </c>
       <c r="E39" s="29">
-        <v>38482</v>
+        <v>38479</v>
       </c>
       <c r="F39" s="29">
-        <v>37357</v>
+        <v>37353</v>
       </c>
       <c r="G39" s="29">
         <v>0</v>
       </c>
       <c r="H39" s="29">
-        <v>-3</v>
+        <v>-59</v>
       </c>
       <c r="I39" s="31">
-        <v>-3.9555918883995697E-3</v>
+        <v>-7.7743078889459902E-2</v>
       </c>
       <c r="J39" s="29">
-        <v>822</v>
+        <v>1053</v>
       </c>
       <c r="K39" s="31">
-        <v>1.09575162963062</v>
+        <v>1.4081493467417301</v>
       </c>
       <c r="L39" s="29">
-        <v>-18</v>
+        <v>-40</v>
       </c>
       <c r="M39" s="29">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="N39" s="29">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="O39" s="29">
-        <v>15</v>
+        <v>-19</v>
       </c>
       <c r="P39" s="29">
-        <v>472</v>
+        <v>487</v>
       </c>
       <c r="Q39" s="29">
-        <v>457</v>
+        <v>506</v>
       </c>
       <c r="R39" s="29">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="S39" s="29">
-        <v>307</v>
+        <v>328</v>
       </c>
       <c r="T39" s="29">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="U39" s="29">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="V39" s="29">
         <v>0</v>
       </c>
       <c r="W39" s="29">
-        <v>230</v>
+        <v>283</v>
       </c>
       <c r="X39" s="29">
-        <v>147</v>
+        <v>168</v>
       </c>
       <c r="Y39" s="29">
-        <v>83</v>
+        <v>115</v>
       </c>
       <c r="Z39" s="29">
         <v>0</v>
       </c>
       <c r="AA39" s="68">
-        <v>1.03565264866468</v>
+        <v>1.03632366938826</v>
       </c>
       <c r="AB39" s="69">
-        <v>14841.29</v>
+        <v>14839.92</v>
       </c>
     </row>
     <row r="40" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A40" s="66" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="B40" s="67" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="C40" s="29">
-        <v>68828</v>
+        <v>68914</v>
       </c>
       <c r="D40" s="29">
-        <v>142841</v>
+        <v>142851</v>
       </c>
       <c r="E40" s="29">
-        <v>71978</v>
+        <v>71979</v>
       </c>
       <c r="F40" s="29">
-        <v>70863</v>
+        <v>70872</v>
       </c>
       <c r="G40" s="29">
         <v>0</v>
       </c>
       <c r="H40" s="29">
-        <v>26</v>
+        <v>-82</v>
       </c>
       <c r="I40" s="31">
-        <v>1.8205370584322401E-2</v>
+        <v>-5.7369536775972001E-2</v>
       </c>
       <c r="J40" s="29">
-        <v>692</v>
+        <v>662</v>
       </c>
       <c r="K40" s="31">
-        <v>0.48681313269878801</v>
+        <v>0.46557750599554099</v>
       </c>
       <c r="L40" s="29">
-        <v>-23</v>
+        <v>-38</v>
       </c>
       <c r="M40" s="29">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N40" s="29">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="O40" s="29">
-        <v>49</v>
+        <v>-44</v>
       </c>
       <c r="P40" s="29">
-        <v>709</v>
+        <v>637</v>
       </c>
       <c r="Q40" s="29">
-        <v>660</v>
+        <v>681</v>
       </c>
       <c r="R40" s="29">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="S40" s="29">
-        <v>473</v>
+        <v>432</v>
       </c>
       <c r="T40" s="29">
-        <v>255</v>
+        <v>236</v>
       </c>
       <c r="U40" s="29">
-        <v>218</v>
+        <v>196</v>
       </c>
       <c r="V40" s="29">
         <v>0</v>
       </c>
       <c r="W40" s="29">
-        <v>397</v>
+        <v>418</v>
       </c>
       <c r="X40" s="29">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="Y40" s="29">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="Z40" s="29">
         <v>0</v>
       </c>
       <c r="AA40" s="68">
-        <v>1.9506277771056</v>
+        <v>1.9522084673460101</v>
       </c>
       <c r="AB40" s="69">
-        <v>7852.72</v>
+        <v>7853.27</v>
       </c>
     </row>
     <row r="41" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A41" s="66" t="s">
-        <v>128</v>
+        <v>253</v>
       </c>
       <c r="B41" s="67" t="s">
-        <v>129</v>
+        <v>254</v>
       </c>
       <c r="C41" s="29">
-        <v>63695</v>
+        <v>63711</v>
       </c>
       <c r="D41" s="29">
-        <v>140773</v>
+        <v>140558</v>
       </c>
       <c r="E41" s="29">
-        <v>68988</v>
+        <v>68877</v>
       </c>
       <c r="F41" s="29">
-        <v>71785</v>
+        <v>71681</v>
       </c>
       <c r="G41" s="29">
         <v>0</v>
       </c>
       <c r="H41" s="29">
-        <v>-39</v>
+        <v>-113</v>
       </c>
       <c r="I41" s="31">
-        <v>-2.7696503138937002E-2</v>
+        <v>-8.0329278955861505E-2</v>
       </c>
       <c r="J41" s="29">
-        <v>-1194</v>
+        <v>-1017</v>
       </c>
       <c r="K41" s="31">
-        <v>-0.84104052350194103</v>
+        <v>-0.71834716581317304</v>
       </c>
       <c r="L41" s="29">
-        <v>-93</v>
+        <v>-116</v>
       </c>
       <c r="M41" s="29">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="N41" s="29">
-        <v>133</v>
+        <v>168</v>
       </c>
       <c r="O41" s="29">
-        <v>54</v>
+        <v>3</v>
       </c>
       <c r="P41" s="29">
-        <v>385</v>
+        <v>375</v>
       </c>
       <c r="Q41" s="29">
-        <v>331</v>
+        <v>372</v>
       </c>
       <c r="R41" s="29">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="S41" s="29">
-        <v>231</v>
+        <v>205</v>
       </c>
       <c r="T41" s="29">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="U41" s="29">
-        <v>110</v>
+        <v>88</v>
       </c>
       <c r="V41" s="29">
         <v>0</v>
       </c>
       <c r="W41" s="29">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="X41" s="29">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="Y41" s="29">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="Z41" s="29">
         <v>0</v>
       </c>
       <c r="AA41" s="68">
-        <v>1.92238729823011</v>
+        <v>1.92087222177808</v>
       </c>
       <c r="AB41" s="69">
-        <v>3149.98</v>
+        <v>3145.17</v>
       </c>
     </row>
     <row r="42" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A42" s="66" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="B42" s="67" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="C42" s="29">
-        <v>67101</v>
+        <v>67109</v>
       </c>
       <c r="D42" s="29">
-        <v>144602</v>
+        <v>144540</v>
       </c>
       <c r="E42" s="29">
-        <v>72377</v>
+        <v>72362</v>
       </c>
       <c r="F42" s="29">
-        <v>72225</v>
+        <v>72178</v>
       </c>
       <c r="G42" s="29">
         <v>0</v>
       </c>
       <c r="H42" s="29">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I42" s="31">
-        <v>1.2449510319260801E-2</v>
+        <v>3.5989147887713901E-2</v>
       </c>
       <c r="J42" s="29">
-        <v>523</v>
+        <v>541</v>
       </c>
       <c r="K42" s="31">
-        <v>0.36299530118893097</v>
+        <v>0.37569705345176002</v>
       </c>
       <c r="L42" s="29">
-        <v>3</v>
+        <v>-22</v>
       </c>
       <c r="M42" s="29">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="N42" s="29">
-        <v>89</v>
+        <v>123</v>
       </c>
       <c r="O42" s="29">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="P42" s="29">
-        <v>545</v>
+        <v>658</v>
       </c>
       <c r="Q42" s="29">
-        <v>530</v>
+        <v>584</v>
       </c>
       <c r="R42" s="29">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="S42" s="29">
-        <v>338</v>
+        <v>456</v>
       </c>
       <c r="T42" s="29">
-        <v>196</v>
+        <v>249</v>
       </c>
       <c r="U42" s="29">
-        <v>142</v>
+        <v>207</v>
       </c>
       <c r="V42" s="29">
         <v>0</v>
       </c>
       <c r="W42" s="29">
-        <v>292</v>
+        <v>365</v>
       </c>
       <c r="X42" s="29">
-        <v>157</v>
+        <v>199</v>
       </c>
       <c r="Y42" s="29">
-        <v>135</v>
+        <v>166</v>
       </c>
       <c r="Z42" s="29">
         <v>0</v>
       </c>
       <c r="AA42" s="68">
-        <v>1.97467588314997</v>
+        <v>1.9752904205794299</v>
       </c>
       <c r="AB42" s="69">
-        <v>7884.51</v>
+        <v>7881.13</v>
       </c>
     </row>
     <row r="43" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A43" s="66" t="s">
-        <v>156</v>
+        <v>255</v>
       </c>
       <c r="B43" s="67" t="s">
-        <v>157</v>
+        <v>256</v>
       </c>
       <c r="C43" s="29">
-        <v>34515</v>
+        <v>34528</v>
       </c>
       <c r="D43" s="29">
-        <v>75095</v>
+        <v>75055</v>
       </c>
       <c r="E43" s="29">
-        <v>36741</v>
+        <v>36720</v>
       </c>
       <c r="F43" s="29">
-        <v>38354</v>
+        <v>38335</v>
       </c>
       <c r="G43" s="29">
         <v>0</v>
       </c>
       <c r="H43" s="29">
-        <v>-14</v>
+        <v>-52</v>
       </c>
       <c r="I43" s="31">
-        <v>-1.8639577147878401E-2</v>
+        <v>-6.9234558696259996E-2</v>
       </c>
       <c r="J43" s="29">
-        <v>-58</v>
+        <v>40</v>
       </c>
       <c r="K43" s="31">
-        <v>-7.7175894508535903E-2</v>
+        <v>5.3322668799573397E-2</v>
       </c>
       <c r="L43" s="29">
-        <v>-28</v>
+        <v>-50</v>
       </c>
       <c r="M43" s="29">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="N43" s="29">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="O43" s="29">
-        <v>14</v>
+        <v>-2</v>
       </c>
       <c r="P43" s="29">
-        <v>290</v>
+        <v>276</v>
       </c>
       <c r="Q43" s="29">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="R43" s="29">
-        <v>-23</v>
+        <v>52</v>
       </c>
       <c r="S43" s="29">
-        <v>139</v>
+        <v>189</v>
       </c>
       <c r="T43" s="29">
-        <v>76</v>
+        <v>115</v>
       </c>
       <c r="U43" s="29">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="V43" s="29">
         <v>0</v>
       </c>
       <c r="W43" s="29">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="X43" s="29">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="Y43" s="29">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="Z43" s="29">
         <v>0</v>
       </c>
       <c r="AA43" s="68">
-        <v>1.02549263111953</v>
+        <v>1.0257051509380699</v>
       </c>
       <c r="AB43" s="69">
-        <v>8297.7900000000009</v>
+        <v>8293.3700000000008</v>
       </c>
     </row>
     <row r="44" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A44" s="66" t="s">
-        <v>257</v>
+        <v>117</v>
       </c>
       <c r="B44" s="67" t="s">
-        <v>258</v>
+        <v>118</v>
       </c>
       <c r="C44" s="29">
-        <v>42249</v>
+        <v>42244</v>
       </c>
       <c r="D44" s="29">
-        <v>84769</v>
+        <v>84733</v>
       </c>
       <c r="E44" s="29">
-        <v>43408</v>
+        <v>43396</v>
       </c>
       <c r="F44" s="29">
-        <v>41361</v>
+        <v>41337</v>
       </c>
       <c r="G44" s="29">
         <v>0</v>
       </c>
       <c r="H44" s="29">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I44" s="31">
-        <v>7.0785602208510798E-3</v>
+        <v>9.4423133667748595E-3</v>
       </c>
       <c r="J44" s="29">
-        <v>-3</v>
+        <v>100</v>
       </c>
       <c r="K44" s="31">
-        <v>-3.5389043552116299E-3</v>
+        <v>0.11815721999692801</v>
       </c>
       <c r="L44" s="29">
-        <v>5</v>
+        <v>-16</v>
       </c>
       <c r="M44" s="29">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="N44" s="29">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="O44" s="29">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="P44" s="29">
-        <v>418</v>
+        <v>431</v>
       </c>
       <c r="Q44" s="29">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="R44" s="29">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="S44" s="29">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="T44" s="29">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="U44" s="29">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="V44" s="29">
         <v>0</v>
       </c>
       <c r="W44" s="29">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="X44" s="29">
-        <v>156</v>
+        <v>178</v>
       </c>
       <c r="Y44" s="29">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="Z44" s="29">
         <v>0</v>
       </c>
       <c r="AA44" s="68">
-        <v>1.15760017108159</v>
+        <v>1.1579651529469801</v>
       </c>
       <c r="AB44" s="69">
-        <v>7678.35</v>
+        <v>7675.09</v>
       </c>
     </row>
     <row r="45" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A45" s="66" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B45" s="67" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C45" s="29">
-        <v>78687</v>
+        <v>78685</v>
       </c>
       <c r="D45" s="29">
-        <v>166160</v>
+        <v>165942</v>
       </c>
       <c r="E45" s="29">
-        <v>81731</v>
+        <v>81632</v>
       </c>
       <c r="F45" s="29">
-        <v>84429</v>
+        <v>84310</v>
       </c>
       <c r="G45" s="29">
         <v>0</v>
       </c>
       <c r="H45" s="29">
-        <v>3</v>
+        <v>-78</v>
       </c>
       <c r="I45" s="31">
-        <v>1.8055212840867401E-3</v>
+        <v>-4.6982291290206001E-2</v>
       </c>
       <c r="J45" s="29">
-        <v>-23</v>
+        <v>-105</v>
       </c>
       <c r="K45" s="31">
-        <v>-1.38401641563818E-2</v>
+        <v>-6.3235108132034895E-2</v>
       </c>
       <c r="L45" s="29">
-        <v>-63</v>
+        <v>-99</v>
       </c>
       <c r="M45" s="29">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="N45" s="29">
-        <v>141</v>
+        <v>185</v>
       </c>
       <c r="O45" s="29">
-        <v>66</v>
+        <v>21</v>
       </c>
       <c r="P45" s="29">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="Q45" s="29">
-        <v>485</v>
+        <v>523</v>
       </c>
       <c r="R45" s="29">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="S45" s="29">
-        <v>354</v>
+        <v>375</v>
       </c>
       <c r="T45" s="29">
-        <v>184</v>
+        <v>212</v>
       </c>
       <c r="U45" s="29">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="V45" s="29">
         <v>0</v>
       </c>
       <c r="W45" s="29">
-        <v>322</v>
+        <v>349</v>
       </c>
       <c r="X45" s="29">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="Y45" s="29">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="Z45" s="29">
         <v>0</v>
       </c>
       <c r="AA45" s="68">
-        <v>2.2690705850831798</v>
+        <v>2.2677711565780498</v>
       </c>
       <c r="AB45" s="69">
-        <v>7294.11</v>
+        <v>7284.54</v>
       </c>
     </row>
     <row r="46" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A46" s="66" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B46" s="67" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C46" s="29">
-        <v>32524</v>
+        <v>32599</v>
       </c>
       <c r="D46" s="29">
-        <v>73636</v>
+        <v>73639</v>
       </c>
       <c r="E46" s="29">
-        <v>36137</v>
+        <v>36166</v>
       </c>
       <c r="F46" s="29">
-        <v>37499</v>
+        <v>37473</v>
       </c>
       <c r="G46" s="29">
         <v>0</v>
       </c>
       <c r="H46" s="29">
-        <v>-18</v>
+        <v>-24</v>
       </c>
       <c r="I46" s="31">
-        <v>-2.4438591250984298E-2</v>
+        <v>-3.2580807189498101E-2</v>
       </c>
       <c r="J46" s="29">
-        <v>-52</v>
+        <v>-35</v>
       </c>
       <c r="K46" s="31">
-        <v>-7.0567799370318096E-2</v>
+        <v>-4.7506583055080501E-2</v>
       </c>
       <c r="L46" s="29">
-        <v>-67</v>
+        <v>-74</v>
       </c>
       <c r="M46" s="29">
         <v>29</v>
       </c>
       <c r="N46" s="29">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="O46" s="29">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P46" s="29">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="Q46" s="29">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="R46" s="29">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="S46" s="29">
-        <v>88</v>
+        <v>123</v>
       </c>
       <c r="T46" s="29">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="U46" s="29">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="V46" s="29">
         <v>0</v>
       </c>
       <c r="W46" s="29">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="X46" s="29">
         <v>41</v>
       </c>
       <c r="Y46" s="29">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="Z46" s="29">
         <v>0</v>
       </c>
       <c r="AA46" s="68">
-        <v>1.0055686182185</v>
+        <v>1.00635402851147</v>
       </c>
       <c r="AB46" s="69">
-        <v>2904.77</v>
+        <v>2904.89</v>
       </c>
     </row>
     <row r="47" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A47" s="66" t="s">
-        <v>263</v>
+        <v>130</v>
       </c>
       <c r="B47" s="67" t="s">
-        <v>264</v>
+        <v>131</v>
       </c>
       <c r="C47" s="29">
-        <v>66346</v>
+        <v>66347</v>
       </c>
       <c r="D47" s="29">
-        <v>148790</v>
+        <v>148592</v>
       </c>
       <c r="E47" s="29">
-        <v>73539</v>
+        <v>73455</v>
       </c>
       <c r="F47" s="29">
-        <v>75251</v>
+        <v>75137</v>
       </c>
       <c r="G47" s="29">
         <v>0</v>
       </c>
       <c r="H47" s="29">
-        <v>17</v>
+        <v>-144</v>
       </c>
       <c r="I47" s="31">
-        <v>1.14268045949198E-2</v>
+        <v>-9.6815834767641995E-2</v>
       </c>
       <c r="J47" s="29">
-        <v>-200</v>
+        <v>-225</v>
       </c>
       <c r="K47" s="31">
-        <v>-0.13423719712732399</v>
+        <v>-0.151192404093618</v>
       </c>
       <c r="L47" s="29">
-        <v>-76</v>
+        <v>-162</v>
       </c>
       <c r="M47" s="29">
         <v>59</v>
       </c>
       <c r="N47" s="29">
-        <v>135</v>
+        <v>221</v>
       </c>
       <c r="O47" s="29">
-        <v>93</v>
+        <v>18</v>
       </c>
       <c r="P47" s="29">
-        <v>450</v>
+        <v>470</v>
       </c>
       <c r="Q47" s="29">
-        <v>357</v>
+        <v>452</v>
       </c>
       <c r="R47" s="29">
-        <v>72</v>
+        <v>-14</v>
       </c>
       <c r="S47" s="29">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="T47" s="29">
-        <v>137</v>
+        <v>169</v>
       </c>
       <c r="U47" s="29">
-        <v>120</v>
+        <v>97</v>
       </c>
       <c r="V47" s="29">
         <v>0</v>
       </c>
       <c r="W47" s="29">
-        <v>185</v>
+        <v>280</v>
       </c>
       <c r="X47" s="29">
+        <v>167</v>
+      </c>
+      <c r="Y47" s="29">
         <v>113</v>
       </c>
-      <c r="Y47" s="29">
-[...1 lines deleted...]
-      </c>
       <c r="Z47" s="29">
         <v>0</v>
       </c>
       <c r="AA47" s="68">
-        <v>2.03186694965411</v>
+        <v>2.0306652426645799</v>
       </c>
       <c r="AB47" s="69">
-        <v>1805.48</v>
+        <v>1803.08</v>
       </c>
     </row>
     <row r="48" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A48" s="66" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="B48" s="67" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C48" s="29">
-        <v>29136</v>
+        <v>29140</v>
       </c>
       <c r="D48" s="29">
-        <v>64170</v>
+        <v>64122</v>
       </c>
       <c r="E48" s="29">
-        <v>31376</v>
+        <v>31331</v>
       </c>
       <c r="F48" s="29">
-        <v>32794</v>
+        <v>32791</v>
       </c>
       <c r="G48" s="29">
         <v>0</v>
       </c>
       <c r="H48" s="29">
-        <v>-60</v>
+        <v>-21</v>
       </c>
       <c r="I48" s="31">
-        <v>-9.3414292386735195E-2</v>
+        <v>-3.27393480192694E-2</v>
       </c>
       <c r="J48" s="29">
-        <v>-275</v>
+        <v>-249</v>
       </c>
       <c r="K48" s="31">
-        <v>-0.42672045930638502</v>
+        <v>-0.38682015193177099</v>
       </c>
       <c r="L48" s="29">
-        <v>-60</v>
+        <v>-58</v>
       </c>
       <c r="M48" s="29">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="N48" s="29">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="O48" s="29">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="P48" s="29">
-        <v>167</v>
+        <v>196</v>
       </c>
       <c r="Q48" s="29">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="R48" s="29">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="S48" s="29">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="T48" s="29">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="U48" s="29">
+        <v>47</v>
+      </c>
+      <c r="V48" s="29">
+        <v>0</v>
+      </c>
+      <c r="W48" s="29">
+        <v>63</v>
+      </c>
+      <c r="X48" s="29">
         <v>43</v>
       </c>
-      <c r="V48" s="29">
-[...7 lines deleted...]
-      </c>
       <c r="Y48" s="29">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="Z48" s="29">
         <v>0</v>
       </c>
       <c r="AA48" s="68">
-        <v>0.87630151326906502</v>
+        <v>0.87629426005530697</v>
       </c>
       <c r="AB48" s="69">
-        <v>3237.63</v>
+        <v>3235.21</v>
       </c>
     </row>
     <row r="49" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A49" s="66" t="s">
+        <v>263</v>
+      </c>
+      <c r="B49" s="67" t="s">
+        <v>264</v>
+      </c>
+      <c r="C49" s="29">
+        <v>45619</v>
+      </c>
+      <c r="D49" s="29">
+        <v>94596</v>
+      </c>
+      <c r="E49" s="29">
+        <v>48542</v>
+      </c>
+      <c r="F49" s="29">
+        <v>46054</v>
+      </c>
+      <c r="G49" s="29">
+        <v>0</v>
+      </c>
+      <c r="H49" s="29">
+        <v>-96</v>
+      </c>
+      <c r="I49" s="31">
+        <v>-0.101381320491699</v>
+      </c>
+      <c r="J49" s="29">
+        <v>90</v>
+      </c>
+      <c r="K49" s="31">
+        <v>9.5232048758809001E-2</v>
+      </c>
+      <c r="L49" s="29">
+        <v>-44</v>
+      </c>
+      <c r="M49" s="29">
+        <v>59</v>
+      </c>
+      <c r="N49" s="29">
         <v>103</v>
       </c>
-      <c r="B49" s="67" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="O49" s="29">
-        <v>2</v>
+        <v>-52</v>
       </c>
       <c r="P49" s="29">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="Q49" s="29">
-        <v>358</v>
+        <v>422</v>
       </c>
       <c r="R49" s="29">
-        <v>18</v>
+        <v>-45</v>
       </c>
       <c r="S49" s="29">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="T49" s="29">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="U49" s="29">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="V49" s="29">
         <v>0</v>
       </c>
       <c r="W49" s="29">
-        <v>251</v>
+        <v>325</v>
       </c>
       <c r="X49" s="29">
-        <v>139</v>
+        <v>191</v>
       </c>
       <c r="Y49" s="29">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="Z49" s="29">
         <v>0</v>
       </c>
       <c r="AA49" s="68">
-        <v>1.29430976200159</v>
+        <v>1.29275337363451</v>
       </c>
       <c r="AB49" s="69">
-        <v>5259.71</v>
+        <v>5249.5</v>
       </c>
     </row>
     <row r="50" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A50" s="66" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B50" s="67" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C50" s="29">
-        <v>54840</v>
+        <v>54884</v>
       </c>
       <c r="D50" s="29">
-        <v>113490</v>
+        <v>113484</v>
       </c>
       <c r="E50" s="29">
-        <v>55343</v>
+        <v>55312</v>
       </c>
       <c r="F50" s="29">
-        <v>58147</v>
+        <v>58172</v>
       </c>
       <c r="G50" s="29">
         <v>0</v>
       </c>
       <c r="H50" s="29">
-        <v>-12</v>
+        <v>-27</v>
       </c>
       <c r="I50" s="31">
-        <v>-1.05725009250938E-2</v>
+        <v>-2.37862409810503E-2</v>
       </c>
       <c r="J50" s="29">
-        <v>252</v>
+        <v>436</v>
       </c>
       <c r="K50" s="31">
-        <v>0.222540136703227</v>
+        <v>0.385676880617083</v>
       </c>
       <c r="L50" s="29">
-        <v>-27</v>
+        <v>-68</v>
       </c>
       <c r="M50" s="29">
+        <v>71</v>
+      </c>
+      <c r="N50" s="29">
+        <v>139</v>
+      </c>
+      <c r="O50" s="29">
+        <v>41</v>
+      </c>
+      <c r="P50" s="29">
+        <v>445</v>
+      </c>
+      <c r="Q50" s="29">
+        <v>404</v>
+      </c>
+      <c r="R50" s="29">
         <v>57</v>
       </c>
-      <c r="N50" s="29">
-[...13 lines deleted...]
-      </c>
       <c r="S50" s="29">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="T50" s="29">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="U50" s="29">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="V50" s="29">
         <v>0</v>
       </c>
       <c r="W50" s="29">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="X50" s="29">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="Y50" s="29">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="Z50" s="29">
         <v>0</v>
       </c>
       <c r="AA50" s="68">
-        <v>1.5498123537619799</v>
+        <v>1.55087766769777</v>
       </c>
       <c r="AB50" s="69">
-        <v>5740.51</v>
+        <v>5740.21</v>
       </c>
     </row>
     <row r="51" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A51" s="66" t="s">
-        <v>92</v>
+        <v>267</v>
       </c>
       <c r="B51" s="67" t="s">
-        <v>93</v>
+        <v>268</v>
       </c>
       <c r="C51" s="29">
-        <v>64567</v>
+        <v>64649</v>
       </c>
       <c r="D51" s="29">
-        <v>141286</v>
+        <v>141258</v>
       </c>
       <c r="E51" s="29">
-        <v>70719</v>
+        <v>70696</v>
       </c>
       <c r="F51" s="29">
-        <v>70567</v>
+        <v>70562</v>
       </c>
       <c r="G51" s="29">
         <v>0</v>
       </c>
       <c r="H51" s="29">
-        <v>36</v>
+        <v>-40</v>
       </c>
       <c r="I51" s="31">
-        <v>2.5486725663716799E-2</v>
+        <v>-2.8308964033461202E-2</v>
       </c>
       <c r="J51" s="29">
-        <v>-271</v>
+        <v>-62</v>
       </c>
       <c r="K51" s="31">
-        <v>-0.19144231652267299</v>
+        <v>-4.3872063402207798E-2</v>
       </c>
       <c r="L51" s="29">
-        <v>-54</v>
+        <v>-100</v>
       </c>
       <c r="M51" s="29">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="N51" s="29">
-        <v>128</v>
+        <v>169</v>
       </c>
       <c r="O51" s="29">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="P51" s="29">
         <v>510</v>
       </c>
       <c r="Q51" s="29">
-        <v>420</v>
+        <v>450</v>
       </c>
       <c r="R51" s="29">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="S51" s="29">
-        <v>405</v>
+        <v>381</v>
       </c>
       <c r="T51" s="29">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="U51" s="29">
-        <v>172</v>
+        <v>159</v>
       </c>
       <c r="V51" s="29">
         <v>0</v>
       </c>
       <c r="W51" s="29">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="X51" s="29">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="Y51" s="29">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="Z51" s="29">
         <v>0</v>
       </c>
       <c r="AA51" s="68">
-        <v>1.9293927941987401</v>
+        <v>1.93043845461608</v>
       </c>
       <c r="AB51" s="69">
-        <v>4689.21</v>
+        <v>4688.28</v>
       </c>
     </row>
     <row r="52" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A52" s="66" t="s">
         <v>269</v>
       </c>
       <c r="B52" s="67" t="s">
         <v>270</v>
       </c>
       <c r="C52" s="29">
-        <v>26950</v>
+        <v>26948</v>
       </c>
       <c r="D52" s="29">
-        <v>60853</v>
+        <v>60785</v>
       </c>
       <c r="E52" s="29">
-        <v>29994</v>
+        <v>29961</v>
       </c>
       <c r="F52" s="29">
-        <v>30859</v>
+        <v>30824</v>
       </c>
       <c r="G52" s="29">
         <v>0</v>
       </c>
       <c r="H52" s="29">
-        <v>5</v>
+        <v>-43</v>
       </c>
       <c r="I52" s="31">
-        <v>8.2171969497764896E-3</v>
+        <v>-7.0691129085289697E-2</v>
       </c>
       <c r="J52" s="29">
-        <v>-190</v>
+        <v>-165</v>
       </c>
       <c r="K52" s="31">
-        <v>-0.31125599986894498</v>
+        <v>-0.27071369975389697</v>
       </c>
       <c r="L52" s="29">
-        <v>-40</v>
+        <v>-37</v>
       </c>
       <c r="M52" s="29">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="N52" s="29">
         <v>70</v>
       </c>
       <c r="O52" s="29">
-        <v>45</v>
+        <v>-6</v>
       </c>
       <c r="P52" s="29">
-        <v>212</v>
+        <v>147</v>
       </c>
       <c r="Q52" s="29">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="R52" s="29">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="S52" s="29">
-        <v>99</v>
+        <v>71</v>
       </c>
       <c r="T52" s="29">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="U52" s="29">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="V52" s="29">
         <v>0</v>
       </c>
       <c r="W52" s="29">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="X52" s="29">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="Y52" s="29">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="Z52" s="29">
         <v>0</v>
       </c>
       <c r="AA52" s="68">
-        <v>0.83100476838027704</v>
+        <v>0.83069066151183402</v>
       </c>
       <c r="AB52" s="69">
-        <v>2230.6799999999998</v>
+        <v>2228.1799999999998</v>
       </c>
     </row>
     <row r="53" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A53" s="66" t="s">
-        <v>271</v>
+        <v>121</v>
       </c>
       <c r="B53" s="67" t="s">
-        <v>272</v>
+        <v>122</v>
       </c>
       <c r="C53" s="29">
-        <v>47470</v>
+        <v>47344</v>
       </c>
       <c r="D53" s="29">
-        <v>99279</v>
+        <v>99042</v>
       </c>
       <c r="E53" s="29">
-        <v>49251</v>
+        <v>49105</v>
       </c>
       <c r="F53" s="29">
-        <v>50028</v>
+        <v>49937</v>
       </c>
       <c r="G53" s="29">
         <v>0</v>
       </c>
       <c r="H53" s="29">
-        <v>-12</v>
+        <v>-149</v>
       </c>
       <c r="I53" s="31">
-        <v>-1.20856875245491E-2</v>
+        <v>-0.15021524130213401</v>
       </c>
       <c r="J53" s="29">
-        <v>-257</v>
+        <v>-320</v>
       </c>
       <c r="K53" s="31">
-        <v>-0.25819803890049797</v>
+        <v>-0.32205470904369898</v>
       </c>
       <c r="L53" s="29">
-        <v>-60</v>
+        <v>-87</v>
       </c>
       <c r="M53" s="29">
         <v>34</v>
       </c>
       <c r="N53" s="29">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="O53" s="29">
-        <v>48</v>
+        <v>-62</v>
       </c>
       <c r="P53" s="29">
-        <v>311</v>
+        <v>281</v>
       </c>
       <c r="Q53" s="29">
-        <v>263</v>
+        <v>343</v>
       </c>
       <c r="R53" s="29">
-        <v>38</v>
+        <v>-5</v>
       </c>
       <c r="S53" s="29">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="T53" s="29">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="U53" s="29">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="V53" s="29">
         <v>0</v>
       </c>
       <c r="W53" s="29">
-        <v>99</v>
+        <v>152</v>
       </c>
       <c r="X53" s="29">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="Y53" s="29">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="Z53" s="29">
         <v>0</v>
       </c>
       <c r="AA53" s="68">
-        <v>1.3557478250871</v>
+        <v>1.3535126182027599</v>
       </c>
       <c r="AB53" s="69">
-        <v>2420.25</v>
+        <v>2414.48</v>
       </c>
     </row>
     <row r="54" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A54" s="66" t="s">
-        <v>122</v>
+        <v>271</v>
       </c>
       <c r="B54" s="67" t="s">
-        <v>123</v>
+        <v>272</v>
       </c>
       <c r="C54" s="29">
-        <v>21768</v>
+        <v>21774</v>
       </c>
       <c r="D54" s="29">
-        <v>48250</v>
+        <v>48182</v>
       </c>
       <c r="E54" s="29">
-        <v>24073</v>
+        <v>24051</v>
       </c>
       <c r="F54" s="29">
-        <v>24177</v>
+        <v>24131</v>
       </c>
       <c r="G54" s="29">
         <v>0</v>
       </c>
       <c r="H54" s="29">
+        <v>-35</v>
+      </c>
+      <c r="I54" s="31">
+        <v>-7.2588506128543895E-2</v>
+      </c>
+      <c r="J54" s="29">
+        <v>-237</v>
+      </c>
+      <c r="K54" s="31">
+        <v>-0.48947727131911001</v>
+      </c>
+      <c r="L54" s="29">
+        <v>-60</v>
+      </c>
+      <c r="M54" s="29">
+        <v>10</v>
+      </c>
+      <c r="N54" s="29">
+        <v>70</v>
+      </c>
+      <c r="O54" s="29">
         <v>25</v>
       </c>
-      <c r="I54" s="31">
-[...19 lines deleted...]
-      </c>
       <c r="P54" s="29">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="Q54" s="29">
-        <v>98</v>
+        <v>146</v>
       </c>
       <c r="R54" s="29">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="S54" s="29">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T54" s="29">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="U54" s="29">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="V54" s="29">
         <v>0</v>
       </c>
       <c r="W54" s="29">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="X54" s="29">
+        <v>43</v>
+      </c>
+      <c r="Y54" s="29">
         <v>31</v>
       </c>
-      <c r="Y54" s="29">
-[...1 lines deleted...]
-      </c>
       <c r="Z54" s="29">
         <v>0</v>
       </c>
       <c r="AA54" s="68">
-        <v>0.65889898730298202</v>
+        <v>0.65845747228696505</v>
       </c>
       <c r="AB54" s="69">
-        <v>1422.04</v>
+        <v>1420.04</v>
       </c>
     </row>
     <row r="55" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A55" s="66" t="s">
         <v>273</v>
       </c>
       <c r="B55" s="67" t="s">
         <v>274</v>
       </c>
       <c r="C55" s="29">
-        <v>33041</v>
+        <v>33070</v>
       </c>
       <c r="D55" s="29">
-        <v>69849</v>
+        <v>69759</v>
       </c>
       <c r="E55" s="29">
-        <v>34336</v>
+        <v>34278</v>
       </c>
       <c r="F55" s="29">
-        <v>35513</v>
+        <v>35481</v>
       </c>
       <c r="G55" s="29">
         <v>0</v>
       </c>
       <c r="H55" s="29">
-        <v>-11</v>
+        <v>-116</v>
       </c>
       <c r="I55" s="31">
-        <v>-1.57457772688234E-2</v>
+        <v>-0.16601073345259401</v>
       </c>
       <c r="J55" s="29">
-        <v>-255</v>
+        <v>-270</v>
       </c>
       <c r="K55" s="31">
-        <v>-0.36374529270797701</v>
+        <v>-0.38555455596966998</v>
       </c>
       <c r="L55" s="29">
-        <v>-41</v>
+        <v>-78</v>
       </c>
       <c r="M55" s="29">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="N55" s="29">
+        <v>107</v>
+      </c>
+      <c r="O55" s="29">
+        <v>-38</v>
+      </c>
+      <c r="P55" s="29">
+        <v>221</v>
+      </c>
+      <c r="Q55" s="29">
+        <v>259</v>
+      </c>
+      <c r="R55" s="29">
+        <v>5</v>
+      </c>
+      <c r="S55" s="29">
+        <v>119</v>
+      </c>
+      <c r="T55" s="29">
         <v>66</v>
       </c>
-      <c r="O55" s="29">
-[...16 lines deleted...]
-      </c>
       <c r="U55" s="29">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="V55" s="29">
         <v>0</v>
       </c>
       <c r="W55" s="29">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="X55" s="29">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="Y55" s="29">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="Z55" s="29">
         <v>0</v>
       </c>
       <c r="AA55" s="68">
-        <v>0.95385358267618703</v>
+        <v>0.95332976649508905</v>
       </c>
       <c r="AB55" s="69">
-        <v>3957.45</v>
+        <v>3952.35</v>
       </c>
     </row>
     <row r="56" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A56" s="66" t="s">
         <v>275</v>
       </c>
       <c r="B56" s="67" t="s">
         <v>276</v>
       </c>
       <c r="C56" s="29">
-        <v>23549</v>
+        <v>23537</v>
       </c>
       <c r="D56" s="29">
-        <v>52955</v>
+        <v>52871</v>
       </c>
       <c r="E56" s="29">
-        <v>26152</v>
+        <v>26115</v>
       </c>
       <c r="F56" s="29">
-        <v>26803</v>
+        <v>26756</v>
       </c>
       <c r="G56" s="29">
         <v>0</v>
       </c>
       <c r="H56" s="29">
-        <v>-43</v>
+        <v>-46</v>
       </c>
       <c r="I56" s="31">
-        <v>-8.1135137174987701E-2</v>
+        <v>-8.6928586276621894E-2</v>
       </c>
       <c r="J56" s="29">
-        <v>-446</v>
+        <v>-425</v>
       </c>
       <c r="K56" s="31">
-        <v>-0.83519035224059501</v>
+        <v>-0.79743320324226996</v>
       </c>
       <c r="L56" s="29">
-        <v>-50</v>
+        <v>-66</v>
       </c>
       <c r="M56" s="29">
         <v>12</v>
       </c>
       <c r="N56" s="29">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="O56" s="29">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="P56" s="29">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="Q56" s="29">
-        <v>137</v>
+        <v>115</v>
       </c>
       <c r="R56" s="29">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="S56" s="29">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="T56" s="29">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="U56" s="29">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="V56" s="29">
         <v>0</v>
       </c>
       <c r="W56" s="29">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="X56" s="29">
         <v>38</v>
       </c>
       <c r="Y56" s="29">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="Z56" s="29">
         <v>0</v>
       </c>
       <c r="AA56" s="68">
-        <v>0.72315017352599897</v>
+        <v>0.722537566254704</v>
       </c>
       <c r="AB56" s="69">
-        <v>1115.31</v>
+        <v>1113.54</v>
       </c>
     </row>
     <row r="57" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A57" s="66" t="s">
-        <v>277</v>
+        <v>110</v>
       </c>
       <c r="B57" s="67" t="s">
-        <v>278</v>
+        <v>111</v>
       </c>
       <c r="C57" s="29">
-        <v>29613</v>
+        <v>29656</v>
       </c>
       <c r="D57" s="29">
-        <v>70924</v>
+        <v>70836</v>
       </c>
       <c r="E57" s="29">
-        <v>35126</v>
+        <v>35068</v>
       </c>
       <c r="F57" s="29">
-        <v>35798</v>
+        <v>35768</v>
       </c>
       <c r="G57" s="29">
         <v>0</v>
       </c>
       <c r="H57" s="29">
+        <v>-81</v>
+      </c>
+      <c r="I57" s="31">
+        <v>-0.11421802952747601</v>
+      </c>
+      <c r="J57" s="29">
+        <v>-313</v>
+      </c>
+      <c r="K57" s="31">
+        <v>-0.439921854137093</v>
+      </c>
+      <c r="L57" s="29">
+        <v>-52</v>
+      </c>
+      <c r="M57" s="29">
+        <v>30</v>
+      </c>
+      <c r="N57" s="29">
+        <v>82</v>
+      </c>
+      <c r="O57" s="29">
         <v>-29</v>
       </c>
-      <c r="I57" s="31">
-[...14 lines deleted...]
-      <c r="N57" s="29">
+      <c r="P57" s="29">
+        <v>201</v>
+      </c>
+      <c r="Q57" s="29">
+        <v>230</v>
+      </c>
+      <c r="R57" s="29">
+        <v>-8</v>
+      </c>
+      <c r="S57" s="29">
+        <v>114</v>
+      </c>
+      <c r="T57" s="29">
+        <v>64</v>
+      </c>
+      <c r="U57" s="29">
         <v>50</v>
-      </c>
-[...19 lines deleted...]
-        <v>46</v>
       </c>
       <c r="V57" s="29">
         <v>0</v>
       </c>
       <c r="W57" s="29">
         <v>122</v>
       </c>
       <c r="X57" s="29">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="Y57" s="29">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="Z57" s="29">
         <v>0</v>
       </c>
       <c r="AA57" s="68">
-        <v>0.96853371555392198</v>
+        <v>0.96804809901871003</v>
       </c>
       <c r="AB57" s="69">
-        <v>2240.17</v>
+        <v>2237.39</v>
       </c>
     </row>
     <row r="58" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A58" s="66" t="s">
-        <v>124</v>
+        <v>277</v>
       </c>
       <c r="B58" s="67" t="s">
-        <v>125</v>
+        <v>278</v>
       </c>
       <c r="C58" s="29">
-        <v>52467</v>
+        <v>52447</v>
       </c>
       <c r="D58" s="29">
-        <v>113612</v>
+        <v>113495</v>
       </c>
       <c r="E58" s="29">
-        <v>55765</v>
+        <v>55683</v>
       </c>
       <c r="F58" s="29">
-        <v>57847</v>
+        <v>57812</v>
       </c>
       <c r="G58" s="29">
         <v>0</v>
       </c>
       <c r="H58" s="29">
-        <v>-28</v>
+        <v>-39</v>
       </c>
       <c r="I58" s="31">
-        <v>-2.4639211545230601E-2</v>
+        <v>-3.4350943329751402E-2</v>
       </c>
       <c r="J58" s="29">
-        <v>-22</v>
+        <v>-55</v>
       </c>
       <c r="K58" s="31">
-        <v>-1.9360402696376101E-2</v>
+        <v>-4.8436811977102603E-2</v>
       </c>
       <c r="L58" s="29">
-        <v>-70</v>
+        <v>-82</v>
       </c>
       <c r="M58" s="29">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="N58" s="29">
-        <v>112</v>
+        <v>132</v>
       </c>
       <c r="O58" s="29">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P58" s="29">
         <v>404</v>
       </c>
       <c r="Q58" s="29">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="R58" s="29">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="S58" s="29">
-        <v>200</v>
+        <v>223</v>
       </c>
       <c r="T58" s="29">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="U58" s="29">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="V58" s="29">
         <v>0</v>
       </c>
       <c r="W58" s="29">
-        <v>199</v>
+        <v>185</v>
       </c>
       <c r="X58" s="29">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="Y58" s="29">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="Z58" s="29">
         <v>0</v>
       </c>
       <c r="AA58" s="68">
-        <v>1.5514783781443799</v>
+        <v>1.5510279942138001</v>
       </c>
       <c r="AB58" s="69">
-        <v>7760.38</v>
+        <v>7752.39</v>
       </c>
     </row>
     <row r="59" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A59" s="66" t="s">
-        <v>279</v>
+        <v>94</v>
       </c>
       <c r="B59" s="67" t="s">
-        <v>280</v>
+        <v>95</v>
       </c>
       <c r="C59" s="29">
-        <v>21950</v>
+        <v>21960</v>
       </c>
       <c r="D59" s="29">
-        <v>52031</v>
+        <v>51957</v>
       </c>
       <c r="E59" s="29">
-        <v>25636</v>
+        <v>25596</v>
       </c>
       <c r="F59" s="29">
-        <v>26395</v>
+        <v>26361</v>
       </c>
       <c r="G59" s="29">
         <v>0</v>
       </c>
       <c r="H59" s="29">
-        <v>-25</v>
+        <v>-26</v>
       </c>
       <c r="I59" s="31">
-        <v>-4.8025203626863397E-2</v>
+        <v>-5.0016351499528697E-2</v>
       </c>
       <c r="J59" s="29">
-        <v>-182</v>
+        <v>-246</v>
       </c>
       <c r="K59" s="31">
-        <v>-0.348572194664164</v>
+        <v>-0.47123728521349401</v>
       </c>
       <c r="L59" s="29">
-        <v>-38</v>
+        <v>-31</v>
       </c>
       <c r="M59" s="29">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="N59" s="29">
         <v>61</v>
       </c>
       <c r="O59" s="29">
+        <v>5</v>
+      </c>
+      <c r="P59" s="29">
+        <v>150</v>
+      </c>
+      <c r="Q59" s="29">
+        <v>145</v>
+      </c>
+      <c r="R59" s="29">
         <v>13</v>
       </c>
-      <c r="P59" s="29">
-[...7 lines deleted...]
-      </c>
       <c r="S59" s="29">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="T59" s="29">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="U59" s="29">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="V59" s="29">
         <v>0</v>
       </c>
       <c r="W59" s="29">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="X59" s="29">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="Y59" s="29">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="Z59" s="29">
         <v>0</v>
       </c>
       <c r="AA59" s="68">
-        <v>0.710532087219927</v>
+        <v>0.71004679937764803</v>
       </c>
       <c r="AB59" s="69">
-        <v>2087.92</v>
+        <v>2084.9499999999998</v>
       </c>
     </row>
     <row r="60" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A60" s="66" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="B60" s="67" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C60" s="29">
-        <v>19169</v>
+        <v>19170</v>
       </c>
       <c r="D60" s="29">
-        <v>44806</v>
+        <v>44772</v>
       </c>
       <c r="E60" s="29">
+        <v>22388</v>
+      </c>
+      <c r="F60" s="29">
         <v>22384</v>
       </c>
-      <c r="F60" s="29">
-[...1 lines deleted...]
-      </c>
       <c r="G60" s="29">
         <v>0</v>
       </c>
       <c r="H60" s="29">
-        <v>-9</v>
+        <v>-16</v>
       </c>
       <c r="I60" s="31">
-        <v>-2.0082559999999999E-2</v>
+        <v>-3.5723850000000001E-2</v>
       </c>
       <c r="J60" s="29">
-        <v>-203</v>
+        <v>-200</v>
       </c>
       <c r="K60" s="31">
-        <v>-0.4510209</v>
+        <v>-0.44472119999999998</v>
       </c>
       <c r="L60" s="29">
-        <v>-26</v>
+        <v>-16</v>
       </c>
       <c r="M60" s="29">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="N60" s="29">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="O60" s="29">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="P60" s="29">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="Q60" s="29">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="R60" s="29">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="S60" s="29">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="T60" s="29">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="U60" s="29">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="V60" s="29">
         <v>0</v>
       </c>
       <c r="W60" s="29">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="X60" s="29">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="Y60" s="29">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="Z60" s="29">
         <v>0</v>
       </c>
       <c r="AA60" s="68">
-        <v>0.611867938343988</v>
+        <v>0.61185625231895702</v>
       </c>
       <c r="AB60" s="69">
-        <v>3029.47</v>
+        <v>3027.18</v>
       </c>
     </row>
     <row r="61" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A61" s="66" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B61" s="67" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C61" s="29">
-        <v>19169</v>
+        <v>19170</v>
       </c>
       <c r="D61" s="29">
-        <v>44806</v>
+        <v>44772</v>
       </c>
       <c r="E61" s="29">
+        <v>22388</v>
+      </c>
+      <c r="F61" s="29">
         <v>22384</v>
       </c>
-      <c r="F61" s="29">
-[...1 lines deleted...]
-      </c>
       <c r="G61" s="29">
         <v>0</v>
       </c>
       <c r="H61" s="29">
-        <v>-9</v>
+        <v>-16</v>
       </c>
       <c r="I61" s="31">
-        <v>-2.00825616423073E-2</v>
+        <v>-3.5723854603911802E-2</v>
       </c>
       <c r="J61" s="29">
-        <v>-203</v>
+        <v>-200</v>
       </c>
       <c r="K61" s="31">
-        <v>-0.45102090692972502</v>
+        <v>-0.44472115983278498</v>
       </c>
       <c r="L61" s="29">
-        <v>-26</v>
+        <v>-16</v>
       </c>
       <c r="M61" s="29">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="N61" s="29">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="O61" s="29">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="P61" s="29">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="Q61" s="29">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="R61" s="29">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="S61" s="29">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="T61" s="29">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="U61" s="29">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="V61" s="29">
         <v>0</v>
       </c>
       <c r="W61" s="29">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="X61" s="29">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="Y61" s="29">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="Z61" s="29">
         <v>0</v>
       </c>
       <c r="AA61" s="68">
-        <v>0.611867938343988</v>
+        <v>0.61185625231895702</v>
       </c>
       <c r="AB61" s="69">
-        <v>3029.47</v>
+        <v>3027.18</v>
       </c>
     </row>
     <row r="62" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A62" s="66" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="B62" s="67" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C62" s="29">
-        <v>36611</v>
+        <v>36486</v>
       </c>
       <c r="D62" s="29">
-        <v>81601</v>
+        <v>81302</v>
       </c>
       <c r="E62" s="29">
-        <v>40148</v>
+        <v>39970</v>
       </c>
       <c r="F62" s="29">
-        <v>41453</v>
+        <v>41332</v>
       </c>
       <c r="G62" s="29">
         <v>0</v>
       </c>
       <c r="H62" s="29">
-        <v>-121</v>
+        <v>-108</v>
       </c>
       <c r="I62" s="31">
-        <v>-0.1480629</v>
+        <v>-0.1326618</v>
       </c>
       <c r="J62" s="29">
-        <v>-721</v>
+        <v>-833</v>
       </c>
       <c r="K62" s="31">
-        <v>-0.87582899999999997</v>
+        <v>-1.014184</v>
       </c>
       <c r="L62" s="29">
-        <v>-64</v>
+        <v>-107</v>
       </c>
       <c r="M62" s="29">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N62" s="29">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="O62" s="29">
-        <v>-57</v>
+        <v>-1</v>
       </c>
       <c r="P62" s="29">
-        <v>180</v>
+        <v>227</v>
       </c>
       <c r="Q62" s="29">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="R62" s="29">
-        <v>-1</v>
+        <v>10</v>
       </c>
       <c r="S62" s="29">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="T62" s="29">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="U62" s="29">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="V62" s="29">
         <v>0</v>
       </c>
       <c r="W62" s="29">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="X62" s="29">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="Y62" s="29">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="Z62" s="29">
         <v>0</v>
       </c>
       <c r="AA62" s="68">
-        <v>1.1143381608893399</v>
+        <v>1.1110769459938299</v>
       </c>
       <c r="AB62" s="69">
-        <v>908.79</v>
+        <v>905.46</v>
       </c>
     </row>
     <row r="63" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A63" s="66" t="s">
-        <v>158</v>
+        <v>285</v>
       </c>
       <c r="B63" s="67" t="s">
-        <v>159</v>
+        <v>286</v>
       </c>
       <c r="C63" s="29">
-        <v>15667</v>
+        <v>15640</v>
       </c>
       <c r="D63" s="29">
-        <v>37566</v>
+        <v>37461</v>
       </c>
       <c r="E63" s="29">
-        <v>18349</v>
+        <v>18292</v>
       </c>
       <c r="F63" s="29">
-        <v>19217</v>
+        <v>19169</v>
       </c>
       <c r="G63" s="29">
         <v>0</v>
       </c>
       <c r="H63" s="29">
-        <v>-71</v>
+        <v>-32</v>
       </c>
       <c r="I63" s="31">
-        <v>-0.18864415335972601</v>
+        <v>-8.5349265196169893E-2</v>
       </c>
       <c r="J63" s="29">
-        <v>-106</v>
+        <v>-149</v>
       </c>
       <c r="K63" s="31">
-        <v>-0.28137608834147398</v>
+        <v>-0.39617123105557001</v>
       </c>
       <c r="L63" s="29">
-        <v>-24</v>
+        <v>-38</v>
       </c>
       <c r="M63" s="29">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="N63" s="29">
+        <v>50</v>
+      </c>
+      <c r="O63" s="29">
+        <v>6</v>
+      </c>
+      <c r="P63" s="29">
+        <v>102</v>
+      </c>
+      <c r="Q63" s="29">
+        <v>96</v>
+      </c>
+      <c r="R63" s="29">
+        <v>11</v>
+      </c>
+      <c r="S63" s="29">
+        <v>48</v>
+      </c>
+      <c r="T63" s="29">
+        <v>30</v>
+      </c>
+      <c r="U63" s="29">
+        <v>18</v>
+      </c>
+      <c r="V63" s="29">
+        <v>0</v>
+      </c>
+      <c r="W63" s="29">
         <v>37</v>
       </c>
-      <c r="O63" s="29">
-[...25 lines deleted...]
-      </c>
       <c r="X63" s="29">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="Y63" s="29">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="Z63" s="29">
         <v>0</v>
       </c>
       <c r="AA63" s="68">
-        <v>0.51299895040463905</v>
+        <v>0.51194378334942503</v>
       </c>
       <c r="AB63" s="69">
-        <v>2450.48</v>
+        <v>2443.63</v>
       </c>
     </row>
     <row r="64" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A64" s="66" t="s">
         <v>287</v>
       </c>
       <c r="B64" s="67" t="s">
         <v>288</v>
       </c>
       <c r="C64" s="29">
-        <v>16284</v>
+        <v>16207</v>
       </c>
       <c r="D64" s="29">
-        <v>33838</v>
+        <v>33698</v>
       </c>
       <c r="E64" s="29">
-        <v>16769</v>
+        <v>16685</v>
       </c>
       <c r="F64" s="29">
-        <v>17069</v>
+        <v>17013</v>
       </c>
       <c r="G64" s="29">
         <v>0</v>
       </c>
       <c r="H64" s="29">
-        <v>-34</v>
+        <v>-48</v>
       </c>
       <c r="I64" s="31">
-        <v>-0.100377893245158</v>
+        <v>-0.14223908018728099</v>
       </c>
       <c r="J64" s="29">
-        <v>-405</v>
+        <v>-442</v>
       </c>
       <c r="K64" s="31">
-        <v>-1.18272347633093</v>
+        <v>-1.2946690099589899</v>
       </c>
       <c r="L64" s="29">
-        <v>-29</v>
+        <v>-50</v>
       </c>
       <c r="M64" s="29">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="N64" s="29">
+        <v>57</v>
+      </c>
+      <c r="O64" s="29">
+        <v>2</v>
+      </c>
+      <c r="P64" s="29">
+        <v>95</v>
+      </c>
+      <c r="Q64" s="29">
+        <v>93</v>
+      </c>
+      <c r="R64" s="29">
+        <v>0</v>
+      </c>
+      <c r="S64" s="29">
+        <v>50</v>
+      </c>
+      <c r="T64" s="29">
+        <v>26</v>
+      </c>
+      <c r="U64" s="29">
+        <v>24</v>
+      </c>
+      <c r="V64" s="29">
+        <v>0</v>
+      </c>
+      <c r="W64" s="29">
+        <v>50</v>
+      </c>
+      <c r="X64" s="29">
         <v>35</v>
       </c>
-      <c r="O64" s="29">
-[...28 lines deleted...]
-      </c>
       <c r="Y64" s="29">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="Z64" s="29">
         <v>0</v>
       </c>
       <c r="AA64" s="68">
-        <v>0.46208961517841102</v>
+        <v>0.46051844882167903</v>
       </c>
       <c r="AB64" s="69">
-        <v>993.19</v>
+        <v>989.08</v>
       </c>
     </row>
     <row r="65" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A65" s="66" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B65" s="67" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C65" s="29">
-        <v>4660</v>
+        <v>4639</v>
       </c>
       <c r="D65" s="29">
-        <v>10197</v>
+        <v>10143</v>
       </c>
       <c r="E65" s="29">
-        <v>5030</v>
+        <v>4993</v>
       </c>
       <c r="F65" s="29">
-        <v>5167</v>
+        <v>5150</v>
       </c>
       <c r="G65" s="29">
         <v>0</v>
       </c>
       <c r="H65" s="29">
-        <v>-16</v>
+        <v>-28</v>
       </c>
       <c r="I65" s="31">
-        <v>-0.15666307647116401</v>
+        <v>-0.27529249827942198</v>
       </c>
       <c r="J65" s="29">
-        <v>-210</v>
+        <v>-242</v>
       </c>
       <c r="K65" s="31">
-        <v>-2.0178725857595801</v>
+        <v>-2.3302840635531998</v>
       </c>
       <c r="L65" s="29">
-        <v>-11</v>
+        <v>-19</v>
       </c>
       <c r="M65" s="29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N65" s="29">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="O65" s="29">
-        <v>-5</v>
+        <v>-9</v>
       </c>
       <c r="P65" s="29">
         <v>30</v>
       </c>
       <c r="Q65" s="29">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="R65" s="29">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="S65" s="29">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="T65" s="29">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="U65" s="29">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V65" s="29">
         <v>0</v>
       </c>
       <c r="W65" s="29">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="X65" s="29">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="Y65" s="29">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="Z65" s="29">
         <v>0</v>
       </c>
       <c r="AA65" s="68">
-        <v>0.13924959530629</v>
+        <v>0.138614713822728</v>
       </c>
       <c r="AB65" s="69">
-        <v>252.46</v>
+        <v>251.12</v>
       </c>
     </row>
     <row r="66" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A66" s="66" t="s">
         <v>289</v>
       </c>
       <c r="B66" s="67" t="s">
         <v>290</v>
       </c>
       <c r="C66" s="29">
-        <v>52202</v>
+        <v>52142</v>
       </c>
       <c r="D66" s="29">
-        <v>121117</v>
+        <v>120807</v>
       </c>
       <c r="E66" s="29">
-        <v>60675</v>
+        <v>60524</v>
       </c>
       <c r="F66" s="29">
-        <v>60442</v>
+        <v>60283</v>
       </c>
       <c r="G66" s="29">
         <v>0</v>
       </c>
       <c r="H66" s="29">
-        <v>-70</v>
+        <v>-159</v>
       </c>
       <c r="I66" s="31">
-        <v>-5.7761970000000003E-2</v>
+        <v>-0.1314419</v>
       </c>
       <c r="J66" s="29">
-        <v>-1427</v>
+        <v>-1358</v>
       </c>
       <c r="K66" s="31">
-        <v>-1.16448</v>
+        <v>-1.1116109999999999</v>
       </c>
       <c r="L66" s="29">
-        <v>-130</v>
+        <v>-147</v>
       </c>
       <c r="M66" s="29">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="N66" s="29">
-        <v>158</v>
+        <v>181</v>
       </c>
       <c r="O66" s="29">
-        <v>60</v>
+        <v>-12</v>
       </c>
       <c r="P66" s="29">
-        <v>352</v>
+        <v>310</v>
       </c>
       <c r="Q66" s="29">
-        <v>292</v>
+        <v>322</v>
       </c>
       <c r="R66" s="29">
-        <v>51</v>
+        <v>3</v>
       </c>
       <c r="S66" s="29">
-        <v>170</v>
+        <v>155</v>
       </c>
       <c r="T66" s="29">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="U66" s="29">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="V66" s="29">
         <v>0</v>
       </c>
       <c r="W66" s="29">
-        <v>119</v>
+        <v>152</v>
       </c>
       <c r="X66" s="29">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="Y66" s="29">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="Z66" s="29">
         <v>0</v>
       </c>
       <c r="AA66" s="68">
-        <v>1.6539661895373099</v>
+        <v>1.6509541292302401</v>
       </c>
       <c r="AB66" s="69">
-        <v>429.7</v>
+        <v>428.6</v>
       </c>
     </row>
     <row r="67" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A67" s="66" t="s">
-        <v>142</v>
+        <v>291</v>
       </c>
       <c r="B67" s="67" t="s">
-        <v>143</v>
+        <v>292</v>
       </c>
       <c r="C67" s="29">
-        <v>8263</v>
+        <v>8271</v>
       </c>
       <c r="D67" s="29">
-        <v>20050</v>
+        <v>20034</v>
       </c>
       <c r="E67" s="29">
-        <v>10231</v>
+        <v>10216</v>
       </c>
       <c r="F67" s="29">
-        <v>9819</v>
+        <v>9818</v>
       </c>
       <c r="G67" s="29">
         <v>0</v>
       </c>
       <c r="H67" s="29">
-        <v>25</v>
+        <v>-23</v>
       </c>
       <c r="I67" s="31">
-        <v>0.124843945068664</v>
+        <v>-0.11467318143291599</v>
       </c>
       <c r="J67" s="29">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="K67" s="31">
-        <v>3.4924911440403099E-2</v>
+        <v>0.10493179433368301</v>
       </c>
       <c r="L67" s="29">
-        <v>-11</v>
+        <v>-19</v>
       </c>
       <c r="M67" s="29">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="N67" s="29">
+        <v>28</v>
+      </c>
+      <c r="O67" s="29">
+        <v>-4</v>
+      </c>
+      <c r="P67" s="29">
+        <v>64</v>
+      </c>
+      <c r="Q67" s="29">
+        <v>68</v>
+      </c>
+      <c r="R67" s="29">
+        <v>-2</v>
+      </c>
+      <c r="S67" s="29">
+        <v>33</v>
+      </c>
+      <c r="T67" s="29">
+        <v>24</v>
+      </c>
+      <c r="U67" s="29">
+        <v>9</v>
+      </c>
+      <c r="V67" s="29">
+        <v>0</v>
+      </c>
+      <c r="W67" s="29">
+        <v>35</v>
+      </c>
+      <c r="X67" s="29">
         <v>16</v>
       </c>
-      <c r="O67" s="29">
-[...28 lines deleted...]
-      </c>
       <c r="Y67" s="29">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="Z67" s="29">
         <v>0</v>
       </c>
       <c r="AA67" s="68">
-        <v>0.27380154809170598</v>
+        <v>0.27378558382377399</v>
       </c>
       <c r="AB67" s="69">
-        <v>675.53</v>
+        <v>675</v>
       </c>
     </row>
     <row r="68" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A68" s="66" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B68" s="67" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C68" s="29">
-        <v>7846</v>
+        <v>7830</v>
       </c>
       <c r="D68" s="29">
-        <v>17396</v>
+        <v>17336</v>
       </c>
       <c r="E68" s="29">
-        <v>8653</v>
+        <v>8608</v>
       </c>
       <c r="F68" s="29">
-        <v>8743</v>
+        <v>8728</v>
       </c>
       <c r="G68" s="29">
         <v>0</v>
       </c>
       <c r="H68" s="29">
-        <v>-34</v>
+        <v>-47</v>
       </c>
       <c r="I68" s="31">
-        <v>-0.19506597819850799</v>
+        <v>-0.27037910602312598</v>
       </c>
       <c r="J68" s="29">
-        <v>-120</v>
+        <v>-117</v>
       </c>
       <c r="K68" s="31">
-        <v>-0.68508791961635096</v>
+        <v>-0.67037185584140302</v>
       </c>
       <c r="L68" s="29">
-        <v>-17</v>
+        <v>-24</v>
       </c>
       <c r="M68" s="29">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N68" s="29">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="O68" s="29">
-        <v>-17</v>
+        <v>-23</v>
       </c>
       <c r="P68" s="29">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="Q68" s="29">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="R68" s="29">
+        <v>-11</v>
+      </c>
+      <c r="S68" s="29">
+        <v>18</v>
+      </c>
+      <c r="T68" s="29">
+        <v>10</v>
+      </c>
+      <c r="U68" s="29">
+        <v>8</v>
+      </c>
+      <c r="V68" s="29">
+        <v>0</v>
+      </c>
+      <c r="W68" s="29">
+        <v>29</v>
+      </c>
+      <c r="X68" s="29">
+        <v>18</v>
+      </c>
+      <c r="Y68" s="29">
         <v>11</v>
       </c>
-      <c r="S68" s="29">
-[...19 lines deleted...]
-      </c>
       <c r="Z68" s="29">
         <v>0</v>
       </c>
       <c r="AA68" s="68">
-        <v>0.23755868980565101</v>
+        <v>0.23691458925671099</v>
       </c>
       <c r="AB68" s="69">
-        <v>581.41</v>
+        <v>579.41</v>
       </c>
     </row>
     <row r="69" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A69" s="66" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B69" s="67" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C69" s="29">
-        <v>11861</v>
+        <v>11834</v>
       </c>
       <c r="D69" s="29">
-        <v>26365</v>
+        <v>26284</v>
       </c>
       <c r="E69" s="29">
-        <v>13137</v>
+        <v>13103</v>
       </c>
       <c r="F69" s="29">
-        <v>13228</v>
+        <v>13181</v>
       </c>
       <c r="G69" s="29">
         <v>0</v>
       </c>
       <c r="H69" s="29">
+        <v>-53</v>
+      </c>
+      <c r="I69" s="31">
+        <v>-0.20123780233132099</v>
+      </c>
+      <c r="J69" s="29">
+        <v>-422</v>
+      </c>
+      <c r="K69" s="31">
+        <v>-1.5801692503557301</v>
+      </c>
+      <c r="L69" s="29">
+        <v>-42</v>
+      </c>
+      <c r="M69" s="29">
+        <v>2</v>
+      </c>
+      <c r="N69" s="29">
+        <v>44</v>
+      </c>
+      <c r="O69" s="29">
+        <v>-11</v>
+      </c>
+      <c r="P69" s="29">
+        <v>41</v>
+      </c>
+      <c r="Q69" s="29">
+        <v>52</v>
+      </c>
+      <c r="R69" s="29">
+        <v>-3</v>
+      </c>
+      <c r="S69" s="29">
+        <v>22</v>
+      </c>
+      <c r="T69" s="29">
+        <v>18</v>
+      </c>
+      <c r="U69" s="29">
         <v>4</v>
-      </c>
-[...37 lines deleted...]
-        <v>11</v>
       </c>
       <c r="V69" s="29">
         <v>0</v>
       </c>
       <c r="W69" s="29">
         <v>25</v>
       </c>
       <c r="X69" s="29">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="Y69" s="29">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="Z69" s="29">
         <v>0</v>
       </c>
       <c r="AA69" s="68">
-        <v>0.36003879378742198</v>
+        <v>0.35919837702026902</v>
       </c>
       <c r="AB69" s="69">
-        <v>436.79</v>
+        <v>435.45</v>
       </c>
     </row>
     <row r="70" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A70" s="66" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B70" s="67" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C70" s="29">
-        <v>7542</v>
+        <v>7549</v>
       </c>
       <c r="D70" s="29">
-        <v>18148</v>
+        <v>18103</v>
       </c>
       <c r="E70" s="29">
-        <v>9200</v>
+        <v>9184</v>
       </c>
       <c r="F70" s="29">
-        <v>8948</v>
+        <v>8919</v>
       </c>
       <c r="G70" s="29">
         <v>0</v>
       </c>
       <c r="H70" s="29">
-        <v>-3</v>
+        <v>-9</v>
       </c>
       <c r="I70" s="31">
-        <v>-1.65280149854003E-2</v>
+        <v>-4.9690812720848E-2</v>
       </c>
       <c r="J70" s="29">
-        <v>-184</v>
+        <v>-166</v>
       </c>
       <c r="K70" s="31">
-        <v>-1.0037093606807801</v>
+        <v>-0.90864305654387201</v>
       </c>
       <c r="L70" s="29">
-        <v>-21</v>
+        <v>-18</v>
       </c>
       <c r="M70" s="29">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="N70" s="29">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="O70" s="29">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="P70" s="29">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="Q70" s="29">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="R70" s="29">
-        <v>11</v>
+        <v>-2</v>
       </c>
       <c r="S70" s="29">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="T70" s="29">
         <v>12</v>
       </c>
       <c r="U70" s="29">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="V70" s="29">
         <v>0</v>
       </c>
       <c r="W70" s="29">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="X70" s="29">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="Y70" s="29">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="Z70" s="29">
         <v>0</v>
       </c>
       <c r="AA70" s="68">
-        <v>0.247827954851285</v>
+        <v>0.24739644723778401</v>
       </c>
       <c r="AB70" s="69">
-        <v>435.93</v>
+        <v>434.85</v>
       </c>
     </row>
     <row r="71" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A71" s="66" t="s">
-        <v>144</v>
+        <v>295</v>
       </c>
       <c r="B71" s="67" t="s">
-        <v>145</v>
+        <v>296</v>
       </c>
       <c r="C71" s="29">
-        <v>7028</v>
+        <v>7003</v>
       </c>
       <c r="D71" s="29">
-        <v>16827</v>
+        <v>16770</v>
       </c>
       <c r="E71" s="29">
-        <v>8467</v>
+        <v>8444</v>
       </c>
       <c r="F71" s="29">
-        <v>8360</v>
+        <v>8326</v>
       </c>
       <c r="G71" s="29">
         <v>0</v>
       </c>
       <c r="H71" s="29">
-        <v>-41</v>
+        <v>-26</v>
       </c>
       <c r="I71" s="31">
-        <v>-0.243063789423761</v>
+        <v>-0.15479876160990699</v>
       </c>
       <c r="J71" s="29">
-        <v>-329</v>
+        <v>-328</v>
       </c>
       <c r="K71" s="31">
-        <v>-1.9176964327349</v>
+        <v>-1.91835302374547</v>
       </c>
       <c r="L71" s="29">
-        <v>-24</v>
+        <v>-17</v>
       </c>
       <c r="M71" s="29">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="N71" s="29">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="O71" s="29">
-        <v>-17</v>
+        <v>-9</v>
       </c>
       <c r="P71" s="29">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="Q71" s="29">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="R71" s="29">
-        <v>-12</v>
+        <v>-5</v>
       </c>
       <c r="S71" s="29">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="T71" s="29">
+        <v>13</v>
+      </c>
+      <c r="U71" s="29">
+        <v>7</v>
+      </c>
+      <c r="V71" s="29">
+        <v>0</v>
+      </c>
+      <c r="W71" s="29">
+        <v>25</v>
+      </c>
+      <c r="X71" s="29">
+        <v>17</v>
+      </c>
+      <c r="Y71" s="29">
         <v>8</v>
       </c>
-      <c r="U71" s="29">
-[...13 lines deleted...]
-      </c>
       <c r="Z71" s="29">
         <v>0</v>
       </c>
       <c r="AA71" s="68">
-        <v>0.22978846133362199</v>
+        <v>0.229179606704836</v>
       </c>
       <c r="AB71" s="69">
-        <v>435.48</v>
+        <v>434</v>
       </c>
     </row>
     <row r="72" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A72" s="66" t="s">
-        <v>293</v>
+        <v>108</v>
       </c>
       <c r="B72" s="67" t="s">
-        <v>294</v>
+        <v>109</v>
       </c>
       <c r="C72" s="29">
-        <v>5436</v>
+        <v>5431</v>
       </c>
       <c r="D72" s="29">
-        <v>12598</v>
+        <v>12594</v>
       </c>
       <c r="E72" s="29">
-        <v>6097</v>
+        <v>6098</v>
       </c>
       <c r="F72" s="29">
-        <v>6501</v>
+        <v>6496</v>
       </c>
       <c r="G72" s="29">
         <v>0</v>
       </c>
       <c r="H72" s="29">
-        <v>-15</v>
+        <v>19</v>
       </c>
       <c r="I72" s="31">
-        <v>-0.11892491873463901</v>
+        <v>0.151093439363817</v>
       </c>
       <c r="J72" s="29">
-        <v>-279</v>
+        <v>-224</v>
       </c>
       <c r="K72" s="31">
-        <v>-2.1666537236934098</v>
+        <v>-1.74754251833359</v>
       </c>
       <c r="L72" s="29">
-        <v>-22</v>
+        <v>-11</v>
       </c>
       <c r="M72" s="29">
         <v>3</v>
       </c>
       <c r="N72" s="29">
+        <v>14</v>
+      </c>
+      <c r="O72" s="29">
+        <v>30</v>
+      </c>
+      <c r="P72" s="29">
+        <v>42</v>
+      </c>
+      <c r="Q72" s="29">
+        <v>12</v>
+      </c>
+      <c r="R72" s="29">
+        <v>20</v>
+      </c>
+      <c r="S72" s="29">
         <v>25</v>
       </c>
-      <c r="O72" s="29">
-[...8 lines deleted...]
-      <c r="R72" s="29">
+      <c r="T72" s="29">
+        <v>12</v>
+      </c>
+      <c r="U72" s="29">
+        <v>13</v>
+      </c>
+      <c r="V72" s="29">
+        <v>0</v>
+      </c>
+      <c r="W72" s="29">
         <v>5</v>
       </c>
-      <c r="S72" s="29">
-[...13 lines deleted...]
-      </c>
       <c r="X72" s="29">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="Y72" s="29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z72" s="29">
         <v>0</v>
       </c>
       <c r="AA72" s="68">
-        <v>0.172037501389492</v>
+        <v>0.17211019480266601</v>
       </c>
       <c r="AB72" s="69">
-        <v>489.62</v>
+        <v>489.46</v>
       </c>
     </row>
     <row r="73" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A73" s="66" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B73" s="67" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C73" s="29">
-        <v>4226</v>
+        <v>4224</v>
       </c>
       <c r="D73" s="29">
-        <v>9733</v>
+        <v>9686</v>
       </c>
       <c r="E73" s="29">
-        <v>4890</v>
+        <v>4871</v>
       </c>
       <c r="F73" s="29">
-        <v>4843</v>
+        <v>4815</v>
       </c>
       <c r="G73" s="29">
         <v>0</v>
       </c>
       <c r="H73" s="29">
-        <v>-6</v>
+        <v>-20</v>
       </c>
       <c r="I73" s="31">
-        <v>-6.1607967963856702E-2</v>
+        <v>-0.20605810838656499</v>
       </c>
       <c r="J73" s="29">
-        <v>-97</v>
+        <v>-122</v>
       </c>
       <c r="K73" s="31">
-        <v>-0.98677517802644998</v>
+        <v>-1.24388254486134</v>
       </c>
       <c r="L73" s="29">
-        <v>-13</v>
+        <v>-16</v>
       </c>
       <c r="M73" s="29">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N73" s="29">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="O73" s="29">
-        <v>7</v>
+        <v>-4</v>
       </c>
       <c r="P73" s="29">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="Q73" s="29">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="R73" s="29">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="S73" s="29">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="T73" s="29">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="U73" s="29">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="V73" s="29">
         <v>0</v>
       </c>
       <c r="W73" s="29">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="X73" s="29">
         <v>13</v>
       </c>
       <c r="Y73" s="29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z73" s="29">
         <v>0</v>
       </c>
       <c r="AA73" s="68">
-        <v>0.132913240278133</v>
+        <v>0.13236933038420001</v>
       </c>
       <c r="AB73" s="69">
-        <v>174.11</v>
+        <v>173.27</v>
       </c>
     </row>
     <row r="74" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A74" s="66" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B74" s="67" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C74" s="29">
-        <v>14012</v>
+        <v>13968</v>
       </c>
       <c r="D74" s="29">
-        <v>33821</v>
+        <v>33679</v>
       </c>
       <c r="E74" s="29">
-        <v>16673</v>
+        <v>16600</v>
       </c>
       <c r="F74" s="29">
-        <v>17148</v>
+        <v>17079</v>
       </c>
       <c r="G74" s="29">
         <v>0</v>
       </c>
       <c r="H74" s="29">
-        <v>-59</v>
+        <v>-90</v>
       </c>
       <c r="I74" s="31">
-        <v>-0.17414399999999999</v>
+        <v>-0.26651659999999999</v>
       </c>
       <c r="J74" s="29">
-        <v>-741</v>
+        <v>-750</v>
       </c>
       <c r="K74" s="31">
-        <v>-2.1439729999999999</v>
+        <v>-2.1783960000000002</v>
       </c>
       <c r="L74" s="29">
-        <v>-37</v>
+        <v>-69</v>
       </c>
       <c r="M74" s="29">
         <v>8</v>
       </c>
       <c r="N74" s="29">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="O74" s="29">
-        <v>-22</v>
+        <v>-21</v>
       </c>
       <c r="P74" s="29">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="Q74" s="29">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="R74" s="29">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="S74" s="29">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="T74" s="29">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="U74" s="29">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="V74" s="29">
         <v>0</v>
       </c>
       <c r="W74" s="29">
         <v>15</v>
       </c>
       <c r="X74" s="29">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="Y74" s="29">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Z74" s="29">
         <v>0</v>
       </c>
       <c r="AA74" s="68">
-        <v>0.461857464239879</v>
+        <v>0.46025879393036201</v>
       </c>
       <c r="AB74" s="69">
-        <v>96.12</v>
+        <v>95.72</v>
       </c>
     </row>
     <row r="75" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A75" s="66" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B75" s="67" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="C75" s="29">
-        <v>3046</v>
+        <v>3042</v>
       </c>
       <c r="D75" s="29">
-        <v>7352</v>
+        <v>7331</v>
       </c>
       <c r="E75" s="29">
-        <v>3652</v>
+        <v>3642</v>
       </c>
       <c r="F75" s="29">
-        <v>3700</v>
+        <v>3689</v>
       </c>
       <c r="G75" s="29">
         <v>0</v>
       </c>
       <c r="H75" s="29">
-        <v>-16</v>
+        <v>-23</v>
       </c>
       <c r="I75" s="31">
-        <v>-0.21715526601520099</v>
+        <v>-0.31275496328528701</v>
       </c>
       <c r="J75" s="29">
-        <v>-100</v>
+        <v>-105</v>
       </c>
       <c r="K75" s="31">
-        <v>-1.3419216317767</v>
+        <v>-1.4120494889725701</v>
       </c>
       <c r="L75" s="29">
-        <v>-8</v>
+        <v>-14</v>
       </c>
       <c r="M75" s="29">
+        <v>1</v>
+      </c>
+      <c r="N75" s="29">
+        <v>15</v>
+      </c>
+      <c r="O75" s="29">
+        <v>-9</v>
+      </c>
+      <c r="P75" s="29">
+        <v>14</v>
+      </c>
+      <c r="Q75" s="29">
+        <v>23</v>
+      </c>
+      <c r="R75" s="29">
+        <v>-6</v>
+      </c>
+      <c r="S75" s="29">
+        <v>1</v>
+      </c>
+      <c r="T75" s="29">
+        <v>1</v>
+      </c>
+      <c r="U75" s="29">
+        <v>0</v>
+      </c>
+      <c r="V75" s="29">
+        <v>0</v>
+      </c>
+      <c r="W75" s="29">
+        <v>7</v>
+      </c>
+      <c r="X75" s="29">
+        <v>4</v>
+      </c>
+      <c r="Y75" s="29">
         <v>3</v>
       </c>
-      <c r="N75" s="29">
-[...34 lines deleted...]
-      </c>
       <c r="Z75" s="29">
         <v>0</v>
       </c>
       <c r="AA75" s="68">
-        <v>0.10039845294614599</v>
+        <v>0.100185789907761</v>
       </c>
       <c r="AB75" s="69">
-        <v>148.94</v>
+        <v>148.52000000000001</v>
       </c>
     </row>
     <row r="76" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A76" s="66" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B76" s="67" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C76" s="29">
-        <v>3520</v>
+        <v>3511</v>
       </c>
       <c r="D76" s="29">
-        <v>8497</v>
+        <v>8471</v>
       </c>
       <c r="E76" s="29">
-        <v>4177</v>
+        <v>4166</v>
       </c>
       <c r="F76" s="29">
-        <v>4320</v>
+        <v>4305</v>
       </c>
       <c r="G76" s="29">
         <v>0</v>
       </c>
       <c r="H76" s="29">
-        <v>-9</v>
+        <v>-21</v>
       </c>
       <c r="I76" s="31">
-        <v>-0.10580766517752201</v>
+        <v>-0.24729156853509199</v>
       </c>
       <c r="J76" s="29">
-        <v>-179</v>
+        <v>-166</v>
       </c>
       <c r="K76" s="31">
-        <v>-2.06316274781005</v>
+        <v>-1.92196364478407</v>
       </c>
       <c r="L76" s="29">
-        <v>-12</v>
+        <v>-16</v>
       </c>
       <c r="M76" s="29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N76" s="29">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="O76" s="29">
+        <v>-5</v>
+      </c>
+      <c r="P76" s="29">
+        <v>15</v>
+      </c>
+      <c r="Q76" s="29">
+        <v>20</v>
+      </c>
+      <c r="R76" s="29">
+        <v>5</v>
+      </c>
+      <c r="S76" s="29">
+        <v>8</v>
+      </c>
+      <c r="T76" s="29">
+        <v>5</v>
+      </c>
+      <c r="U76" s="29">
         <v>3</v>
       </c>
-      <c r="P76" s="29">
-[...16 lines deleted...]
-      </c>
       <c r="V76" s="29">
         <v>0</v>
       </c>
       <c r="W76" s="29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X76" s="29">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="Y76" s="29">
         <v>2</v>
       </c>
       <c r="Z76" s="29">
         <v>0</v>
       </c>
       <c r="AA76" s="68">
-        <v>0.11603450145312801</v>
+        <v>0.115765083386802</v>
       </c>
       <c r="AB76" s="69">
-        <v>133.30000000000001</v>
+        <v>132.88999999999999</v>
       </c>
     </row>
     <row r="77" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A77" s="66" t="s">
-        <v>301</v>
+        <v>128</v>
       </c>
       <c r="B77" s="67" t="s">
-        <v>302</v>
+        <v>129</v>
       </c>
       <c r="C77" s="29">
         <v>2546</v>
       </c>
       <c r="D77" s="29">
-        <v>6155</v>
+        <v>6137</v>
       </c>
       <c r="E77" s="29">
-        <v>3038</v>
+        <v>3021</v>
       </c>
       <c r="F77" s="29">
-        <v>3117</v>
+        <v>3116</v>
       </c>
       <c r="G77" s="29">
         <v>0</v>
       </c>
       <c r="H77" s="29">
-        <v>-8</v>
+        <v>-9</v>
       </c>
       <c r="I77" s="31">
-        <v>-0.129806912218076</v>
+        <v>-0.14643670680117099</v>
       </c>
       <c r="J77" s="29">
-        <v>-140</v>
+        <v>-145</v>
       </c>
       <c r="K77" s="31">
-        <v>-2.22398729150119</v>
+        <v>-2.3081821076090399</v>
       </c>
       <c r="L77" s="29">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="M77" s="29">
         <v>0</v>
       </c>
       <c r="N77" s="29">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="O77" s="29">
         <v>-2</v>
       </c>
       <c r="P77" s="29">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="Q77" s="29">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="R77" s="29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S77" s="29">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="T77" s="29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U77" s="29">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="V77" s="29">
         <v>0</v>
       </c>
       <c r="W77" s="29">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="X77" s="29">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="Y77" s="29">
         <v>0</v>
       </c>
       <c r="Z77" s="29">
         <v>0</v>
       </c>
       <c r="AA77" s="68">
-        <v>8.4052295686007403E-2</v>
+        <v>8.38685298955026E-2</v>
       </c>
       <c r="AB77" s="69">
-        <v>202.26</v>
+        <v>201.67</v>
       </c>
     </row>
     <row r="78" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A78" s="66" t="s">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="B78" s="67" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
       <c r="C78" s="29">
-        <v>3964</v>
+        <v>3940</v>
       </c>
       <c r="D78" s="29">
-        <v>9512</v>
+        <v>9452</v>
       </c>
       <c r="E78" s="29">
-        <v>4683</v>
+        <v>4652</v>
       </c>
       <c r="F78" s="29">
-        <v>4829</v>
+        <v>4800</v>
       </c>
       <c r="G78" s="29">
         <v>0</v>
       </c>
       <c r="H78" s="29">
-        <v>-16</v>
+        <v>-29</v>
       </c>
       <c r="I78" s="31">
-        <v>-0.167926112510495</v>
+        <v>-0.30587490771015702</v>
       </c>
       <c r="J78" s="29">
-        <v>-246</v>
+        <v>-247</v>
       </c>
       <c r="K78" s="31">
-        <v>-2.52100840336134</v>
+        <v>-2.5466542942571402</v>
       </c>
       <c r="L78" s="29">
-        <v>-10</v>
+        <v>-23</v>
       </c>
       <c r="M78" s="29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N78" s="29">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="O78" s="29">
         <v>-6</v>
       </c>
       <c r="P78" s="29">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="Q78" s="29">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="R78" s="29">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="S78" s="29">
+        <v>7</v>
+      </c>
+      <c r="T78" s="29">
+        <v>2</v>
+      </c>
+      <c r="U78" s="29">
         <v>5</v>
       </c>
-      <c r="T78" s="29">
-[...4 lines deleted...]
-      </c>
       <c r="V78" s="29">
         <v>0</v>
       </c>
       <c r="W78" s="29">
+        <v>5</v>
+      </c>
+      <c r="X78" s="29">
         <v>4</v>
       </c>
-      <c r="X78" s="29">
-[...1 lines deleted...]
-      </c>
       <c r="Y78" s="29">
         <v>1</v>
       </c>
       <c r="Z78" s="29">
         <v>0</v>
       </c>
       <c r="AA78" s="68">
-        <v>0.12989527807722201</v>
+        <v>0.129171475406924</v>
       </c>
       <c r="AB78" s="69">
-        <v>55.54</v>
+        <v>55.19</v>
       </c>
     </row>
     <row r="79" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A79" s="66" t="s">
-        <v>138</v>
+        <v>119</v>
       </c>
       <c r="B79" s="67" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="C79" s="29">
-        <v>936</v>
+        <v>929</v>
       </c>
       <c r="D79" s="29">
-        <v>2305</v>
+        <v>2288</v>
       </c>
       <c r="E79" s="29">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="F79" s="29">
-        <v>1182</v>
+        <v>1169</v>
       </c>
       <c r="G79" s="29">
         <v>0</v>
       </c>
       <c r="H79" s="29">
-        <v>-10</v>
+        <v>-8</v>
       </c>
       <c r="I79" s="31">
-        <v>-0.43196544276457899</v>
+        <v>-0.348432055749129</v>
       </c>
       <c r="J79" s="29">
-        <v>-76</v>
+        <v>-87</v>
       </c>
       <c r="K79" s="31">
-        <v>-3.1919361612767698</v>
+        <v>-3.6631578947368402</v>
       </c>
       <c r="L79" s="29">
-        <v>-1</v>
+        <v>-9</v>
       </c>
       <c r="M79" s="29">
         <v>0</v>
       </c>
       <c r="N79" s="29">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="O79" s="29">
-        <v>-9</v>
+        <v>1</v>
       </c>
       <c r="P79" s="29">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Q79" s="29">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="R79" s="29">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="S79" s="29">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T79" s="29">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="U79" s="29">
         <v>0</v>
       </c>
       <c r="V79" s="29">
         <v>0</v>
       </c>
       <c r="W79" s="29">
         <v>0</v>
       </c>
       <c r="X79" s="29">
         <v>0</v>
       </c>
       <c r="Y79" s="29">
         <v>0</v>
       </c>
       <c r="Z79" s="29">
         <v>0</v>
       </c>
       <c r="AA79" s="68">
-        <v>3.1476936077375603E-2</v>
+        <v>3.1267915333373003E-2</v>
       </c>
       <c r="AB79" s="69">
-        <v>62.19</v>
+        <v>61.73</v>
       </c>
     </row>
     <row r="80" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A80" s="66" t="s">
         <v>303</v>
       </c>
       <c r="B80" s="67" t="s">
         <v>304</v>
       </c>
       <c r="C80" s="29">
-        <v>22212</v>
+        <v>22205</v>
       </c>
       <c r="D80" s="29">
-        <v>53008</v>
+        <v>52914</v>
       </c>
       <c r="E80" s="29">
-        <v>26518</v>
+        <v>26458</v>
       </c>
       <c r="F80" s="29">
-        <v>26490</v>
+        <v>26456</v>
       </c>
       <c r="G80" s="29">
         <v>0</v>
       </c>
       <c r="H80" s="29">
-        <v>4</v>
+        <v>-59</v>
       </c>
       <c r="I80" s="31">
-        <v>7.5465999999999997E-3</v>
+        <v>-0.1113775</v>
       </c>
       <c r="J80" s="29">
-        <v>-396</v>
+        <v>-329</v>
       </c>
       <c r="K80" s="31">
-        <v>-0.74151750000000005</v>
+        <v>-0.61792159999999996</v>
       </c>
       <c r="L80" s="29">
-        <v>-51</v>
+        <v>-76</v>
       </c>
       <c r="M80" s="29">
         <v>23</v>
       </c>
       <c r="N80" s="29">
-        <v>74</v>
+        <v>99</v>
       </c>
       <c r="O80" s="29">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="P80" s="29">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="Q80" s="29">
-        <v>135</v>
+        <v>161</v>
       </c>
       <c r="R80" s="29">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="S80" s="29">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="T80" s="29">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="U80" s="29">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="V80" s="29">
         <v>0</v>
       </c>
       <c r="W80" s="29">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="X80" s="29">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="Y80" s="29">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="Z80" s="29">
         <v>0</v>
       </c>
       <c r="AA80" s="68">
-        <v>0.72387393821671497</v>
+        <v>0.72312520627189603</v>
       </c>
       <c r="AB80" s="69">
-        <v>481.93</v>
+        <v>481.08</v>
       </c>
     </row>
     <row r="81" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A81" s="66" t="s">
         <v>305</v>
       </c>
       <c r="B81" s="67" t="s">
         <v>306</v>
       </c>
       <c r="C81" s="29">
-        <v>4007</v>
+        <v>3999</v>
       </c>
       <c r="D81" s="29">
-        <v>10522</v>
+        <v>10499</v>
       </c>
       <c r="E81" s="29">
-        <v>5275</v>
+        <v>5260</v>
       </c>
       <c r="F81" s="29">
-        <v>5247</v>
+        <v>5239</v>
       </c>
       <c r="G81" s="29">
         <v>0</v>
       </c>
       <c r="H81" s="29">
-        <v>-6</v>
+        <v>-9</v>
       </c>
       <c r="I81" s="31">
-        <v>-5.6990881458966601E-2</v>
+        <v>-8.5649029311001101E-2</v>
       </c>
       <c r="J81" s="29">
-        <v>-137</v>
+        <v>-114</v>
       </c>
       <c r="K81" s="31">
-        <v>-1.2852988085186201</v>
+        <v>-1.07415433901819</v>
       </c>
       <c r="L81" s="29">
-        <v>-19</v>
+        <v>-18</v>
       </c>
       <c r="M81" s="29">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="N81" s="29">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="O81" s="29">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="P81" s="29">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="Q81" s="29">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="R81" s="29">
         <v>4</v>
       </c>
       <c r="S81" s="29">
+        <v>17</v>
+      </c>
+      <c r="T81" s="29">
+        <v>10</v>
+      </c>
+      <c r="U81" s="29">
+        <v>7</v>
+      </c>
+      <c r="V81" s="29">
+        <v>0</v>
+      </c>
+      <c r="W81" s="29">
         <v>13</v>
       </c>
-      <c r="T81" s="29">
+      <c r="X81" s="29">
         <v>8</v>
       </c>
-      <c r="U81" s="29">
+      <c r="Y81" s="29">
         <v>5</v>
       </c>
-      <c r="V81" s="29">
-[...10 lines deleted...]
-      </c>
       <c r="Z81" s="29">
         <v>0</v>
       </c>
       <c r="AA81" s="68">
-        <v>0.14368777501351301</v>
+        <v>0.14347982652320099</v>
       </c>
       <c r="AB81" s="69">
-        <v>314.93</v>
+        <v>314.24</v>
       </c>
     </row>
     <row r="82" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A82" s="66" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="B82" s="67" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="C82" s="29">
-        <v>5462</v>
+        <v>5481</v>
       </c>
       <c r="D82" s="29">
-        <v>12604</v>
+        <v>12597</v>
       </c>
       <c r="E82" s="29">
-        <v>6400</v>
+        <v>6395</v>
       </c>
       <c r="F82" s="29">
-        <v>6204</v>
+        <v>6202</v>
       </c>
       <c r="G82" s="29">
         <v>0</v>
       </c>
       <c r="H82" s="29">
-        <v>22</v>
+        <v>-3</v>
       </c>
       <c r="I82" s="31">
-        <v>0.17485296455253499</v>
+        <v>-2.3809523809523801E-2</v>
       </c>
       <c r="J82" s="29">
-        <v>-114</v>
+        <v>-76</v>
       </c>
       <c r="K82" s="31">
-        <v>-0.896367353357446</v>
+        <v>-0.59970014992503795</v>
       </c>
       <c r="L82" s="29">
-        <v>-10</v>
+        <v>-31</v>
       </c>
       <c r="M82" s="29">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="N82" s="29">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="O82" s="29">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="P82" s="29">
         <v>65</v>
       </c>
       <c r="Q82" s="29">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="R82" s="29">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="S82" s="29">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="T82" s="29">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="U82" s="29">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="V82" s="29">
         <v>0</v>
       </c>
       <c r="W82" s="29">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X82" s="29">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="Y82" s="29">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="Z82" s="29">
         <v>0</v>
       </c>
       <c r="AA82" s="68">
-        <v>0.17211943701485599</v>
+        <v>0.17215119294340001</v>
       </c>
       <c r="AB82" s="69">
-        <v>265.89999999999998</v>
+        <v>265.75</v>
       </c>
     </row>
     <row r="83" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A83" s="66" t="s">
-        <v>136</v>
+        <v>307</v>
       </c>
       <c r="B83" s="67" t="s">
-        <v>137</v>
+        <v>308</v>
       </c>
       <c r="C83" s="29">
-        <v>12743</v>
+        <v>12725</v>
       </c>
       <c r="D83" s="29">
-        <v>29882</v>
+        <v>29818</v>
       </c>
       <c r="E83" s="29">
-        <v>14843</v>
+        <v>14803</v>
       </c>
       <c r="F83" s="29">
-        <v>15039</v>
+        <v>15015</v>
       </c>
       <c r="G83" s="29">
         <v>0</v>
       </c>
       <c r="H83" s="29">
-        <v>-12</v>
+        <v>-47</v>
       </c>
       <c r="I83" s="31">
-        <v>-4.0141834481835802E-2</v>
+        <v>-0.15737485350745001</v>
       </c>
       <c r="J83" s="29">
-        <v>-145</v>
+        <v>-139</v>
       </c>
       <c r="K83" s="31">
-        <v>-0.4828987244813</v>
+        <v>-0.46399839770337498</v>
       </c>
       <c r="L83" s="29">
-        <v>-22</v>
+        <v>-27</v>
       </c>
       <c r="M83" s="29">
+        <v>16</v>
+      </c>
+      <c r="N83" s="29">
+        <v>43</v>
+      </c>
+      <c r="O83" s="29">
+        <v>-20</v>
+      </c>
+      <c r="P83" s="29">
+        <v>77</v>
+      </c>
+      <c r="Q83" s="29">
+        <v>97</v>
+      </c>
+      <c r="R83" s="29">
+        <v>-6</v>
+      </c>
+      <c r="S83" s="29">
+        <v>47</v>
+      </c>
+      <c r="T83" s="29">
+        <v>32</v>
+      </c>
+      <c r="U83" s="29">
         <v>15</v>
       </c>
-      <c r="N83" s="29">
-[...22 lines deleted...]
-      </c>
       <c r="V83" s="29">
         <v>0</v>
       </c>
       <c r="W83" s="29">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="X83" s="29">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="Y83" s="29">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="Z83" s="29">
         <v>0</v>
       </c>
       <c r="AA83" s="68">
-        <v>0.408066726188347</v>
+        <v>0.40749418680529498</v>
       </c>
       <c r="AB83" s="69">
-        <v>1024.05</v>
+        <v>1021.86</v>
       </c>
     </row>
     <row r="84" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A84" s="66" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B84" s="67" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C84" s="29">
-        <v>13887</v>
+        <v>13922</v>
       </c>
       <c r="D84" s="29">
-        <v>30741</v>
+        <v>30744</v>
       </c>
       <c r="E84" s="29">
-        <v>15237</v>
+        <v>15241</v>
       </c>
       <c r="F84" s="29">
-        <v>15504</v>
+        <v>15503</v>
       </c>
       <c r="G84" s="29">
         <v>0</v>
       </c>
       <c r="H84" s="29">
-        <v>-16</v>
+        <v>-10</v>
       </c>
       <c r="I84" s="31">
-        <v>-5.202068E-2</v>
+        <v>-3.2516099999999999E-2</v>
       </c>
       <c r="J84" s="29">
-        <v>-310</v>
+        <v>-211</v>
       </c>
       <c r="K84" s="31">
-        <v>-0.99835750000000001</v>
+        <v>-0.68163459999999998</v>
       </c>
       <c r="L84" s="29">
-        <v>-38</v>
+        <v>-43</v>
       </c>
       <c r="M84" s="29">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="N84" s="29">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="O84" s="29">
+        <v>33</v>
+      </c>
+      <c r="P84" s="29">
+        <v>119</v>
+      </c>
+      <c r="Q84" s="29">
+        <v>86</v>
+      </c>
+      <c r="R84" s="29">
+        <v>24</v>
+      </c>
+      <c r="S84" s="29">
+        <v>65</v>
+      </c>
+      <c r="T84" s="29">
+        <v>40</v>
+      </c>
+      <c r="U84" s="29">
+        <v>25</v>
+      </c>
+      <c r="V84" s="29">
+        <v>0</v>
+      </c>
+      <c r="W84" s="29">
+        <v>41</v>
+      </c>
+      <c r="X84" s="29">
         <v>22</v>
       </c>
-      <c r="P84" s="29">
-[...25 lines deleted...]
-      </c>
       <c r="Y84" s="29">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="Z84" s="29">
         <v>0</v>
       </c>
       <c r="AA84" s="68">
-        <v>0.41979717655297399</v>
+        <v>0.42014894624528798</v>
       </c>
       <c r="AB84" s="69">
-        <v>478.45</v>
+        <v>478.5</v>
       </c>
     </row>
     <row r="85" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A85" s="66" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B85" s="67" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C85" s="29">
-        <v>13887</v>
+        <v>13922</v>
       </c>
       <c r="D85" s="29">
-        <v>30741</v>
+        <v>30744</v>
       </c>
       <c r="E85" s="29">
-        <v>15237</v>
+        <v>15241</v>
       </c>
       <c r="F85" s="29">
-        <v>15504</v>
+        <v>15503</v>
       </c>
       <c r="G85" s="29">
         <v>0</v>
       </c>
       <c r="H85" s="29">
-        <v>-16</v>
+        <v>-10</v>
       </c>
       <c r="I85" s="31">
-        <v>-5.2020678219592303E-2</v>
+        <v>-3.2516095467256298E-2</v>
       </c>
       <c r="J85" s="29">
-        <v>-310</v>
+        <v>-211</v>
       </c>
       <c r="K85" s="31">
-        <v>-0.99835754081994099</v>
+        <v>-0.68163463091584597</v>
       </c>
       <c r="L85" s="29">
-        <v>-38</v>
+        <v>-43</v>
       </c>
       <c r="M85" s="29">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="N85" s="29">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="O85" s="29">
+        <v>33</v>
+      </c>
+      <c r="P85" s="29">
+        <v>119</v>
+      </c>
+      <c r="Q85" s="29">
+        <v>86</v>
+      </c>
+      <c r="R85" s="29">
+        <v>24</v>
+      </c>
+      <c r="S85" s="29">
+        <v>65</v>
+      </c>
+      <c r="T85" s="29">
+        <v>40</v>
+      </c>
+      <c r="U85" s="29">
+        <v>25</v>
+      </c>
+      <c r="V85" s="29">
+        <v>0</v>
+      </c>
+      <c r="W85" s="29">
+        <v>41</v>
+      </c>
+      <c r="X85" s="29">
         <v>22</v>
       </c>
-      <c r="P85" s="29">
-[...25 lines deleted...]
-      </c>
       <c r="Y85" s="29">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="Z85" s="29">
         <v>0</v>
       </c>
       <c r="AA85" s="68">
-        <v>0.41979717655297399</v>
+        <v>0.42014894624528798</v>
       </c>
       <c r="AB85" s="69">
-        <v>478.45</v>
+        <v>478.5</v>
       </c>
     </row>
     <row r="86" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A86" s="66" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B86" s="67" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C86" s="29">
-        <v>15327</v>
+        <v>15330</v>
       </c>
       <c r="D86" s="29">
-        <v>33584</v>
+        <v>33537</v>
       </c>
       <c r="E86" s="29">
-        <v>16787</v>
+        <v>16754</v>
       </c>
       <c r="F86" s="29">
-        <v>16797</v>
+        <v>16783</v>
       </c>
       <c r="G86" s="29">
         <v>0</v>
       </c>
       <c r="H86" s="29">
-        <v>12</v>
+        <v>-36</v>
       </c>
       <c r="I86" s="31">
-        <v>3.5744070000000003E-2</v>
+        <v>-0.107229</v>
       </c>
       <c r="J86" s="29">
-        <v>-169</v>
+        <v>-147</v>
       </c>
       <c r="K86" s="31">
-        <v>-0.50069620000000004</v>
+        <v>-0.43640899999999999</v>
       </c>
       <c r="L86" s="29">
-        <v>-28</v>
+        <v>-33</v>
       </c>
       <c r="M86" s="29">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="N86" s="29">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="O86" s="29">
-        <v>40</v>
+        <v>-3</v>
       </c>
       <c r="P86" s="29">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="Q86" s="29">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="R86" s="29">
-        <v>25</v>
+        <v>-5</v>
       </c>
       <c r="S86" s="29">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="T86" s="29">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="U86" s="29">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="V86" s="29">
         <v>0</v>
       </c>
       <c r="W86" s="29">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="X86" s="29">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="Y86" s="29">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="Z86" s="29">
         <v>0</v>
       </c>
       <c r="AA86" s="68">
-        <v>0.45862100703799702</v>
+        <v>0.45831821526893801</v>
       </c>
       <c r="AB86" s="69">
-        <v>2105.58</v>
+        <v>2102.63</v>
       </c>
     </row>
     <row r="87" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A87" s="66" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B87" s="67" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C87" s="29">
-        <v>15327</v>
+        <v>15330</v>
       </c>
       <c r="D87" s="29">
-        <v>33584</v>
+        <v>33537</v>
       </c>
       <c r="E87" s="29">
-        <v>16787</v>
+        <v>16754</v>
       </c>
       <c r="F87" s="29">
-        <v>16797</v>
+        <v>16783</v>
       </c>
       <c r="G87" s="29">
         <v>0</v>
       </c>
       <c r="H87" s="29">
-        <v>12</v>
+        <v>-36</v>
       </c>
       <c r="I87" s="31">
-        <v>3.57440724413201E-2</v>
+        <v>-0.107229023322313</v>
       </c>
       <c r="J87" s="29">
-        <v>-169</v>
+        <v>-147</v>
       </c>
       <c r="K87" s="31">
-        <v>-0.50069623440879296</v>
+        <v>-0.43640897755611002</v>
       </c>
       <c r="L87" s="29">
-        <v>-28</v>
+        <v>-33</v>
       </c>
       <c r="M87" s="29">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="N87" s="29">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="O87" s="29">
-        <v>40</v>
+        <v>-3</v>
       </c>
       <c r="P87" s="29">
-        <v>104</v>
+        <v>87</v>
       </c>
       <c r="Q87" s="29">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="R87" s="29">
-        <v>25</v>
+        <v>-5</v>
       </c>
       <c r="S87" s="29">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="T87" s="29">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="U87" s="29">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="V87" s="29">
         <v>0</v>
       </c>
       <c r="W87" s="29">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="X87" s="29">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="Y87" s="29">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="Z87" s="29">
         <v>0</v>
       </c>
       <c r="AA87" s="68">
-        <v>0.45862100703799702</v>
+        <v>0.45831821526893801</v>
       </c>
       <c r="AB87" s="69">
-        <v>2105.58</v>
+        <v>2102.63</v>
       </c>
     </row>
     <row r="88" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A88" s="66" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B88" s="67" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C88" s="29">
-        <v>29959</v>
+        <v>30025</v>
       </c>
       <c r="D88" s="29">
-        <v>69489</v>
+        <v>69485</v>
       </c>
       <c r="E88" s="29">
-        <v>34735</v>
+        <v>34723</v>
       </c>
       <c r="F88" s="29">
-        <v>34754</v>
+        <v>34762</v>
       </c>
       <c r="G88" s="29">
         <v>0</v>
       </c>
       <c r="H88" s="29">
-        <v>-41</v>
+        <v>29</v>
       </c>
       <c r="I88" s="31">
-        <v>-5.8967350000000002E-2</v>
+        <v>4.175305E-2</v>
       </c>
       <c r="J88" s="29">
-        <v>-656</v>
+        <v>-497</v>
       </c>
       <c r="K88" s="31">
-        <v>-0.93520559999999997</v>
+        <v>-0.7101826</v>
       </c>
       <c r="L88" s="29">
-        <v>-38</v>
+        <v>-53</v>
       </c>
       <c r="M88" s="29">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="N88" s="29">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="O88" s="29">
-        <v>-3</v>
+        <v>82</v>
       </c>
       <c r="P88" s="29">
-        <v>172</v>
+        <v>246</v>
       </c>
       <c r="Q88" s="29">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="R88" s="29">
-        <v>5</v>
+        <v>31</v>
       </c>
       <c r="S88" s="29">
-        <v>85</v>
+        <v>115</v>
       </c>
       <c r="T88" s="29">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="U88" s="29">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="V88" s="29">
         <v>0</v>
       </c>
       <c r="W88" s="29">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="X88" s="29">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="Y88" s="29">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="Z88" s="29">
         <v>0</v>
       </c>
       <c r="AA88" s="68">
-        <v>0.94893744515434097</v>
+        <v>0.94958526964135503</v>
       </c>
       <c r="AB88" s="69">
-        <v>1503.11</v>
+        <v>1503.02</v>
       </c>
     </row>
     <row r="89" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A89" s="66" t="s">
-        <v>315</v>
+        <v>101</v>
       </c>
       <c r="B89" s="67" t="s">
-        <v>316</v>
+        <v>102</v>
       </c>
       <c r="C89" s="29">
-        <v>18779</v>
+        <v>18837</v>
       </c>
       <c r="D89" s="29">
-        <v>42520</v>
+        <v>42537</v>
       </c>
       <c r="E89" s="29">
-        <v>21155</v>
+        <v>21165</v>
       </c>
       <c r="F89" s="29">
-        <v>21365</v>
+        <v>21372</v>
       </c>
       <c r="G89" s="29">
         <v>0</v>
       </c>
       <c r="H89" s="29">
+        <v>38</v>
+      </c>
+      <c r="I89" s="31">
+        <v>8.9413868561613194E-2</v>
+      </c>
+      <c r="J89" s="29">
+        <v>-312</v>
+      </c>
+      <c r="K89" s="31">
+        <v>-0.72813834628579399</v>
+      </c>
+      <c r="L89" s="29">
         <v>-29</v>
       </c>
-      <c r="I89" s="31">
-[...10 lines deleted...]
-      </c>
       <c r="M89" s="29">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="N89" s="29">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O89" s="29">
-        <v>-4</v>
+        <v>67</v>
       </c>
       <c r="P89" s="29">
-        <v>97</v>
+        <v>157</v>
       </c>
       <c r="Q89" s="29">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="R89" s="29">
-        <v>-2</v>
+        <v>23</v>
       </c>
       <c r="S89" s="29">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="T89" s="29">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="U89" s="29">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="V89" s="29">
         <v>0</v>
       </c>
       <c r="W89" s="29">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="X89" s="29">
         <v>28</v>
       </c>
       <c r="Y89" s="29">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="Z89" s="29">
         <v>0</v>
       </c>
       <c r="AA89" s="68">
-        <v>0.58065046508026597</v>
+        <v>0.58131263747189099</v>
       </c>
       <c r="AB89" s="69">
-        <v>1415.91</v>
+        <v>1416.48</v>
       </c>
     </row>
     <row r="90" spans="1:28" ht="14" x14ac:dyDescent="0.2">
       <c r="A90" s="66" t="s">
         <v>317</v>
       </c>
       <c r="B90" s="67" t="s">
         <v>318</v>
       </c>
       <c r="C90" s="29">
-        <v>11180</v>
+        <v>11188</v>
       </c>
       <c r="D90" s="29">
-        <v>26969</v>
+        <v>26948</v>
       </c>
       <c r="E90" s="29">
-        <v>13580</v>
+        <v>13558</v>
       </c>
       <c r="F90" s="29">
-        <v>13389</v>
+        <v>13390</v>
       </c>
       <c r="G90" s="29">
         <v>0</v>
       </c>
       <c r="H90" s="29">
-        <v>-12</v>
+        <v>-9</v>
       </c>
       <c r="I90" s="31">
-        <v>-4.4475742188947801E-2</v>
+        <v>-3.3386504432985901E-2</v>
       </c>
       <c r="J90" s="29">
-        <v>-207</v>
+        <v>-185</v>
       </c>
       <c r="K90" s="31">
-        <v>-0.76170150132469805</v>
+        <v>-0.68182655806582404</v>
       </c>
       <c r="L90" s="29">
-        <v>-13</v>
+        <v>-24</v>
       </c>
       <c r="M90" s="29">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="N90" s="29">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="O90" s="29">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="P90" s="29">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="Q90" s="29">
         <v>74</v>
       </c>
       <c r="R90" s="29">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="S90" s="29">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="T90" s="29">
         <v>24</v>
       </c>
       <c r="U90" s="29">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="V90" s="29">
         <v>0</v>
       </c>
       <c r="W90" s="29">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="X90" s="29">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="Y90" s="29">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="Z90" s="29">
         <v>0</v>
       </c>
       <c r="AA90" s="68">
-        <v>0.36828698007407501</v>
+        <v>0.36827263216946399</v>
       </c>
       <c r="AB90" s="69">
-        <v>1664.75</v>
+        <v>1663.45</v>
       </c>
     </row>
     <row r="91" spans="1:28" ht="13" x14ac:dyDescent="0.2">
       <c r="B91" s="1" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="92" spans="1:28" ht="13" x14ac:dyDescent="0.2">
       <c r="B92" s="1" t="s">
         <v>320</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="B1:BZ82"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="5" topLeftCell="C72" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="2" ySplit="5" topLeftCell="C76" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="D88" sqref="D88"/>
+      <selection pane="bottomRight" activeCell="G91" sqref="G91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7265625" style="70" customWidth="1"/>
     <col min="2" max="2" width="12.1796875" style="70" customWidth="1"/>
     <col min="3" max="3" width="9.08984375" style="70" customWidth="1"/>
     <col min="4" max="16384" width="9.08984375" style="70"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:78" s="71" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="J1" s="71" t="s">
         <v>321</v>
       </c>
       <c r="AE1" s="71" t="s">
         <v>321</v>
       </c>
       <c r="AY1" s="71" t="s">
         <v>321</v>
       </c>
       <c r="BQ1" s="71" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="2" spans="2:78" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B3" s="89" t="s">
+      <c r="B3" s="84" t="s">
         <v>322</v>
       </c>
-      <c r="C3" s="84" t="s">
+      <c r="C3" s="86" t="s">
         <v>323</v>
       </c>
-      <c r="D3" s="84" t="s">
+      <c r="D3" s="86" t="s">
+        <v>203</v>
+      </c>
+      <c r="E3" s="86" t="s">
+        <v>205</v>
+      </c>
+      <c r="F3" s="88" t="s">
+        <v>105</v>
+      </c>
+      <c r="G3" s="86" t="s">
+        <v>207</v>
+      </c>
+      <c r="H3" s="86" t="s">
+        <v>209</v>
+      </c>
+      <c r="I3" s="86" t="s">
+        <v>211</v>
+      </c>
+      <c r="J3" s="86" t="s">
         <v>213</v>
       </c>
-      <c r="E3" s="84" t="s">
+      <c r="K3" s="86" t="s">
         <v>215</v>
       </c>
-      <c r="F3" s="88" t="s">
+      <c r="L3" s="86" t="s">
+        <v>217</v>
+      </c>
+      <c r="M3" s="86" t="s">
+        <v>219</v>
+      </c>
+      <c r="N3" s="86" t="s">
+        <v>221</v>
+      </c>
+      <c r="O3" s="86" t="s">
+        <v>223</v>
+      </c>
+      <c r="P3" s="86" t="s">
+        <v>225</v>
+      </c>
+      <c r="Q3" s="86" t="s">
+        <v>114</v>
+      </c>
+      <c r="R3" s="86" t="s">
+        <v>132</v>
+      </c>
+      <c r="S3" s="86" t="s">
+        <v>98</v>
+      </c>
+      <c r="T3" s="86" t="s">
+        <v>227</v>
+      </c>
+      <c r="U3" s="86" t="s">
+        <v>229</v>
+      </c>
+      <c r="V3" s="86" t="s">
+        <v>231</v>
+      </c>
+      <c r="W3" s="86" t="s">
+        <v>233</v>
+      </c>
+      <c r="X3" s="86" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y3" s="86" t="s">
+        <v>237</v>
+      </c>
+      <c r="Z3" s="86" t="s">
+        <v>239</v>
+      </c>
+      <c r="AA3" s="86" t="s">
+        <v>123</v>
+      </c>
+      <c r="AB3" s="86" t="s">
+        <v>112</v>
+      </c>
+      <c r="AC3" s="86" t="s">
+        <v>241</v>
+      </c>
+      <c r="AD3" s="86" t="s">
+        <v>243</v>
+      </c>
+      <c r="AE3" s="86" t="s">
+        <v>245</v>
+      </c>
+      <c r="AF3" s="86" t="s">
+        <v>247</v>
+      </c>
+      <c r="AG3" s="86" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH3" s="86" t="s">
+        <v>249</v>
+      </c>
+      <c r="AI3" s="86" t="s">
+        <v>251</v>
+      </c>
+      <c r="AJ3" s="86" t="s">
+        <v>103</v>
+      </c>
+      <c r="AK3" s="86" t="s">
+        <v>253</v>
+      </c>
+      <c r="AL3" s="86" t="s">
+        <v>92</v>
+      </c>
+      <c r="AM3" s="86" t="s">
+        <v>255</v>
+      </c>
+      <c r="AN3" s="86" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO3" s="86" t="s">
+        <v>257</v>
+      </c>
+      <c r="AP3" s="86" t="s">
+        <v>259</v>
+      </c>
+      <c r="AQ3" s="86" t="s">
+        <v>130</v>
+      </c>
+      <c r="AR3" s="86" t="s">
+        <v>261</v>
+      </c>
+      <c r="AS3" s="86" t="s">
+        <v>263</v>
+      </c>
+      <c r="AT3" s="86" t="s">
+        <v>265</v>
+      </c>
+      <c r="AU3" s="86" t="s">
+        <v>267</v>
+      </c>
+      <c r="AV3" s="86" t="s">
+        <v>269</v>
+      </c>
+      <c r="AW3" s="86" t="s">
+        <v>121</v>
+      </c>
+      <c r="AX3" s="86" t="s">
+        <v>271</v>
+      </c>
+      <c r="AY3" s="86" t="s">
+        <v>273</v>
+      </c>
+      <c r="AZ3" s="86" t="s">
+        <v>275</v>
+      </c>
+      <c r="BA3" s="86" t="s">
+        <v>110</v>
+      </c>
+      <c r="BB3" s="88" t="s">
+        <v>277</v>
+      </c>
+      <c r="BC3" s="86" t="s">
+        <v>94</v>
+      </c>
+      <c r="BD3" s="86" t="s">
+        <v>281</v>
+      </c>
+      <c r="BE3" s="86" t="s">
+        <v>285</v>
+      </c>
+      <c r="BF3" s="86" t="s">
+        <v>287</v>
+      </c>
+      <c r="BG3" s="86" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH3" s="86" t="s">
+        <v>291</v>
+      </c>
+      <c r="BI3" s="86" t="s">
+        <v>148</v>
+      </c>
+      <c r="BJ3" s="86" t="s">
+        <v>142</v>
+      </c>
+      <c r="BK3" s="86" t="s">
+        <v>293</v>
+      </c>
+      <c r="BL3" s="86" t="s">
+        <v>295</v>
+      </c>
+      <c r="BM3" s="86" t="s">
+        <v>108</v>
+      </c>
+      <c r="BN3" s="88" t="s">
+        <v>297</v>
+      </c>
+      <c r="BO3" s="86" t="s">
+        <v>140</v>
+      </c>
+      <c r="BP3" s="86" t="s">
+        <v>301</v>
+      </c>
+      <c r="BQ3" s="86" t="s">
+        <v>128</v>
+      </c>
+      <c r="BR3" s="86" t="s">
+        <v>138</v>
+      </c>
+      <c r="BS3" s="86" t="s">
+        <v>119</v>
+      </c>
+      <c r="BT3" s="86" t="s">
+        <v>305</v>
+      </c>
+      <c r="BU3" s="86" t="s">
+        <v>126</v>
+      </c>
+      <c r="BV3" s="86" t="s">
+        <v>307</v>
+      </c>
+      <c r="BW3" s="86" t="s">
+        <v>311</v>
+      </c>
+      <c r="BX3" s="86" t="s">
+        <v>146</v>
+      </c>
+      <c r="BY3" s="86" t="s">
         <v>101</v>
       </c>
-      <c r="G3" s="84" t="s">
-[...212 lines deleted...]
-      <c r="BZ3" s="86" t="s">
+      <c r="BZ3" s="89" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="4" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B4" s="90"/>
-[...75 lines deleted...]
-      <c r="BZ4" s="87"/>
+      <c r="B4" s="85"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+      <c r="F4" s="87"/>
+      <c r="G4" s="87"/>
+      <c r="H4" s="87"/>
+      <c r="I4" s="87"/>
+      <c r="J4" s="87"/>
+      <c r="K4" s="87"/>
+      <c r="L4" s="87"/>
+      <c r="M4" s="87"/>
+      <c r="N4" s="87"/>
+      <c r="O4" s="87"/>
+      <c r="P4" s="87"/>
+      <c r="Q4" s="87"/>
+      <c r="R4" s="87"/>
+      <c r="S4" s="87"/>
+      <c r="T4" s="87"/>
+      <c r="U4" s="87"/>
+      <c r="V4" s="87"/>
+      <c r="W4" s="87"/>
+      <c r="X4" s="87"/>
+      <c r="Y4" s="87"/>
+      <c r="Z4" s="87"/>
+      <c r="AA4" s="87"/>
+      <c r="AB4" s="87"/>
+      <c r="AC4" s="87"/>
+      <c r="AD4" s="87"/>
+      <c r="AE4" s="87"/>
+      <c r="AF4" s="87"/>
+      <c r="AG4" s="87"/>
+      <c r="AH4" s="87"/>
+      <c r="AI4" s="87"/>
+      <c r="AJ4" s="87"/>
+      <c r="AK4" s="87"/>
+      <c r="AL4" s="87"/>
+      <c r="AM4" s="87"/>
+      <c r="AN4" s="87"/>
+      <c r="AO4" s="87"/>
+      <c r="AP4" s="87"/>
+      <c r="AQ4" s="87"/>
+      <c r="AR4" s="87"/>
+      <c r="AS4" s="87"/>
+      <c r="AT4" s="87"/>
+      <c r="AU4" s="87"/>
+      <c r="AV4" s="87"/>
+      <c r="AW4" s="87"/>
+      <c r="AX4" s="87"/>
+      <c r="AY4" s="87"/>
+      <c r="AZ4" s="87"/>
+      <c r="BA4" s="87"/>
+      <c r="BB4" s="87"/>
+      <c r="BC4" s="87"/>
+      <c r="BD4" s="87"/>
+      <c r="BE4" s="87"/>
+      <c r="BF4" s="87"/>
+      <c r="BG4" s="87"/>
+      <c r="BH4" s="87"/>
+      <c r="BI4" s="87"/>
+      <c r="BJ4" s="87"/>
+      <c r="BK4" s="87"/>
+      <c r="BL4" s="87"/>
+      <c r="BM4" s="87"/>
+      <c r="BN4" s="87"/>
+      <c r="BO4" s="87"/>
+      <c r="BP4" s="87"/>
+      <c r="BQ4" s="87"/>
+      <c r="BR4" s="87"/>
+      <c r="BS4" s="87"/>
+      <c r="BT4" s="87"/>
+      <c r="BU4" s="87"/>
+      <c r="BV4" s="87"/>
+      <c r="BW4" s="87"/>
+      <c r="BX4" s="87"/>
+      <c r="BY4" s="87"/>
+      <c r="BZ4" s="90"/>
     </row>
     <row r="5" spans="2:78" ht="13" x14ac:dyDescent="0.2">
-      <c r="B5" s="90"/>
-[...75 lines deleted...]
-      <c r="BZ5" s="87"/>
+      <c r="B5" s="85"/>
+      <c r="C5" s="87"/>
+      <c r="D5" s="87"/>
+      <c r="E5" s="87"/>
+      <c r="F5" s="87"/>
+      <c r="G5" s="87"/>
+      <c r="H5" s="87"/>
+      <c r="I5" s="87"/>
+      <c r="J5" s="87"/>
+      <c r="K5" s="87"/>
+      <c r="L5" s="87"/>
+      <c r="M5" s="87"/>
+      <c r="N5" s="87"/>
+      <c r="O5" s="87"/>
+      <c r="P5" s="87"/>
+      <c r="Q5" s="87"/>
+      <c r="R5" s="87"/>
+      <c r="S5" s="87"/>
+      <c r="T5" s="87"/>
+      <c r="U5" s="87"/>
+      <c r="V5" s="87"/>
+      <c r="W5" s="87"/>
+      <c r="X5" s="87"/>
+      <c r="Y5" s="87"/>
+      <c r="Z5" s="87"/>
+      <c r="AA5" s="87"/>
+      <c r="AB5" s="87"/>
+      <c r="AC5" s="87"/>
+      <c r="AD5" s="87"/>
+      <c r="AE5" s="87"/>
+      <c r="AF5" s="87"/>
+      <c r="AG5" s="87"/>
+      <c r="AH5" s="87"/>
+      <c r="AI5" s="87"/>
+      <c r="AJ5" s="87"/>
+      <c r="AK5" s="87"/>
+      <c r="AL5" s="87"/>
+      <c r="AM5" s="87"/>
+      <c r="AN5" s="87"/>
+      <c r="AO5" s="87"/>
+      <c r="AP5" s="87"/>
+      <c r="AQ5" s="87"/>
+      <c r="AR5" s="87"/>
+      <c r="AS5" s="87"/>
+      <c r="AT5" s="87"/>
+      <c r="AU5" s="87"/>
+      <c r="AV5" s="87"/>
+      <c r="AW5" s="87"/>
+      <c r="AX5" s="87"/>
+      <c r="AY5" s="87"/>
+      <c r="AZ5" s="87"/>
+      <c r="BA5" s="87"/>
+      <c r="BB5" s="87"/>
+      <c r="BC5" s="87"/>
+      <c r="BD5" s="87"/>
+      <c r="BE5" s="87"/>
+      <c r="BF5" s="87"/>
+      <c r="BG5" s="87"/>
+      <c r="BH5" s="87"/>
+      <c r="BI5" s="87"/>
+      <c r="BJ5" s="87"/>
+      <c r="BK5" s="87"/>
+      <c r="BL5" s="87"/>
+      <c r="BM5" s="87"/>
+      <c r="BN5" s="87"/>
+      <c r="BO5" s="87"/>
+      <c r="BP5" s="87"/>
+      <c r="BQ5" s="87"/>
+      <c r="BR5" s="87"/>
+      <c r="BS5" s="87"/>
+      <c r="BT5" s="87"/>
+      <c r="BU5" s="87"/>
+      <c r="BV5" s="87"/>
+      <c r="BW5" s="87"/>
+      <c r="BX5" s="87"/>
+      <c r="BY5" s="87"/>
+      <c r="BZ5" s="90"/>
     </row>
     <row r="6" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B6" s="72" t="s">
         <v>323</v>
       </c>
       <c r="C6" s="73">
-        <v>8956</v>
+        <v>9014</v>
       </c>
       <c r="D6" s="73">
-        <v>8294</v>
+        <v>8347</v>
       </c>
       <c r="E6" s="73">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="F6" s="73">
-        <v>1302</v>
+        <v>1188</v>
       </c>
       <c r="G6" s="73">
-        <v>129</v>
+        <v>106</v>
       </c>
       <c r="H6" s="73">
-        <v>144</v>
+        <v>160</v>
       </c>
       <c r="I6" s="73">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="J6" s="73">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="K6" s="73">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="L6" s="73">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="M6" s="73">
-        <v>153</v>
+        <v>108</v>
       </c>
       <c r="N6" s="73">
-        <v>230</v>
+        <v>183</v>
       </c>
       <c r="O6" s="73">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="P6" s="73">
         <v>115</v>
       </c>
       <c r="Q6" s="73">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="R6" s="73">
-        <v>224</v>
+        <v>214</v>
       </c>
       <c r="S6" s="73">
-        <v>703</v>
+        <v>742</v>
       </c>
       <c r="T6" s="73">
-        <v>126</v>
+        <v>103</v>
       </c>
       <c r="U6" s="73">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="V6" s="73">
+        <v>288</v>
+      </c>
+      <c r="W6" s="73">
+        <v>88</v>
+      </c>
+      <c r="X6" s="73">
+        <v>153</v>
+      </c>
+      <c r="Y6" s="73">
+        <v>98</v>
+      </c>
+      <c r="Z6" s="73">
+        <v>159</v>
+      </c>
+      <c r="AA6" s="73">
+        <v>244</v>
+      </c>
+      <c r="AB6" s="73">
+        <v>216</v>
+      </c>
+      <c r="AC6" s="73">
+        <v>83</v>
+      </c>
+      <c r="AD6" s="73">
+        <v>184</v>
+      </c>
+      <c r="AE6" s="73">
+        <v>134</v>
+      </c>
+      <c r="AF6" s="73">
         <v>280</v>
       </c>
-      <c r="W6" s="73">
-[...28 lines deleted...]
-      </c>
       <c r="AG6" s="73">
-        <v>291</v>
+        <v>328</v>
       </c>
       <c r="AH6" s="73">
-        <v>391</v>
+        <v>320</v>
       </c>
       <c r="AI6" s="73">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="AJ6" s="73">
         <v>263</v>
       </c>
       <c r="AK6" s="73">
-        <v>115</v>
+        <v>167</v>
       </c>
       <c r="AL6" s="73">
-        <v>238</v>
+        <v>219</v>
       </c>
       <c r="AM6" s="73">
-        <v>114</v>
+        <v>141</v>
       </c>
       <c r="AN6" s="73">
-        <v>132</v>
+        <v>108</v>
       </c>
       <c r="AO6" s="73">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="AP6" s="73">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="AQ6" s="73">
         <v>172</v>
       </c>
       <c r="AR6" s="73">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="AS6" s="73">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="AT6" s="73">
-        <v>230</v>
+        <v>198</v>
       </c>
       <c r="AU6" s="73">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="AV6" s="73">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="AW6" s="73">
-        <v>164</v>
+        <v>191</v>
       </c>
       <c r="AX6" s="73">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="AY6" s="73">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="AZ6" s="73">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="BA6" s="73">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="BB6" s="73">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="BC6" s="73">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="BD6" s="73">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="BE6" s="73">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="BF6" s="73">
+        <v>43</v>
+      </c>
+      <c r="BG6" s="73">
+        <v>24</v>
+      </c>
+      <c r="BH6" s="73">
+        <v>33</v>
+      </c>
+      <c r="BI6" s="73">
+        <v>37</v>
+      </c>
+      <c r="BJ6" s="73">
+        <v>27</v>
+      </c>
+      <c r="BK6" s="73">
+        <v>24</v>
+      </c>
+      <c r="BL6" s="73">
+        <v>26</v>
+      </c>
+      <c r="BM6" s="73">
+        <v>7</v>
+      </c>
+      <c r="BN6" s="73">
+        <v>16</v>
+      </c>
+      <c r="BO6" s="73">
+        <v>16</v>
+      </c>
+      <c r="BP6" s="73">
+        <v>17</v>
+      </c>
+      <c r="BQ6" s="73">
+        <v>12</v>
+      </c>
+      <c r="BR6" s="73">
+        <v>12</v>
+      </c>
+      <c r="BS6" s="73">
+        <v>1</v>
+      </c>
+      <c r="BT6" s="73">
+        <v>14</v>
+      </c>
+      <c r="BU6" s="73">
+        <v>15</v>
+      </c>
+      <c r="BV6" s="73">
+        <v>44</v>
+      </c>
+      <c r="BW6" s="73">
+        <v>45</v>
+      </c>
+      <c r="BX6" s="73">
         <v>52</v>
       </c>
-      <c r="BG6" s="73">
-[...52 lines deleted...]
-      </c>
       <c r="BY6" s="73">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="BZ6" s="74">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B7" s="72" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="C7" s="73">
-        <v>8324</v>
+        <v>8354</v>
       </c>
       <c r="D7" s="73">
-        <v>7762</v>
+        <v>7777</v>
       </c>
       <c r="E7" s="73">
-        <v>562</v>
+        <v>577</v>
       </c>
       <c r="F7" s="73">
-        <v>1241</v>
+        <v>1146</v>
       </c>
       <c r="G7" s="73">
-        <v>123</v>
+        <v>98</v>
       </c>
       <c r="H7" s="73">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="I7" s="73">
+        <v>85</v>
+      </c>
+      <c r="J7" s="73">
+        <v>143</v>
+      </c>
+      <c r="K7" s="73">
+        <v>86</v>
+      </c>
+      <c r="L7" s="73">
+        <v>81</v>
+      </c>
+      <c r="M7" s="73">
+        <v>106</v>
+      </c>
+      <c r="N7" s="73">
+        <v>179</v>
+      </c>
+      <c r="O7" s="73">
+        <v>107</v>
+      </c>
+      <c r="P7" s="73">
+        <v>109</v>
+      </c>
+      <c r="Q7" s="73">
+        <v>400</v>
+      </c>
+      <c r="R7" s="73">
+        <v>195</v>
+      </c>
+      <c r="S7" s="73">
+        <v>716</v>
+      </c>
+      <c r="T7" s="73">
         <v>96</v>
       </c>
-      <c r="J7" s="73">
-[...31 lines deleted...]
-      </c>
       <c r="U7" s="73">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="V7" s="73">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="W7" s="73">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="X7" s="73">
-        <v>128</v>
+        <v>144</v>
       </c>
       <c r="Y7" s="73">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="Z7" s="73">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="AA7" s="73">
-        <v>258</v>
+        <v>216</v>
       </c>
       <c r="AB7" s="73">
-        <v>165</v>
+        <v>205</v>
       </c>
       <c r="AC7" s="73">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="AD7" s="73">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="AE7" s="73">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="AF7" s="73">
-        <v>308</v>
+        <v>259</v>
       </c>
       <c r="AG7" s="73">
-        <v>280</v>
+        <v>313</v>
       </c>
       <c r="AH7" s="73">
-        <v>354</v>
+        <v>289</v>
       </c>
       <c r="AI7" s="73">
         <v>222</v>
       </c>
       <c r="AJ7" s="73">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="AK7" s="73">
-        <v>112</v>
+        <v>163</v>
       </c>
       <c r="AL7" s="73">
-        <v>236</v>
+        <v>207</v>
       </c>
       <c r="AM7" s="73">
-        <v>110</v>
+        <v>133</v>
       </c>
       <c r="AN7" s="73">
-        <v>124</v>
+        <v>103</v>
       </c>
       <c r="AO7" s="73">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="AP7" s="73">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="AQ7" s="73">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="AR7" s="73">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="AS7" s="73">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="AT7" s="73">
-        <v>214</v>
+        <v>184</v>
       </c>
       <c r="AU7" s="73">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="AV7" s="73">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="AW7" s="73">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="AX7" s="73">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="AY7" s="73">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="AZ7" s="73">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="BA7" s="73">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="BB7" s="73">
-        <v>153</v>
+        <v>169</v>
       </c>
       <c r="BC7" s="73">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="BD7" s="73">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="BE7" s="73">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="BF7" s="73">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="BG7" s="73">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="BH7" s="73">
         <v>22</v>
       </c>
       <c r="BI7" s="73">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="BJ7" s="73">
         <v>17</v>
       </c>
       <c r="BK7" s="73">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="BL7" s="73">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="BM7" s="73">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="BN7" s="73">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="BO7" s="73">
+        <v>14</v>
+      </c>
+      <c r="BP7" s="73">
         <v>12</v>
       </c>
-      <c r="BP7" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="BQ7" s="73">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="BR7" s="73">
         <v>10</v>
       </c>
       <c r="BS7" s="73">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="BT7" s="73">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="BU7" s="73">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="BV7" s="73">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="BW7" s="73">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="BX7" s="73">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="BY7" s="73">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="BZ7" s="74">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B8" s="72" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="C8" s="73">
-        <v>632</v>
+        <v>660</v>
       </c>
       <c r="D8" s="73">
-        <v>532</v>
+        <v>570</v>
       </c>
       <c r="E8" s="73">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="F8" s="73">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="G8" s="73">
+        <v>8</v>
+      </c>
+      <c r="H8" s="73">
+        <v>8</v>
+      </c>
+      <c r="I8" s="73">
+        <v>4</v>
+      </c>
+      <c r="J8" s="73">
         <v>6</v>
       </c>
-      <c r="H8" s="73">
-[...7 lines deleted...]
-      </c>
       <c r="K8" s="73">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L8" s="73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M8" s="73">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="N8" s="73">
         <v>4</v>
       </c>
       <c r="O8" s="73">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P8" s="73">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="Q8" s="73">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="R8" s="73">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="S8" s="73">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="T8" s="73">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="U8" s="73">
+        <v>29</v>
+      </c>
+      <c r="V8" s="73">
         <v>11</v>
       </c>
-      <c r="V8" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="W8" s="73">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="X8" s="73">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="Y8" s="73">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="Z8" s="73">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="AA8" s="73">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="AB8" s="73">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="AC8" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AD8" s="73">
         <v>11</v>
       </c>
       <c r="AE8" s="73">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="AF8" s="73">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="AG8" s="73">
+        <v>15</v>
+      </c>
+      <c r="AH8" s="73">
+        <v>31</v>
+      </c>
+      <c r="AI8" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ8" s="73">
+        <v>4</v>
+      </c>
+      <c r="AK8" s="73">
+        <v>4</v>
+      </c>
+      <c r="AL8" s="73">
+        <v>12</v>
+      </c>
+      <c r="AM8" s="73">
+        <v>8</v>
+      </c>
+      <c r="AN8" s="73">
+        <v>5</v>
+      </c>
+      <c r="AO8" s="73">
         <v>11</v>
       </c>
-      <c r="AH8" s="73">
-[...2 lines deleted...]
-      <c r="AI8" s="73">
+      <c r="AP8" s="73">
+        <v>6</v>
+      </c>
+      <c r="AQ8" s="73">
+        <v>14</v>
+      </c>
+      <c r="AR8" s="73">
+        <v>6</v>
+      </c>
+      <c r="AS8" s="73">
+        <v>4</v>
+      </c>
+      <c r="AT8" s="73">
+        <v>14</v>
+      </c>
+      <c r="AU8" s="73">
+        <v>9</v>
+      </c>
+      <c r="AV8" s="73">
+        <v>17</v>
+      </c>
+      <c r="AW8" s="73">
+        <v>18</v>
+      </c>
+      <c r="AX8" s="73">
+        <v>22</v>
+      </c>
+      <c r="AY8" s="73">
+        <v>9</v>
+      </c>
+      <c r="AZ8" s="73">
+        <v>3</v>
+      </c>
+      <c r="BA8" s="73">
         <v>5</v>
       </c>
-      <c r="AJ8" s="73">
-[...2 lines deleted...]
-      <c r="AK8" s="73">
+      <c r="BB8" s="73">
+        <v>7</v>
+      </c>
+      <c r="BC8" s="73">
+        <v>6</v>
+      </c>
+      <c r="BD8" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE8" s="73">
+        <v>1</v>
+      </c>
+      <c r="BF8" s="73">
+        <v>6</v>
+      </c>
+      <c r="BG8" s="73">
+        <v>6</v>
+      </c>
+      <c r="BH8" s="73">
+        <v>11</v>
+      </c>
+      <c r="BI8" s="73">
+        <v>7</v>
+      </c>
+      <c r="BJ8" s="73">
+        <v>10</v>
+      </c>
+      <c r="BK8" s="73">
         <v>3</v>
-      </c>
-[...76 lines deleted...]
-        <v>5</v>
       </c>
       <c r="BL8" s="73">
         <v>4</v>
       </c>
       <c r="BM8" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BN8" s="73">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="BO8" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BP8" s="73">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="BQ8" s="73">
         <v>3</v>
       </c>
       <c r="BR8" s="73">
+        <v>2</v>
+      </c>
+      <c r="BS8" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT8" s="73">
+        <v>2</v>
+      </c>
+      <c r="BU8" s="73">
         <v>4</v>
       </c>
-      <c r="BS8" s="73">
+      <c r="BV8" s="73">
         <v>5</v>
       </c>
-      <c r="BT8" s="73">
-[...5 lines deleted...]
-      <c r="BV8" s="73">
+      <c r="BW8" s="73">
+        <v>5</v>
+      </c>
+      <c r="BX8" s="73">
         <v>9</v>
       </c>
-      <c r="BW8" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="BY8" s="73">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="BZ8" s="74">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B9" s="75" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C9" s="73">
-        <v>1318</v>
+        <v>1284</v>
       </c>
       <c r="D9" s="73">
-        <v>1240</v>
+        <v>1224</v>
       </c>
       <c r="E9" s="73">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="F9" s="76" t="s">
         <v>50</v>
       </c>
       <c r="G9" s="73">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="H9" s="73">
-        <v>162</v>
+        <v>149</v>
       </c>
       <c r="I9" s="73">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="J9" s="73">
-        <v>141</v>
+        <v>127</v>
       </c>
       <c r="K9" s="73">
-        <v>168</v>
+        <v>157</v>
       </c>
       <c r="L9" s="73">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="M9" s="73">
-        <v>210</v>
+        <v>183</v>
       </c>
       <c r="N9" s="73">
-        <v>216</v>
+        <v>145</v>
       </c>
       <c r="O9" s="73">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="P9" s="73">
+        <v>67</v>
+      </c>
+      <c r="Q9" s="73">
+        <v>73</v>
+      </c>
+      <c r="R9" s="73">
+        <v>38</v>
+      </c>
+      <c r="S9" s="73">
+        <v>272</v>
+      </c>
+      <c r="T9" s="73">
+        <v>12</v>
+      </c>
+      <c r="U9" s="73">
+        <v>1</v>
+      </c>
+      <c r="V9" s="73">
+        <v>24</v>
+      </c>
+      <c r="W9" s="73">
+        <v>5</v>
+      </c>
+      <c r="X9" s="73">
+        <v>28</v>
+      </c>
+      <c r="Y9" s="73">
+        <v>5</v>
+      </c>
+      <c r="Z9" s="73">
+        <v>12</v>
+      </c>
+      <c r="AA9" s="73">
+        <v>54</v>
+      </c>
+      <c r="AB9" s="73">
+        <v>14</v>
+      </c>
+      <c r="AC9" s="73">
+        <v>3</v>
+      </c>
+      <c r="AD9" s="73">
+        <v>35</v>
+      </c>
+      <c r="AE9" s="73">
+        <v>14</v>
+      </c>
+      <c r="AF9" s="73">
+        <v>91</v>
+      </c>
+      <c r="AG9" s="73">
+        <v>38</v>
+      </c>
+      <c r="AH9" s="73">
         <v>58</v>
       </c>
-      <c r="Q9" s="73">
-[...8 lines deleted...]
-      <c r="T9" s="73">
+      <c r="AI9" s="73">
+        <v>63</v>
+      </c>
+      <c r="AJ9" s="73">
+        <v>91</v>
+      </c>
+      <c r="AK9" s="73">
+        <v>5</v>
+      </c>
+      <c r="AL9" s="73">
+        <v>40</v>
+      </c>
+      <c r="AM9" s="73">
+        <v>13</v>
+      </c>
+      <c r="AN9" s="73">
+        <v>15</v>
+      </c>
+      <c r="AO9" s="73">
+        <v>17</v>
+      </c>
+      <c r="AP9" s="73">
+        <v>26</v>
+      </c>
+      <c r="AQ9" s="73">
+        <v>25</v>
+      </c>
+      <c r="AR9" s="73">
+        <v>19</v>
+      </c>
+      <c r="AS9" s="73">
+        <v>5</v>
+      </c>
+      <c r="AT9" s="73">
+        <v>24</v>
+      </c>
+      <c r="AU9" s="73">
+        <v>22</v>
+      </c>
+      <c r="AV9" s="73">
+        <v>15</v>
+      </c>
+      <c r="AW9" s="73">
+        <v>7</v>
+      </c>
+      <c r="AX9" s="73">
+        <v>2</v>
+      </c>
+      <c r="AY9" s="73">
+        <v>13</v>
+      </c>
+      <c r="AZ9" s="73">
+        <v>2</v>
+      </c>
+      <c r="BA9" s="73">
+        <v>8</v>
+      </c>
+      <c r="BB9" s="73">
+        <v>19</v>
+      </c>
+      <c r="BC9" s="73">
+        <v>16</v>
+      </c>
+      <c r="BD9" s="73">
+        <v>17</v>
+      </c>
+      <c r="BE9" s="73">
+        <v>7</v>
+      </c>
+      <c r="BF9" s="73">
+        <v>2</v>
+      </c>
+      <c r="BG9" s="73">
+        <v>3</v>
+      </c>
+      <c r="BH9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ9" s="73">
+        <v>2</v>
+      </c>
+      <c r="BK9" s="73">
+        <v>1</v>
+      </c>
+      <c r="BL9" s="73">
+        <v>3</v>
+      </c>
+      <c r="BM9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN9" s="73">
+        <v>3</v>
+      </c>
+      <c r="BO9" s="73">
+        <v>2</v>
+      </c>
+      <c r="BP9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS9" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT9" s="73">
+        <v>1</v>
+      </c>
+      <c r="BU9" s="73">
+        <v>1</v>
+      </c>
+      <c r="BV9" s="73">
+        <v>2</v>
+      </c>
+      <c r="BW9" s="73">
+        <v>1</v>
+      </c>
+      <c r="BX9" s="73">
+        <v>2</v>
+      </c>
+      <c r="BY9" s="73">
         <v>10</v>
-      </c>
-[...169 lines deleted...]
-        <v>8</v>
       </c>
       <c r="BZ9" s="74">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B10" s="72" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="C10" s="73">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="D10" s="73">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="E10" s="73">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F10" s="73">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="G10" s="76" t="s">
         <v>50</v>
       </c>
       <c r="H10" s="73">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I10" s="73">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="J10" s="73">
+        <v>6</v>
+      </c>
+      <c r="K10" s="73">
+        <v>8</v>
+      </c>
+      <c r="L10" s="73">
+        <v>5</v>
+      </c>
+      <c r="M10" s="73">
         <v>7</v>
       </c>
-      <c r="K10" s="73">
+      <c r="N10" s="73">
+        <v>8</v>
+      </c>
+      <c r="O10" s="73">
+        <v>4</v>
+      </c>
+      <c r="P10" s="73">
+        <v>7</v>
+      </c>
+      <c r="Q10" s="73">
         <v>14</v>
-      </c>
-[...16 lines deleted...]
-        <v>6</v>
       </c>
       <c r="R10" s="73">
         <v>3</v>
       </c>
       <c r="S10" s="73">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="T10" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="U10" s="73">
         <v>0</v>
       </c>
       <c r="V10" s="73">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="W10" s="73">
         <v>0</v>
       </c>
       <c r="X10" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="Y10" s="73">
         <v>0</v>
       </c>
       <c r="Z10" s="73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA10" s="73">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB10" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AC10" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD10" s="73">
         <v>4</v>
       </c>
       <c r="AE10" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF10" s="73">
         <v>3</v>
       </c>
-      <c r="AF10" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="AG10" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AH10" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AI10" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AJ10" s="73">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AK10" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AL10" s="73">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AM10" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AN10" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AO10" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AP10" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AQ10" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AR10" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AS10" s="73">
         <v>0</v>
       </c>
       <c r="AT10" s="73">
         <v>1</v>
       </c>
       <c r="AU10" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AV10" s="73">
         <v>2</v>
       </c>
       <c r="AW10" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AX10" s="73">
         <v>0</v>
       </c>
       <c r="AY10" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AZ10" s="73">
         <v>1</v>
       </c>
       <c r="BA10" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BB10" s="73">
         <v>1</v>
       </c>
       <c r="BC10" s="73">
         <v>0</v>
       </c>
       <c r="BD10" s="73">
         <v>0</v>
       </c>
       <c r="BE10" s="73">
         <v>0</v>
       </c>
       <c r="BF10" s="73">
         <v>0</v>
       </c>
       <c r="BG10" s="73">
         <v>0</v>
       </c>
       <c r="BH10" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BI10" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BJ10" s="73">
         <v>0</v>
       </c>
       <c r="BK10" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BL10" s="73">
         <v>0</v>
       </c>
       <c r="BM10" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BN10" s="73">
         <v>0</v>
       </c>
       <c r="BO10" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BP10" s="73">
         <v>0</v>
       </c>
       <c r="BQ10" s="73">
         <v>0</v>
       </c>
       <c r="BR10" s="73">
         <v>0</v>
       </c>
       <c r="BS10" s="73">
         <v>0</v>
       </c>
       <c r="BT10" s="73">
         <v>0</v>
       </c>
       <c r="BU10" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BV10" s="73">
         <v>0</v>
       </c>
       <c r="BW10" s="73">
         <v>0</v>
       </c>
       <c r="BX10" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BY10" s="73">
         <v>0</v>
       </c>
       <c r="BZ10" s="74">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B11" s="72" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="C11" s="73">
-        <v>143</v>
+        <v>177</v>
       </c>
       <c r="D11" s="73">
-        <v>134</v>
+        <v>168</v>
       </c>
       <c r="E11" s="73">
         <v>9</v>
       </c>
       <c r="F11" s="73">
-        <v>183</v>
+        <v>156</v>
       </c>
       <c r="G11" s="73">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H11" s="76" t="s">
         <v>50</v>
       </c>
       <c r="I11" s="73">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="J11" s="73">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="K11" s="73">
+        <v>14</v>
+      </c>
+      <c r="L11" s="73">
+        <v>7</v>
+      </c>
+      <c r="M11" s="73">
         <v>19</v>
       </c>
-      <c r="L11" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="N11" s="73">
+        <v>5</v>
+      </c>
+      <c r="O11" s="73">
+        <v>3</v>
+      </c>
+      <c r="P11" s="73">
+        <v>9</v>
+      </c>
+      <c r="Q11" s="73">
         <v>13</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
       <c r="R11" s="73">
         <v>3</v>
       </c>
       <c r="S11" s="73">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="T11" s="73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U11" s="73">
         <v>0</v>
       </c>
       <c r="V11" s="73">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="W11" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="X11" s="73">
         <v>3</v>
       </c>
       <c r="Y11" s="73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z11" s="73">
         <v>3</v>
       </c>
       <c r="AA11" s="73">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="AB11" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AC11" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD11" s="73">
         <v>3</v>
       </c>
-      <c r="AD11" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="AE11" s="73">
+        <v>2</v>
+      </c>
+      <c r="AF11" s="73">
+        <v>26</v>
+      </c>
+      <c r="AG11" s="73">
+        <v>4</v>
+      </c>
+      <c r="AH11" s="73">
         <v>3</v>
       </c>
-      <c r="AF11" s="73">
-[...7 lines deleted...]
-      </c>
       <c r="AI11" s="73">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AJ11" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AK11" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AL11" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AM11" s="73">
         <v>0</v>
       </c>
       <c r="AN11" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AO11" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AP11" s="73">
+        <v>14</v>
+      </c>
+      <c r="AQ11" s="73">
+        <v>3</v>
+      </c>
+      <c r="AR11" s="73">
         <v>6</v>
       </c>
-      <c r="AQ11" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="AS11" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AT11" s="73">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="AU11" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AV11" s="73">
         <v>3</v>
       </c>
       <c r="AW11" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AX11" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AY11" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AZ11" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BA11" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BB11" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BC11" s="73">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="BD11" s="73">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="BE11" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BF11" s="73">
         <v>0</v>
       </c>
       <c r="BG11" s="73">
         <v>0</v>
       </c>
       <c r="BH11" s="73">
         <v>0</v>
       </c>
       <c r="BI11" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BJ11" s="73">
         <v>0</v>
       </c>
       <c r="BK11" s="73">
         <v>0</v>
       </c>
       <c r="BL11" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM11" s="73">
         <v>0</v>
       </c>
       <c r="BN11" s="73">
         <v>0</v>
       </c>
       <c r="BO11" s="73">
         <v>0</v>
       </c>
       <c r="BP11" s="73">
         <v>0</v>
       </c>
       <c r="BQ11" s="73">
         <v>0</v>
       </c>
       <c r="BR11" s="73">
         <v>0</v>
       </c>
       <c r="BS11" s="73">
         <v>0</v>
       </c>
       <c r="BT11" s="73">
         <v>0</v>
       </c>
       <c r="BU11" s="73">
         <v>0</v>
       </c>
       <c r="BV11" s="73">
         <v>0</v>
       </c>
       <c r="BW11" s="73">
         <v>0</v>
       </c>
       <c r="BX11" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BY11" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BZ11" s="74">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B12" s="72" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="C12" s="73">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="D12" s="73">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="E12" s="73">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F12" s="73">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="G12" s="73">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="H12" s="73">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="I12" s="76" t="s">
         <v>50</v>
       </c>
       <c r="J12" s="73">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="K12" s="73">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="L12" s="73">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="M12" s="73">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="N12" s="73">
         <v>17</v>
       </c>
       <c r="O12" s="73">
+        <v>12</v>
+      </c>
+      <c r="P12" s="73">
+        <v>3</v>
+      </c>
+      <c r="Q12" s="73">
+        <v>9</v>
+      </c>
+      <c r="R12" s="73">
         <v>6</v>
       </c>
-      <c r="P12" s="73">
+      <c r="S12" s="73">
+        <v>13</v>
+      </c>
+      <c r="T12" s="73">
+        <v>1</v>
+      </c>
+      <c r="U12" s="73">
+        <v>0</v>
+      </c>
+      <c r="V12" s="73">
+        <v>0</v>
+      </c>
+      <c r="W12" s="73">
+        <v>0</v>
+      </c>
+      <c r="X12" s="73">
+        <v>2</v>
+      </c>
+      <c r="Y12" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z12" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AB12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC12" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD12" s="73">
         <v>12</v>
       </c>
-      <c r="Q12" s="73">
-[...14 lines deleted...]
-      <c r="V12" s="73">
+      <c r="AE12" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF12" s="73">
+        <v>11</v>
+      </c>
+      <c r="AG12" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH12" s="73">
+        <v>6</v>
+      </c>
+      <c r="AI12" s="73">
         <v>3</v>
       </c>
-      <c r="W12" s="73">
-[...32 lines deleted...]
-      <c r="AH12" s="73">
+      <c r="AJ12" s="73">
         <v>9</v>
       </c>
-      <c r="AI12" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="AK12" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AL12" s="73">
         <v>1</v>
       </c>
       <c r="AM12" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AN12" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AO12" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AP12" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AQ12" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AR12" s="73">
         <v>2</v>
       </c>
       <c r="AS12" s="73">
         <v>0</v>
       </c>
       <c r="AT12" s="73">
         <v>0</v>
       </c>
       <c r="AU12" s="73">
         <v>1</v>
       </c>
       <c r="AV12" s="73">
         <v>2</v>
       </c>
       <c r="AW12" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AX12" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AY12" s="73">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="AZ12" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BA12" s="73">
         <v>0</v>
       </c>
       <c r="BB12" s="73">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="BC12" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BD12" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="BE12" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BF12" s="73">
         <v>0</v>
       </c>
       <c r="BG12" s="73">
         <v>0</v>
       </c>
       <c r="BH12" s="73">
         <v>0</v>
       </c>
       <c r="BI12" s="73">
         <v>0</v>
       </c>
       <c r="BJ12" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BK12" s="73">
         <v>0</v>
       </c>
       <c r="BL12" s="73">
         <v>0</v>
       </c>
       <c r="BM12" s="73">
         <v>0</v>
       </c>
       <c r="BN12" s="73">
         <v>0</v>
       </c>
       <c r="BO12" s="73">
         <v>0</v>
       </c>
       <c r="BP12" s="73">
         <v>0</v>
       </c>
       <c r="BQ12" s="73">
         <v>0</v>
       </c>
       <c r="BR12" s="73">
         <v>0</v>
       </c>
       <c r="BS12" s="73">
         <v>0</v>
       </c>
       <c r="BT12" s="73">
         <v>0</v>
       </c>
       <c r="BU12" s="73">
         <v>0</v>
       </c>
       <c r="BV12" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BW12" s="73">
         <v>0</v>
       </c>
       <c r="BX12" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BY12" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BZ12" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B13" s="72" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="C13" s="73">
-        <v>167</v>
+        <v>130</v>
       </c>
       <c r="D13" s="73">
-        <v>154</v>
+        <v>125</v>
       </c>
       <c r="E13" s="73">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F13" s="73">
-        <v>168</v>
+        <v>158</v>
       </c>
       <c r="G13" s="73">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="H13" s="73">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="I13" s="73">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="J13" s="76" t="s">
         <v>50</v>
       </c>
       <c r="K13" s="73">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="L13" s="73">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="M13" s="73">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="N13" s="73">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="O13" s="73">
         <v>12</v>
       </c>
       <c r="P13" s="73">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="Q13" s="73">
+        <v>5</v>
+      </c>
+      <c r="R13" s="73">
         <v>3</v>
       </c>
-      <c r="R13" s="73">
+      <c r="S13" s="73">
+        <v>27</v>
+      </c>
+      <c r="T13" s="73">
+        <v>1</v>
+      </c>
+      <c r="U13" s="73">
+        <v>0</v>
+      </c>
+      <c r="V13" s="73">
+        <v>2</v>
+      </c>
+      <c r="W13" s="73">
+        <v>1</v>
+      </c>
+      <c r="X13" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y13" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="73">
+        <v>4</v>
+      </c>
+      <c r="AB13" s="73">
+        <v>3</v>
+      </c>
+      <c r="AC13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE13" s="73">
         <v>5</v>
       </c>
-      <c r="S13" s="73">
-[...14 lines deleted...]
-      <c r="X13" s="73">
+      <c r="AF13" s="73">
+        <v>10</v>
+      </c>
+      <c r="AG13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH13" s="73">
+        <v>10</v>
+      </c>
+      <c r="AI13" s="73">
+        <v>9</v>
+      </c>
+      <c r="AJ13" s="73">
+        <v>14</v>
+      </c>
+      <c r="AK13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL13" s="73">
+        <v>3</v>
+      </c>
+      <c r="AM13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN13" s="73">
+        <v>2</v>
+      </c>
+      <c r="AO13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ13" s="73">
+        <v>5</v>
+      </c>
+      <c r="AR13" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV13" s="73">
+        <v>3</v>
+      </c>
+      <c r="AW13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX13" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY13" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA13" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB13" s="73">
         <v>4</v>
       </c>
-      <c r="Y13" s="73">
-[...88 lines deleted...]
-      </c>
       <c r="BC13" s="73">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="BD13" s="73">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="BE13" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BF13" s="73">
         <v>0</v>
       </c>
       <c r="BG13" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BH13" s="73">
         <v>0</v>
       </c>
       <c r="BI13" s="73">
         <v>0</v>
       </c>
       <c r="BJ13" s="73">
         <v>0</v>
       </c>
       <c r="BK13" s="73">
         <v>0</v>
       </c>
       <c r="BL13" s="73">
         <v>0</v>
       </c>
       <c r="BM13" s="73">
         <v>0</v>
       </c>
       <c r="BN13" s="73">
         <v>0</v>
       </c>
       <c r="BO13" s="73">
         <v>0</v>
       </c>
       <c r="BP13" s="73">
         <v>0</v>
       </c>
       <c r="BQ13" s="73">
         <v>0</v>
       </c>
       <c r="BR13" s="73">
         <v>0</v>
       </c>
       <c r="BS13" s="73">
         <v>0</v>
       </c>
       <c r="BT13" s="73">
         <v>0</v>
       </c>
       <c r="BU13" s="73">
         <v>0</v>
       </c>
       <c r="BV13" s="73">
         <v>0</v>
       </c>
       <c r="BW13" s="73">
         <v>0</v>
       </c>
       <c r="BX13" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BY13" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BZ13" s="74">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B14" s="72" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="C14" s="73">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D14" s="73">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="E14" s="73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F14" s="73">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="G14" s="73">
         <v>7</v>
       </c>
       <c r="H14" s="73">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I14" s="73">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="J14" s="73">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K14" s="76" t="s">
         <v>50</v>
       </c>
       <c r="L14" s="73">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="M14" s="73">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="N14" s="73">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="O14" s="73">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="P14" s="73">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q14" s="73">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="R14" s="73">
         <v>3</v>
       </c>
       <c r="S14" s="73">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="T14" s="73">
         <v>0</v>
       </c>
       <c r="U14" s="73">
         <v>0</v>
       </c>
       <c r="V14" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W14" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X14" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="Y14" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z14" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AA14" s="73">
         <v>2</v>
       </c>
       <c r="AB14" s="73">
         <v>0</v>
       </c>
       <c r="AC14" s="73">
         <v>0</v>
       </c>
       <c r="AD14" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AE14" s="73">
         <v>2</v>
       </c>
       <c r="AF14" s="73">
         <v>3</v>
       </c>
       <c r="AG14" s="73">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="AH14" s="73">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AI14" s="73">
         <v>7</v>
       </c>
       <c r="AJ14" s="73">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="AK14" s="73">
         <v>0</v>
       </c>
       <c r="AL14" s="73">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AM14" s="73">
+        <v>2</v>
+      </c>
+      <c r="AN14" s="73">
+        <v>2</v>
+      </c>
+      <c r="AO14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ14" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR14" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT14" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU14" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW14" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX14" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY14" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA14" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB14" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC14" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD14" s="73">
         <v>3</v>
       </c>
-      <c r="AN14" s="73">
-[...49 lines deleted...]
-      </c>
       <c r="BE14" s="73">
         <v>0</v>
       </c>
       <c r="BF14" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BG14" s="73">
         <v>0</v>
       </c>
       <c r="BH14" s="73">
         <v>0</v>
       </c>
       <c r="BI14" s="73">
         <v>0</v>
       </c>
       <c r="BJ14" s="73">
         <v>0</v>
       </c>
       <c r="BK14" s="73">
         <v>0</v>
       </c>
       <c r="BL14" s="73">
         <v>0</v>
       </c>
       <c r="BM14" s="73">
         <v>0</v>
       </c>
       <c r="BN14" s="73">
         <v>0</v>
       </c>
@@ -14011,3014 +13989,3014 @@
       <c r="BQ14" s="73">
         <v>0</v>
       </c>
       <c r="BR14" s="73">
         <v>0</v>
       </c>
       <c r="BS14" s="73">
         <v>0</v>
       </c>
       <c r="BT14" s="73">
         <v>0</v>
       </c>
       <c r="BU14" s="73">
         <v>0</v>
       </c>
       <c r="BV14" s="73">
         <v>0</v>
       </c>
       <c r="BW14" s="73">
         <v>0</v>
       </c>
       <c r="BX14" s="73">
         <v>0</v>
       </c>
       <c r="BY14" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BZ14" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B15" s="72" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="C15" s="73">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D15" s="73">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="E15" s="73">
+        <v>6</v>
+      </c>
+      <c r="F15" s="73">
+        <v>78</v>
+      </c>
+      <c r="G15" s="73">
         <v>4</v>
       </c>
-      <c r="F15" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="H15" s="73">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="I15" s="73">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="J15" s="73">
         <v>4</v>
       </c>
       <c r="K15" s="73">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L15" s="76" t="s">
         <v>50</v>
       </c>
       <c r="M15" s="73">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="N15" s="73">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="O15" s="73">
+        <v>8</v>
+      </c>
+      <c r="P15" s="73">
         <v>4</v>
       </c>
-      <c r="P15" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="Q15" s="73">
+        <v>7</v>
+      </c>
+      <c r="R15" s="73">
+        <v>5</v>
+      </c>
+      <c r="S15" s="73">
+        <v>11</v>
+      </c>
+      <c r="T15" s="73">
+        <v>1</v>
+      </c>
+      <c r="U15" s="73">
+        <v>0</v>
+      </c>
+      <c r="V15" s="73">
+        <v>3</v>
+      </c>
+      <c r="W15" s="73">
+        <v>0</v>
+      </c>
+      <c r="X15" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y15" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z15" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA15" s="73">
+        <v>1</v>
+      </c>
+      <c r="AB15" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD15" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF15" s="73">
         <v>8</v>
-      </c>
-[...43 lines deleted...]
-        <v>5</v>
       </c>
       <c r="AG15" s="73">
         <v>3</v>
       </c>
       <c r="AH15" s="73">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="AI15" s="73">
+        <v>2</v>
+      </c>
+      <c r="AJ15" s="73">
         <v>3</v>
       </c>
-      <c r="AJ15" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="AK15" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AL15" s="73">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AM15" s="73">
+        <v>2</v>
+      </c>
+      <c r="AN15" s="73">
+        <v>2</v>
+      </c>
+      <c r="AO15" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP15" s="73">
+        <v>2</v>
+      </c>
+      <c r="AQ15" s="73">
+        <v>4</v>
+      </c>
+      <c r="AR15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS15" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT15" s="73">
         <v>3</v>
       </c>
-      <c r="AN15" s="73">
-[...19 lines deleted...]
-      </c>
       <c r="AU15" s="73">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="AV15" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AW15" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AX15" s="73">
         <v>0</v>
       </c>
       <c r="AY15" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AZ15" s="73">
         <v>0</v>
       </c>
       <c r="BA15" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BB15" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BC15" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BD15" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BE15" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BF15" s="73">
         <v>0</v>
       </c>
       <c r="BG15" s="73">
         <v>0</v>
       </c>
       <c r="BH15" s="73">
         <v>0</v>
       </c>
       <c r="BI15" s="73">
         <v>0</v>
       </c>
       <c r="BJ15" s="73">
         <v>0</v>
       </c>
       <c r="BK15" s="73">
         <v>0</v>
       </c>
       <c r="BL15" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM15" s="73">
         <v>0</v>
       </c>
       <c r="BN15" s="73">
         <v>1</v>
       </c>
       <c r="BO15" s="73">
         <v>0</v>
       </c>
       <c r="BP15" s="73">
         <v>0</v>
       </c>
       <c r="BQ15" s="73">
         <v>0</v>
       </c>
       <c r="BR15" s="73">
         <v>0</v>
       </c>
       <c r="BS15" s="73">
         <v>0</v>
       </c>
       <c r="BT15" s="73">
         <v>0</v>
       </c>
       <c r="BU15" s="73">
         <v>0</v>
       </c>
       <c r="BV15" s="73">
         <v>0</v>
       </c>
       <c r="BW15" s="73">
         <v>1</v>
       </c>
       <c r="BX15" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BY15" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BZ15" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B16" s="72" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="C16" s="73">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D16" s="73">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="E16" s="73">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F16" s="73">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="G16" s="73">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H16" s="73">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I16" s="73">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="J16" s="73">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K16" s="73">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L16" s="73">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M16" s="76" t="s">
         <v>50</v>
       </c>
       <c r="N16" s="73">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="O16" s="73">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="P16" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q16" s="73">
+        <v>3</v>
+      </c>
+      <c r="R16" s="73">
+        <v>7</v>
+      </c>
+      <c r="S16" s="73">
+        <v>31</v>
+      </c>
+      <c r="T16" s="73">
+        <v>0</v>
+      </c>
+      <c r="U16" s="73">
+        <v>0</v>
+      </c>
+      <c r="V16" s="73">
+        <v>3</v>
+      </c>
+      <c r="W16" s="73">
+        <v>0</v>
+      </c>
+      <c r="X16" s="73">
+        <v>5</v>
+      </c>
+      <c r="Y16" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z16" s="73">
+        <v>2</v>
+      </c>
+      <c r="AA16" s="73">
         <v>4</v>
       </c>
-      <c r="R16" s="73">
+      <c r="AB16" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC16" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD16" s="73">
+        <v>6</v>
+      </c>
+      <c r="AE16" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF16" s="73">
+        <v>8</v>
+      </c>
+      <c r="AG16" s="73">
+        <v>5</v>
+      </c>
+      <c r="AH16" s="73">
+        <v>5</v>
+      </c>
+      <c r="AI16" s="73">
+        <v>8</v>
+      </c>
+      <c r="AJ16" s="73">
+        <v>6</v>
+      </c>
+      <c r="AK16" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL16" s="73">
+        <v>2</v>
+      </c>
+      <c r="AM16" s="73">
+        <v>4</v>
+      </c>
+      <c r="AN16" s="73">
+        <v>2</v>
+      </c>
+      <c r="AO16" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP16" s="73">
         <v>3</v>
       </c>
-      <c r="S16" s="73">
-[...23 lines deleted...]
-      <c r="AA16" s="73">
+      <c r="AQ16" s="73">
+        <v>3</v>
+      </c>
+      <c r="AR16" s="73">
+        <v>3</v>
+      </c>
+      <c r="AS16" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT16" s="73">
         <v>5</v>
       </c>
-      <c r="AB16" s="73">
-[...8 lines deleted...]
-      <c r="AE16" s="73">
+      <c r="AU16" s="73">
         <v>4</v>
       </c>
-      <c r="AF16" s="73">
-[...8 lines deleted...]
-      <c r="AI16" s="73">
+      <c r="AV16" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW16" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX16" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY16" s="73">
+        <v>2</v>
+      </c>
+      <c r="AZ16" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA16" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB16" s="73">
+        <v>2</v>
+      </c>
+      <c r="BC16" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD16" s="73">
         <v>4</v>
       </c>
-      <c r="AJ16" s="73">
-[...61 lines deleted...]
-      </c>
       <c r="BE16" s="73">
         <v>0</v>
       </c>
       <c r="BF16" s="73">
         <v>0</v>
       </c>
       <c r="BG16" s="73">
         <v>0</v>
       </c>
       <c r="BH16" s="73">
         <v>0</v>
       </c>
       <c r="BI16" s="73">
         <v>0</v>
       </c>
       <c r="BJ16" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BK16" s="73">
         <v>0</v>
       </c>
       <c r="BL16" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM16" s="73">
         <v>0</v>
       </c>
       <c r="BN16" s="73">
         <v>0</v>
       </c>
       <c r="BO16" s="73">
         <v>0</v>
       </c>
       <c r="BP16" s="73">
         <v>0</v>
       </c>
       <c r="BQ16" s="73">
         <v>0</v>
       </c>
       <c r="BR16" s="73">
         <v>0</v>
       </c>
       <c r="BS16" s="73">
         <v>0</v>
       </c>
       <c r="BT16" s="73">
         <v>0</v>
       </c>
       <c r="BU16" s="73">
         <v>0</v>
       </c>
       <c r="BV16" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BW16" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BX16" s="73">
         <v>0</v>
       </c>
       <c r="BY16" s="73">
         <v>0</v>
       </c>
       <c r="BZ16" s="74">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B17" s="72" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="C17" s="73">
-        <v>191</v>
+        <v>233</v>
       </c>
       <c r="D17" s="73">
-        <v>181</v>
+        <v>225</v>
       </c>
       <c r="E17" s="73">
+        <v>8</v>
+      </c>
+      <c r="F17" s="73">
+        <v>167</v>
+      </c>
+      <c r="G17" s="73">
         <v>10</v>
       </c>
-      <c r="F17" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="H17" s="73">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="I17" s="73">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="J17" s="73">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K17" s="73">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="L17" s="73">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M17" s="73">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="N17" s="76" t="s">
         <v>50</v>
       </c>
       <c r="O17" s="73">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="P17" s="73">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="Q17" s="73">
+        <v>6</v>
+      </c>
+      <c r="R17" s="73">
         <v>5</v>
       </c>
-      <c r="R17" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="S17" s="73">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="T17" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="U17" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V17" s="73">
         <v>4</v>
       </c>
       <c r="W17" s="73">
         <v>1</v>
       </c>
       <c r="X17" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="Y17" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z17" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AA17" s="73">
+        <v>3</v>
+      </c>
+      <c r="AB17" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC17" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD17" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE17" s="73">
         <v>4</v>
       </c>
-      <c r="AB17" s="73">
-[...10 lines deleted...]
-      </c>
       <c r="AF17" s="73">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="AG17" s="73">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="AH17" s="73">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="AI17" s="73">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="AJ17" s="73">
         <v>29</v>
       </c>
       <c r="AK17" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AL17" s="73">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="AM17" s="73">
         <v>1</v>
       </c>
       <c r="AN17" s="73">
+        <v>2</v>
+      </c>
+      <c r="AO17" s="73">
+        <v>6</v>
+      </c>
+      <c r="AP17" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ17" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR17" s="73">
         <v>3</v>
       </c>
-      <c r="AO17" s="73">
-[...10 lines deleted...]
-      </c>
       <c r="AS17" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AT17" s="73">
+        <v>4</v>
+      </c>
+      <c r="AU17" s="73">
+        <v>2</v>
+      </c>
+      <c r="AV17" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW17" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX17" s="73">
+        <v>1</v>
+      </c>
+      <c r="AY17" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ17" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA17" s="73">
         <v>3</v>
       </c>
-      <c r="AU17" s="73">
-[...2 lines deleted...]
-      <c r="AV17" s="73">
+      <c r="BB17" s="73">
         <v>3</v>
       </c>
-      <c r="AW17" s="73">
-[...16 lines deleted...]
-      </c>
       <c r="BC17" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BD17" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BE17" s="73">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="BF17" s="73">
         <v>0</v>
       </c>
       <c r="BG17" s="73">
         <v>0</v>
       </c>
       <c r="BH17" s="73">
         <v>0</v>
       </c>
       <c r="BI17" s="73">
         <v>0</v>
       </c>
       <c r="BJ17" s="73">
         <v>1</v>
       </c>
       <c r="BK17" s="73">
         <v>0</v>
       </c>
       <c r="BL17" s="73">
         <v>0</v>
       </c>
       <c r="BM17" s="73">
         <v>0</v>
       </c>
       <c r="BN17" s="73">
         <v>0</v>
       </c>
       <c r="BO17" s="73">
         <v>0</v>
       </c>
       <c r="BP17" s="73">
         <v>0</v>
       </c>
       <c r="BQ17" s="73">
         <v>0</v>
       </c>
       <c r="BR17" s="73">
         <v>0</v>
       </c>
       <c r="BS17" s="73">
         <v>0</v>
       </c>
       <c r="BT17" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BU17" s="73">
         <v>0</v>
       </c>
       <c r="BV17" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BW17" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BX17" s="73">
         <v>0</v>
       </c>
       <c r="BY17" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BZ17" s="74">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B18" s="72" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="C18" s="73">
-        <v>174</v>
+        <v>138</v>
       </c>
       <c r="D18" s="73">
-        <v>161</v>
+        <v>135</v>
       </c>
       <c r="E18" s="73">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="F18" s="73">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="G18" s="73">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H18" s="73">
         <v>8</v>
       </c>
       <c r="I18" s="73">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="J18" s="73">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="K18" s="73">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="L18" s="73">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="M18" s="73">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="N18" s="73">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="O18" s="76" t="s">
         <v>50</v>
       </c>
       <c r="P18" s="73">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="Q18" s="73">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R18" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="S18" s="73">
-        <v>87</v>
+        <v>60</v>
       </c>
       <c r="T18" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="U18" s="73">
         <v>0</v>
       </c>
       <c r="V18" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="W18" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X18" s="73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y18" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z18" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AA18" s="73">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="AB18" s="73">
         <v>1</v>
       </c>
       <c r="AC18" s="73">
         <v>0</v>
       </c>
       <c r="AD18" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AE18" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF18" s="73">
         <v>2</v>
       </c>
       <c r="AG18" s="73">
         <v>6</v>
       </c>
       <c r="AH18" s="73">
+        <v>4</v>
+      </c>
+      <c r="AI18" s="73">
+        <v>2</v>
+      </c>
+      <c r="AJ18" s="73">
         <v>9</v>
       </c>
-      <c r="AI18" s="73">
-[...2 lines deleted...]
-      <c r="AJ18" s="73">
+      <c r="AK18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL18" s="73">
         <v>7</v>
       </c>
-      <c r="AK18" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="AM18" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AN18" s="73">
         <v>0</v>
       </c>
       <c r="AO18" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AP18" s="73">
         <v>0</v>
       </c>
       <c r="AQ18" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS18" s="73">
+        <v>2</v>
+      </c>
+      <c r="AT18" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU18" s="73">
+        <v>2</v>
+      </c>
+      <c r="AV18" s="73">
+        <v>2</v>
+      </c>
+      <c r="AW18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY18" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ18" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA18" s="73">
+        <v>2</v>
+      </c>
+      <c r="BB18" s="73">
         <v>3</v>
       </c>
-      <c r="AR18" s="73">
-[...31 lines deleted...]
-      </c>
       <c r="BC18" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="BD18" s="73">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="BE18" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BF18" s="73">
         <v>0</v>
       </c>
       <c r="BG18" s="73">
         <v>0</v>
       </c>
       <c r="BH18" s="73">
         <v>0</v>
       </c>
       <c r="BI18" s="73">
         <v>0</v>
       </c>
       <c r="BJ18" s="73">
         <v>0</v>
       </c>
       <c r="BK18" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BL18" s="73">
         <v>0</v>
       </c>
       <c r="BM18" s="73">
         <v>0</v>
       </c>
       <c r="BN18" s="73">
         <v>0</v>
       </c>
       <c r="BO18" s="73">
         <v>0</v>
       </c>
       <c r="BP18" s="73">
         <v>0</v>
       </c>
       <c r="BQ18" s="73">
         <v>0</v>
       </c>
       <c r="BR18" s="73">
         <v>0</v>
       </c>
       <c r="BS18" s="73">
         <v>0</v>
       </c>
       <c r="BT18" s="73">
         <v>0</v>
       </c>
       <c r="BU18" s="73">
         <v>0</v>
       </c>
       <c r="BV18" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BW18" s="73">
         <v>0</v>
       </c>
       <c r="BX18" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BY18" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BZ18" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B19" s="72" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="C19" s="73">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="D19" s="73">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E19" s="73">
+        <v>7</v>
+      </c>
+      <c r="F19" s="73">
+        <v>82</v>
+      </c>
+      <c r="G19" s="73">
+        <v>4</v>
+      </c>
+      <c r="H19" s="73">
+        <v>13</v>
+      </c>
+      <c r="I19" s="73">
+        <v>2</v>
+      </c>
+      <c r="J19" s="73">
+        <v>27</v>
+      </c>
+      <c r="K19" s="73">
+        <v>5</v>
+      </c>
+      <c r="L19" s="73">
+        <v>5</v>
+      </c>
+      <c r="M19" s="73">
+        <v>7</v>
+      </c>
+      <c r="N19" s="73">
+        <v>8</v>
+      </c>
+      <c r="O19" s="73">
         <v>11</v>
-      </c>
-[...28 lines deleted...]
-        <v>26</v>
       </c>
       <c r="P19" s="76" t="s">
         <v>50</v>
       </c>
       <c r="Q19" s="73">
+        <v>3</v>
+      </c>
+      <c r="R19" s="73">
+        <v>0</v>
+      </c>
+      <c r="S19" s="73">
+        <v>26</v>
+      </c>
+      <c r="T19" s="73">
+        <v>0</v>
+      </c>
+      <c r="U19" s="73">
+        <v>0</v>
+      </c>
+      <c r="V19" s="73">
+        <v>1</v>
+      </c>
+      <c r="W19" s="73">
+        <v>0</v>
+      </c>
+      <c r="X19" s="73">
         <v>7</v>
       </c>
-      <c r="R19" s="73">
-[...19 lines deleted...]
-      </c>
       <c r="Y19" s="73">
         <v>0</v>
       </c>
       <c r="Z19" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AA19" s="73">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="AB19" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AC19" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD19" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AE19" s="73">
         <v>1</v>
       </c>
       <c r="AF19" s="73">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="AG19" s="73">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH19" s="73">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="AI19" s="73">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="AJ19" s="73">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="AK19" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AL19" s="73">
         <v>3</v>
       </c>
       <c r="AM19" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AN19" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AO19" s="73">
         <v>1</v>
       </c>
       <c r="AP19" s="73">
         <v>1</v>
       </c>
       <c r="AQ19" s="73">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="AR19" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AS19" s="73">
         <v>0</v>
       </c>
       <c r="AT19" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU19" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV19" s="73">
+        <v>2</v>
+      </c>
+      <c r="AW19" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX19" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY19" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC19" s="73">
+        <v>1</v>
+      </c>
+      <c r="BD19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF19" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BM19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN19" s="73">
+        <v>2</v>
+      </c>
+      <c r="BO19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX19" s="73">
+        <v>0</v>
+      </c>
+      <c r="BY19" s="73">
         <v>4</v>
-      </c>
-[...91 lines deleted...]
-        <v>1</v>
       </c>
       <c r="BZ19" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B20" s="72" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="C20" s="73">
-        <v>511</v>
+        <v>574</v>
       </c>
       <c r="D20" s="73">
-        <v>476</v>
+        <v>533</v>
       </c>
       <c r="E20" s="73">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F20" s="73">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="G20" s="73">
         <v>13</v>
       </c>
       <c r="H20" s="73">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="I20" s="73">
+        <v>4</v>
+      </c>
+      <c r="J20" s="73">
+        <v>13</v>
+      </c>
+      <c r="K20" s="73">
+        <v>3</v>
+      </c>
+      <c r="L20" s="73">
+        <v>1</v>
+      </c>
+      <c r="M20" s="73">
+        <v>3</v>
+      </c>
+      <c r="N20" s="73">
+        <v>10</v>
+      </c>
+      <c r="O20" s="73">
+        <v>5</v>
+      </c>
+      <c r="P20" s="73">
         <v>7</v>
-      </c>
-[...19 lines deleted...]
-        <v>2</v>
       </c>
       <c r="Q20" s="76" t="s">
         <v>50</v>
       </c>
       <c r="R20" s="73">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="S20" s="73">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="T20" s="73">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="U20" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V20" s="73">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="W20" s="73">
         <v>3</v>
       </c>
       <c r="X20" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Y20" s="73">
         <v>2</v>
       </c>
       <c r="Z20" s="73">
+        <v>19</v>
+      </c>
+      <c r="AA20" s="73">
+        <v>8</v>
+      </c>
+      <c r="AB20" s="73">
+        <v>46</v>
+      </c>
+      <c r="AC20" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD20" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE20" s="73">
+        <v>4</v>
+      </c>
+      <c r="AF20" s="73">
+        <v>13</v>
+      </c>
+      <c r="AG20" s="73">
+        <v>7</v>
+      </c>
+      <c r="AH20" s="73">
+        <v>3</v>
+      </c>
+      <c r="AI20" s="73">
+        <v>2</v>
+      </c>
+      <c r="AJ20" s="73">
+        <v>6</v>
+      </c>
+      <c r="AK20" s="73">
+        <v>6</v>
+      </c>
+      <c r="AL20" s="73">
         <v>16</v>
       </c>
-      <c r="AA20" s="73">
-[...14 lines deleted...]
-      <c r="AF20" s="73">
+      <c r="AM20" s="73">
+        <v>12</v>
+      </c>
+      <c r="AN20" s="73">
+        <v>18</v>
+      </c>
+      <c r="AO20" s="73">
+        <v>20</v>
+      </c>
+      <c r="AP20" s="73">
+        <v>2</v>
+      </c>
+      <c r="AQ20" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR20" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS20" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT20" s="73">
+        <v>30</v>
+      </c>
+      <c r="AU20" s="73">
+        <v>3</v>
+      </c>
+      <c r="AV20" s="73">
+        <v>2</v>
+      </c>
+      <c r="AW20" s="73">
+        <v>80</v>
+      </c>
+      <c r="AX20" s="73">
+        <v>2</v>
+      </c>
+      <c r="AY20" s="73">
+        <v>53</v>
+      </c>
+      <c r="AZ20" s="73">
         <v>7</v>
       </c>
-      <c r="AG20" s="73">
-[...58 lines deleted...]
-      </c>
       <c r="BA20" s="73">
         <v>0</v>
       </c>
       <c r="BB20" s="73">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="BC20" s="73">
         <v>1</v>
       </c>
       <c r="BD20" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BE20" s="73">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="BF20" s="73">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="BG20" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BH20" s="73">
         <v>3</v>
       </c>
       <c r="BI20" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="BJ20" s="73">
         <v>2</v>
       </c>
       <c r="BK20" s="73">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="BL20" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BM20" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BN20" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BO20" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BP20" s="73">
         <v>0</v>
       </c>
       <c r="BQ20" s="73">
         <v>0</v>
       </c>
       <c r="BR20" s="73">
         <v>0</v>
       </c>
       <c r="BS20" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BT20" s="73">
         <v>0</v>
       </c>
       <c r="BU20" s="73">
         <v>0</v>
       </c>
       <c r="BV20" s="73">
         <v>0</v>
       </c>
       <c r="BW20" s="73">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="BX20" s="73">
         <v>0</v>
       </c>
       <c r="BY20" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BZ20" s="74">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B21" s="72" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
       <c r="C21" s="73">
-        <v>177</v>
+        <v>225</v>
       </c>
       <c r="D21" s="73">
-        <v>159</v>
+        <v>198</v>
       </c>
       <c r="E21" s="73">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F21" s="73">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G21" s="73">
         <v>3</v>
       </c>
       <c r="H21" s="73">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I21" s="73">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J21" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K21" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L21" s="73">
         <v>1</v>
       </c>
       <c r="M21" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N21" s="73">
         <v>1</v>
       </c>
       <c r="O21" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P21" s="73">
         <v>3</v>
       </c>
       <c r="Q21" s="73">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="R21" s="76" t="s">
         <v>50</v>
       </c>
       <c r="S21" s="73">
+        <v>4</v>
+      </c>
+      <c r="T21" s="73">
+        <v>26</v>
+      </c>
+      <c r="U21" s="73">
+        <v>2</v>
+      </c>
+      <c r="V21" s="73">
+        <v>2</v>
+      </c>
+      <c r="W21" s="73">
+        <v>0</v>
+      </c>
+      <c r="X21" s="73">
         <v>7</v>
       </c>
-      <c r="T21" s="73">
-[...13 lines deleted...]
-      </c>
       <c r="Y21" s="73">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="Z21" s="73">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="AA21" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AB21" s="73">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="AC21" s="73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD21" s="73">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="AE21" s="73">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="AF21" s="73">
         <v>3</v>
       </c>
       <c r="AG21" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AH21" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AI21" s="73">
         <v>0</v>
       </c>
       <c r="AJ21" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AK21" s="73">
         <v>0</v>
       </c>
       <c r="AL21" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AM21" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AN21" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AO21" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AP21" s="73">
         <v>3</v>
       </c>
       <c r="AQ21" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AR21" s="73">
         <v>2</v>
       </c>
       <c r="AS21" s="73">
         <v>0</v>
       </c>
       <c r="AT21" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AU21" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AV21" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AW21" s="73">
         <v>0</v>
       </c>
       <c r="AX21" s="73">
         <v>0</v>
       </c>
       <c r="AY21" s="73">
         <v>1</v>
       </c>
       <c r="AZ21" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="BA21" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BB21" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BC21" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BD21" s="73">
         <v>0</v>
       </c>
       <c r="BE21" s="73">
         <v>0</v>
       </c>
       <c r="BF21" s="73">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="BG21" s="73">
         <v>0</v>
       </c>
       <c r="BH21" s="73">
         <v>0</v>
       </c>
       <c r="BI21" s="73">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="BJ21" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="BK21" s="73">
         <v>0</v>
       </c>
       <c r="BL21" s="73">
         <v>2</v>
       </c>
       <c r="BM21" s="73">
         <v>0</v>
       </c>
       <c r="BN21" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BO21" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BP21" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BQ21" s="73">
         <v>1</v>
       </c>
       <c r="BR21" s="73">
         <v>0</v>
       </c>
       <c r="BS21" s="73">
         <v>0</v>
       </c>
       <c r="BT21" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BU21" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BV21" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="BW21" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="BX21" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BY21" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BZ21" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B22" s="72" t="s">
         <v>98</v>
       </c>
       <c r="C22" s="73">
-        <v>714</v>
+        <v>661</v>
       </c>
       <c r="D22" s="73">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E22" s="73">
+        <v>12</v>
+      </c>
+      <c r="F22" s="73">
+        <v>204</v>
+      </c>
+      <c r="G22" s="73">
+        <v>11</v>
+      </c>
+      <c r="H22" s="73">
+        <v>14</v>
+      </c>
+      <c r="I22" s="73">
+        <v>17</v>
+      </c>
+      <c r="J22" s="73">
         <v>16</v>
       </c>
-      <c r="F22" s="73">
-[...5 lines deleted...]
-      <c r="H22" s="73">
+      <c r="K22" s="73">
+        <v>11</v>
+      </c>
+      <c r="L22" s="73">
+        <v>13</v>
+      </c>
+      <c r="M22" s="73">
+        <v>13</v>
+      </c>
+      <c r="N22" s="73">
+        <v>43</v>
+      </c>
+      <c r="O22" s="73">
+        <v>44</v>
+      </c>
+      <c r="P22" s="73">
+        <v>22</v>
+      </c>
+      <c r="Q22" s="73">
+        <v>14</v>
+      </c>
+      <c r="R22" s="73">
         <v>10</v>
-      </c>
-[...28 lines deleted...]
-        <v>12</v>
       </c>
       <c r="S22" s="76" t="s">
         <v>50</v>
       </c>
       <c r="T22" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U22" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="V22" s="73">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="W22" s="73">
         <v>5</v>
       </c>
       <c r="X22" s="73">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y22" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z22" s="73">
         <v>3</v>
       </c>
       <c r="AA22" s="73">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="AB22" s="73">
+        <v>8</v>
+      </c>
+      <c r="AC22" s="73">
         <v>3</v>
       </c>
-      <c r="AC22" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="AD22" s="73">
+        <v>8</v>
+      </c>
+      <c r="AE22" s="73">
         <v>6</v>
       </c>
-      <c r="AE22" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="AF22" s="73">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="AG22" s="73">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="AH22" s="73">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="AI22" s="73">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="AJ22" s="73">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="AK22" s="73">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AL22" s="73">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="AM22" s="73">
         <v>3</v>
       </c>
       <c r="AN22" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AO22" s="73">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AP22" s="73">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AQ22" s="73">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="AR22" s="73">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AS22" s="73">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="AT22" s="73">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="AU22" s="73">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="AV22" s="73">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="AW22" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AX22" s="73">
         <v>1</v>
       </c>
       <c r="AY22" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ22" s="73">
+        <v>2</v>
+      </c>
+      <c r="BA22" s="73">
         <v>3</v>
       </c>
-      <c r="AZ22" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="BB22" s="73">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="BC22" s="73">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="BD22" s="73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="BE22" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BF22" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BG22" s="73">
         <v>0</v>
       </c>
       <c r="BH22" s="73">
         <v>0</v>
       </c>
       <c r="BI22" s="73">
         <v>1</v>
       </c>
       <c r="BJ22" s="73">
         <v>0</v>
       </c>
       <c r="BK22" s="73">
         <v>0</v>
       </c>
       <c r="BL22" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BM22" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BN22" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BO22" s="73">
         <v>0</v>
       </c>
       <c r="BP22" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BQ22" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BR22" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BS22" s="73">
         <v>0</v>
       </c>
       <c r="BT22" s="73">
         <v>0</v>
       </c>
       <c r="BU22" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BV22" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BW22" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BX22" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BY22" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BZ22" s="74">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B23" s="72" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="C23" s="73">
-        <v>91</v>
+        <v>119</v>
       </c>
       <c r="D23" s="73">
-        <v>88</v>
+        <v>113</v>
       </c>
       <c r="E23" s="73">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F23" s="73">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G23" s="73">
         <v>0</v>
       </c>
       <c r="H23" s="73">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I23" s="73">
         <v>0</v>
       </c>
       <c r="J23" s="73">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="K23" s="73">
         <v>0</v>
       </c>
       <c r="L23" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="M23" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N23" s="73">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="O23" s="73">
         <v>0</v>
       </c>
       <c r="P23" s="73">
         <v>0</v>
       </c>
       <c r="Q23" s="73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R23" s="73">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="S23" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="T23" s="76" t="s">
         <v>50</v>
       </c>
       <c r="U23" s="73">
         <v>0</v>
       </c>
       <c r="V23" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="W23" s="73">
         <v>0</v>
       </c>
       <c r="X23" s="73">
+        <v>3</v>
+      </c>
+      <c r="Y23" s="73">
+        <v>2</v>
+      </c>
+      <c r="Z23" s="73">
+        <v>2</v>
+      </c>
+      <c r="AA23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC23" s="73">
+        <v>8</v>
+      </c>
+      <c r="AD23" s="73">
+        <v>30</v>
+      </c>
+      <c r="AE23" s="73">
+        <v>6</v>
+      </c>
+      <c r="AF23" s="73">
+        <v>7</v>
+      </c>
+      <c r="AG23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AO23" s="73">
+        <v>2</v>
+      </c>
+      <c r="AP23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT23" s="73">
         <v>4</v>
       </c>
-      <c r="Y23" s="73">
-[...2 lines deleted...]
-      <c r="Z23" s="73">
+      <c r="AU23" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY23" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA23" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB23" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC23" s="73">
+        <v>2</v>
+      </c>
+      <c r="BD23" s="73">
         <v>3</v>
       </c>
-      <c r="AA23" s="73">
-[...88 lines deleted...]
-      </c>
       <c r="BE23" s="73">
         <v>0</v>
       </c>
       <c r="BF23" s="73">
         <v>0</v>
       </c>
       <c r="BG23" s="73">
         <v>0</v>
       </c>
       <c r="BH23" s="73">
         <v>0</v>
       </c>
       <c r="BI23" s="73">
         <v>0</v>
       </c>
       <c r="BJ23" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BK23" s="73">
         <v>0</v>
       </c>
       <c r="BL23" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="BM23" s="73">
         <v>0</v>
       </c>
       <c r="BN23" s="73">
         <v>0</v>
       </c>
       <c r="BO23" s="73">
         <v>0</v>
       </c>
       <c r="BP23" s="73">
         <v>0</v>
       </c>
       <c r="BQ23" s="73">
         <v>0</v>
       </c>
       <c r="BR23" s="73">
         <v>0</v>
       </c>
       <c r="BS23" s="73">
         <v>0</v>
       </c>
       <c r="BT23" s="73">
         <v>0</v>
       </c>
       <c r="BU23" s="73">
         <v>0</v>
       </c>
       <c r="BV23" s="73">
         <v>0</v>
       </c>
       <c r="BW23" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BX23" s="73">
         <v>0</v>
       </c>
       <c r="BY23" s="73">
         <v>0</v>
       </c>
       <c r="BZ23" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B24" s="72" t="s">
-        <v>126</v>
+        <v>229</v>
       </c>
       <c r="C24" s="73">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D24" s="73">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E24" s="73">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F24" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G24" s="73">
         <v>0</v>
       </c>
       <c r="H24" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I24" s="73">
         <v>0</v>
       </c>
       <c r="J24" s="73">
         <v>0</v>
       </c>
       <c r="K24" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L24" s="73">
         <v>0</v>
       </c>
       <c r="M24" s="73">
         <v>0</v>
       </c>
       <c r="N24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="O24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P24" s="73">
         <v>0</v>
       </c>
       <c r="Q24" s="73">
         <v>1</v>
       </c>
       <c r="R24" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="S24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="U24" s="76" t="s">
         <v>50</v>
       </c>
       <c r="V24" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W24" s="73">
         <v>0</v>
       </c>
       <c r="X24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Y24" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z24" s="73">
         <v>0</v>
       </c>
       <c r="AA24" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AB24" s="73">
         <v>0</v>
       </c>
       <c r="AC24" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD24" s="73">
         <v>0</v>
       </c>
       <c r="AE24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF24" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AG24" s="73">
         <v>0</v>
       </c>
       <c r="AH24" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AI24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AJ24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AK24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AL24" s="73">
         <v>0</v>
       </c>
       <c r="AM24" s="73">
         <v>0</v>
       </c>
       <c r="AN24" s="73">
         <v>0</v>
       </c>
       <c r="AO24" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AP24" s="73">
         <v>0</v>
       </c>
       <c r="AQ24" s="73">
         <v>0</v>
       </c>
       <c r="AR24" s="73">
         <v>0</v>
       </c>
       <c r="AS24" s="73">
         <v>0</v>
       </c>
       <c r="AT24" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AU24" s="73">
         <v>0</v>
       </c>
       <c r="AV24" s="73">
         <v>0</v>
       </c>
       <c r="AW24" s="73">
         <v>0</v>
       </c>
       <c r="AX24" s="73">
         <v>0</v>
       </c>
       <c r="AY24" s="73">
         <v>0</v>
       </c>
       <c r="AZ24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BA24" s="73">
         <v>0</v>
       </c>
       <c r="BB24" s="73">
         <v>0</v>
       </c>
       <c r="BC24" s="73">
         <v>0</v>
       </c>
       <c r="BD24" s="73">
         <v>0</v>
       </c>
       <c r="BE24" s="73">
         <v>0</v>
       </c>
       <c r="BF24" s="73">
         <v>1</v>
       </c>
       <c r="BG24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BH24" s="73">
         <v>0</v>
       </c>
       <c r="BI24" s="73">
         <v>0</v>
       </c>
       <c r="BJ24" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BK24" s="73">
         <v>0</v>
       </c>
       <c r="BL24" s="73">
         <v>0</v>
       </c>
       <c r="BM24" s="73">
         <v>0</v>
       </c>
       <c r="BN24" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BO24" s="73">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="BP24" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BQ24" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BR24" s="73">
         <v>6</v>
       </c>
       <c r="BS24" s="73">
         <v>0</v>
       </c>
       <c r="BT24" s="73">
         <v>0</v>
       </c>
       <c r="BU24" s="73">
         <v>0</v>
       </c>
       <c r="BV24" s="73">
         <v>0</v>
       </c>
       <c r="BW24" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BX24" s="73">
         <v>0</v>
       </c>
       <c r="BY24" s="73">
         <v>0</v>
       </c>
       <c r="BZ24" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B25" s="72" t="s">
-        <v>119</v>
+        <v>231</v>
       </c>
       <c r="C25" s="73">
-        <v>266</v>
+        <v>291</v>
       </c>
       <c r="D25" s="73">
-        <v>262</v>
+        <v>275</v>
       </c>
       <c r="E25" s="73">
+        <v>16</v>
+      </c>
+      <c r="F25" s="73">
+        <v>35</v>
+      </c>
+      <c r="G25" s="73">
+        <v>2</v>
+      </c>
+      <c r="H25" s="73">
+        <v>8</v>
+      </c>
+      <c r="I25" s="73">
+        <v>1</v>
+      </c>
+      <c r="J25" s="73">
+        <v>2</v>
+      </c>
+      <c r="K25" s="73">
+        <v>3</v>
+      </c>
+      <c r="L25" s="73">
+        <v>7</v>
+      </c>
+      <c r="M25" s="73">
+        <v>8</v>
+      </c>
+      <c r="N25" s="73">
+        <v>3</v>
+      </c>
+      <c r="O25" s="73">
+        <v>1</v>
+      </c>
+      <c r="P25" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="73">
+        <v>21</v>
+      </c>
+      <c r="R25" s="73">
+        <v>0</v>
+      </c>
+      <c r="S25" s="73">
+        <v>11</v>
+      </c>
+      <c r="T25" s="73">
+        <v>0</v>
+      </c>
+      <c r="U25" s="73">
         <v>4</v>
-      </c>
-[...46 lines deleted...]
-        <v>1</v>
       </c>
       <c r="V25" s="76" t="s">
         <v>50</v>
       </c>
       <c r="W25" s="73">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="X25" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="Y25" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z25" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AA25" s="73">
         <v>5</v>
       </c>
       <c r="AB25" s="73">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="AC25" s="73">
         <v>0</v>
       </c>
       <c r="AD25" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE25" s="73">
+        <v>5</v>
+      </c>
+      <c r="AF25" s="73">
         <v>3</v>
       </c>
-      <c r="AE25" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="AG25" s="73">
+        <v>8</v>
+      </c>
+      <c r="AH25" s="73">
+        <v>3</v>
+      </c>
+      <c r="AI25" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ25" s="73">
+        <v>2</v>
+      </c>
+      <c r="AK25" s="73">
+        <v>58</v>
+      </c>
+      <c r="AL25" s="73">
         <v>4</v>
       </c>
-      <c r="AH25" s="73">
+      <c r="AM25" s="73">
         <v>4</v>
       </c>
-      <c r="AI25" s="73">
-[...13 lines deleted...]
-      </c>
       <c r="AN25" s="73">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AO25" s="73">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="AP25" s="73">
         <v>0</v>
       </c>
       <c r="AQ25" s="73">
         <v>2</v>
       </c>
       <c r="AR25" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AS25" s="73">
         <v>0</v>
       </c>
       <c r="AT25" s="73">
         <v>9</v>
       </c>
       <c r="AU25" s="73">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="AV25" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AW25" s="73">
+        <v>2</v>
+      </c>
+      <c r="AX25" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY25" s="73">
         <v>5</v>
       </c>
-      <c r="AX25" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="AZ25" s="73">
+        <v>2</v>
+      </c>
+      <c r="BA25" s="73">
         <v>5</v>
       </c>
-      <c r="BA25" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="BB25" s="73">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="BC25" s="73">
         <v>0</v>
       </c>
       <c r="BD25" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BE25" s="73">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="BF25" s="73">
         <v>0</v>
       </c>
       <c r="BG25" s="73">
         <v>0</v>
       </c>
       <c r="BH25" s="73">
         <v>0</v>
       </c>
       <c r="BI25" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BJ25" s="73">
         <v>0</v>
       </c>
       <c r="BK25" s="73">
         <v>0</v>
       </c>
       <c r="BL25" s="73">
         <v>0</v>
       </c>
       <c r="BM25" s="73">
         <v>0</v>
       </c>
       <c r="BN25" s="73">
         <v>0</v>
       </c>
       <c r="BO25" s="73">
         <v>0</v>
       </c>
       <c r="BP25" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BQ25" s="73">
         <v>0</v>
       </c>
       <c r="BR25" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BS25" s="73">
         <v>0</v>
       </c>
       <c r="BT25" s="73">
         <v>0</v>
       </c>
       <c r="BU25" s="73">
         <v>0</v>
       </c>
       <c r="BV25" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BW25" s="73">
         <v>0</v>
       </c>
       <c r="BX25" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BY25" s="73">
         <v>1</v>
       </c>
       <c r="BZ25" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B26" s="72" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="C26" s="73">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="D26" s="73">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="E26" s="73">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F26" s="73">
+        <v>11</v>
+      </c>
+      <c r="G26" s="73">
+        <v>2</v>
+      </c>
+      <c r="H26" s="73">
+        <v>1</v>
+      </c>
+      <c r="I26" s="73">
+        <v>0</v>
+      </c>
+      <c r="J26" s="73">
+        <v>2</v>
+      </c>
+      <c r="K26" s="73">
+        <v>0</v>
+      </c>
+      <c r="L26" s="73">
+        <v>1</v>
+      </c>
+      <c r="M26" s="73">
+        <v>0</v>
+      </c>
+      <c r="N26" s="73">
+        <v>2</v>
+      </c>
+      <c r="O26" s="73">
+        <v>0</v>
+      </c>
+      <c r="P26" s="73">
         <v>3</v>
       </c>
-      <c r="G26" s="73">
-[...28 lines deleted...]
-      </c>
       <c r="Q26" s="73">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="R26" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="S26" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T26" s="73">
         <v>0</v>
       </c>
       <c r="U26" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="V26" s="73">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="W26" s="76" t="s">
         <v>50</v>
       </c>
       <c r="X26" s="73">
         <v>0</v>
       </c>
       <c r="Y26" s="73">
         <v>0</v>
       </c>
       <c r="Z26" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AA26" s="73">
         <v>0</v>
       </c>
       <c r="AB26" s="73">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AC26" s="73">
         <v>0</v>
       </c>
       <c r="AD26" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AE26" s="73">
         <v>0</v>
       </c>
       <c r="AF26" s="73">
         <v>0</v>
       </c>
       <c r="AG26" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AH26" s="73">
         <v>1</v>
       </c>
       <c r="AI26" s="73">
         <v>0</v>
       </c>
       <c r="AJ26" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AK26" s="73">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="AL26" s="73">
         <v>0</v>
       </c>
       <c r="AM26" s="73">
         <v>0</v>
       </c>
       <c r="AN26" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AO26" s="73">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="AP26" s="73">
         <v>0</v>
       </c>
       <c r="AQ26" s="73">
         <v>0</v>
       </c>
       <c r="AR26" s="73">
         <v>0</v>
       </c>
       <c r="AS26" s="73">
         <v>0</v>
       </c>
       <c r="AT26" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AU26" s="73">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="AV26" s="73">
         <v>0</v>
       </c>
       <c r="AW26" s="73">
         <v>1</v>
       </c>
       <c r="AX26" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AY26" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AZ26" s="73">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="BA26" s="73">
         <v>0</v>
       </c>
       <c r="BB26" s="73">
         <v>0</v>
       </c>
       <c r="BC26" s="73">
         <v>0</v>
       </c>
       <c r="BD26" s="73">
         <v>0</v>
       </c>
       <c r="BE26" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BF26" s="73">
         <v>1</v>
       </c>
       <c r="BG26" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BH26" s="73">
         <v>0</v>
       </c>
       <c r="BI26" s="73">
         <v>0</v>
       </c>
       <c r="BJ26" s="73">
         <v>0</v>
       </c>
       <c r="BK26" s="73">
         <v>0</v>
       </c>
       <c r="BL26" s="73">
         <v>0</v>
       </c>
       <c r="BM26" s="73">
         <v>0</v>
       </c>
       <c r="BN26" s="73">
         <v>0</v>
       </c>
       <c r="BO26" s="73">
         <v>0</v>
       </c>
       <c r="BP26" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BQ26" s="73">
         <v>0</v>
       </c>
       <c r="BR26" s="73">
         <v>0</v>
       </c>
       <c r="BS26" s="73">
         <v>0</v>
       </c>
       <c r="BT26" s="73">
         <v>0</v>
       </c>
       <c r="BU26" s="73">
         <v>0</v>
       </c>
       <c r="BV26" s="73">
         <v>0</v>
       </c>
       <c r="BW26" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BX26" s="73">
         <v>0</v>
       </c>
       <c r="BY26" s="73">
         <v>0</v>
       </c>
       <c r="BZ26" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B27" s="72" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="C27" s="73">
-        <v>145</v>
+        <v>192</v>
       </c>
       <c r="D27" s="73">
-        <v>139</v>
+        <v>181</v>
       </c>
       <c r="E27" s="73">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F27" s="73">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G27" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H27" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I27" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J27" s="73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K27" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L27" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M27" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N27" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="O27" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P27" s="73">
         <v>3</v>
       </c>
       <c r="Q27" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R27" s="73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S27" s="73">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="T27" s="73">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="U27" s="73">
         <v>0</v>
       </c>
       <c r="V27" s="73">
         <v>0</v>
       </c>
       <c r="W27" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X27" s="76" t="s">
         <v>50</v>
       </c>
       <c r="Y27" s="73">
         <v>0</v>
       </c>
       <c r="Z27" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AA27" s="73">
         <v>4</v>
       </c>
       <c r="AB27" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AC27" s="73">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="AD27" s="73">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="AE27" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AF27" s="73">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="AG27" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH27" s="73">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="AI27" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AJ27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO27" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP27" s="73">
+        <v>5</v>
+      </c>
+      <c r="AQ27" s="73">
+        <v>27</v>
+      </c>
+      <c r="AR27" s="73">
         <v>3</v>
       </c>
-      <c r="AK27" s="73">
-[...22 lines deleted...]
-      </c>
       <c r="AS27" s="73">
         <v>0</v>
       </c>
       <c r="AT27" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AU27" s="73">
         <v>4</v>
       </c>
       <c r="AV27" s="73">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AW27" s="73">
         <v>0</v>
       </c>
       <c r="AX27" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="AY27" s="73">
         <v>1</v>
       </c>
       <c r="AZ27" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BA27" s="73">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="BB27" s="73">
         <v>0</v>
       </c>
       <c r="BC27" s="73">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="BD27" s="73">
         <v>1</v>
       </c>
       <c r="BE27" s="73">
         <v>0</v>
       </c>
       <c r="BF27" s="73">
         <v>0</v>
       </c>
       <c r="BG27" s="73">
         <v>0</v>
       </c>
       <c r="BH27" s="73">
         <v>0</v>
       </c>
       <c r="BI27" s="73">
         <v>0</v>
       </c>
       <c r="BJ27" s="73">
         <v>0</v>
       </c>
       <c r="BK27" s="73">
         <v>0</v>
       </c>
@@ -17034,2557 +17012,2557 @@
       <c r="BO27" s="73">
         <v>0</v>
       </c>
       <c r="BP27" s="73">
         <v>0</v>
       </c>
       <c r="BQ27" s="73">
         <v>0</v>
       </c>
       <c r="BR27" s="73">
         <v>0</v>
       </c>
       <c r="BS27" s="73">
         <v>0</v>
       </c>
       <c r="BT27" s="73">
         <v>0</v>
       </c>
       <c r="BU27" s="73">
         <v>0</v>
       </c>
       <c r="BV27" s="73">
         <v>0</v>
       </c>
       <c r="BW27" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BX27" s="73">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="BY27" s="73">
         <v>2</v>
       </c>
       <c r="BZ27" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B28" s="72" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="C28" s="73">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="D28" s="73">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="E28" s="73">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="F28" s="73">
+        <v>3</v>
+      </c>
+      <c r="G28" s="73">
+        <v>1</v>
+      </c>
+      <c r="H28" s="73">
+        <v>0</v>
+      </c>
+      <c r="I28" s="73">
+        <v>2</v>
+      </c>
+      <c r="J28" s="73">
+        <v>0</v>
+      </c>
+      <c r="K28" s="73">
+        <v>0</v>
+      </c>
+      <c r="L28" s="73">
+        <v>0</v>
+      </c>
+      <c r="M28" s="73">
+        <v>0</v>
+      </c>
+      <c r="N28" s="73">
+        <v>0</v>
+      </c>
+      <c r="O28" s="73">
+        <v>0</v>
+      </c>
+      <c r="P28" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="73">
         <v>7</v>
       </c>
-      <c r="G28" s="73">
-[...31 lines deleted...]
-      </c>
       <c r="R28" s="73">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="S28" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="T28" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U28" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V28" s="73">
         <v>0</v>
       </c>
       <c r="W28" s="73">
         <v>1</v>
       </c>
       <c r="X28" s="73">
         <v>1</v>
       </c>
       <c r="Y28" s="76" t="s">
         <v>50</v>
       </c>
       <c r="Z28" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AA28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD28" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE28" s="73">
+        <v>9</v>
+      </c>
+      <c r="AF28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG28" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ28" s="73">
+        <v>2</v>
+      </c>
+      <c r="AK28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AO28" s="73">
         <v>3</v>
       </c>
-      <c r="AB28" s="73">
-[...40 lines deleted...]
-      </c>
       <c r="AP28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR28" s="73">
+        <v>1</v>
+      </c>
+      <c r="AS28" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT28" s="73">
         <v>3</v>
       </c>
-      <c r="AQ28" s="73">
-[...10 lines deleted...]
-      </c>
       <c r="AU28" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AV28" s="73">
         <v>1</v>
       </c>
       <c r="AW28" s="73">
         <v>0</v>
       </c>
       <c r="AX28" s="73">
         <v>0</v>
       </c>
       <c r="AY28" s="73">
         <v>0</v>
       </c>
       <c r="AZ28" s="73">
         <v>0</v>
       </c>
       <c r="BA28" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BB28" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BC28" s="73">
         <v>0</v>
       </c>
       <c r="BD28" s="73">
         <v>0</v>
       </c>
       <c r="BE28" s="73">
         <v>0</v>
       </c>
       <c r="BF28" s="73">
         <v>0</v>
       </c>
       <c r="BG28" s="73">
         <v>0</v>
       </c>
       <c r="BH28" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BI28" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BJ28" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BK28" s="73">
         <v>0</v>
       </c>
       <c r="BL28" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM28" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BN28" s="73">
         <v>0</v>
       </c>
       <c r="BO28" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP28" s="73">
         <v>0</v>
       </c>
       <c r="BQ28" s="73">
         <v>0</v>
       </c>
       <c r="BR28" s="73">
         <v>0</v>
       </c>
       <c r="BS28" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BT28" s="73">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="BU28" s="73">
         <v>6</v>
       </c>
       <c r="BV28" s="73">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="BW28" s="73">
         <v>1</v>
       </c>
       <c r="BX28" s="73">
         <v>0</v>
       </c>
       <c r="BY28" s="73">
         <v>0</v>
       </c>
       <c r="BZ28" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B29" s="72" t="s">
-        <v>110</v>
+        <v>239</v>
       </c>
       <c r="C29" s="73">
-        <v>160</v>
+        <v>134</v>
       </c>
       <c r="D29" s="73">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E29" s="73">
-        <v>67</v>
+        <v>40</v>
       </c>
       <c r="F29" s="73">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="G29" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H29" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I29" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J29" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K29" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="L29" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M29" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N29" s="73">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="O29" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P29" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Q29" s="73">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="R29" s="73">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S29" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T29" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="U29" s="73">
         <v>1</v>
       </c>
       <c r="V29" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W29" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="X29" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="Y29" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z29" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AA29" s="73">
         <v>3</v>
       </c>
       <c r="AB29" s="73">
+        <v>3</v>
+      </c>
+      <c r="AC29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD29" s="73">
+        <v>3</v>
+      </c>
+      <c r="AE29" s="73">
+        <v>7</v>
+      </c>
+      <c r="AF29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK29" s="73">
+        <v>2</v>
+      </c>
+      <c r="AL29" s="73">
         <v>8</v>
       </c>
-      <c r="AC29" s="73">
-[...5 lines deleted...]
-      <c r="AE29" s="73">
+      <c r="AM29" s="73">
+        <v>2</v>
+      </c>
+      <c r="AN29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR29" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU29" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW29" s="73">
+        <v>15</v>
+      </c>
+      <c r="AX29" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY29" s="73">
+        <v>10</v>
+      </c>
+      <c r="AZ29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA29" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB29" s="73">
+        <v>2</v>
+      </c>
+      <c r="BC29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE29" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF29" s="73">
+        <v>1</v>
+      </c>
+      <c r="BG29" s="73">
+        <v>2</v>
+      </c>
+      <c r="BH29" s="73">
+        <v>11</v>
+      </c>
+      <c r="BI29" s="73">
+        <v>6</v>
+      </c>
+      <c r="BJ29" s="73">
         <v>3</v>
       </c>
-      <c r="AF29" s="73">
-[...91 lines deleted...]
-      </c>
       <c r="BK29" s="73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="BL29" s="73">
         <v>4</v>
       </c>
       <c r="BM29" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BN29" s="73">
         <v>2</v>
       </c>
       <c r="BO29" s="73">
         <v>1</v>
       </c>
       <c r="BP29" s="73">
         <v>0</v>
       </c>
       <c r="BQ29" s="73">
         <v>0</v>
       </c>
       <c r="BR29" s="73">
         <v>0</v>
       </c>
       <c r="BS29" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BT29" s="73">
         <v>0</v>
       </c>
       <c r="BU29" s="73">
         <v>0</v>
       </c>
       <c r="BV29" s="73">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="BW29" s="73">
         <v>2</v>
       </c>
       <c r="BX29" s="73">
         <v>0</v>
       </c>
       <c r="BY29" s="73">
         <v>0</v>
       </c>
       <c r="BZ29" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B30" s="72" t="s">
-        <v>96</v>
+        <v>123</v>
       </c>
       <c r="C30" s="73">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="D30" s="73">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="E30" s="73">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F30" s="73">
-        <v>62</v>
+        <v>85</v>
       </c>
       <c r="G30" s="73">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H30" s="73">
+        <v>5</v>
+      </c>
+      <c r="I30" s="73">
         <v>4</v>
       </c>
-      <c r="I30" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="J30" s="73">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="K30" s="73">
+        <v>13</v>
+      </c>
+      <c r="L30" s="73">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="M30" s="73">
         <v>4</v>
       </c>
       <c r="N30" s="73">
         <v>5</v>
       </c>
       <c r="O30" s="73">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P30" s="73">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="Q30" s="73">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="R30" s="73">
         <v>1</v>
       </c>
       <c r="S30" s="73">
         <v>22</v>
       </c>
       <c r="T30" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="U30" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="V30" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W30" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X30" s="73">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="Y30" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z30" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AA30" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AB30" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AC30" s="73">
+        <v>3</v>
+      </c>
+      <c r="AD30" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE30" s="73">
+        <v>3</v>
+      </c>
+      <c r="AF30" s="73">
+        <v>10</v>
+      </c>
+      <c r="AG30" s="73">
+        <v>29</v>
+      </c>
+      <c r="AH30" s="73">
+        <v>73</v>
+      </c>
+      <c r="AI30" s="73">
+        <v>2</v>
+      </c>
+      <c r="AJ30" s="73">
+        <v>10</v>
+      </c>
+      <c r="AK30" s="73">
         <v>4</v>
       </c>
-      <c r="AD30" s="73">
-[...22 lines deleted...]
-      </c>
       <c r="AL30" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AM30" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AN30" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AO30" s="73">
         <v>0</v>
       </c>
       <c r="AP30" s="73">
         <v>0</v>
       </c>
       <c r="AQ30" s="73">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="AR30" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS30" s="73">
         <v>5</v>
       </c>
-      <c r="AS30" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="AT30" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AU30" s="73">
         <v>5</v>
       </c>
       <c r="AV30" s="73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AW30" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AX30" s="73">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AY30" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AZ30" s="73">
         <v>0</v>
       </c>
       <c r="BA30" s="73">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="BB30" s="73">
         <v>2</v>
       </c>
       <c r="BC30" s="73">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="BD30" s="73">
         <v>1</v>
       </c>
       <c r="BE30" s="73">
         <v>0</v>
       </c>
       <c r="BF30" s="73">
         <v>0</v>
       </c>
       <c r="BG30" s="73">
         <v>0</v>
       </c>
       <c r="BH30" s="73">
         <v>0</v>
       </c>
       <c r="BI30" s="73">
         <v>0</v>
       </c>
       <c r="BJ30" s="73">
         <v>0</v>
       </c>
       <c r="BK30" s="73">
         <v>0</v>
       </c>
       <c r="BL30" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM30" s="73">
         <v>0</v>
       </c>
       <c r="BN30" s="73">
         <v>0</v>
       </c>
       <c r="BO30" s="73">
         <v>0</v>
       </c>
       <c r="BP30" s="73">
         <v>0</v>
       </c>
       <c r="BQ30" s="73">
         <v>0</v>
       </c>
       <c r="BR30" s="73">
         <v>0</v>
       </c>
       <c r="BS30" s="73">
         <v>0</v>
       </c>
       <c r="BT30" s="73">
         <v>0</v>
       </c>
       <c r="BU30" s="73">
         <v>0</v>
       </c>
       <c r="BV30" s="73">
         <v>0</v>
       </c>
       <c r="BW30" s="73">
         <v>0</v>
       </c>
       <c r="BX30" s="73">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="BY30" s="73">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="BZ30" s="74">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B31" s="72" t="s">
-        <v>245</v>
+        <v>112</v>
       </c>
       <c r="C31" s="73">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D31" s="73">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="E31" s="73">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="F31" s="73">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="G31" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H31" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I31" s="73">
         <v>0</v>
       </c>
       <c r="J31" s="73">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K31" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="L31" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M31" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N31" s="73">
         <v>0</v>
       </c>
       <c r="O31" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P31" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Q31" s="73">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="R31" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="S31" s="73">
         <v>8</v>
       </c>
       <c r="T31" s="73">
         <v>0</v>
       </c>
       <c r="U31" s="73">
         <v>0</v>
       </c>
       <c r="V31" s="73">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="W31" s="73">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="X31" s="73">
         <v>0</v>
       </c>
       <c r="Y31" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z31" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AA31" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AB31" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AC31" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK31" s="73">
+        <v>33</v>
+      </c>
+      <c r="AL31" s="73">
+        <v>7</v>
+      </c>
+      <c r="AM31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN31" s="73">
+        <v>1</v>
+      </c>
+      <c r="AO31" s="73">
+        <v>9</v>
+      </c>
+      <c r="AP31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ31" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR31" s="73">
         <v>3</v>
       </c>
-      <c r="AE31" s="73">
-[...40 lines deleted...]
-      </c>
       <c r="AS31" s="73">
         <v>0</v>
       </c>
       <c r="AT31" s="73">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="AU31" s="73">
         <v>1</v>
       </c>
       <c r="AV31" s="73">
         <v>0</v>
       </c>
       <c r="AW31" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AX31" s="73">
         <v>0</v>
       </c>
       <c r="AY31" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AZ31" s="73">
+        <v>9</v>
+      </c>
+      <c r="BA31" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB31" s="73">
         <v>10</v>
       </c>
-      <c r="BA31" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="BC31" s="73">
         <v>0</v>
       </c>
       <c r="BD31" s="73">
         <v>0</v>
       </c>
       <c r="BE31" s="73">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="BF31" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BG31" s="73">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="BH31" s="73">
         <v>0</v>
       </c>
       <c r="BI31" s="73">
         <v>0</v>
       </c>
       <c r="BJ31" s="73">
         <v>0</v>
       </c>
       <c r="BK31" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BL31" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BM31" s="73">
         <v>0</v>
       </c>
       <c r="BN31" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BO31" s="73">
         <v>0</v>
       </c>
       <c r="BP31" s="73">
         <v>0</v>
       </c>
       <c r="BQ31" s="73">
         <v>0</v>
       </c>
       <c r="BR31" s="73">
         <v>0</v>
       </c>
       <c r="BS31" s="73">
         <v>0</v>
       </c>
       <c r="BT31" s="73">
         <v>0</v>
       </c>
       <c r="BU31" s="73">
         <v>0</v>
       </c>
       <c r="BV31" s="73">
         <v>0</v>
       </c>
       <c r="BW31" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BX31" s="73">
         <v>0</v>
       </c>
       <c r="BY31" s="73">
         <v>0</v>
       </c>
       <c r="BZ31" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B32" s="72" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="C32" s="73">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D32" s="73">
         <v>58</v>
       </c>
       <c r="E32" s="73">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F32" s="73">
+        <v>2</v>
+      </c>
+      <c r="G32" s="73">
+        <v>0</v>
+      </c>
+      <c r="H32" s="73">
+        <v>0</v>
+      </c>
+      <c r="I32" s="73">
+        <v>0</v>
+      </c>
+      <c r="J32" s="73">
+        <v>1</v>
+      </c>
+      <c r="K32" s="73">
+        <v>0</v>
+      </c>
+      <c r="L32" s="73">
+        <v>0</v>
+      </c>
+      <c r="M32" s="73">
+        <v>0</v>
+      </c>
+      <c r="N32" s="73">
+        <v>0</v>
+      </c>
+      <c r="O32" s="73">
+        <v>1</v>
+      </c>
+      <c r="P32" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="73">
+        <v>0</v>
+      </c>
+      <c r="R32" s="73">
+        <v>4</v>
+      </c>
+      <c r="S32" s="73">
+        <v>2</v>
+      </c>
+      <c r="T32" s="73">
         <v>6</v>
       </c>
-      <c r="G32" s="73">
-[...40 lines deleted...]
-      </c>
       <c r="U32" s="73">
         <v>0</v>
       </c>
       <c r="V32" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W32" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X32" s="73">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="Y32" s="73">
         <v>0</v>
       </c>
       <c r="Z32" s="73">
         <v>1</v>
       </c>
       <c r="AA32" s="73">
         <v>0</v>
       </c>
       <c r="AB32" s="73">
         <v>0</v>
       </c>
       <c r="AC32" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AD32" s="73">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="AE32" s="73">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AF32" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AG32" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AH32" s="73">
         <v>2</v>
       </c>
       <c r="AI32" s="73">
         <v>0</v>
       </c>
       <c r="AJ32" s="73">
         <v>0</v>
       </c>
       <c r="AK32" s="73">
         <v>0</v>
       </c>
       <c r="AL32" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AM32" s="73">
         <v>0</v>
       </c>
       <c r="AN32" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AO32" s="73">
         <v>0</v>
       </c>
       <c r="AP32" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AQ32" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR32" s="73">
         <v>3</v>
       </c>
-      <c r="AR32" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="AS32" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AT32" s="73">
         <v>0</v>
       </c>
       <c r="AU32" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AV32" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AW32" s="73">
         <v>0</v>
       </c>
       <c r="AX32" s="73">
         <v>0</v>
       </c>
       <c r="AY32" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AZ32" s="73">
         <v>0</v>
       </c>
       <c r="BA32" s="73">
         <v>0</v>
       </c>
       <c r="BB32" s="73">
         <v>0</v>
       </c>
       <c r="BC32" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BD32" s="73">
         <v>0</v>
       </c>
       <c r="BE32" s="73">
         <v>0</v>
       </c>
       <c r="BF32" s="73">
         <v>0</v>
       </c>
       <c r="BG32" s="73">
         <v>0</v>
       </c>
       <c r="BH32" s="73">
         <v>0</v>
       </c>
       <c r="BI32" s="73">
         <v>0</v>
       </c>
       <c r="BJ32" s="73">
         <v>0</v>
       </c>
       <c r="BK32" s="73">
         <v>0</v>
       </c>
       <c r="BL32" s="73">
         <v>0</v>
       </c>
       <c r="BM32" s="73">
         <v>0</v>
       </c>
       <c r="BN32" s="73">
         <v>0</v>
       </c>
       <c r="BO32" s="73">
         <v>0</v>
       </c>
       <c r="BP32" s="73">
         <v>0</v>
       </c>
       <c r="BQ32" s="73">
         <v>0</v>
       </c>
       <c r="BR32" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BS32" s="73">
         <v>0</v>
       </c>
       <c r="BT32" s="73">
         <v>0</v>
       </c>
       <c r="BU32" s="73">
         <v>0</v>
       </c>
       <c r="BV32" s="73">
         <v>0</v>
       </c>
       <c r="BW32" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="BX32" s="73">
         <v>0</v>
       </c>
       <c r="BY32" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BZ32" s="74">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B33" s="72" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="C33" s="73">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="D33" s="73">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="E33" s="73">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F33" s="73">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G33" s="73">
+        <v>2</v>
+      </c>
+      <c r="H33" s="73">
+        <v>11</v>
+      </c>
+      <c r="I33" s="73">
+        <v>3</v>
+      </c>
+      <c r="J33" s="73">
+        <v>0</v>
+      </c>
+      <c r="K33" s="73">
+        <v>1</v>
+      </c>
+      <c r="L33" s="73">
+        <v>5</v>
+      </c>
+      <c r="M33" s="73">
         <v>4</v>
       </c>
-      <c r="H33" s="73">
-[...2 lines deleted...]
-      <c r="I33" s="73">
+      <c r="N33" s="73">
+        <v>1</v>
+      </c>
+      <c r="O33" s="73">
+        <v>2</v>
+      </c>
+      <c r="P33" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="73">
+        <v>7</v>
+      </c>
+      <c r="R33" s="73">
+        <v>13</v>
+      </c>
+      <c r="S33" s="73">
+        <v>4</v>
+      </c>
+      <c r="T33" s="73">
+        <v>15</v>
+      </c>
+      <c r="U33" s="73">
+        <v>2</v>
+      </c>
+      <c r="V33" s="73">
+        <v>4</v>
+      </c>
+      <c r="W33" s="73">
+        <v>0</v>
+      </c>
+      <c r="X33" s="73">
+        <v>13</v>
+      </c>
+      <c r="Y33" s="73">
         <v>5</v>
       </c>
-      <c r="J33" s="73">
-[...46 lines deleted...]
-      </c>
       <c r="Z33" s="73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA33" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AB33" s="73">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AC33" s="73">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD33" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AE33" s="73">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="AF33" s="73">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="AG33" s="73">
         <v>0</v>
       </c>
       <c r="AH33" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI33" s="73">
+        <v>2</v>
+      </c>
+      <c r="AJ33" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK33" s="73">
         <v>4</v>
       </c>
-      <c r="AI33" s="73">
-[...7 lines deleted...]
-      </c>
       <c r="AL33" s="73">
         <v>0</v>
       </c>
       <c r="AM33" s="73">
         <v>0</v>
       </c>
       <c r="AN33" s="73">
         <v>0</v>
       </c>
       <c r="AO33" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AP33" s="73">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="AQ33" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR33" s="73">
+        <v>29</v>
+      </c>
+      <c r="AS33" s="73">
+        <v>3</v>
+      </c>
+      <c r="AT33" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU33" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV33" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY33" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA33" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB33" s="73">
         <v>4</v>
       </c>
-      <c r="AR33" s="73">
-[...26 lines deleted...]
-      <c r="BA33" s="73">
+      <c r="BC33" s="73">
+        <v>2</v>
+      </c>
+      <c r="BD33" s="73">
         <v>3</v>
       </c>
-      <c r="BB33" s="73">
-[...7 lines deleted...]
-      </c>
       <c r="BE33" s="73">
         <v>0</v>
       </c>
       <c r="BF33" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BG33" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BH33" s="73">
         <v>0</v>
       </c>
       <c r="BI33" s="73">
         <v>1</v>
       </c>
       <c r="BJ33" s="73">
         <v>0</v>
       </c>
       <c r="BK33" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BL33" s="73">
         <v>2</v>
       </c>
       <c r="BM33" s="73">
         <v>0</v>
       </c>
       <c r="BN33" s="73">
         <v>0</v>
       </c>
       <c r="BO33" s="73">
         <v>0</v>
       </c>
       <c r="BP33" s="73">
         <v>0</v>
       </c>
       <c r="BQ33" s="73">
         <v>0</v>
       </c>
       <c r="BR33" s="73">
         <v>0</v>
       </c>
       <c r="BS33" s="73">
         <v>0</v>
       </c>
       <c r="BT33" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BU33" s="73">
         <v>0</v>
       </c>
       <c r="BV33" s="73">
         <v>0</v>
       </c>
       <c r="BW33" s="73">
         <v>0</v>
       </c>
       <c r="BX33" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BY33" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BZ33" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B34" s="72" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C34" s="73">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D34" s="73">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="E34" s="73">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="F34" s="73">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G34" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H34" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I34" s="73">
         <v>0</v>
       </c>
       <c r="J34" s="73">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K34" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L34" s="73">
         <v>0</v>
       </c>
       <c r="M34" s="73">
+        <v>1</v>
+      </c>
+      <c r="N34" s="73">
+        <v>2</v>
+      </c>
+      <c r="O34" s="73">
         <v>4</v>
       </c>
-      <c r="N34" s="73">
+      <c r="P34" s="73">
         <v>3</v>
       </c>
-      <c r="O34" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="Q34" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="R34" s="73">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="S34" s="73">
+        <v>3</v>
+      </c>
+      <c r="T34" s="73">
+        <v>3</v>
+      </c>
+      <c r="U34" s="73">
         <v>5</v>
       </c>
-      <c r="T34" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="V34" s="73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W34" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X34" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="Y34" s="73">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="Z34" s="73">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="AA34" s="73">
         <v>1</v>
       </c>
       <c r="AB34" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AC34" s="73">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AD34" s="73">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="AE34" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AF34" s="73">
         <v>3</v>
       </c>
       <c r="AG34" s="73">
         <v>0</v>
       </c>
       <c r="AH34" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AI34" s="73">
         <v>0</v>
       </c>
       <c r="AJ34" s="73">
         <v>0</v>
       </c>
       <c r="AK34" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AL34" s="73">
         <v>0</v>
       </c>
       <c r="AM34" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AN34" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AO34" s="73">
         <v>1</v>
       </c>
       <c r="AP34" s="73">
+        <v>4</v>
+      </c>
+      <c r="AQ34" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT34" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY34" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ34" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA34" s="73">
+        <v>1</v>
+      </c>
+      <c r="BB34" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC34" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD34" s="73">
         <v>3</v>
       </c>
-      <c r="AQ34" s="73">
-[...40 lines deleted...]
-      </c>
       <c r="BE34" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BF34" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BG34" s="73">
         <v>0</v>
       </c>
       <c r="BH34" s="73">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="BI34" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BJ34" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BK34" s="73">
         <v>0</v>
       </c>
       <c r="BL34" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM34" s="73">
         <v>0</v>
       </c>
       <c r="BN34" s="73">
         <v>0</v>
       </c>
       <c r="BO34" s="73">
         <v>0</v>
       </c>
       <c r="BP34" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BQ34" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="BR34" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BS34" s="73">
         <v>0</v>
       </c>
       <c r="BT34" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BU34" s="73">
         <v>3</v>
       </c>
       <c r="BV34" s="73">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="BW34" s="73">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="BX34" s="73">
         <v>0</v>
       </c>
       <c r="BY34" s="73">
         <v>0</v>
       </c>
       <c r="BZ34" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B35" s="72" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="C35" s="73">
-        <v>353</v>
+        <v>335</v>
       </c>
       <c r="D35" s="73">
-        <v>334</v>
+        <v>322</v>
       </c>
       <c r="E35" s="73">
+        <v>13</v>
+      </c>
+      <c r="F35" s="73">
+        <v>133</v>
+      </c>
+      <c r="G35" s="73">
+        <v>24</v>
+      </c>
+      <c r="H35" s="73">
+        <v>22</v>
+      </c>
+      <c r="I35" s="73">
+        <v>16</v>
+      </c>
+      <c r="J35" s="73">
         <v>19</v>
       </c>
-      <c r="F35" s="73">
-[...13 lines deleted...]
-      </c>
       <c r="K35" s="73">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="L35" s="73">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="M35" s="73">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="N35" s="73">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="O35" s="73">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="P35" s="73">
         <v>3</v>
       </c>
       <c r="Q35" s="73">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="R35" s="73">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="S35" s="73">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="T35" s="73">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="U35" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V35" s="73">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="W35" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X35" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Y35" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z35" s="73">
         <v>4</v>
       </c>
-      <c r="Z35" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="AA35" s="73">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AB35" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC35" s="73">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="AD35" s="73">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="AE35" s="73">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AF35" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AG35" s="73">
+        <v>4</v>
+      </c>
+      <c r="AH35" s="73">
         <v>5</v>
       </c>
-      <c r="AH35" s="73">
+      <c r="AI35" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ35" s="73">
+        <v>9</v>
+      </c>
+      <c r="AK35" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL35" s="73">
+        <v>2</v>
+      </c>
+      <c r="AM35" s="73">
+        <v>3</v>
+      </c>
+      <c r="AN35" s="73">
+        <v>1</v>
+      </c>
+      <c r="AO35" s="73">
+        <v>6</v>
+      </c>
+      <c r="AP35" s="73">
+        <v>33</v>
+      </c>
+      <c r="AQ35" s="73">
+        <v>10</v>
+      </c>
+      <c r="AR35" s="73">
+        <v>7</v>
+      </c>
+      <c r="AS35" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT35" s="73">
+        <v>3</v>
+      </c>
+      <c r="AU35" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV35" s="73">
         <v>4</v>
       </c>
-      <c r="AI35" s="73">
-[...2 lines deleted...]
-      <c r="AJ35" s="73">
+      <c r="AW35" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX35" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY35" s="73">
+        <v>5</v>
+      </c>
+      <c r="AZ35" s="73">
+        <v>2</v>
+      </c>
+      <c r="BA35" s="73">
+        <v>2</v>
+      </c>
+      <c r="BB35" s="73">
+        <v>1</v>
+      </c>
+      <c r="BC35" s="73">
         <v>3</v>
       </c>
-      <c r="AK35" s="73">
-[...55 lines deleted...]
-      </c>
       <c r="BD35" s="73">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="BE35" s="73">
         <v>0</v>
       </c>
       <c r="BF35" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BG35" s="73">
         <v>0</v>
       </c>
       <c r="BH35" s="73">
         <v>0</v>
       </c>
       <c r="BI35" s="73">
         <v>0</v>
       </c>
       <c r="BJ35" s="73">
         <v>0</v>
       </c>
       <c r="BK35" s="73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BL35" s="73">
         <v>0</v>
       </c>
       <c r="BM35" s="73">
         <v>0</v>
       </c>
       <c r="BN35" s="73">
         <v>0</v>
       </c>
       <c r="BO35" s="73">
         <v>0</v>
       </c>
       <c r="BP35" s="73">
         <v>0</v>
       </c>
       <c r="BQ35" s="73">
         <v>0</v>
       </c>
       <c r="BR35" s="73">
         <v>0</v>
       </c>
       <c r="BS35" s="73">
         <v>0</v>
       </c>
       <c r="BT35" s="73">
         <v>0</v>
       </c>
       <c r="BU35" s="73">
         <v>0</v>
       </c>
       <c r="BV35" s="73">
         <v>0</v>
       </c>
       <c r="BW35" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BX35" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BY35" s="73">
         <v>0</v>
       </c>
       <c r="BZ35" s="74">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B36" s="72" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C36" s="73">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="D36" s="73">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="E36" s="73">
+        <v>6</v>
+      </c>
+      <c r="F36" s="73">
+        <v>34</v>
+      </c>
+      <c r="G36" s="73">
+        <v>1</v>
+      </c>
+      <c r="H36" s="73">
+        <v>6</v>
+      </c>
+      <c r="I36" s="73">
+        <v>3</v>
+      </c>
+      <c r="J36" s="73">
         <v>7</v>
       </c>
-      <c r="F36" s="73">
-[...13 lines deleted...]
-      </c>
       <c r="K36" s="73">
         <v>1</v>
       </c>
       <c r="L36" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M36" s="73">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N36" s="73">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="O36" s="73">
         <v>3</v>
       </c>
       <c r="P36" s="73">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="Q36" s="73">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R36" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="S36" s="73">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="T36" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="U36" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V36" s="73">
         <v>2</v>
       </c>
       <c r="W36" s="73">
         <v>0</v>
       </c>
       <c r="X36" s="73">
         <v>3</v>
       </c>
       <c r="Y36" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z36" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AA36" s="73">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="AB36" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AC36" s="73">
         <v>1</v>
       </c>
       <c r="AD36" s="73">
         <v>2</v>
       </c>
       <c r="AE36" s="73">
         <v>1</v>
       </c>
       <c r="AF36" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="AG36" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AH36" s="73">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="AI36" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AJ36" s="73">
+        <v>4</v>
+      </c>
+      <c r="AK36" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL36" s="73">
+        <v>3</v>
+      </c>
+      <c r="AM36" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN36" s="73">
         <v>5</v>
       </c>
-      <c r="AK36" s="73">
-[...10 lines deleted...]
-      </c>
       <c r="AO36" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AP36" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AQ36" s="73">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="AR36" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AS36" s="73">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AT36" s="73">
         <v>2</v>
       </c>
       <c r="AU36" s="73">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="AV36" s="73">
         <v>0</v>
       </c>
       <c r="AW36" s="73">
         <v>1</v>
       </c>
       <c r="AX36" s="73">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="AY36" s="73">
         <v>0</v>
       </c>
       <c r="AZ36" s="73">
         <v>0</v>
       </c>
       <c r="BA36" s="73">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="BB36" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="BC36" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BD36" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BE36" s="73">
         <v>0</v>
       </c>
       <c r="BF36" s="73">
         <v>0</v>
       </c>
       <c r="BG36" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BH36" s="73">
         <v>0</v>
       </c>
       <c r="BI36" s="73">
         <v>0</v>
       </c>
       <c r="BJ36" s="73">
         <v>0</v>
       </c>
       <c r="BK36" s="73">
         <v>0</v>
       </c>
       <c r="BL36" s="73">
         <v>0</v>
       </c>
       <c r="BM36" s="73">
         <v>0</v>
       </c>
       <c r="BN36" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BO36" s="73">
         <v>0</v>
       </c>
       <c r="BP36" s="73">
         <v>0</v>
       </c>
       <c r="BQ36" s="73">
         <v>0</v>
       </c>
       <c r="BR36" s="73">
         <v>0</v>
       </c>
       <c r="BS36" s="73">
         <v>0</v>
       </c>
       <c r="BT36" s="73">
         <v>0</v>
       </c>
       <c r="BU36" s="73">
         <v>0</v>
       </c>
       <c r="BV36" s="73">
         <v>0</v>
       </c>
       <c r="BW36" s="73">
         <v>0</v>
       </c>
       <c r="BX36" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="BY36" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BZ36" s="74">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B37" s="72" t="s">
-        <v>114</v>
+        <v>249</v>
       </c>
       <c r="C37" s="73">
-        <v>359</v>
+        <v>437</v>
       </c>
       <c r="D37" s="73">
-        <v>343</v>
+        <v>407</v>
       </c>
       <c r="E37" s="73">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F37" s="73">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="G37" s="73">
+        <v>2</v>
+      </c>
+      <c r="H37" s="73">
+        <v>2</v>
+      </c>
+      <c r="I37" s="73">
+        <v>1</v>
+      </c>
+      <c r="J37" s="73">
+        <v>1</v>
+      </c>
+      <c r="K37" s="73">
         <v>3</v>
       </c>
-      <c r="H37" s="73">
+      <c r="L37" s="73">
         <v>3</v>
       </c>
-      <c r="I37" s="73">
-[...2 lines deleted...]
-      <c r="J37" s="73">
+      <c r="M37" s="73">
         <v>4</v>
       </c>
-      <c r="K37" s="73">
+      <c r="N37" s="73">
+        <v>13</v>
+      </c>
+      <c r="O37" s="73">
         <v>8</v>
       </c>
-      <c r="L37" s="73">
-[...10 lines deleted...]
-      </c>
       <c r="P37" s="73">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="Q37" s="73">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="R37" s="73">
         <v>2</v>
       </c>
       <c r="S37" s="73">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="T37" s="73">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="U37" s="73">
         <v>0</v>
       </c>
       <c r="V37" s="73">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="W37" s="73">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="X37" s="73">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="Y37" s="73">
         <v>1</v>
       </c>
       <c r="Z37" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AA37" s="73">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="AB37" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AC37" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AD37" s="73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE37" s="73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AF37" s="73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG37" s="73">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="AH37" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AI37" s="73">
+        <v>7</v>
+      </c>
+      <c r="AJ37" s="73">
+        <v>10</v>
+      </c>
+      <c r="AK37" s="73">
+        <v>2</v>
+      </c>
+      <c r="AL37" s="73">
+        <v>7</v>
+      </c>
+      <c r="AM37" s="73">
+        <v>1</v>
+      </c>
+      <c r="AN37" s="73">
+        <v>3</v>
+      </c>
+      <c r="AO37" s="73">
+        <v>3</v>
+      </c>
+      <c r="AP37" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ37" s="73">
+        <v>6</v>
+      </c>
+      <c r="AR37" s="73">
+        <v>2</v>
+      </c>
+      <c r="AS37" s="73">
+        <v>13</v>
+      </c>
+      <c r="AT37" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU37" s="73">
+        <v>16</v>
+      </c>
+      <c r="AV37" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW37" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX37" s="73">
         <v>5</v>
       </c>
-      <c r="AJ37" s="73">
+      <c r="AY37" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA37" s="73">
+        <v>20</v>
+      </c>
+      <c r="BB37" s="73">
         <v>5</v>
       </c>
-      <c r="AK37" s="73">
-[...2 lines deleted...]
-      <c r="AL37" s="73">
+      <c r="BC37" s="73">
+        <v>3</v>
+      </c>
+      <c r="BD37" s="73">
+        <v>2</v>
+      </c>
+      <c r="BE37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BJ37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BK37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BL37" s="73">
+        <v>1</v>
+      </c>
+      <c r="BM37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN37" s="73">
+        <v>1</v>
+      </c>
+      <c r="BO37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BQ37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BS37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW37" s="73">
+        <v>0</v>
+      </c>
+      <c r="BX37" s="73">
         <v>5</v>
       </c>
-      <c r="AM37" s="73">
-[...32 lines deleted...]
-      <c r="AX37" s="73">
+      <c r="BY37" s="73">
         <v>4</v>
       </c>
-      <c r="AY37" s="73">
-[...79 lines deleted...]
-      </c>
       <c r="BZ37" s="74">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B38" s="72" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C38" s="73">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="D38" s="73">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="E38" s="73">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F38" s="73">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G38" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H38" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I38" s="73">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J38" s="73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K38" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L38" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M38" s="73">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="N38" s="73">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="O38" s="73">
+        <v>1</v>
+      </c>
+      <c r="P38" s="73">
+        <v>1</v>
+      </c>
+      <c r="Q38" s="73">
+        <v>0</v>
+      </c>
+      <c r="R38" s="73">
+        <v>1</v>
+      </c>
+      <c r="S38" s="73">
+        <v>76</v>
+      </c>
+      <c r="T38" s="73">
+        <v>1</v>
+      </c>
+      <c r="U38" s="73">
+        <v>0</v>
+      </c>
+      <c r="V38" s="73">
         <v>3</v>
       </c>
-      <c r="P38" s="73">
-[...19 lines deleted...]
-      </c>
       <c r="W38" s="73">
         <v>0</v>
       </c>
       <c r="X38" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Y38" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z38" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AA38" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AB38" s="73">
         <v>0</v>
       </c>
       <c r="AC38" s="73">
         <v>0</v>
       </c>
       <c r="AD38" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AE38" s="73">
         <v>0</v>
       </c>
       <c r="AF38" s="73">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="AG38" s="73">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AH38" s="73">
         <v>1</v>
       </c>
       <c r="AI38" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AJ38" s="73">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="AK38" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AL38" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AM38" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AN38" s="73">
         <v>0</v>
       </c>
       <c r="AO38" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="AP38" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AQ38" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AR38" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AS38" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AT38" s="73">
         <v>1</v>
       </c>
       <c r="AU38" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AV38" s="73">
         <v>0</v>
       </c>
       <c r="AW38" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AX38" s="73">
         <v>0</v>
       </c>
       <c r="AY38" s="73">
         <v>0</v>
       </c>
       <c r="AZ38" s="73">
         <v>0</v>
       </c>
       <c r="BA38" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BB38" s="73">
         <v>0</v>
       </c>
       <c r="BC38" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BD38" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BE38" s="73">
         <v>0</v>
       </c>
       <c r="BF38" s="73">
         <v>0</v>
       </c>
       <c r="BG38" s="73">
         <v>0</v>
       </c>
       <c r="BH38" s="73">
         <v>0</v>
       </c>
       <c r="BI38" s="73">
         <v>0</v>
       </c>
       <c r="BJ38" s="73">
         <v>0</v>
       </c>
       <c r="BK38" s="73">
         <v>0</v>
       </c>
       <c r="BL38" s="73">
         <v>0</v>
       </c>
@@ -19597,3489 +19575,3489 @@
       <c r="BO38" s="73">
         <v>0</v>
       </c>
       <c r="BP38" s="73">
         <v>0</v>
       </c>
       <c r="BQ38" s="73">
         <v>0</v>
       </c>
       <c r="BR38" s="73">
         <v>0</v>
       </c>
       <c r="BS38" s="73">
         <v>0</v>
       </c>
       <c r="BT38" s="73">
         <v>0</v>
       </c>
       <c r="BU38" s="73">
         <v>0</v>
       </c>
       <c r="BV38" s="73">
         <v>0</v>
       </c>
       <c r="BW38" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BX38" s="73">
         <v>0</v>
       </c>
       <c r="BY38" s="73">
         <v>0</v>
       </c>
       <c r="BZ38" s="74">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B39" s="72" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="C39" s="73">
-        <v>236</v>
+        <v>205</v>
       </c>
       <c r="D39" s="73">
-        <v>230</v>
+        <v>202</v>
       </c>
       <c r="E39" s="73">
+        <v>3</v>
+      </c>
+      <c r="F39" s="73">
+        <v>75</v>
+      </c>
+      <c r="G39" s="73">
+        <v>5</v>
+      </c>
+      <c r="H39" s="73">
+        <v>7</v>
+      </c>
+      <c r="I39" s="73">
+        <v>3</v>
+      </c>
+      <c r="J39" s="73">
         <v>6</v>
       </c>
-      <c r="F39" s="73">
-[...13 lines deleted...]
-      </c>
       <c r="K39" s="73">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L39" s="73">
         <v>3</v>
       </c>
       <c r="M39" s="73">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N39" s="73">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="O39" s="73">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="P39" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Q39" s="73">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="R39" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="S39" s="73">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="T39" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="U39" s="73">
         <v>1</v>
       </c>
       <c r="V39" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="W39" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X39" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Y39" s="73">
         <v>0</v>
       </c>
       <c r="Z39" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AA39" s="73">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="AB39" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AC39" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD39" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AE39" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AF39" s="73">
         <v>9</v>
       </c>
       <c r="AG39" s="73">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AH39" s="73">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AI39" s="73">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="AJ39" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AK39" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AL39" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AM39" s="73">
         <v>2</v>
       </c>
       <c r="AN39" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AO39" s="73">
         <v>4</v>
       </c>
       <c r="AP39" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AQ39" s="73">
         <v>0</v>
       </c>
       <c r="AR39" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AS39" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AT39" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AU39" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AV39" s="73">
         <v>1</v>
       </c>
       <c r="AW39" s="73">
         <v>1</v>
       </c>
       <c r="AX39" s="73">
         <v>0</v>
       </c>
       <c r="AY39" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AZ39" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BA39" s="73">
         <v>1</v>
       </c>
       <c r="BB39" s="73">
         <v>1</v>
       </c>
       <c r="BC39" s="73">
         <v>0</v>
       </c>
       <c r="BD39" s="73">
         <v>0</v>
       </c>
       <c r="BE39" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BF39" s="73">
         <v>0</v>
       </c>
       <c r="BG39" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BH39" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="BI39" s="73">
         <v>0</v>
       </c>
       <c r="BJ39" s="73">
         <v>0</v>
       </c>
       <c r="BK39" s="73">
         <v>0</v>
       </c>
       <c r="BL39" s="73">
         <v>0</v>
       </c>
       <c r="BM39" s="73">
         <v>0</v>
       </c>
       <c r="BN39" s="73">
         <v>0</v>
       </c>
       <c r="BO39" s="73">
         <v>0</v>
       </c>
       <c r="BP39" s="73">
         <v>0</v>
       </c>
       <c r="BQ39" s="73">
         <v>0</v>
       </c>
       <c r="BR39" s="73">
         <v>0</v>
       </c>
       <c r="BS39" s="73">
         <v>0</v>
       </c>
       <c r="BT39" s="73">
         <v>0</v>
       </c>
       <c r="BU39" s="73">
         <v>0</v>
       </c>
       <c r="BV39" s="73">
         <v>0</v>
       </c>
       <c r="BW39" s="73">
         <v>0</v>
       </c>
       <c r="BX39" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BY39" s="73">
         <v>0</v>
       </c>
       <c r="BZ39" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B40" s="72" t="s">
-        <v>128</v>
+        <v>253</v>
       </c>
       <c r="C40" s="73">
-        <v>154</v>
+        <v>170</v>
       </c>
       <c r="D40" s="73">
-        <v>146</v>
+        <v>165</v>
       </c>
       <c r="E40" s="73">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F40" s="73">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="G40" s="73">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="H40" s="73">
         <v>0</v>
       </c>
       <c r="I40" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J40" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K40" s="73">
         <v>0</v>
       </c>
       <c r="L40" s="73">
         <v>1</v>
       </c>
       <c r="M40" s="73">
         <v>0</v>
       </c>
       <c r="N40" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="O40" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="P40" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Q40" s="73">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="R40" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S40" s="73">
         <v>3</v>
       </c>
       <c r="T40" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="U40" s="73">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="V40" s="73">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="W40" s="73">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="X40" s="73">
         <v>0</v>
       </c>
       <c r="Y40" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z40" s="73">
         <v>1</v>
       </c>
       <c r="AA40" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB40" s="73">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="AC40" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD40" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AE40" s="73">
         <v>0</v>
       </c>
       <c r="AF40" s="73">
         <v>0</v>
       </c>
       <c r="AG40" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AH40" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AI40" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AJ40" s="73">
         <v>0</v>
       </c>
       <c r="AK40" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AL40" s="73">
         <v>1</v>
       </c>
       <c r="AM40" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AN40" s="73">
         <v>0</v>
       </c>
       <c r="AO40" s="73">
+        <v>3</v>
+      </c>
+      <c r="AP40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS40" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT40" s="73">
+        <v>2</v>
+      </c>
+      <c r="AU40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV40" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW40" s="73">
         <v>7</v>
-      </c>
-[...22 lines deleted...]
-        <v>6</v>
       </c>
       <c r="AX40" s="73">
         <v>0</v>
       </c>
       <c r="AY40" s="73">
         <v>3</v>
       </c>
       <c r="AZ40" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BA40" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BB40" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BC40" s="73">
         <v>0</v>
       </c>
       <c r="BD40" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BE40" s="73">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="BF40" s="73">
         <v>0</v>
       </c>
       <c r="BG40" s="73">
         <v>0</v>
       </c>
       <c r="BH40" s="73">
         <v>0</v>
       </c>
       <c r="BI40" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BJ40" s="73">
         <v>0</v>
       </c>
       <c r="BK40" s="73">
         <v>0</v>
       </c>
       <c r="BL40" s="73">
         <v>0</v>
       </c>
       <c r="BM40" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BN40" s="73">
         <v>0</v>
       </c>
       <c r="BO40" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP40" s="73">
         <v>0</v>
       </c>
       <c r="BQ40" s="73">
         <v>0</v>
       </c>
       <c r="BR40" s="73">
         <v>0</v>
       </c>
       <c r="BS40" s="73">
         <v>0</v>
       </c>
       <c r="BT40" s="73">
         <v>0</v>
       </c>
       <c r="BU40" s="73">
         <v>0</v>
       </c>
       <c r="BV40" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BW40" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BX40" s="73">
         <v>0</v>
       </c>
       <c r="BY40" s="73">
         <v>0</v>
       </c>
       <c r="BZ40" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B41" s="72" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="C41" s="73">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="D41" s="73">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="E41" s="73">
+        <v>12</v>
+      </c>
+      <c r="F41" s="73">
+        <v>31</v>
+      </c>
+      <c r="G41" s="73">
+        <v>3</v>
+      </c>
+      <c r="H41" s="73">
+        <v>2</v>
+      </c>
+      <c r="I41" s="73">
+        <v>2</v>
+      </c>
+      <c r="J41" s="73">
+        <v>0</v>
+      </c>
+      <c r="K41" s="73">
+        <v>5</v>
+      </c>
+      <c r="L41" s="73">
+        <v>3</v>
+      </c>
+      <c r="M41" s="73">
+        <v>5</v>
+      </c>
+      <c r="N41" s="73">
+        <v>6</v>
+      </c>
+      <c r="O41" s="73">
+        <v>3</v>
+      </c>
+      <c r="P41" s="73">
+        <v>2</v>
+      </c>
+      <c r="Q41" s="73">
+        <v>13</v>
+      </c>
+      <c r="R41" s="73">
+        <v>2</v>
+      </c>
+      <c r="S41" s="73">
         <v>10</v>
       </c>
-      <c r="F41" s="73">
-[...11 lines deleted...]
-      <c r="J41" s="73">
+      <c r="T41" s="73">
+        <v>0</v>
+      </c>
+      <c r="U41" s="73">
+        <v>1</v>
+      </c>
+      <c r="V41" s="73">
         <v>3</v>
       </c>
-      <c r="K41" s="73">
-[...2 lines deleted...]
-      <c r="L41" s="73">
+      <c r="W41" s="73">
+        <v>1</v>
+      </c>
+      <c r="X41" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y41" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z41" s="73">
         <v>4</v>
       </c>
-      <c r="M41" s="73">
+      <c r="AA41" s="73">
         <v>3</v>
       </c>
-      <c r="N41" s="73">
+      <c r="AB41" s="73">
+        <v>2</v>
+      </c>
+      <c r="AC41" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF41" s="73">
         <v>4</v>
       </c>
-      <c r="O41" s="73">
-[...52 lines deleted...]
-      </c>
       <c r="AG41" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH41" s="73">
         <v>1</v>
       </c>
       <c r="AI41" s="73">
+        <v>1</v>
+      </c>
+      <c r="AJ41" s="73">
+        <v>6</v>
+      </c>
+      <c r="AK41" s="73">
         <v>3</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AL41" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AM41" s="73">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="AN41" s="73">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="AO41" s="73">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="AP41" s="73">
         <v>0</v>
       </c>
       <c r="AQ41" s="73">
         <v>1</v>
       </c>
       <c r="AR41" s="73">
         <v>0</v>
       </c>
       <c r="AS41" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AT41" s="73">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="AU41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV41" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW41" s="73">
+        <v>8</v>
+      </c>
+      <c r="AX41" s="73">
+        <v>1</v>
+      </c>
+      <c r="AY41" s="73">
+        <v>4</v>
+      </c>
+      <c r="AZ41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA41" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB41" s="73">
         <v>3</v>
       </c>
-      <c r="AV41" s="73">
-[...19 lines deleted...]
-      </c>
       <c r="BC41" s="73">
         <v>1</v>
       </c>
       <c r="BD41" s="73">
         <v>1</v>
       </c>
       <c r="BE41" s="73">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="BF41" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BG41" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BH41" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BI41" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="BJ41" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BK41" s="73">
         <v>0</v>
       </c>
       <c r="BL41" s="73">
         <v>0</v>
       </c>
       <c r="BM41" s="73">
         <v>0</v>
       </c>
       <c r="BN41" s="73">
         <v>0</v>
       </c>
       <c r="BO41" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP41" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BQ41" s="73">
         <v>0</v>
       </c>
       <c r="BR41" s="73">
         <v>0</v>
       </c>
       <c r="BS41" s="73">
         <v>0</v>
       </c>
       <c r="BT41" s="73">
         <v>0</v>
       </c>
       <c r="BU41" s="73">
         <v>0</v>
       </c>
       <c r="BV41" s="73">
         <v>0</v>
       </c>
       <c r="BW41" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BX41" s="73">
         <v>0</v>
       </c>
       <c r="BY41" s="73">
         <v>0</v>
       </c>
       <c r="BZ41" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B42" s="72" t="s">
-        <v>156</v>
+        <v>255</v>
       </c>
       <c r="C42" s="73">
-        <v>151</v>
+        <v>87</v>
       </c>
       <c r="D42" s="73">
-        <v>141</v>
+        <v>81</v>
       </c>
       <c r="E42" s="73">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F42" s="73">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="G42" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H42" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I42" s="73">
         <v>1</v>
       </c>
       <c r="J42" s="73">
         <v>0</v>
       </c>
       <c r="K42" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L42" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="M42" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N42" s="73">
+        <v>2</v>
+      </c>
+      <c r="O42" s="73">
+        <v>0</v>
+      </c>
+      <c r="P42" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="73">
+        <v>7</v>
+      </c>
+      <c r="R42" s="73">
+        <v>0</v>
+      </c>
+      <c r="S42" s="73">
+        <v>6</v>
+      </c>
+      <c r="T42" s="73">
+        <v>0</v>
+      </c>
+      <c r="U42" s="73">
+        <v>0</v>
+      </c>
+      <c r="V42" s="73">
         <v>4</v>
       </c>
-      <c r="O42" s="73">
-[...2 lines deleted...]
-      <c r="P42" s="73">
+      <c r="W42" s="73">
+        <v>0</v>
+      </c>
+      <c r="X42" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z42" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB42" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF42" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG42" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ42" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK42" s="73">
         <v>4</v>
       </c>
-      <c r="Q42" s="73">
-[...61 lines deleted...]
-      </c>
       <c r="AL42" s="73">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="AM42" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AN42" s="73">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="AO42" s="73">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="AP42" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AQ42" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AR42" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AS42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT42" s="73">
+        <v>10</v>
+      </c>
+      <c r="AU42" s="73">
+        <v>1</v>
+      </c>
+      <c r="AV42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW42" s="73">
+        <v>3</v>
+      </c>
+      <c r="AX42" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY42" s="73">
+        <v>2</v>
+      </c>
+      <c r="AZ42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB42" s="73">
+        <v>2</v>
+      </c>
+      <c r="BC42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD42" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE42" s="73">
         <v>5</v>
       </c>
-      <c r="AT42" s="73">
-[...34 lines deleted...]
-      </c>
       <c r="BF42" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="BG42" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BH42" s="73">
         <v>0</v>
       </c>
       <c r="BI42" s="73">
         <v>0</v>
       </c>
       <c r="BJ42" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BK42" s="73">
         <v>0</v>
       </c>
       <c r="BL42" s="73">
         <v>0</v>
       </c>
       <c r="BM42" s="73">
         <v>0</v>
       </c>
       <c r="BN42" s="73">
         <v>0</v>
       </c>
       <c r="BO42" s="73">
         <v>0</v>
       </c>
       <c r="BP42" s="73">
         <v>0</v>
       </c>
       <c r="BQ42" s="73">
         <v>0</v>
       </c>
       <c r="BR42" s="73">
         <v>0</v>
       </c>
       <c r="BS42" s="73">
         <v>0</v>
       </c>
       <c r="BT42" s="73">
         <v>0</v>
       </c>
       <c r="BU42" s="73">
         <v>0</v>
       </c>
       <c r="BV42" s="73">
         <v>0</v>
       </c>
       <c r="BW42" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BX42" s="73">
         <v>0</v>
       </c>
       <c r="BY42" s="73">
         <v>0</v>
       </c>
       <c r="BZ42" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B43" s="72" t="s">
-        <v>257</v>
+        <v>117</v>
       </c>
       <c r="C43" s="73">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="D43" s="73">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="E43" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F43" s="73">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="G43" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H43" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I43" s="73">
         <v>0</v>
       </c>
       <c r="J43" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K43" s="73">
         <v>0</v>
       </c>
       <c r="L43" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="M43" s="73">
+        <v>2</v>
+      </c>
+      <c r="N43" s="73">
+        <v>0</v>
+      </c>
+      <c r="O43" s="73">
+        <v>0</v>
+      </c>
+      <c r="P43" s="73">
+        <v>1</v>
+      </c>
+      <c r="Q43" s="73">
+        <v>14</v>
+      </c>
+      <c r="R43" s="73">
+        <v>0</v>
+      </c>
+      <c r="S43" s="73">
+        <v>9</v>
+      </c>
+      <c r="T43" s="73">
+        <v>1</v>
+      </c>
+      <c r="U43" s="73">
+        <v>0</v>
+      </c>
+      <c r="V43" s="73">
+        <v>2</v>
+      </c>
+      <c r="W43" s="73">
+        <v>0</v>
+      </c>
+      <c r="X43" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y43" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z43" s="73">
         <v>3</v>
       </c>
-      <c r="N43" s="73">
+      <c r="AA43" s="73">
+        <v>2</v>
+      </c>
+      <c r="AB43" s="73">
+        <v>1</v>
+      </c>
+      <c r="AC43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF43" s="73">
+        <v>6</v>
+      </c>
+      <c r="AG43" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH43" s="73">
         <v>3</v>
       </c>
-      <c r="O43" s="73">
-[...35 lines deleted...]
-      <c r="AA43" s="73">
+      <c r="AI43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ43" s="73">
         <v>4</v>
       </c>
-      <c r="AB43" s="73">
-[...25 lines deleted...]
-      </c>
       <c r="AK43" s="73">
         <v>1</v>
       </c>
       <c r="AL43" s="73">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="AM43" s="73">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AN43" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AO43" s="73">
+        <v>3</v>
+      </c>
+      <c r="AP43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ43" s="73">
+        <v>2</v>
+      </c>
+      <c r="AR43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT43" s="73">
+        <v>3</v>
+      </c>
+      <c r="AU43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV43" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW43" s="73">
         <v>5</v>
       </c>
-      <c r="AP43" s="73">
-[...22 lines deleted...]
-      </c>
       <c r="AX43" s="73">
         <v>0</v>
       </c>
       <c r="AY43" s="73">
         <v>2</v>
       </c>
       <c r="AZ43" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BA43" s="73">
         <v>0</v>
       </c>
       <c r="BB43" s="73">
         <v>6</v>
       </c>
       <c r="BC43" s="73">
         <v>0</v>
       </c>
       <c r="BD43" s="73">
         <v>0</v>
       </c>
       <c r="BE43" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BF43" s="73">
         <v>0</v>
       </c>
       <c r="BG43" s="73">
         <v>0</v>
       </c>
       <c r="BH43" s="73">
         <v>0</v>
       </c>
       <c r="BI43" s="73">
         <v>0</v>
       </c>
       <c r="BJ43" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BK43" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BL43" s="73">
         <v>0</v>
       </c>
       <c r="BM43" s="73">
         <v>0</v>
       </c>
       <c r="BN43" s="73">
         <v>0</v>
       </c>
       <c r="BO43" s="73">
         <v>0</v>
       </c>
       <c r="BP43" s="73">
         <v>0</v>
       </c>
       <c r="BQ43" s="73">
         <v>0</v>
       </c>
       <c r="BR43" s="73">
         <v>0</v>
       </c>
       <c r="BS43" s="73">
         <v>0</v>
       </c>
       <c r="BT43" s="73">
         <v>0</v>
       </c>
       <c r="BU43" s="73">
         <v>0</v>
       </c>
       <c r="BV43" s="73">
         <v>0</v>
       </c>
       <c r="BW43" s="73">
         <v>0</v>
       </c>
       <c r="BX43" s="73">
         <v>0</v>
       </c>
       <c r="BY43" s="73">
         <v>1</v>
       </c>
       <c r="BZ43" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B44" s="72" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C44" s="73">
-        <v>197</v>
+        <v>169</v>
       </c>
       <c r="D44" s="73">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="E44" s="73">
         <v>3</v>
       </c>
       <c r="F44" s="73">
         <v>19</v>
       </c>
       <c r="G44" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H44" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I44" s="73">
         <v>0</v>
       </c>
       <c r="J44" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K44" s="73">
+        <v>1</v>
+      </c>
+      <c r="L44" s="73">
+        <v>6</v>
+      </c>
+      <c r="M44" s="73">
+        <v>5</v>
+      </c>
+      <c r="N44" s="73">
+        <v>1</v>
+      </c>
+      <c r="O44" s="73">
+        <v>1</v>
+      </c>
+      <c r="P44" s="73">
         <v>3</v>
       </c>
-      <c r="L44" s="73">
-[...2 lines deleted...]
-      <c r="M44" s="73">
+      <c r="Q44" s="73">
+        <v>6</v>
+      </c>
+      <c r="R44" s="73">
+        <v>0</v>
+      </c>
+      <c r="S44" s="73">
+        <v>5</v>
+      </c>
+      <c r="T44" s="73">
+        <v>0</v>
+      </c>
+      <c r="U44" s="73">
+        <v>1</v>
+      </c>
+      <c r="V44" s="73">
+        <v>16</v>
+      </c>
+      <c r="W44" s="73">
+        <v>2</v>
+      </c>
+      <c r="X44" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y44" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z44" s="73">
+        <v>8</v>
+      </c>
+      <c r="AA44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB44" s="73">
+        <v>4</v>
+      </c>
+      <c r="AC44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD44" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE44" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF44" s="73">
         <v>3</v>
       </c>
-      <c r="N44" s="73">
-[...35 lines deleted...]
-      <c r="Z44" s="73">
+      <c r="AG44" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH44" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI44" s="73">
+        <v>2</v>
+      </c>
+      <c r="AJ44" s="73">
+        <v>6</v>
+      </c>
+      <c r="AK44" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL44" s="73">
+        <v>32</v>
+      </c>
+      <c r="AM44" s="73">
+        <v>29</v>
+      </c>
+      <c r="AN44" s="73">
         <v>3</v>
-      </c>
-[...40 lines deleted...]
-        <v>9</v>
       </c>
       <c r="AO44" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AP44" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AQ44" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AR44" s="73">
         <v>0</v>
       </c>
       <c r="AS44" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AT44" s="73">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="AU44" s="73">
         <v>0</v>
       </c>
       <c r="AV44" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AW44" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AX44" s="73">
         <v>0</v>
       </c>
       <c r="AY44" s="73">
+        <v>2</v>
+      </c>
+      <c r="AZ44" s="73">
+        <v>1</v>
+      </c>
+      <c r="BA44" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB44" s="73">
         <v>8</v>
       </c>
-      <c r="AZ44" s="73">
-[...7 lines deleted...]
-      </c>
       <c r="BC44" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BD44" s="73">
         <v>0</v>
       </c>
       <c r="BE44" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BF44" s="73">
         <v>0</v>
       </c>
       <c r="BG44" s="73">
         <v>0</v>
       </c>
       <c r="BH44" s="73">
         <v>0</v>
       </c>
       <c r="BI44" s="73">
         <v>0</v>
       </c>
       <c r="BJ44" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BK44" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BL44" s="73">
         <v>0</v>
       </c>
       <c r="BM44" s="73">
         <v>0</v>
       </c>
       <c r="BN44" s="73">
         <v>0</v>
       </c>
       <c r="BO44" s="73">
         <v>0</v>
       </c>
       <c r="BP44" s="73">
         <v>0</v>
       </c>
       <c r="BQ44" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BR44" s="73">
         <v>0</v>
       </c>
       <c r="BS44" s="73">
         <v>0</v>
       </c>
       <c r="BT44" s="73">
         <v>0</v>
       </c>
       <c r="BU44" s="73">
         <v>0</v>
       </c>
       <c r="BV44" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BW44" s="73">
         <v>0</v>
       </c>
       <c r="BX44" s="73">
         <v>0</v>
       </c>
       <c r="BY44" s="73">
         <v>0</v>
       </c>
       <c r="BZ44" s="74">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B45" s="72" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C45" s="73">
-        <v>147</v>
+        <v>124</v>
       </c>
       <c r="D45" s="73">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="E45" s="73">
+        <v>9</v>
+      </c>
+      <c r="F45" s="73">
+        <v>26</v>
+      </c>
+      <c r="G45" s="73">
         <v>4</v>
       </c>
-      <c r="F45" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="H45" s="73">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I45" s="73">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J45" s="73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K45" s="73">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L45" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M45" s="73">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="N45" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="O45" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P45" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="Q45" s="73">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="R45" s="73">
         <v>4</v>
       </c>
       <c r="S45" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="T45" s="73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U45" s="73">
         <v>0</v>
       </c>
       <c r="V45" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="W45" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X45" s="73">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="Y45" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z45" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AA45" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AB45" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AC45" s="73">
         <v>0</v>
       </c>
       <c r="AD45" s="73">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="AE45" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AF45" s="73">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="AG45" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AH45" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AI45" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AJ45" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AK45" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AL45" s="73">
         <v>0</v>
       </c>
       <c r="AM45" s="73">
         <v>0</v>
       </c>
       <c r="AN45" s="73">
         <v>0</v>
       </c>
       <c r="AO45" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AP45" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AQ45" s="73">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="AR45" s="73">
+        <v>7</v>
+      </c>
+      <c r="AS45" s="73">
+        <v>1</v>
+      </c>
+      <c r="AT45" s="73">
+        <v>4</v>
+      </c>
+      <c r="AU45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV45" s="73">
+        <v>1</v>
+      </c>
+      <c r="AW45" s="73">
+        <v>5</v>
+      </c>
+      <c r="AX45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY45" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB45" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC45" s="73">
+        <v>2</v>
+      </c>
+      <c r="BD45" s="73">
         <v>6</v>
       </c>
-      <c r="AS45" s="73">
-[...34 lines deleted...]
-      </c>
       <c r="BE45" s="73">
         <v>0</v>
       </c>
       <c r="BF45" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BG45" s="73">
         <v>0</v>
       </c>
       <c r="BH45" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BI45" s="73">
         <v>0</v>
       </c>
       <c r="BJ45" s="73">
         <v>0</v>
       </c>
       <c r="BK45" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BL45" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM45" s="73">
         <v>0</v>
       </c>
       <c r="BN45" s="73">
         <v>0</v>
       </c>
       <c r="BO45" s="73">
         <v>0</v>
       </c>
       <c r="BP45" s="73">
         <v>0</v>
       </c>
       <c r="BQ45" s="73">
         <v>0</v>
       </c>
       <c r="BR45" s="73">
         <v>0</v>
       </c>
       <c r="BS45" s="73">
         <v>0</v>
       </c>
       <c r="BT45" s="73">
         <v>0</v>
       </c>
       <c r="BU45" s="73">
         <v>0</v>
       </c>
       <c r="BV45" s="73">
         <v>0</v>
       </c>
       <c r="BW45" s="73">
         <v>0</v>
       </c>
       <c r="BX45" s="73">
         <v>0</v>
       </c>
       <c r="BY45" s="73">
         <v>0</v>
       </c>
       <c r="BZ45" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B46" s="72" t="s">
-        <v>263</v>
+        <v>130</v>
       </c>
       <c r="C46" s="73">
-        <v>193</v>
+        <v>204</v>
       </c>
       <c r="D46" s="73">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="E46" s="73">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F46" s="73">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G46" s="73">
         <v>2</v>
       </c>
       <c r="H46" s="73">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I46" s="73">
         <v>7</v>
       </c>
       <c r="J46" s="73">
+        <v>6</v>
+      </c>
+      <c r="K46" s="73">
+        <v>2</v>
+      </c>
+      <c r="L46" s="73">
+        <v>2</v>
+      </c>
+      <c r="M46" s="73">
+        <v>1</v>
+      </c>
+      <c r="N46" s="73">
+        <v>10</v>
+      </c>
+      <c r="O46" s="73">
+        <v>2</v>
+      </c>
+      <c r="P46" s="73">
+        <v>1</v>
+      </c>
+      <c r="Q46" s="73">
+        <v>5</v>
+      </c>
+      <c r="R46" s="73">
+        <v>2</v>
+      </c>
+      <c r="S46" s="73">
+        <v>10</v>
+      </c>
+      <c r="T46" s="73">
+        <v>0</v>
+      </c>
+      <c r="U46" s="73">
+        <v>0</v>
+      </c>
+      <c r="V46" s="73">
+        <v>2</v>
+      </c>
+      <c r="W46" s="73">
+        <v>1</v>
+      </c>
+      <c r="X46" s="73">
+        <v>32</v>
+      </c>
+      <c r="Y46" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z46" s="73">
+        <v>3</v>
+      </c>
+      <c r="AA46" s="73">
+        <v>6</v>
+      </c>
+      <c r="AB46" s="73">
+        <v>3</v>
+      </c>
+      <c r="AC46" s="73">
+        <v>6</v>
+      </c>
+      <c r="AD46" s="73">
+        <v>5</v>
+      </c>
+      <c r="AE46" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF46" s="73">
+        <v>5</v>
+      </c>
+      <c r="AG46" s="73">
+        <v>3</v>
+      </c>
+      <c r="AH46" s="73">
         <v>4</v>
       </c>
-      <c r="K46" s="73">
-[...56 lines deleted...]
-      <c r="AD46" s="73">
+      <c r="AI46" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ46" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK46" s="73">
+        <v>2</v>
+      </c>
+      <c r="AL46" s="73">
         <v>3</v>
       </c>
-      <c r="AE46" s="73">
-[...22 lines deleted...]
-      </c>
       <c r="AM46" s="73">
         <v>1</v>
       </c>
       <c r="AN46" s="73">
         <v>0</v>
       </c>
       <c r="AO46" s="73">
+        <v>2</v>
+      </c>
+      <c r="AP46" s="73">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="AQ46" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AR46" s="73">
         <v>2</v>
       </c>
       <c r="AS46" s="73">
         <v>0</v>
       </c>
       <c r="AT46" s="73">
         <v>0</v>
       </c>
       <c r="AU46" s="73">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="AV46" s="73">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="AW46" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AX46" s="73">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="AY46" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AZ46" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BA46" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="BB46" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BC46" s="73">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="BD46" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="BE46" s="73">
         <v>0</v>
       </c>
       <c r="BF46" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BG46" s="73">
         <v>0</v>
       </c>
       <c r="BH46" s="73">
         <v>0</v>
       </c>
       <c r="BI46" s="73">
         <v>0</v>
       </c>
       <c r="BJ46" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BK46" s="73">
         <v>0</v>
       </c>
       <c r="BL46" s="73">
         <v>0</v>
       </c>
       <c r="BM46" s="73">
         <v>0</v>
       </c>
       <c r="BN46" s="73">
         <v>0</v>
       </c>
       <c r="BO46" s="73">
         <v>0</v>
       </c>
       <c r="BP46" s="73">
         <v>0</v>
       </c>
       <c r="BQ46" s="73">
         <v>0</v>
       </c>
       <c r="BR46" s="73">
         <v>0</v>
       </c>
       <c r="BS46" s="73">
         <v>0</v>
       </c>
       <c r="BT46" s="73">
         <v>0</v>
       </c>
       <c r="BU46" s="73">
         <v>0</v>
       </c>
       <c r="BV46" s="73">
         <v>0</v>
       </c>
       <c r="BW46" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BX46" s="73">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="BY46" s="73">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="BZ46" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B47" s="72" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C47" s="73">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="D47" s="73">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="E47" s="73">
         <v>3</v>
       </c>
       <c r="F47" s="73">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="G47" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H47" s="73">
+        <v>3</v>
+      </c>
+      <c r="I47" s="73">
+        <v>3</v>
+      </c>
+      <c r="J47" s="73">
         <v>5</v>
       </c>
-      <c r="I47" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="K47" s="73">
         <v>1</v>
       </c>
       <c r="L47" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M47" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N47" s="73">
         <v>3</v>
       </c>
       <c r="O47" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="P47" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q47" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="R47" s="73">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="S47" s="73">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="T47" s="73">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="U47" s="73">
         <v>0</v>
       </c>
       <c r="V47" s="73">
         <v>0</v>
       </c>
       <c r="W47" s="73">
         <v>0</v>
       </c>
       <c r="X47" s="73">
         <v>1</v>
       </c>
       <c r="Y47" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z47" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AA47" s="73">
         <v>0</v>
       </c>
       <c r="AB47" s="73">
         <v>0</v>
       </c>
       <c r="AC47" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD47" s="73">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="AE47" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF47" s="73">
         <v>11</v>
       </c>
       <c r="AG47" s="73">
         <v>0</v>
       </c>
       <c r="AH47" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AI47" s="73">
         <v>0</v>
       </c>
       <c r="AJ47" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AK47" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AL47" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AM47" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AN47" s="73">
         <v>0</v>
       </c>
       <c r="AO47" s="73">
         <v>0</v>
       </c>
       <c r="AP47" s="73">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="AQ47" s="73">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AR47" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AS47" s="73">
         <v>0</v>
       </c>
       <c r="AT47" s="73">
         <v>0</v>
       </c>
       <c r="AU47" s="73">
         <v>0</v>
       </c>
       <c r="AV47" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AW47" s="73">
         <v>0</v>
       </c>
       <c r="AX47" s="73">
         <v>0</v>
       </c>
       <c r="AY47" s="73">
         <v>1</v>
       </c>
       <c r="AZ47" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BA47" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BB47" s="73">
         <v>0</v>
       </c>
       <c r="BC47" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BD47" s="73">
         <v>0</v>
       </c>
       <c r="BE47" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BF47" s="73">
         <v>0</v>
       </c>
       <c r="BG47" s="73">
         <v>0</v>
       </c>
       <c r="BH47" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BI47" s="73">
         <v>0</v>
       </c>
       <c r="BJ47" s="73">
         <v>0</v>
       </c>
       <c r="BK47" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BL47" s="73">
         <v>0</v>
       </c>
       <c r="BM47" s="73">
         <v>0</v>
       </c>
       <c r="BN47" s="73">
         <v>0</v>
       </c>
       <c r="BO47" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP47" s="73">
         <v>0</v>
       </c>
       <c r="BQ47" s="73">
         <v>0</v>
       </c>
       <c r="BR47" s="73">
         <v>0</v>
       </c>
       <c r="BS47" s="73">
         <v>0</v>
       </c>
       <c r="BT47" s="73">
         <v>0</v>
       </c>
       <c r="BU47" s="73">
         <v>0</v>
       </c>
       <c r="BV47" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BW47" s="73">
         <v>0</v>
       </c>
       <c r="BX47" s="73">
         <v>0</v>
       </c>
       <c r="BY47" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BZ47" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B48" s="72" t="s">
-        <v>103</v>
+        <v>263</v>
       </c>
       <c r="C48" s="73">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D48" s="73">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E48" s="73">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F48" s="73">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G48" s="73">
         <v>0</v>
       </c>
       <c r="H48" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I48" s="73">
         <v>0</v>
       </c>
       <c r="J48" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K48" s="73">
         <v>0</v>
       </c>
       <c r="L48" s="73">
         <v>0</v>
       </c>
       <c r="M48" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="N48" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O48" s="73">
         <v>0</v>
       </c>
       <c r="P48" s="73">
         <v>0</v>
       </c>
       <c r="Q48" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R48" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="S48" s="73">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="T48" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="U48" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="V48" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="W48" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X48" s="73">
         <v>0</v>
       </c>
       <c r="Y48" s="73">
         <v>0</v>
       </c>
       <c r="Z48" s="73">
         <v>0</v>
       </c>
       <c r="AA48" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB48" s="73">
         <v>0</v>
       </c>
       <c r="AC48" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AD48" s="73">
         <v>0</v>
       </c>
       <c r="AE48" s="73">
         <v>0</v>
       </c>
       <c r="AF48" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AG48" s="73">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="AH48" s="73">
         <v>6</v>
       </c>
       <c r="AI48" s="73">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="AJ48" s="73">
         <v>0</v>
       </c>
       <c r="AK48" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AL48" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AM48" s="73">
         <v>0</v>
       </c>
       <c r="AN48" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AO48" s="73">
         <v>1</v>
       </c>
       <c r="AP48" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AQ48" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AR48" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AS48" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AT48" s="73">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="AU48" s="73">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="AV48" s="73">
         <v>0</v>
       </c>
       <c r="AW48" s="73">
         <v>0</v>
       </c>
       <c r="AX48" s="73">
         <v>0</v>
       </c>
       <c r="AY48" s="73">
         <v>0</v>
       </c>
       <c r="AZ48" s="73">
         <v>0</v>
       </c>
       <c r="BA48" s="73">
         <v>2</v>
       </c>
       <c r="BB48" s="73">
         <v>0</v>
       </c>
       <c r="BC48" s="73">
         <v>0</v>
       </c>
       <c r="BD48" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BE48" s="73">
         <v>0</v>
       </c>
       <c r="BF48" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BG48" s="73">
         <v>0</v>
       </c>
       <c r="BH48" s="73">
         <v>0</v>
       </c>
       <c r="BI48" s="73">
         <v>0</v>
       </c>
       <c r="BJ48" s="73">
         <v>0</v>
       </c>
       <c r="BK48" s="73">
         <v>0</v>
       </c>
       <c r="BL48" s="73">
         <v>0</v>
       </c>
       <c r="BM48" s="73">
         <v>0</v>
       </c>
       <c r="BN48" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BO48" s="73">
         <v>0</v>
       </c>
       <c r="BP48" s="73">
         <v>0</v>
       </c>
       <c r="BQ48" s="73">
         <v>0</v>
       </c>
       <c r="BR48" s="73">
         <v>0</v>
       </c>
       <c r="BS48" s="73">
         <v>0</v>
       </c>
       <c r="BT48" s="73">
         <v>0</v>
       </c>
       <c r="BU48" s="73">
         <v>0</v>
       </c>
       <c r="BV48" s="73">
         <v>0</v>
       </c>
       <c r="BW48" s="73">
         <v>0</v>
       </c>
       <c r="BX48" s="73">
         <v>0</v>
       </c>
       <c r="BY48" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BZ48" s="74">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="49" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B49" s="72" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C49" s="73">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D49" s="73">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="E49" s="73">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F49" s="73">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G49" s="73">
+        <v>2</v>
+      </c>
+      <c r="H49" s="73">
+        <v>3</v>
+      </c>
+      <c r="I49" s="73">
+        <v>3</v>
+      </c>
+      <c r="J49" s="73">
+        <v>1</v>
+      </c>
+      <c r="K49" s="73">
         <v>5</v>
       </c>
-      <c r="H49" s="73">
-[...10 lines deleted...]
-      </c>
       <c r="L49" s="73">
         <v>0</v>
       </c>
       <c r="M49" s="73">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N49" s="73">
         <v>4</v>
       </c>
       <c r="O49" s="73">
         <v>1</v>
       </c>
       <c r="P49" s="73">
         <v>1</v>
       </c>
       <c r="Q49" s="73">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="R49" s="73">
         <v>1</v>
       </c>
       <c r="S49" s="73">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="T49" s="73">
         <v>0</v>
       </c>
       <c r="U49" s="73">
         <v>0</v>
       </c>
       <c r="V49" s="73">
         <v>6</v>
       </c>
       <c r="W49" s="73">
         <v>0</v>
       </c>
       <c r="X49" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Y49" s="73">
         <v>0</v>
       </c>
       <c r="Z49" s="73">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="AA49" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AB49" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AC49" s="73">
         <v>0</v>
       </c>
       <c r="AD49" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AE49" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AF49" s="73">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="AG49" s="73">
         <v>0</v>
       </c>
       <c r="AH49" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AI49" s="73">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="AJ49" s="73">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="AK49" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AL49" s="73">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="AM49" s="73">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="AN49" s="73">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="AO49" s="73">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="AP49" s="73">
         <v>0</v>
       </c>
       <c r="AQ49" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AR49" s="73">
         <v>0</v>
       </c>
       <c r="AS49" s="73">
         <v>0</v>
       </c>
       <c r="AT49" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AU49" s="73">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="AV49" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AW49" s="73">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AX49" s="73">
         <v>1</v>
       </c>
       <c r="AY49" s="73">
         <v>1</v>
       </c>
       <c r="AZ49" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BA49" s="73">
         <v>0</v>
       </c>
       <c r="BB49" s="73">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="BC49" s="73">
         <v>0</v>
       </c>
       <c r="BD49" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BE49" s="73">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="BF49" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="BG49" s="73">
         <v>0</v>
       </c>
       <c r="BH49" s="73">
         <v>0</v>
       </c>
       <c r="BI49" s="73">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="BJ49" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BK49" s="73">
         <v>0</v>
       </c>
       <c r="BL49" s="73">
         <v>0</v>
       </c>
       <c r="BM49" s="73">
         <v>0</v>
       </c>
       <c r="BN49" s="73">
         <v>0</v>
       </c>
       <c r="BO49" s="73">
         <v>0</v>
       </c>
       <c r="BP49" s="73">
         <v>0</v>
       </c>
       <c r="BQ49" s="73">
         <v>0</v>
       </c>
       <c r="BR49" s="73">
         <v>0</v>
       </c>
       <c r="BS49" s="73">
         <v>0</v>
       </c>
       <c r="BT49" s="73">
         <v>0</v>
       </c>
       <c r="BU49" s="73">
         <v>0</v>
       </c>
       <c r="BV49" s="73">
         <v>0</v>
       </c>
       <c r="BW49" s="73">
         <v>0</v>
       </c>
       <c r="BX49" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BY49" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BZ49" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B50" s="72" t="s">
-        <v>92</v>
+        <v>267</v>
       </c>
       <c r="C50" s="73">
-        <v>105</v>
+        <v>129</v>
       </c>
       <c r="D50" s="73">
-        <v>105</v>
+        <v>122</v>
       </c>
       <c r="E50" s="73">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F50" s="73">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G50" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H50" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I50" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J50" s="73">
         <v>0</v>
       </c>
       <c r="K50" s="73">
         <v>0</v>
       </c>
       <c r="L50" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M50" s="73">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N50" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O50" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P50" s="73">
         <v>0</v>
       </c>
       <c r="Q50" s="73">
         <v>1</v>
       </c>
       <c r="R50" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="S50" s="73">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="T50" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="U50" s="73">
         <v>0</v>
       </c>
       <c r="V50" s="73">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="W50" s="73">
         <v>0</v>
       </c>
       <c r="X50" s="73">
         <v>0</v>
       </c>
       <c r="Y50" s="73">
         <v>0</v>
       </c>
       <c r="Z50" s="73">
         <v>0</v>
       </c>
       <c r="AA50" s="73">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="AB50" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AC50" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AD50" s="73">
         <v>0</v>
       </c>
       <c r="AE50" s="73">
         <v>0</v>
       </c>
       <c r="AF50" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AG50" s="73">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="AH50" s="73">
         <v>9</v>
       </c>
       <c r="AI50" s="73">
         <v>2</v>
       </c>
       <c r="AJ50" s="73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AK50" s="73">
         <v>0</v>
       </c>
       <c r="AL50" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AM50" s="73">
         <v>0</v>
       </c>
       <c r="AN50" s="73">
         <v>0</v>
       </c>
       <c r="AO50" s="73">
         <v>0</v>
       </c>
       <c r="AP50" s="73">
         <v>0</v>
       </c>
       <c r="AQ50" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AR50" s="73">
         <v>0</v>
       </c>
       <c r="AS50" s="73">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="AT50" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AU50" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AV50" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AW50" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AX50" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AY50" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AZ50" s="73">
         <v>0</v>
       </c>
       <c r="BA50" s="73">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="BB50" s="73">
         <v>0</v>
       </c>
       <c r="BC50" s="73">
         <v>0</v>
       </c>
       <c r="BD50" s="73">
         <v>0</v>
       </c>
       <c r="BE50" s="73">
         <v>0</v>
       </c>
       <c r="BF50" s="73">
         <v>0</v>
       </c>
       <c r="BG50" s="73">
         <v>0</v>
       </c>
       <c r="BH50" s="73">
         <v>0</v>
       </c>
       <c r="BI50" s="73">
         <v>0</v>
       </c>
       <c r="BJ50" s="73">
         <v>0</v>
       </c>
       <c r="BK50" s="73">
         <v>0</v>
       </c>
       <c r="BL50" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM50" s="73">
         <v>0</v>
       </c>
       <c r="BN50" s="73">
         <v>0</v>
       </c>
       <c r="BO50" s="73">
         <v>0</v>
       </c>
       <c r="BP50" s="73">
         <v>0</v>
       </c>
       <c r="BQ50" s="73">
         <v>0</v>
       </c>
       <c r="BR50" s="73">
         <v>0</v>
       </c>
       <c r="BS50" s="73">
         <v>0</v>
       </c>
       <c r="BT50" s="73">
         <v>0</v>
       </c>
       <c r="BU50" s="73">
         <v>0</v>
       </c>
       <c r="BV50" s="73">
         <v>0</v>
       </c>
       <c r="BW50" s="73">
         <v>0</v>
       </c>
       <c r="BX50" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BY50" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BZ50" s="74">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="51" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B51" s="72" t="s">
         <v>269</v>
       </c>
       <c r="C51" s="73">
-        <v>113</v>
+        <v>76</v>
       </c>
       <c r="D51" s="73">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="E51" s="73">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F51" s="73">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G51" s="73">
+        <v>1</v>
+      </c>
+      <c r="H51" s="73">
+        <v>5</v>
+      </c>
+      <c r="I51" s="73">
+        <v>2</v>
+      </c>
+      <c r="J51" s="73">
+        <v>11</v>
+      </c>
+      <c r="K51" s="73">
+        <v>1</v>
+      </c>
+      <c r="L51" s="73">
+        <v>2</v>
+      </c>
+      <c r="M51" s="73">
+        <v>1</v>
+      </c>
+      <c r="N51" s="73">
+        <v>4</v>
+      </c>
+      <c r="O51" s="73">
+        <v>1</v>
+      </c>
+      <c r="P51" s="73">
+        <v>7</v>
+      </c>
+      <c r="Q51" s="73">
+        <v>0</v>
+      </c>
+      <c r="R51" s="73">
+        <v>0</v>
+      </c>
+      <c r="S51" s="73">
+        <v>5</v>
+      </c>
+      <c r="T51" s="73">
+        <v>0</v>
+      </c>
+      <c r="U51" s="73">
+        <v>0</v>
+      </c>
+      <c r="V51" s="73">
+        <v>0</v>
+      </c>
+      <c r="W51" s="73">
+        <v>0</v>
+      </c>
+      <c r="X51" s="73">
         <v>3</v>
       </c>
-      <c r="H51" s="73">
-[...2 lines deleted...]
-      <c r="I51" s="73">
+      <c r="Y51" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA51" s="73">
+        <v>1</v>
+      </c>
+      <c r="AB51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC51" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD51" s="73">
         <v>3</v>
       </c>
-      <c r="J51" s="73">
-[...61 lines deleted...]
-      </c>
       <c r="AE51" s="73">
         <v>0</v>
       </c>
       <c r="AF51" s="73">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="AG51" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AH51" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AI51" s="73">
         <v>0</v>
       </c>
       <c r="AJ51" s="73">
         <v>3</v>
       </c>
       <c r="AK51" s="73">
         <v>0</v>
       </c>
       <c r="AL51" s="73">
         <v>0</v>
       </c>
       <c r="AM51" s="73">
         <v>1</v>
       </c>
       <c r="AN51" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AO51" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AP51" s="73">
         <v>0</v>
       </c>
       <c r="AQ51" s="73">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AR51" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AS51" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AT51" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AU51" s="73">
         <v>0</v>
       </c>
       <c r="AV51" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AW51" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AX51" s="73">
         <v>1</v>
       </c>
       <c r="AY51" s="73">
         <v>0</v>
       </c>
       <c r="AZ51" s="73">
         <v>0</v>
       </c>
       <c r="BA51" s="73">
         <v>0</v>
       </c>
       <c r="BB51" s="73">
         <v>0</v>
       </c>
       <c r="BC51" s="73">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="BD51" s="73">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="BE51" s="73">
         <v>0</v>
       </c>
       <c r="BF51" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BG51" s="73">
         <v>0</v>
       </c>
       <c r="BH51" s="73">
         <v>0</v>
       </c>
       <c r="BI51" s="73">
         <v>0</v>
       </c>
       <c r="BJ51" s="73">
         <v>0</v>
       </c>
       <c r="BK51" s="73">
         <v>0</v>
       </c>
       <c r="BL51" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BM51" s="73">
         <v>0</v>
       </c>
       <c r="BN51" s="73">
         <v>0</v>
       </c>
       <c r="BO51" s="73">
         <v>0</v>
       </c>
       <c r="BP51" s="73">
         <v>0</v>
       </c>
       <c r="BQ51" s="73">
         <v>0</v>
       </c>
       <c r="BR51" s="73">
         <v>0</v>
       </c>
       <c r="BS51" s="73">
         <v>0</v>
       </c>
       <c r="BT51" s="73">
         <v>0</v>
       </c>
       <c r="BU51" s="73">
         <v>0</v>
       </c>
       <c r="BV51" s="73">
         <v>0</v>
       </c>
       <c r="BW51" s="73">
         <v>0</v>
       </c>
       <c r="BX51" s="73">
         <v>0</v>
       </c>
       <c r="BY51" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BZ51" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B52" s="72" t="s">
-        <v>271</v>
+        <v>121</v>
       </c>
       <c r="C52" s="73">
-        <v>174</v>
+        <v>134</v>
       </c>
       <c r="D52" s="73">
-        <v>149</v>
+        <v>114</v>
       </c>
       <c r="E52" s="73">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F52" s="73">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="G52" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H52" s="73">
         <v>1</v>
       </c>
       <c r="I52" s="73">
         <v>0</v>
       </c>
       <c r="J52" s="73">
         <v>1</v>
       </c>
       <c r="K52" s="73">
+        <v>0</v>
+      </c>
+      <c r="L52" s="73">
+        <v>5</v>
+      </c>
+      <c r="M52" s="73">
+        <v>4</v>
+      </c>
+      <c r="N52" s="73">
+        <v>0</v>
+      </c>
+      <c r="O52" s="73">
+        <v>1</v>
+      </c>
+      <c r="P52" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="73">
+        <v>32</v>
+      </c>
+      <c r="R52" s="73">
+        <v>0</v>
+      </c>
+      <c r="S52" s="73">
+        <v>2</v>
+      </c>
+      <c r="T52" s="73">
+        <v>1</v>
+      </c>
+      <c r="U52" s="73">
+        <v>0</v>
+      </c>
+      <c r="V52" s="73">
+        <v>5</v>
+      </c>
+      <c r="W52" s="73">
+        <v>1</v>
+      </c>
+      <c r="X52" s="73">
+        <v>2</v>
+      </c>
+      <c r="Y52" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z52" s="73">
+        <v>9</v>
+      </c>
+      <c r="AA52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB52" s="73">
         <v>3</v>
       </c>
-      <c r="L52" s="73">
-[...49 lines deleted...]
-      </c>
       <c r="AC52" s="73">
         <v>0</v>
       </c>
       <c r="AD52" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AE52" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF52" s="73">
         <v>4</v>
       </c>
-      <c r="AF52" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="AG52" s="73">
         <v>0</v>
       </c>
       <c r="AH52" s="73">
         <v>1</v>
       </c>
       <c r="AI52" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AJ52" s="73">
         <v>1</v>
       </c>
       <c r="AK52" s="73">
         <v>2</v>
       </c>
       <c r="AL52" s="73">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AM52" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AN52" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AO52" s="73">
         <v>0</v>
       </c>
       <c r="AP52" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AQ52" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AR52" s="73">
         <v>0</v>
       </c>
       <c r="AS52" s="73">
         <v>1</v>
       </c>
       <c r="AT52" s="73">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="AU52" s="73">
         <v>0</v>
       </c>
       <c r="AV52" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AW52" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AX52" s="73">
         <v>0</v>
       </c>
       <c r="AY52" s="73">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="AZ52" s="73">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="BA52" s="73">
         <v>0</v>
       </c>
       <c r="BB52" s="73">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="BC52" s="73">
         <v>0</v>
       </c>
       <c r="BD52" s="73">
         <v>0</v>
       </c>
       <c r="BE52" s="73">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="BF52" s="73">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="BG52" s="73">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="BH52" s="73">
         <v>0</v>
       </c>
       <c r="BI52" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BJ52" s="73">
         <v>0</v>
       </c>
       <c r="BK52" s="73">
         <v>3</v>
       </c>
       <c r="BL52" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="BM52" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BN52" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BO52" s="73">
         <v>0</v>
       </c>
       <c r="BP52" s="73">
         <v>0</v>
       </c>
       <c r="BQ52" s="73">
         <v>0</v>
       </c>
       <c r="BR52" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BS52" s="73">
         <v>0</v>
       </c>
       <c r="BT52" s="73">
         <v>0</v>
       </c>
       <c r="BU52" s="73">
         <v>0</v>
       </c>
       <c r="BV52" s="73">
         <v>0</v>
       </c>
       <c r="BW52" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BX52" s="73">
         <v>0</v>
       </c>
       <c r="BY52" s="73">
         <v>0</v>
       </c>
       <c r="BZ52" s="74">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B53" s="72" t="s">
-        <v>122</v>
+        <v>271</v>
       </c>
       <c r="C53" s="73">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D53" s="73">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E53" s="73">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F53" s="73">
+        <v>6</v>
+      </c>
+      <c r="G53" s="73">
+        <v>0</v>
+      </c>
+      <c r="H53" s="73">
+        <v>1</v>
+      </c>
+      <c r="I53" s="73">
+        <v>0</v>
+      </c>
+      <c r="J53" s="73">
+        <v>0</v>
+      </c>
+      <c r="K53" s="73">
+        <v>3</v>
+      </c>
+      <c r="L53" s="73">
+        <v>0</v>
+      </c>
+      <c r="M53" s="73">
+        <v>0</v>
+      </c>
+      <c r="N53" s="73">
+        <v>0</v>
+      </c>
+      <c r="O53" s="73">
+        <v>2</v>
+      </c>
+      <c r="P53" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="73">
+        <v>0</v>
+      </c>
+      <c r="R53" s="73">
+        <v>0</v>
+      </c>
+      <c r="S53" s="73">
+        <v>3</v>
+      </c>
+      <c r="T53" s="73">
+        <v>0</v>
+      </c>
+      <c r="U53" s="73">
+        <v>0</v>
+      </c>
+      <c r="V53" s="73">
+        <v>5</v>
+      </c>
+      <c r="W53" s="73">
+        <v>0</v>
+      </c>
+      <c r="X53" s="73">
+        <v>4</v>
+      </c>
+      <c r="Y53" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA53" s="73">
+        <v>8</v>
+      </c>
+      <c r="AB53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC53" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD53" s="73">
+        <v>4</v>
+      </c>
+      <c r="AE53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH53" s="73">
+        <v>2</v>
+      </c>
+      <c r="AI53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ53" s="73">
+        <v>4</v>
+      </c>
+      <c r="AK53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN53" s="73">
+        <v>1</v>
+      </c>
+      <c r="AO53" s="73">
+        <v>1</v>
+      </c>
+      <c r="AP53" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ53" s="73">
         <v>12</v>
       </c>
-      <c r="G53" s="73">
-[...109 lines deleted...]
-      </c>
       <c r="AR53" s="73">
         <v>0</v>
       </c>
       <c r="AS53" s="73">
         <v>0</v>
       </c>
       <c r="AT53" s="73">
         <v>0</v>
       </c>
       <c r="AU53" s="73">
         <v>0</v>
       </c>
       <c r="AV53" s="73">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="AW53" s="73">
         <v>0</v>
       </c>
       <c r="AX53" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AY53" s="73">
         <v>0</v>
       </c>
       <c r="AZ53" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BA53" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BB53" s="73">
         <v>0</v>
       </c>
       <c r="BC53" s="73">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="BD53" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BE53" s="73">
         <v>0</v>
       </c>
       <c r="BF53" s="73">
         <v>0</v>
       </c>
       <c r="BG53" s="73">
         <v>0</v>
       </c>
       <c r="BH53" s="73">
         <v>0</v>
       </c>
       <c r="BI53" s="73">
         <v>0</v>
       </c>
       <c r="BJ53" s="73">
         <v>0</v>
       </c>
       <c r="BK53" s="73">
         <v>0</v>
       </c>
       <c r="BL53" s="73">
         <v>0</v>
       </c>
@@ -23095,1371 +23073,1371 @@
       <c r="BP53" s="73">
         <v>0</v>
       </c>
       <c r="BQ53" s="73">
         <v>0</v>
       </c>
       <c r="BR53" s="73">
         <v>0</v>
       </c>
       <c r="BS53" s="73">
         <v>0</v>
       </c>
       <c r="BT53" s="73">
         <v>0</v>
       </c>
       <c r="BU53" s="73">
         <v>0</v>
       </c>
       <c r="BV53" s="73">
         <v>0</v>
       </c>
       <c r="BW53" s="73">
         <v>0</v>
       </c>
       <c r="BX53" s="73">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="BY53" s="73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="BZ53" s="74">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B54" s="72" t="s">
         <v>273</v>
       </c>
       <c r="C54" s="73">
-        <v>139</v>
+        <v>102</v>
       </c>
       <c r="D54" s="73">
-        <v>129</v>
+        <v>83</v>
       </c>
       <c r="E54" s="73">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="F54" s="73">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G54" s="73">
+        <v>0</v>
+      </c>
+      <c r="H54" s="73">
+        <v>0</v>
+      </c>
+      <c r="I54" s="73">
+        <v>0</v>
+      </c>
+      <c r="J54" s="73">
+        <v>1</v>
+      </c>
+      <c r="K54" s="73">
+        <v>1</v>
+      </c>
+      <c r="L54" s="73">
+        <v>0</v>
+      </c>
+      <c r="M54" s="73">
+        <v>0</v>
+      </c>
+      <c r="N54" s="73">
+        <v>0</v>
+      </c>
+      <c r="O54" s="73">
+        <v>0</v>
+      </c>
+      <c r="P54" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="73">
+        <v>20</v>
+      </c>
+      <c r="R54" s="73">
+        <v>0</v>
+      </c>
+      <c r="S54" s="73">
+        <v>0</v>
+      </c>
+      <c r="T54" s="73">
+        <v>1</v>
+      </c>
+      <c r="U54" s="73">
+        <v>0</v>
+      </c>
+      <c r="V54" s="73">
+        <v>3</v>
+      </c>
+      <c r="W54" s="73">
+        <v>1</v>
+      </c>
+      <c r="X54" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y54" s="73">
+        <v>1</v>
+      </c>
+      <c r="Z54" s="73">
         <v>4</v>
       </c>
-      <c r="H54" s="73">
-[...32 lines deleted...]
-      <c r="S54" s="73">
+      <c r="AA54" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB54" s="73">
         <v>4</v>
       </c>
-      <c r="T54" s="73">
-[...25 lines deleted...]
-      </c>
       <c r="AC54" s="73">
         <v>0</v>
       </c>
       <c r="AD54" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AE54" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AF54" s="73">
         <v>1</v>
       </c>
       <c r="AG54" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AH54" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AI54" s="73">
         <v>0</v>
       </c>
       <c r="AJ54" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AK54" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AL54" s="73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AM54" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AN54" s="73">
         <v>1</v>
       </c>
       <c r="AO54" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AP54" s="73">
         <v>0</v>
       </c>
       <c r="AQ54" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AR54" s="73">
         <v>1</v>
       </c>
       <c r="AS54" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AT54" s="73">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AU54" s="73">
         <v>0</v>
       </c>
       <c r="AV54" s="73">
         <v>0</v>
       </c>
       <c r="AW54" s="73">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="AX54" s="73">
         <v>1</v>
       </c>
       <c r="AY54" s="76" t="s">
         <v>50</v>
       </c>
       <c r="AZ54" s="73">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="BA54" s="73">
         <v>0</v>
       </c>
       <c r="BB54" s="73">
+        <v>9</v>
+      </c>
+      <c r="BC54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF54" s="73">
+        <v>3</v>
+      </c>
+      <c r="BG54" s="73">
+        <v>1</v>
+      </c>
+      <c r="BH54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BI54" s="73">
+        <v>3</v>
+      </c>
+      <c r="BJ54" s="73">
+        <v>1</v>
+      </c>
+      <c r="BK54" s="73">
+        <v>1</v>
+      </c>
+      <c r="BL54" s="73">
+        <v>1</v>
+      </c>
+      <c r="BM54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BN54" s="73">
+        <v>2</v>
+      </c>
+      <c r="BO54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BP54" s="73">
+        <v>1</v>
+      </c>
+      <c r="BQ54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BR54" s="73">
+        <v>1</v>
+      </c>
+      <c r="BS54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BT54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BU54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BV54" s="73">
+        <v>0</v>
+      </c>
+      <c r="BW54" s="73">
         <v>4</v>
       </c>
-      <c r="BC54" s="73">
-[...61 lines deleted...]
-      </c>
       <c r="BX54" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BY54" s="73">
         <v>0</v>
       </c>
       <c r="BZ54" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B55" s="72" t="s">
         <v>275</v>
       </c>
       <c r="C55" s="73">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="D55" s="73">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="E55" s="73">
         <v>4</v>
       </c>
       <c r="F55" s="73">
+        <v>0</v>
+      </c>
+      <c r="G55" s="73">
+        <v>0</v>
+      </c>
+      <c r="H55" s="73">
+        <v>0</v>
+      </c>
+      <c r="I55" s="73">
+        <v>0</v>
+      </c>
+      <c r="J55" s="73">
+        <v>0</v>
+      </c>
+      <c r="K55" s="73">
+        <v>0</v>
+      </c>
+      <c r="L55" s="73">
+        <v>0</v>
+      </c>
+      <c r="M55" s="73">
+        <v>0</v>
+      </c>
+      <c r="N55" s="73">
+        <v>0</v>
+      </c>
+      <c r="O55" s="73">
+        <v>0</v>
+      </c>
+      <c r="P55" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="73">
+        <v>7</v>
+      </c>
+      <c r="R55" s="73">
+        <v>1</v>
+      </c>
+      <c r="S55" s="73">
+        <v>2</v>
+      </c>
+      <c r="T55" s="73">
+        <v>0</v>
+      </c>
+      <c r="U55" s="73">
+        <v>1</v>
+      </c>
+      <c r="V55" s="73">
         <v>3</v>
       </c>
-      <c r="G55" s="73">
-[...46 lines deleted...]
-      </c>
       <c r="W55" s="73">
+        <v>7</v>
+      </c>
+      <c r="X55" s="73">
+        <v>1</v>
+      </c>
+      <c r="Y55" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z55" s="73">
+        <v>2</v>
+      </c>
+      <c r="AA55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB55" s="73">
+        <v>5</v>
+      </c>
+      <c r="AC55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD55" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE55" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF55" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ55" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK55" s="73">
+        <v>5</v>
+      </c>
+      <c r="AL55" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT55" s="73">
+        <v>1</v>
+      </c>
+      <c r="AU55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV55" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW55" s="73">
         <v>8</v>
-      </c>
-[...76 lines deleted...]
-        <v>3</v>
       </c>
       <c r="AX55" s="73">
         <v>0</v>
       </c>
       <c r="AY55" s="73">
         <v>6</v>
       </c>
       <c r="AZ55" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BA55" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BB55" s="73">
         <v>0</v>
       </c>
       <c r="BC55" s="73">
         <v>0</v>
       </c>
       <c r="BD55" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BE55" s="73">
         <v>0</v>
       </c>
       <c r="BF55" s="73">
         <v>2</v>
       </c>
       <c r="BG55" s="73">
         <v>0</v>
       </c>
       <c r="BH55" s="73">
         <v>0</v>
       </c>
       <c r="BI55" s="73">
         <v>0</v>
       </c>
       <c r="BJ55" s="73">
         <v>0</v>
       </c>
       <c r="BK55" s="73">
         <v>0</v>
       </c>
       <c r="BL55" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM55" s="73">
         <v>0</v>
       </c>
       <c r="BN55" s="73">
         <v>0</v>
       </c>
       <c r="BO55" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BP55" s="73">
         <v>0</v>
       </c>
       <c r="BQ55" s="73">
         <v>0</v>
       </c>
       <c r="BR55" s="73">
         <v>0</v>
       </c>
       <c r="BS55" s="73">
         <v>0</v>
       </c>
       <c r="BT55" s="73">
         <v>0</v>
       </c>
       <c r="BU55" s="73">
         <v>0</v>
       </c>
       <c r="BV55" s="73">
         <v>0</v>
       </c>
       <c r="BW55" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BX55" s="73">
         <v>0</v>
       </c>
       <c r="BY55" s="73">
         <v>0</v>
       </c>
       <c r="BZ55" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B56" s="72" t="s">
-        <v>277</v>
+        <v>110</v>
       </c>
       <c r="C56" s="73">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D56" s="73">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="E56" s="73">
+        <v>9</v>
+      </c>
+      <c r="F56" s="73">
+        <v>13</v>
+      </c>
+      <c r="G56" s="73">
+        <v>0</v>
+      </c>
+      <c r="H56" s="73">
         <v>6</v>
       </c>
-      <c r="F56" s="73">
+      <c r="I56" s="73">
+        <v>0</v>
+      </c>
+      <c r="J56" s="73">
+        <v>2</v>
+      </c>
+      <c r="K56" s="73">
+        <v>0</v>
+      </c>
+      <c r="L56" s="73">
+        <v>0</v>
+      </c>
+      <c r="M56" s="73">
+        <v>1</v>
+      </c>
+      <c r="N56" s="73">
+        <v>2</v>
+      </c>
+      <c r="O56" s="73">
+        <v>2</v>
+      </c>
+      <c r="P56" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="73">
+        <v>3</v>
+      </c>
+      <c r="R56" s="73">
+        <v>0</v>
+      </c>
+      <c r="S56" s="73">
         <v>7</v>
       </c>
-      <c r="G56" s="73">
-[...37 lines deleted...]
-      </c>
       <c r="T56" s="73">
         <v>1</v>
       </c>
       <c r="U56" s="73">
         <v>0</v>
       </c>
       <c r="V56" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W56" s="73">
         <v>0</v>
       </c>
       <c r="X56" s="73">
         <v>1</v>
       </c>
       <c r="Y56" s="73">
         <v>0</v>
       </c>
       <c r="Z56" s="73">
         <v>0</v>
       </c>
       <c r="AA56" s="73">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AB56" s="73">
         <v>0</v>
       </c>
       <c r="AC56" s="73">
         <v>0</v>
       </c>
       <c r="AD56" s="73">
         <v>0</v>
       </c>
       <c r="AE56" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AF56" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AG56" s="73">
         <v>6</v>
       </c>
       <c r="AH56" s="73">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="AI56" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AJ56" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AK56" s="73">
         <v>0</v>
       </c>
       <c r="AL56" s="73">
+        <v>2</v>
+      </c>
+      <c r="AM56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ56" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR56" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS56" s="73">
+        <v>2</v>
+      </c>
+      <c r="AT56" s="73">
         <v>3</v>
       </c>
-      <c r="AM56" s="73">
-[...22 lines deleted...]
-      </c>
       <c r="AU56" s="73">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="AV56" s="73">
         <v>0</v>
       </c>
       <c r="AW56" s="73">
         <v>0</v>
       </c>
       <c r="AX56" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AY56" s="73">
         <v>0</v>
       </c>
       <c r="AZ56" s="73">
         <v>0</v>
       </c>
       <c r="BA56" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BB56" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BC56" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BD56" s="73">
         <v>0</v>
       </c>
       <c r="BE56" s="73">
         <v>0</v>
       </c>
       <c r="BF56" s="73">
         <v>0</v>
       </c>
       <c r="BG56" s="73">
         <v>0</v>
       </c>
       <c r="BH56" s="73">
         <v>0</v>
       </c>
       <c r="BI56" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BJ56" s="73">
         <v>0</v>
       </c>
       <c r="BK56" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BL56" s="73">
         <v>0</v>
       </c>
       <c r="BM56" s="73">
         <v>0</v>
       </c>
       <c r="BN56" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BO56" s="73">
         <v>0</v>
       </c>
       <c r="BP56" s="73">
         <v>0</v>
       </c>
       <c r="BQ56" s="73">
         <v>0</v>
       </c>
       <c r="BR56" s="73">
         <v>0</v>
       </c>
       <c r="BS56" s="73">
         <v>0</v>
       </c>
       <c r="BT56" s="73">
         <v>0</v>
       </c>
       <c r="BU56" s="73">
         <v>0</v>
       </c>
       <c r="BV56" s="73">
         <v>0</v>
       </c>
       <c r="BW56" s="73">
         <v>0</v>
       </c>
       <c r="BX56" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BY56" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="BZ56" s="74">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="57" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B57" s="75" t="s">
-        <v>124</v>
+        <v>277</v>
       </c>
       <c r="C57" s="73">
-        <v>204</v>
+        <v>181</v>
       </c>
       <c r="D57" s="73">
-        <v>191</v>
+        <v>171</v>
       </c>
       <c r="E57" s="73">
+        <v>10</v>
+      </c>
+      <c r="F57" s="73">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="G57" s="73">
         <v>3</v>
       </c>
       <c r="H57" s="73">
         <v>2</v>
       </c>
       <c r="I57" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J57" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K57" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L57" s="73">
         <v>1</v>
       </c>
       <c r="M57" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N57" s="73">
+        <v>2</v>
+      </c>
+      <c r="O57" s="73">
+        <v>0</v>
+      </c>
+      <c r="P57" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q57" s="73">
+        <v>53</v>
+      </c>
+      <c r="R57" s="73">
+        <v>1</v>
+      </c>
+      <c r="S57" s="73">
+        <v>6</v>
+      </c>
+      <c r="T57" s="73">
+        <v>0</v>
+      </c>
+      <c r="U57" s="73">
+        <v>0</v>
+      </c>
+      <c r="V57" s="73">
         <v>10</v>
       </c>
-      <c r="O57" s="73">
-[...22 lines deleted...]
-      </c>
       <c r="W57" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X57" s="73">
         <v>1</v>
       </c>
       <c r="Y57" s="73">
         <v>0</v>
       </c>
       <c r="Z57" s="73">
         <v>4</v>
       </c>
       <c r="AA57" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AB57" s="73">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AC57" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD57" s="73">
         <v>0</v>
       </c>
       <c r="AE57" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AF57" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AG57" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AH57" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AI57" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AJ57" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AK57" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AL57" s="73">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="AM57" s="73">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="AN57" s="73">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="AO57" s="73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AP57" s="73">
         <v>0</v>
       </c>
       <c r="AQ57" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AR57" s="73">
         <v>0</v>
       </c>
       <c r="AS57" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AT57" s="73">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="AU57" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AV57" s="73">
         <v>0</v>
       </c>
       <c r="AW57" s="73">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AX57" s="73">
         <v>0</v>
       </c>
       <c r="AY57" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AZ57" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BA57" s="73">
         <v>0</v>
       </c>
       <c r="BB57" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BC57" s="73">
         <v>0</v>
       </c>
       <c r="BD57" s="73">
         <v>0</v>
       </c>
       <c r="BE57" s="73">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="BF57" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BG57" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BH57" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BI57" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BJ57" s="73">
         <v>0</v>
       </c>
       <c r="BK57" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BL57" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM57" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BN57" s="73">
         <v>0</v>
       </c>
       <c r="BO57" s="73">
         <v>0</v>
       </c>
       <c r="BP57" s="73">
         <v>0</v>
       </c>
       <c r="BQ57" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BR57" s="73">
         <v>0</v>
       </c>
       <c r="BS57" s="73">
         <v>0</v>
       </c>
       <c r="BT57" s="73">
         <v>0</v>
       </c>
       <c r="BU57" s="73">
         <v>0</v>
       </c>
       <c r="BV57" s="73">
         <v>0</v>
       </c>
       <c r="BW57" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BX57" s="73">
         <v>0</v>
       </c>
       <c r="BY57" s="73">
         <v>0</v>
       </c>
       <c r="BZ57" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B58" s="72" t="s">
-        <v>279</v>
+        <v>94</v>
       </c>
       <c r="C58" s="73">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="D58" s="73">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="E58" s="73">
         <v>6</v>
       </c>
       <c r="F58" s="73">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G58" s="73">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H58" s="73">
+        <v>3</v>
+      </c>
+      <c r="I58" s="73">
+        <v>1</v>
+      </c>
+      <c r="J58" s="73">
         <v>4</v>
       </c>
-      <c r="I58" s="73">
-[...4 lines deleted...]
-      </c>
       <c r="K58" s="73">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="L58" s="73">
         <v>0</v>
       </c>
       <c r="M58" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="N58" s="73">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="O58" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="P58" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="73">
+        <v>0</v>
+      </c>
+      <c r="R58" s="73">
+        <v>0</v>
+      </c>
+      <c r="S58" s="73">
+        <v>2</v>
+      </c>
+      <c r="T58" s="73">
+        <v>0</v>
+      </c>
+      <c r="U58" s="73">
+        <v>0</v>
+      </c>
+      <c r="V58" s="73">
+        <v>2</v>
+      </c>
+      <c r="W58" s="73">
+        <v>0</v>
+      </c>
+      <c r="X58" s="73">
+        <v>6</v>
+      </c>
+      <c r="Y58" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA58" s="73">
+        <v>4</v>
+      </c>
+      <c r="AB58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AD58" s="73">
         <v>3</v>
       </c>
-      <c r="Q58" s="73">
-[...35 lines deleted...]
-      <c r="AC58" s="73">
+      <c r="AE58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AG58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AH58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI58" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ58" s="73">
+        <v>2</v>
+      </c>
+      <c r="AK58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AL58" s="73">
+        <v>1</v>
+      </c>
+      <c r="AM58" s="73">
         <v>3</v>
       </c>
-      <c r="AD58" s="73">
-[...28 lines deleted...]
-      </c>
       <c r="AN58" s="73">
         <v>0</v>
       </c>
       <c r="AO58" s="73">
         <v>0</v>
       </c>
       <c r="AP58" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AQ58" s="73">
         <v>6</v>
       </c>
       <c r="AR58" s="73">
         <v>0</v>
       </c>
       <c r="AS58" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AT58" s="73">
         <v>0</v>
       </c>
       <c r="AU58" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AV58" s="73">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AW58" s="73">
         <v>0</v>
       </c>
       <c r="AX58" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AY58" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AZ58" s="73">
         <v>0</v>
       </c>
       <c r="BA58" s="73">
         <v>0</v>
       </c>
       <c r="BB58" s="73">
         <v>0</v>
       </c>
       <c r="BC58" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BD58" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="BE58" s="73">
         <v>0</v>
       </c>
       <c r="BF58" s="73">
         <v>0</v>
       </c>
       <c r="BG58" s="73">
         <v>0</v>
       </c>
       <c r="BH58" s="73">
         <v>0</v>
       </c>
       <c r="BI58" s="73">
         <v>0</v>
       </c>
       <c r="BJ58" s="73">
         <v>0</v>
       </c>
       <c r="BK58" s="73">
         <v>0</v>
       </c>
       <c r="BL58" s="73">
         <v>0</v>
       </c>
       <c r="BM58" s="73">
         <v>0</v>
       </c>
       <c r="BN58" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BO58" s="73">
         <v>0</v>
       </c>
       <c r="BP58" s="73">
         <v>0</v>
       </c>
       <c r="BQ58" s="73">
         <v>0</v>
       </c>
       <c r="BR58" s="73">
         <v>0</v>
       </c>
       <c r="BS58" s="73">
         <v>0</v>
       </c>
       <c r="BT58" s="73">
         <v>0</v>
       </c>
       <c r="BU58" s="73">
         <v>0</v>
       </c>
       <c r="BV58" s="73">
         <v>0</v>
       </c>
       <c r="BW58" s="73">
         <v>0</v>
       </c>
       <c r="BX58" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="BY58" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BZ58" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B59" s="72" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C59" s="73">
-        <v>90</v>
+        <v>53</v>
       </c>
       <c r="D59" s="73">
-        <v>90</v>
+        <v>52</v>
       </c>
       <c r="E59" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F59" s="73">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="G59" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H59" s="73">
+        <v>2</v>
+      </c>
+      <c r="I59" s="73">
+        <v>0</v>
+      </c>
+      <c r="J59" s="73">
+        <v>2</v>
+      </c>
+      <c r="K59" s="73">
+        <v>0</v>
+      </c>
+      <c r="L59" s="73">
+        <v>1</v>
+      </c>
+      <c r="M59" s="73">
+        <v>0</v>
+      </c>
+      <c r="N59" s="73">
+        <v>0</v>
+      </c>
+      <c r="O59" s="73">
+        <v>0</v>
+      </c>
+      <c r="P59" s="73">
+        <v>1</v>
+      </c>
+      <c r="Q59" s="73">
+        <v>1</v>
+      </c>
+      <c r="R59" s="73">
+        <v>0</v>
+      </c>
+      <c r="S59" s="73">
+        <v>7</v>
+      </c>
+      <c r="T59" s="73">
+        <v>0</v>
+      </c>
+      <c r="U59" s="73">
+        <v>0</v>
+      </c>
+      <c r="V59" s="73">
+        <v>0</v>
+      </c>
+      <c r="W59" s="73">
+        <v>0</v>
+      </c>
+      <c r="X59" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y59" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA59" s="73">
+        <v>2</v>
+      </c>
+      <c r="AB59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD59" s="73">
+        <v>2</v>
+      </c>
+      <c r="AE59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF59" s="73">
+        <v>14</v>
+      </c>
+      <c r="AG59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ59" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ59" s="73">
+        <v>1</v>
+      </c>
+      <c r="AR59" s="73">
+        <v>3</v>
+      </c>
+      <c r="AS59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU59" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV59" s="73">
         <v>12</v>
       </c>
-      <c r="I59" s="73">
-[...118 lines deleted...]
-      </c>
       <c r="AW59" s="73">
         <v>0</v>
       </c>
       <c r="AX59" s="73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AY59" s="73">
         <v>0</v>
       </c>
       <c r="AZ59" s="73">
         <v>0</v>
       </c>
       <c r="BA59" s="73">
         <v>0</v>
       </c>
       <c r="BB59" s="73">
         <v>0</v>
       </c>
       <c r="BC59" s="73">
         <v>0</v>
       </c>
       <c r="BD59" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BE59" s="73">
         <v>0</v>
       </c>
       <c r="BF59" s="73">
         <v>0</v>
       </c>
@@ -24499,206 +24477,206 @@
       <c r="BR59" s="73">
         <v>0</v>
       </c>
       <c r="BS59" s="73">
         <v>0</v>
       </c>
       <c r="BT59" s="73">
         <v>0</v>
       </c>
       <c r="BU59" s="73">
         <v>0</v>
       </c>
       <c r="BV59" s="73">
         <v>0</v>
       </c>
       <c r="BW59" s="73">
         <v>0</v>
       </c>
       <c r="BX59" s="73">
         <v>0</v>
       </c>
       <c r="BY59" s="73">
         <v>0</v>
       </c>
       <c r="BZ59" s="74">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B60" s="72" t="s">
-        <v>158</v>
+        <v>285</v>
       </c>
       <c r="C60" s="73">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="D60" s="73">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="E60" s="73">
         <v>0</v>
       </c>
       <c r="F60" s="73">
+        <v>5</v>
+      </c>
+      <c r="G60" s="73">
         <v>3</v>
       </c>
-      <c r="G60" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="H60" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I60" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J60" s="73">
         <v>0</v>
       </c>
       <c r="K60" s="73">
         <v>0</v>
       </c>
       <c r="L60" s="73">
         <v>0</v>
       </c>
       <c r="M60" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N60" s="73">
         <v>0</v>
       </c>
       <c r="O60" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P60" s="73">
         <v>0</v>
       </c>
       <c r="Q60" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="R60" s="73">
         <v>0</v>
       </c>
       <c r="S60" s="73">
         <v>1</v>
       </c>
       <c r="T60" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="U60" s="73">
         <v>0</v>
       </c>
       <c r="V60" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W60" s="73">
         <v>0</v>
       </c>
       <c r="X60" s="73">
         <v>0</v>
       </c>
       <c r="Y60" s="73">
         <v>0</v>
       </c>
       <c r="Z60" s="73">
         <v>0</v>
       </c>
       <c r="AA60" s="73">
         <v>0</v>
       </c>
       <c r="AB60" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AC60" s="73">
         <v>0</v>
       </c>
       <c r="AD60" s="73">
         <v>0</v>
       </c>
       <c r="AE60" s="73">
         <v>0</v>
       </c>
       <c r="AF60" s="73">
         <v>0</v>
       </c>
       <c r="AG60" s="73">
         <v>0</v>
       </c>
       <c r="AH60" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AI60" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AJ60" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AK60" s="73">
         <v>0</v>
       </c>
       <c r="AL60" s="73">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="AM60" s="73">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="AN60" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="AO60" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AP60" s="73">
         <v>0</v>
       </c>
       <c r="AQ60" s="73">
         <v>0</v>
       </c>
       <c r="AR60" s="73">
         <v>0</v>
       </c>
       <c r="AS60" s="73">
         <v>0</v>
       </c>
       <c r="AT60" s="73">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="AU60" s="73">
         <v>0</v>
       </c>
       <c r="AV60" s="73">
         <v>0</v>
       </c>
       <c r="AW60" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AX60" s="73">
         <v>0</v>
       </c>
       <c r="AY60" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AZ60" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BA60" s="73">
         <v>0</v>
       </c>
       <c r="BB60" s="73">
         <v>2</v>
       </c>
       <c r="BC60" s="73">
         <v>0</v>
       </c>
       <c r="BD60" s="73">
         <v>0</v>
       </c>
       <c r="BE60" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BF60" s="73">
         <v>0</v>
       </c>
       <c r="BG60" s="73">
         <v>0</v>
       </c>
       <c r="BH60" s="73">
         <v>0</v>
       </c>
@@ -24740,1763 +24718,1763 @@
       </c>
       <c r="BU60" s="73">
         <v>0</v>
       </c>
       <c r="BV60" s="73">
         <v>0</v>
       </c>
       <c r="BW60" s="73">
         <v>0</v>
       </c>
       <c r="BX60" s="73">
         <v>0</v>
       </c>
       <c r="BY60" s="73">
         <v>0</v>
       </c>
       <c r="BZ60" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B61" s="72" t="s">
         <v>287</v>
       </c>
       <c r="C61" s="73">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D61" s="73">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E61" s="73">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F61" s="73">
         <v>2</v>
       </c>
       <c r="G61" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H61" s="73">
         <v>0</v>
       </c>
       <c r="I61" s="73">
         <v>0</v>
       </c>
       <c r="J61" s="73">
         <v>0</v>
       </c>
       <c r="K61" s="73">
         <v>0</v>
       </c>
       <c r="L61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="M61" s="73">
         <v>0</v>
       </c>
       <c r="N61" s="73">
         <v>0</v>
       </c>
       <c r="O61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P61" s="73">
         <v>0</v>
       </c>
       <c r="Q61" s="73">
+        <v>4</v>
+      </c>
+      <c r="R61" s="73">
         <v>3</v>
       </c>
-      <c r="R61" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="S61" s="73">
         <v>0</v>
       </c>
       <c r="T61" s="73">
         <v>0</v>
       </c>
       <c r="U61" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="V61" s="73">
         <v>0</v>
       </c>
       <c r="W61" s="73">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="X61" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Y61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Z61" s="73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA61" s="73">
         <v>0</v>
       </c>
       <c r="AB61" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AC61" s="73">
         <v>0</v>
       </c>
       <c r="AD61" s="73">
         <v>0</v>
       </c>
       <c r="AE61" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AF61" s="73">
         <v>0</v>
       </c>
       <c r="AG61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AH61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AI61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AJ61" s="73">
         <v>0</v>
       </c>
       <c r="AK61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AL61" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AM61" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AN61" s="73">
         <v>0</v>
       </c>
       <c r="AO61" s="73">
         <v>0</v>
       </c>
       <c r="AP61" s="73">
         <v>0</v>
       </c>
       <c r="AQ61" s="73">
         <v>0</v>
       </c>
       <c r="AR61" s="73">
         <v>0</v>
       </c>
       <c r="AS61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AT61" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AU61" s="73">
         <v>0</v>
       </c>
       <c r="AV61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AW61" s="73">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="AX61" s="73">
         <v>0</v>
       </c>
       <c r="AY61" s="73">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="AZ61" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BA61" s="73">
         <v>0</v>
       </c>
       <c r="BB61" s="73">
         <v>0</v>
       </c>
       <c r="BC61" s="73">
         <v>0</v>
       </c>
       <c r="BD61" s="73">
         <v>0</v>
       </c>
       <c r="BE61" s="73">
         <v>0</v>
       </c>
       <c r="BF61" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BG61" s="73">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="BH61" s="73">
         <v>0</v>
       </c>
       <c r="BI61" s="73">
         <v>0</v>
       </c>
       <c r="BJ61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BK61" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BL61" s="73">
         <v>0</v>
       </c>
       <c r="BM61" s="73">
         <v>0</v>
       </c>
       <c r="BN61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BO61" s="73">
         <v>0</v>
       </c>
       <c r="BP61" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BQ61" s="73">
         <v>0</v>
       </c>
       <c r="BR61" s="73">
         <v>0</v>
       </c>
       <c r="BS61" s="73">
         <v>0</v>
       </c>
       <c r="BT61" s="73">
         <v>0</v>
       </c>
       <c r="BU61" s="73">
         <v>0</v>
       </c>
       <c r="BV61" s="73">
         <v>0</v>
       </c>
       <c r="BW61" s="73">
         <v>0</v>
       </c>
       <c r="BX61" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BY61" s="73">
         <v>0</v>
       </c>
       <c r="BZ61" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B62" s="72" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C62" s="73">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D62" s="73">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E62" s="73">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F62" s="73">
         <v>0</v>
       </c>
       <c r="G62" s="73">
         <v>0</v>
       </c>
       <c r="H62" s="73">
         <v>0</v>
       </c>
       <c r="I62" s="73">
         <v>0</v>
       </c>
       <c r="J62" s="73">
         <v>0</v>
       </c>
       <c r="K62" s="73">
         <v>0</v>
       </c>
       <c r="L62" s="73">
         <v>0</v>
       </c>
       <c r="M62" s="73">
         <v>0</v>
       </c>
       <c r="N62" s="73">
         <v>0</v>
       </c>
       <c r="O62" s="73">
         <v>0</v>
       </c>
       <c r="P62" s="73">
         <v>0</v>
       </c>
       <c r="Q62" s="73">
         <v>1</v>
       </c>
       <c r="R62" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="S62" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T62" s="73">
         <v>0</v>
       </c>
       <c r="U62" s="73">
         <v>0</v>
       </c>
       <c r="V62" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W62" s="73">
         <v>0</v>
       </c>
       <c r="X62" s="73">
         <v>0</v>
       </c>
       <c r="Y62" s="73">
         <v>0</v>
       </c>
       <c r="Z62" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AA62" s="73">
         <v>0</v>
       </c>
       <c r="AB62" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AC62" s="73">
         <v>0</v>
       </c>
       <c r="AD62" s="73">
         <v>0</v>
       </c>
       <c r="AE62" s="73">
         <v>0</v>
       </c>
       <c r="AF62" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AG62" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AH62" s="73">
         <v>0</v>
       </c>
       <c r="AI62" s="73">
         <v>0</v>
       </c>
       <c r="AJ62" s="73">
         <v>0</v>
       </c>
       <c r="AK62" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AL62" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AM62" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AN62" s="73">
         <v>0</v>
       </c>
       <c r="AO62" s="73">
         <v>0</v>
       </c>
       <c r="AP62" s="73">
         <v>0</v>
       </c>
       <c r="AQ62" s="73">
         <v>0</v>
       </c>
       <c r="AR62" s="73">
         <v>0</v>
       </c>
       <c r="AS62" s="73">
         <v>0</v>
       </c>
       <c r="AT62" s="73">
         <v>0</v>
       </c>
       <c r="AU62" s="73">
         <v>0</v>
       </c>
       <c r="AV62" s="73">
         <v>0</v>
       </c>
       <c r="AW62" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AX62" s="73">
         <v>0</v>
       </c>
       <c r="AY62" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AZ62" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BA62" s="73">
         <v>0</v>
       </c>
       <c r="BB62" s="73">
         <v>0</v>
       </c>
       <c r="BC62" s="73">
         <v>0</v>
       </c>
       <c r="BD62" s="73">
         <v>0</v>
       </c>
       <c r="BE62" s="73">
         <v>0</v>
       </c>
       <c r="BF62" s="73">
         <v>1</v>
       </c>
       <c r="BG62" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BH62" s="73">
         <v>0</v>
       </c>
       <c r="BI62" s="73">
         <v>0</v>
       </c>
       <c r="BJ62" s="73">
         <v>0</v>
       </c>
       <c r="BK62" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BL62" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BM62" s="73">
         <v>0</v>
       </c>
       <c r="BN62" s="73">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="BO62" s="73">
         <v>0</v>
       </c>
       <c r="BP62" s="73">
         <v>0</v>
       </c>
       <c r="BQ62" s="73">
         <v>0</v>
       </c>
       <c r="BR62" s="73">
         <v>0</v>
       </c>
       <c r="BS62" s="73">
         <v>0</v>
       </c>
       <c r="BT62" s="73">
         <v>0</v>
       </c>
       <c r="BU62" s="73">
         <v>0</v>
       </c>
       <c r="BV62" s="73">
         <v>0</v>
       </c>
       <c r="BW62" s="73">
         <v>0</v>
       </c>
       <c r="BX62" s="73">
         <v>0</v>
       </c>
       <c r="BY62" s="73">
         <v>0</v>
       </c>
       <c r="BZ62" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B63" s="72" t="s">
-        <v>142</v>
+        <v>291</v>
       </c>
       <c r="C63" s="73">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="D63" s="73">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="E63" s="73">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F63" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G63" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H63" s="73">
         <v>0</v>
       </c>
       <c r="I63" s="73">
         <v>0</v>
       </c>
       <c r="J63" s="73">
         <v>0</v>
       </c>
       <c r="K63" s="73">
         <v>0</v>
       </c>
       <c r="L63" s="73">
         <v>0</v>
       </c>
       <c r="M63" s="73">
         <v>0</v>
       </c>
       <c r="N63" s="73">
         <v>0</v>
       </c>
       <c r="O63" s="73">
         <v>0</v>
       </c>
       <c r="P63" s="73">
         <v>0</v>
       </c>
       <c r="Q63" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="R63" s="73">
         <v>1</v>
       </c>
       <c r="S63" s="73">
         <v>0</v>
       </c>
       <c r="T63" s="73">
         <v>1</v>
       </c>
       <c r="U63" s="73">
         <v>0</v>
       </c>
       <c r="V63" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="W63" s="73">
         <v>0</v>
       </c>
       <c r="X63" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="Y63" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z63" s="73">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="AA63" s="73">
         <v>0</v>
       </c>
       <c r="AB63" s="73">
         <v>0</v>
       </c>
       <c r="AC63" s="73">
         <v>0</v>
       </c>
       <c r="AD63" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AE63" s="73">
         <v>1</v>
       </c>
       <c r="AF63" s="73">
         <v>0</v>
       </c>
       <c r="AG63" s="73">
         <v>0</v>
       </c>
       <c r="AH63" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AI63" s="73">
         <v>0</v>
       </c>
       <c r="AJ63" s="73">
         <v>0</v>
       </c>
       <c r="AK63" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AL63" s="73">
         <v>0</v>
       </c>
       <c r="AM63" s="73">
         <v>0</v>
       </c>
       <c r="AN63" s="73">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="AO63" s="73">
         <v>0</v>
       </c>
       <c r="AP63" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AQ63" s="73">
         <v>0</v>
       </c>
       <c r="AR63" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AS63" s="73">
         <v>0</v>
       </c>
       <c r="AT63" s="73">
         <v>0</v>
       </c>
       <c r="AU63" s="73">
         <v>0</v>
       </c>
       <c r="AV63" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AW63" s="73">
         <v>1</v>
       </c>
       <c r="AX63" s="73">
         <v>0</v>
       </c>
       <c r="AY63" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AZ63" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="BA63" s="73">
         <v>0</v>
       </c>
       <c r="BB63" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="BC63" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BD63" s="73">
         <v>0</v>
       </c>
       <c r="BE63" s="73">
         <v>0</v>
       </c>
       <c r="BF63" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BG63" s="73">
         <v>0</v>
       </c>
       <c r="BH63" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BI63" s="73">
         <v>3</v>
       </c>
       <c r="BJ63" s="73">
         <v>2</v>
       </c>
       <c r="BK63" s="73">
         <v>0</v>
       </c>
       <c r="BL63" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BM63" s="73">
         <v>0</v>
       </c>
       <c r="BN63" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BO63" s="73">
         <v>0</v>
       </c>
       <c r="BP63" s="73">
         <v>0</v>
       </c>
       <c r="BQ63" s="73">
         <v>0</v>
       </c>
       <c r="BR63" s="73">
         <v>0</v>
       </c>
       <c r="BS63" s="73">
         <v>0</v>
       </c>
       <c r="BT63" s="73">
         <v>0</v>
       </c>
       <c r="BU63" s="73">
         <v>0</v>
       </c>
       <c r="BV63" s="73">
         <v>0</v>
       </c>
       <c r="BW63" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BX63" s="73">
         <v>0</v>
       </c>
       <c r="BY63" s="73">
         <v>0</v>
       </c>
       <c r="BZ63" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B64" s="72" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C64" s="73">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D64" s="73">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E64" s="73">
+        <v>14</v>
+      </c>
+      <c r="F64" s="73">
+        <v>1</v>
+      </c>
+      <c r="G64" s="73">
+        <v>0</v>
+      </c>
+      <c r="H64" s="73">
+        <v>0</v>
+      </c>
+      <c r="I64" s="73">
+        <v>0</v>
+      </c>
+      <c r="J64" s="73">
+        <v>0</v>
+      </c>
+      <c r="K64" s="73">
+        <v>0</v>
+      </c>
+      <c r="L64" s="73">
+        <v>1</v>
+      </c>
+      <c r="M64" s="73">
+        <v>0</v>
+      </c>
+      <c r="N64" s="73">
+        <v>0</v>
+      </c>
+      <c r="O64" s="73">
+        <v>0</v>
+      </c>
+      <c r="P64" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q64" s="73">
+        <v>1</v>
+      </c>
+      <c r="R64" s="73">
+        <v>0</v>
+      </c>
+      <c r="S64" s="73">
+        <v>1</v>
+      </c>
+      <c r="T64" s="73">
+        <v>0</v>
+      </c>
+      <c r="U64" s="73">
+        <v>0</v>
+      </c>
+      <c r="V64" s="73">
+        <v>0</v>
+      </c>
+      <c r="W64" s="73">
+        <v>0</v>
+      </c>
+      <c r="X64" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y64" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z64" s="73">
+        <v>1</v>
+      </c>
+      <c r="AA64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE64" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH64" s="73">
+        <v>1</v>
+      </c>
+      <c r="AI64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP64" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW64" s="73">
+        <v>1</v>
+      </c>
+      <c r="AX64" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY64" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA64" s="73">
+        <v>2</v>
+      </c>
+      <c r="BB64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF64" s="73">
+        <v>2</v>
+      </c>
+      <c r="BG64" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH64" s="73">
         <v>6</v>
-      </c>
-[...163 lines deleted...]
-        <v>3</v>
       </c>
       <c r="BI64" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BJ64" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="BK64" s="73">
         <v>0</v>
       </c>
       <c r="BL64" s="73">
         <v>0</v>
       </c>
       <c r="BM64" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BN64" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BO64" s="73">
         <v>0</v>
       </c>
       <c r="BP64" s="73">
         <v>0</v>
       </c>
       <c r="BQ64" s="73">
         <v>0</v>
       </c>
       <c r="BR64" s="73">
         <v>0</v>
       </c>
       <c r="BS64" s="73">
         <v>0</v>
       </c>
       <c r="BT64" s="73">
         <v>0</v>
       </c>
       <c r="BU64" s="73">
         <v>0</v>
       </c>
       <c r="BV64" s="73">
         <v>0</v>
       </c>
       <c r="BW64" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BX64" s="73">
         <v>0</v>
       </c>
       <c r="BY64" s="73">
         <v>0</v>
       </c>
       <c r="BZ64" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B65" s="72" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C65" s="73">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="D65" s="73">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="E65" s="73">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F65" s="73">
         <v>1</v>
       </c>
       <c r="G65" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H65" s="73">
         <v>0</v>
       </c>
       <c r="I65" s="73">
         <v>0</v>
       </c>
       <c r="J65" s="73">
         <v>0</v>
       </c>
       <c r="K65" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L65" s="73">
         <v>0</v>
       </c>
       <c r="M65" s="73">
         <v>0</v>
       </c>
       <c r="N65" s="73">
         <v>0</v>
       </c>
       <c r="O65" s="73">
         <v>0</v>
       </c>
       <c r="P65" s="73">
         <v>0</v>
       </c>
       <c r="Q65" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R65" s="73">
+        <v>0</v>
+      </c>
+      <c r="S65" s="73">
+        <v>0</v>
+      </c>
+      <c r="T65" s="73">
+        <v>0</v>
+      </c>
+      <c r="U65" s="73">
+        <v>0</v>
+      </c>
+      <c r="V65" s="73">
+        <v>0</v>
+      </c>
+      <c r="W65" s="73">
+        <v>0</v>
+      </c>
+      <c r="X65" s="73">
+        <v>0</v>
+      </c>
+      <c r="Y65" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AB65" s="73">
+        <v>3</v>
+      </c>
+      <c r="AC65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AE65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AF65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AH65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AI65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AR65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AT65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX65" s="73">
+        <v>0</v>
+      </c>
+      <c r="AY65" s="73">
+        <v>1</v>
+      </c>
+      <c r="AZ65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BD65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BE65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BF65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BG65" s="73">
+        <v>0</v>
+      </c>
+      <c r="BH65" s="73">
+        <v>5</v>
+      </c>
+      <c r="BI65" s="73">
         <v>4</v>
-      </c>
-[...127 lines deleted...]
-        <v>0</v>
       </c>
       <c r="BJ65" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BK65" s="73">
         <v>0</v>
       </c>
       <c r="BL65" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM65" s="73">
         <v>0</v>
       </c>
       <c r="BN65" s="73">
         <v>0</v>
       </c>
       <c r="BO65" s="73">
         <v>0</v>
       </c>
       <c r="BP65" s="73">
         <v>0</v>
       </c>
       <c r="BQ65" s="73">
         <v>0</v>
       </c>
       <c r="BR65" s="73">
         <v>0</v>
       </c>
       <c r="BS65" s="73">
         <v>0</v>
       </c>
       <c r="BT65" s="73">
         <v>0</v>
       </c>
       <c r="BU65" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BV65" s="73">
         <v>0</v>
       </c>
       <c r="BW65" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BX65" s="73">
         <v>0</v>
       </c>
       <c r="BY65" s="73">
         <v>0</v>
       </c>
       <c r="BZ65" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B66" s="72" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C66" s="73">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D66" s="73">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E66" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F66" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G66" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H66" s="73">
         <v>0</v>
       </c>
       <c r="I66" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J66" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K66" s="73">
         <v>0</v>
       </c>
       <c r="L66" s="73">
         <v>0</v>
       </c>
       <c r="M66" s="73">
         <v>0</v>
       </c>
       <c r="N66" s="73">
         <v>0</v>
       </c>
       <c r="O66" s="73">
         <v>0</v>
       </c>
       <c r="P66" s="73">
         <v>0</v>
       </c>
       <c r="Q66" s="73">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="R66" s="73">
         <v>0</v>
       </c>
       <c r="S66" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T66" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="U66" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="V66" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W66" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="X66" s="73">
         <v>0</v>
       </c>
       <c r="Y66" s="73">
         <v>0</v>
       </c>
       <c r="Z66" s="73">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="AA66" s="73">
         <v>0</v>
       </c>
       <c r="AB66" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AC66" s="73">
         <v>0</v>
       </c>
       <c r="AD66" s="73">
         <v>0</v>
       </c>
       <c r="AE66" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AF66" s="73">
         <v>2</v>
       </c>
       <c r="AG66" s="73">
         <v>0</v>
       </c>
       <c r="AH66" s="73">
         <v>0</v>
       </c>
       <c r="AI66" s="73">
         <v>0</v>
       </c>
       <c r="AJ66" s="73">
         <v>0</v>
       </c>
       <c r="AK66" s="73">
         <v>0</v>
       </c>
       <c r="AL66" s="73">
         <v>0</v>
       </c>
       <c r="AM66" s="73">
         <v>0</v>
       </c>
       <c r="AN66" s="73">
         <v>0</v>
       </c>
       <c r="AO66" s="73">
         <v>0</v>
       </c>
       <c r="AP66" s="73">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="AQ66" s="73">
         <v>0</v>
       </c>
       <c r="AR66" s="73">
         <v>1</v>
       </c>
       <c r="AS66" s="73">
         <v>0</v>
       </c>
       <c r="AT66" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AU66" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AV66" s="73">
         <v>0</v>
       </c>
       <c r="AW66" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AX66" s="73">
         <v>0</v>
       </c>
       <c r="AY66" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AZ66" s="73">
         <v>0</v>
       </c>
       <c r="BA66" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BB66" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BC66" s="73">
         <v>0</v>
       </c>
       <c r="BD66" s="73">
         <v>0</v>
       </c>
       <c r="BE66" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BF66" s="73">
         <v>0</v>
       </c>
       <c r="BG66" s="73">
         <v>0</v>
       </c>
       <c r="BH66" s="73">
         <v>0</v>
       </c>
       <c r="BI66" s="73">
         <v>0</v>
       </c>
       <c r="BJ66" s="73">
         <v>0</v>
       </c>
       <c r="BK66" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BL66" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM66" s="73">
         <v>0</v>
       </c>
       <c r="BN66" s="73">
         <v>0</v>
       </c>
       <c r="BO66" s="73">
         <v>0</v>
       </c>
       <c r="BP66" s="73">
         <v>0</v>
       </c>
       <c r="BQ66" s="73">
         <v>0</v>
       </c>
       <c r="BR66" s="73">
         <v>0</v>
       </c>
       <c r="BS66" s="73">
         <v>0</v>
       </c>
       <c r="BT66" s="73">
         <v>0</v>
       </c>
       <c r="BU66" s="73">
         <v>0</v>
       </c>
       <c r="BV66" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BW66" s="73">
         <v>0</v>
       </c>
       <c r="BX66" s="73">
         <v>0</v>
       </c>
       <c r="BY66" s="73">
         <v>0</v>
       </c>
       <c r="BZ66" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B67" s="72" t="s">
-        <v>144</v>
+        <v>295</v>
       </c>
       <c r="C67" s="73">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D67" s="73">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="E67" s="73">
+        <v>0</v>
+      </c>
+      <c r="F67" s="73">
         <v>5</v>
       </c>
-      <c r="F67" s="73">
-[...1 lines deleted...]
-      </c>
       <c r="G67" s="73">
         <v>0</v>
       </c>
       <c r="H67" s="73">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I67" s="73">
         <v>0</v>
       </c>
       <c r="J67" s="73">
         <v>0</v>
       </c>
       <c r="K67" s="73">
         <v>0</v>
       </c>
       <c r="L67" s="73">
         <v>0</v>
       </c>
       <c r="M67" s="73">
         <v>0</v>
       </c>
       <c r="N67" s="73">
         <v>0</v>
       </c>
       <c r="O67" s="73">
         <v>0</v>
       </c>
       <c r="P67" s="73">
         <v>0</v>
       </c>
       <c r="Q67" s="73">
         <v>1</v>
       </c>
       <c r="R67" s="73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S67" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T67" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="U67" s="73">
         <v>0</v>
       </c>
       <c r="V67" s="73">
         <v>0</v>
       </c>
       <c r="W67" s="73">
         <v>0</v>
       </c>
       <c r="X67" s="73">
         <v>0</v>
       </c>
       <c r="Y67" s="73">
         <v>0</v>
       </c>
       <c r="Z67" s="73">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="AA67" s="73">
         <v>0</v>
       </c>
       <c r="AB67" s="73">
         <v>0</v>
       </c>
       <c r="AC67" s="73">
         <v>0</v>
       </c>
       <c r="AD67" s="73">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AE67" s="73">
         <v>0</v>
       </c>
       <c r="AF67" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AG67" s="73">
         <v>0</v>
       </c>
       <c r="AH67" s="73">
         <v>0</v>
       </c>
       <c r="AI67" s="73">
         <v>0</v>
       </c>
       <c r="AJ67" s="73">
         <v>0</v>
       </c>
       <c r="AK67" s="73">
         <v>0</v>
       </c>
       <c r="AL67" s="73">
         <v>0</v>
       </c>
       <c r="AM67" s="73">
         <v>0</v>
       </c>
       <c r="AN67" s="73">
         <v>0</v>
       </c>
       <c r="AO67" s="73">
         <v>0</v>
       </c>
       <c r="AP67" s="73">
         <v>0</v>
       </c>
       <c r="AQ67" s="73">
         <v>0</v>
       </c>
       <c r="AR67" s="73">
         <v>0</v>
       </c>
       <c r="AS67" s="73">
         <v>0</v>
       </c>
       <c r="AT67" s="73">
         <v>0</v>
       </c>
       <c r="AU67" s="73">
         <v>0</v>
       </c>
       <c r="AV67" s="73">
         <v>0</v>
       </c>
       <c r="AW67" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AX67" s="73">
         <v>0</v>
       </c>
       <c r="AY67" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AZ67" s="73">
         <v>0</v>
       </c>
       <c r="BA67" s="73">
         <v>0</v>
       </c>
       <c r="BB67" s="73">
         <v>0</v>
       </c>
       <c r="BC67" s="73">
         <v>0</v>
       </c>
       <c r="BD67" s="73">
         <v>0</v>
       </c>
       <c r="BE67" s="73">
         <v>0</v>
       </c>
       <c r="BF67" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BG67" s="73">
         <v>0</v>
       </c>
       <c r="BH67" s="73">
         <v>0</v>
       </c>
       <c r="BI67" s="73">
         <v>0</v>
       </c>
       <c r="BJ67" s="73">
         <v>0</v>
       </c>
       <c r="BK67" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BL67" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BM67" s="73">
         <v>0</v>
       </c>
       <c r="BN67" s="73">
         <v>0</v>
       </c>
       <c r="BO67" s="73">
         <v>0</v>
       </c>
       <c r="BP67" s="73">
         <v>0</v>
       </c>
       <c r="BQ67" s="73">
         <v>0</v>
       </c>
       <c r="BR67" s="73">
         <v>0</v>
       </c>
       <c r="BS67" s="73">
         <v>0</v>
       </c>
       <c r="BT67" s="73">
         <v>0</v>
       </c>
       <c r="BU67" s="73">
         <v>0</v>
       </c>
       <c r="BV67" s="73">
         <v>0</v>
       </c>
       <c r="BW67" s="73">
         <v>0</v>
       </c>
       <c r="BX67" s="73">
         <v>0</v>
       </c>
       <c r="BY67" s="73">
         <v>0</v>
       </c>
       <c r="BZ67" s="74">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B68" s="72" t="s">
-        <v>293</v>
+        <v>108</v>
       </c>
       <c r="C68" s="73">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D68" s="73">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="E68" s="73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F68" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G68" s="73">
         <v>0</v>
       </c>
       <c r="H68" s="73">
         <v>0</v>
       </c>
       <c r="I68" s="73">
         <v>0</v>
       </c>
       <c r="J68" s="73">
         <v>0</v>
       </c>
       <c r="K68" s="73">
         <v>0</v>
       </c>
       <c r="L68" s="73">
         <v>0</v>
       </c>
       <c r="M68" s="73">
         <v>0</v>
       </c>
       <c r="N68" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="O68" s="73">
         <v>0</v>
       </c>
       <c r="P68" s="73">
         <v>0</v>
       </c>
       <c r="Q68" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="R68" s="73">
         <v>0</v>
       </c>
       <c r="S68" s="73">
         <v>0</v>
       </c>
       <c r="T68" s="73">
         <v>0</v>
       </c>
       <c r="U68" s="73">
         <v>0</v>
       </c>
       <c r="V68" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="W68" s="73">
         <v>0</v>
       </c>
       <c r="X68" s="73">
         <v>0</v>
       </c>
       <c r="Y68" s="73">
         <v>0</v>
       </c>
       <c r="Z68" s="73">
         <v>0</v>
       </c>
       <c r="AA68" s="73">
         <v>0</v>
       </c>
       <c r="AB68" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AC68" s="73">
         <v>0</v>
       </c>
       <c r="AD68" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="AE68" s="73">
         <v>0</v>
       </c>
       <c r="AF68" s="73">
         <v>0</v>
       </c>
       <c r="AG68" s="73">
         <v>0</v>
       </c>
       <c r="AH68" s="73">
         <v>0</v>
       </c>
       <c r="AI68" s="73">
         <v>0</v>
       </c>
       <c r="AJ68" s="73">
         <v>0</v>
       </c>
       <c r="AK68" s="73">
         <v>0</v>
       </c>
       <c r="AL68" s="73">
         <v>0</v>
       </c>
@@ -26509,221 +26487,221 @@
       <c r="AO68" s="73">
         <v>0</v>
       </c>
       <c r="AP68" s="73">
         <v>0</v>
       </c>
       <c r="AQ68" s="73">
         <v>0</v>
       </c>
       <c r="AR68" s="73">
         <v>0</v>
       </c>
       <c r="AS68" s="73">
         <v>0</v>
       </c>
       <c r="AT68" s="73">
         <v>0</v>
       </c>
       <c r="AU68" s="73">
         <v>0</v>
       </c>
       <c r="AV68" s="73">
         <v>0</v>
       </c>
       <c r="AW68" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AX68" s="73">
         <v>0</v>
       </c>
       <c r="AY68" s="73">
         <v>0</v>
       </c>
       <c r="AZ68" s="73">
         <v>0</v>
       </c>
       <c r="BA68" s="73">
         <v>0</v>
       </c>
       <c r="BB68" s="73">
         <v>1</v>
       </c>
       <c r="BC68" s="73">
         <v>0</v>
       </c>
       <c r="BD68" s="73">
         <v>0</v>
       </c>
       <c r="BE68" s="73">
         <v>0</v>
       </c>
       <c r="BF68" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BG68" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BH68" s="73">
         <v>0</v>
       </c>
       <c r="BI68" s="73">
         <v>0</v>
       </c>
       <c r="BJ68" s="73">
         <v>0</v>
       </c>
       <c r="BK68" s="73">
         <v>0</v>
       </c>
       <c r="BL68" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM68" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BN68" s="73">
         <v>0</v>
       </c>
       <c r="BO68" s="73">
         <v>0</v>
       </c>
       <c r="BP68" s="73">
         <v>0</v>
       </c>
       <c r="BQ68" s="73">
         <v>0</v>
       </c>
       <c r="BR68" s="73">
         <v>0</v>
       </c>
       <c r="BS68" s="73">
         <v>0</v>
       </c>
       <c r="BT68" s="73">
         <v>0</v>
       </c>
       <c r="BU68" s="73">
         <v>0</v>
       </c>
       <c r="BV68" s="73">
         <v>0</v>
       </c>
       <c r="BW68" s="73">
         <v>0</v>
       </c>
       <c r="BX68" s="73">
         <v>0</v>
       </c>
       <c r="BY68" s="73">
         <v>0</v>
       </c>
       <c r="BZ68" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B69" s="75" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C69" s="73">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="D69" s="73">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="E69" s="73">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F69" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G69" s="73">
         <v>0</v>
       </c>
       <c r="H69" s="73">
         <v>0</v>
       </c>
       <c r="I69" s="73">
         <v>0</v>
       </c>
       <c r="J69" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K69" s="73">
         <v>0</v>
       </c>
       <c r="L69" s="73">
         <v>0</v>
       </c>
       <c r="M69" s="73">
         <v>0</v>
       </c>
       <c r="N69" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O69" s="73">
         <v>0</v>
       </c>
       <c r="P69" s="73">
         <v>0</v>
       </c>
       <c r="Q69" s="73">
         <v>0</v>
       </c>
       <c r="R69" s="73">
         <v>0</v>
       </c>
       <c r="S69" s="73">
         <v>0</v>
       </c>
       <c r="T69" s="73">
         <v>0</v>
       </c>
       <c r="U69" s="73">
         <v>0</v>
       </c>
       <c r="V69" s="73">
         <v>0</v>
       </c>
       <c r="W69" s="73">
         <v>0</v>
       </c>
       <c r="X69" s="73">
         <v>0</v>
       </c>
       <c r="Y69" s="73">
         <v>0</v>
       </c>
       <c r="Z69" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AA69" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AB69" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AC69" s="73">
         <v>0</v>
       </c>
       <c r="AD69" s="73">
         <v>0</v>
       </c>
       <c r="AE69" s="73">
         <v>0</v>
       </c>
       <c r="AF69" s="73">
         <v>0</v>
       </c>
       <c r="AG69" s="73">
         <v>0</v>
       </c>
       <c r="AH69" s="73">
         <v>0</v>
       </c>
       <c r="AI69" s="73">
         <v>0</v>
       </c>
       <c r="AJ69" s="73">
         <v>0</v>
       </c>
@@ -26742,206 +26720,206 @@
       <c r="AO69" s="73">
         <v>0</v>
       </c>
       <c r="AP69" s="73">
         <v>0</v>
       </c>
       <c r="AQ69" s="73">
         <v>0</v>
       </c>
       <c r="AR69" s="73">
         <v>0</v>
       </c>
       <c r="AS69" s="73">
         <v>0</v>
       </c>
       <c r="AT69" s="73">
         <v>0</v>
       </c>
       <c r="AU69" s="73">
         <v>0</v>
       </c>
       <c r="AV69" s="73">
         <v>0</v>
       </c>
       <c r="AW69" s="73">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="AX69" s="73">
         <v>0</v>
       </c>
       <c r="AY69" s="73">
         <v>0</v>
       </c>
       <c r="AZ69" s="73">
         <v>0</v>
       </c>
       <c r="BA69" s="73">
         <v>0</v>
       </c>
       <c r="BB69" s="73">
         <v>0</v>
       </c>
       <c r="BC69" s="73">
         <v>0</v>
       </c>
       <c r="BD69" s="73">
         <v>0</v>
       </c>
       <c r="BE69" s="73">
         <v>0</v>
       </c>
       <c r="BF69" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BG69" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BH69" s="73">
         <v>0</v>
       </c>
       <c r="BI69" s="73">
         <v>0</v>
       </c>
       <c r="BJ69" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BK69" s="73">
         <v>0</v>
       </c>
       <c r="BL69" s="73">
         <v>0</v>
       </c>
       <c r="BM69" s="73">
         <v>0</v>
       </c>
       <c r="BN69" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BO69" s="73">
         <v>0</v>
       </c>
       <c r="BP69" s="73">
         <v>0</v>
       </c>
       <c r="BQ69" s="73">
         <v>0</v>
       </c>
       <c r="BR69" s="73">
         <v>0</v>
       </c>
       <c r="BS69" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BT69" s="73">
         <v>0</v>
       </c>
       <c r="BU69" s="73">
         <v>0</v>
       </c>
       <c r="BV69" s="73">
         <v>0</v>
       </c>
       <c r="BW69" s="73">
         <v>0</v>
       </c>
       <c r="BX69" s="73">
         <v>0</v>
       </c>
       <c r="BY69" s="73">
         <v>0</v>
       </c>
       <c r="BZ69" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B70" s="72" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="C70" s="73">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D70" s="73">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="E70" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F70" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G70" s="73">
         <v>0</v>
       </c>
       <c r="H70" s="73">
         <v>0</v>
       </c>
       <c r="I70" s="73">
         <v>0</v>
       </c>
       <c r="J70" s="73">
         <v>0</v>
       </c>
       <c r="K70" s="73">
         <v>0</v>
       </c>
       <c r="L70" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="M70" s="73">
         <v>0</v>
       </c>
       <c r="N70" s="73">
         <v>0</v>
       </c>
       <c r="O70" s="73">
         <v>0</v>
       </c>
       <c r="P70" s="73">
         <v>0</v>
       </c>
       <c r="Q70" s="73">
         <v>0</v>
       </c>
       <c r="R70" s="73">
         <v>0</v>
       </c>
       <c r="S70" s="73">
         <v>0</v>
       </c>
       <c r="T70" s="73">
         <v>0</v>
       </c>
       <c r="U70" s="73">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="V70" s="73">
         <v>0</v>
       </c>
       <c r="W70" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X70" s="73">
         <v>0</v>
       </c>
       <c r="Y70" s="73">
         <v>0</v>
       </c>
       <c r="Z70" s="73">
         <v>0</v>
       </c>
       <c r="AA70" s="73">
         <v>0</v>
       </c>
       <c r="AB70" s="73">
         <v>0</v>
       </c>
       <c r="AC70" s="73">
         <v>0</v>
       </c>
       <c r="AD70" s="73">
         <v>0</v>
       </c>
       <c r="AE70" s="73">
         <v>0</v>
       </c>
@@ -26951,51 +26929,51 @@
       <c r="AG70" s="73">
         <v>0</v>
       </c>
       <c r="AH70" s="73">
         <v>0</v>
       </c>
       <c r="AI70" s="73">
         <v>0</v>
       </c>
       <c r="AJ70" s="73">
         <v>0</v>
       </c>
       <c r="AK70" s="73">
         <v>0</v>
       </c>
       <c r="AL70" s="73">
         <v>0</v>
       </c>
       <c r="AM70" s="73">
         <v>0</v>
       </c>
       <c r="AN70" s="73">
         <v>0</v>
       </c>
       <c r="AO70" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AP70" s="73">
         <v>0</v>
       </c>
       <c r="AQ70" s="73">
         <v>0</v>
       </c>
       <c r="AR70" s="73">
         <v>0</v>
       </c>
       <c r="AS70" s="73">
         <v>0</v>
       </c>
       <c r="AT70" s="73">
         <v>0</v>
       </c>
       <c r="AU70" s="73">
         <v>0</v>
       </c>
       <c r="AV70" s="73">
         <v>0</v>
       </c>
       <c r="AW70" s="73">
         <v>0</v>
       </c>
@@ -27035,152 +27013,152 @@
       <c r="BI70" s="73">
         <v>0</v>
       </c>
       <c r="BJ70" s="73">
         <v>0</v>
       </c>
       <c r="BK70" s="73">
         <v>0</v>
       </c>
       <c r="BL70" s="73">
         <v>0</v>
       </c>
       <c r="BM70" s="73">
         <v>0</v>
       </c>
       <c r="BN70" s="73">
         <v>0</v>
       </c>
       <c r="BO70" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BP70" s="73">
         <v>0</v>
       </c>
       <c r="BQ70" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BR70" s="73">
         <v>0</v>
       </c>
       <c r="BS70" s="73">
         <v>0</v>
       </c>
       <c r="BT70" s="73">
         <v>0</v>
       </c>
       <c r="BU70" s="73">
         <v>0</v>
       </c>
       <c r="BV70" s="73">
         <v>0</v>
       </c>
       <c r="BW70" s="73">
         <v>0</v>
       </c>
       <c r="BX70" s="73">
         <v>0</v>
       </c>
       <c r="BY70" s="73">
         <v>0</v>
       </c>
       <c r="BZ70" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B71" s="72" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C71" s="73">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D71" s="73">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E71" s="73">
+        <v>1</v>
+      </c>
+      <c r="F71" s="73">
+        <v>0</v>
+      </c>
+      <c r="G71" s="73">
+        <v>0</v>
+      </c>
+      <c r="H71" s="73">
+        <v>0</v>
+      </c>
+      <c r="I71" s="73">
+        <v>0</v>
+      </c>
+      <c r="J71" s="73">
+        <v>0</v>
+      </c>
+      <c r="K71" s="73">
+        <v>0</v>
+      </c>
+      <c r="L71" s="73">
+        <v>0</v>
+      </c>
+      <c r="M71" s="73">
+        <v>0</v>
+      </c>
+      <c r="N71" s="73">
+        <v>0</v>
+      </c>
+      <c r="O71" s="73">
+        <v>0</v>
+      </c>
+      <c r="P71" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q71" s="73">
+        <v>0</v>
+      </c>
+      <c r="R71" s="73">
+        <v>0</v>
+      </c>
+      <c r="S71" s="73">
+        <v>0</v>
+      </c>
+      <c r="T71" s="73">
+        <v>0</v>
+      </c>
+      <c r="U71" s="73">
         <v>3</v>
       </c>
-      <c r="F71" s="73">
-[...46 lines deleted...]
-      </c>
       <c r="V71" s="73">
         <v>0</v>
       </c>
       <c r="W71" s="73">
         <v>0</v>
       </c>
       <c r="X71" s="73">
         <v>0</v>
       </c>
       <c r="Y71" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z71" s="73">
         <v>0</v>
       </c>
       <c r="AA71" s="73">
         <v>0</v>
       </c>
       <c r="AB71" s="73">
         <v>0</v>
       </c>
       <c r="AC71" s="73">
         <v>0</v>
       </c>
       <c r="AD71" s="73">
         <v>0</v>
       </c>
       <c r="AE71" s="73">
         <v>0</v>
       </c>
       <c r="AF71" s="73">
         <v>0</v>
       </c>
       <c r="AG71" s="73">
         <v>0</v>
       </c>
@@ -27199,51 +27177,51 @@
       <c r="AL71" s="73">
         <v>0</v>
       </c>
       <c r="AM71" s="73">
         <v>0</v>
       </c>
       <c r="AN71" s="73">
         <v>0</v>
       </c>
       <c r="AO71" s="73">
         <v>0</v>
       </c>
       <c r="AP71" s="73">
         <v>0</v>
       </c>
       <c r="AQ71" s="73">
         <v>0</v>
       </c>
       <c r="AR71" s="73">
         <v>0</v>
       </c>
       <c r="AS71" s="73">
         <v>0</v>
       </c>
       <c r="AT71" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AU71" s="73">
         <v>0</v>
       </c>
       <c r="AV71" s="73">
         <v>0</v>
       </c>
       <c r="AW71" s="73">
         <v>0</v>
       </c>
       <c r="AX71" s="73">
         <v>0</v>
       </c>
       <c r="AY71" s="73">
         <v>0</v>
       </c>
       <c r="AZ71" s="73">
         <v>0</v>
       </c>
       <c r="BA71" s="73">
         <v>0</v>
       </c>
       <c r="BB71" s="73">
         <v>0</v>
       </c>
@@ -27268,140 +27246,140 @@
       <c r="BI71" s="73">
         <v>0</v>
       </c>
       <c r="BJ71" s="73">
         <v>0</v>
       </c>
       <c r="BK71" s="73">
         <v>0</v>
       </c>
       <c r="BL71" s="73">
         <v>0</v>
       </c>
       <c r="BM71" s="73">
         <v>0</v>
       </c>
       <c r="BN71" s="73">
         <v>0</v>
       </c>
       <c r="BO71" s="73">
         <v>0</v>
       </c>
       <c r="BP71" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BQ71" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BR71" s="73">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="BS71" s="73">
         <v>0</v>
       </c>
       <c r="BT71" s="73">
         <v>0</v>
       </c>
       <c r="BU71" s="73">
         <v>0</v>
       </c>
       <c r="BV71" s="73">
         <v>0</v>
       </c>
       <c r="BW71" s="73">
         <v>0</v>
       </c>
       <c r="BX71" s="73">
         <v>0</v>
       </c>
       <c r="BY71" s="73">
         <v>0</v>
       </c>
       <c r="BZ71" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B72" s="72" t="s">
-        <v>301</v>
+        <v>128</v>
       </c>
       <c r="C72" s="73">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D72" s="73">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E72" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F72" s="73">
         <v>0</v>
       </c>
       <c r="G72" s="73">
         <v>0</v>
       </c>
       <c r="H72" s="73">
         <v>0</v>
       </c>
       <c r="I72" s="73">
         <v>0</v>
       </c>
       <c r="J72" s="73">
         <v>0</v>
       </c>
       <c r="K72" s="73">
         <v>0</v>
       </c>
       <c r="L72" s="73">
         <v>0</v>
       </c>
       <c r="M72" s="73">
         <v>0</v>
       </c>
       <c r="N72" s="73">
         <v>0</v>
       </c>
       <c r="O72" s="73">
         <v>0</v>
       </c>
       <c r="P72" s="73">
         <v>0</v>
       </c>
       <c r="Q72" s="73">
         <v>0</v>
       </c>
       <c r="R72" s="73">
         <v>0</v>
       </c>
       <c r="S72" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T72" s="73">
         <v>0</v>
       </c>
       <c r="U72" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="V72" s="73">
         <v>0</v>
       </c>
       <c r="W72" s="73">
         <v>0</v>
       </c>
       <c r="X72" s="73">
         <v>0</v>
       </c>
       <c r="Y72" s="73">
         <v>0</v>
       </c>
       <c r="Z72" s="73">
         <v>0</v>
       </c>
       <c r="AA72" s="73">
         <v>0</v>
       </c>
       <c r="AB72" s="73">
         <v>0</v>
       </c>
       <c r="AC72" s="73">
         <v>0</v>
       </c>
@@ -27498,143 +27476,143 @@
       <c r="BH72" s="73">
         <v>0</v>
       </c>
       <c r="BI72" s="73">
         <v>0</v>
       </c>
       <c r="BJ72" s="73">
         <v>0</v>
       </c>
       <c r="BK72" s="73">
         <v>0</v>
       </c>
       <c r="BL72" s="73">
         <v>0</v>
       </c>
       <c r="BM72" s="73">
         <v>0</v>
       </c>
       <c r="BN72" s="73">
         <v>0</v>
       </c>
       <c r="BO72" s="73">
         <v>0</v>
       </c>
       <c r="BP72" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BQ72" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BR72" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BS72" s="73">
         <v>0</v>
       </c>
       <c r="BT72" s="73">
         <v>0</v>
       </c>
       <c r="BU72" s="73">
         <v>0</v>
       </c>
       <c r="BV72" s="73">
         <v>0</v>
       </c>
       <c r="BW72" s="73">
         <v>0</v>
       </c>
       <c r="BX72" s="73">
         <v>0</v>
       </c>
       <c r="BY72" s="73">
         <v>0</v>
       </c>
       <c r="BZ72" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B73" s="72" t="s">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="C73" s="73">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D73" s="73">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E73" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F73" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G73" s="73">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H73" s="73">
         <v>0</v>
       </c>
       <c r="I73" s="73">
         <v>0</v>
       </c>
       <c r="J73" s="73">
         <v>0</v>
       </c>
       <c r="K73" s="73">
         <v>0</v>
       </c>
       <c r="L73" s="73">
         <v>0</v>
       </c>
       <c r="M73" s="73">
         <v>0</v>
       </c>
       <c r="N73" s="73">
         <v>0</v>
       </c>
       <c r="O73" s="73">
         <v>0</v>
       </c>
       <c r="P73" s="73">
         <v>0</v>
       </c>
       <c r="Q73" s="73">
         <v>0</v>
       </c>
       <c r="R73" s="73">
         <v>0</v>
       </c>
       <c r="S73" s="73">
         <v>1</v>
       </c>
       <c r="T73" s="73">
         <v>0</v>
       </c>
       <c r="U73" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V73" s="73">
         <v>0</v>
       </c>
       <c r="W73" s="73">
         <v>0</v>
       </c>
       <c r="X73" s="73">
         <v>0</v>
       </c>
       <c r="Y73" s="73">
         <v>0</v>
       </c>
       <c r="Z73" s="73">
         <v>0</v>
       </c>
       <c r="AA73" s="73">
         <v>0</v>
       </c>
       <c r="AB73" s="73">
         <v>0</v>
       </c>
       <c r="AC73" s="73">
         <v>0</v>
       </c>
@@ -27701,51 +27679,51 @@
       <c r="AX73" s="73">
         <v>0</v>
       </c>
       <c r="AY73" s="73">
         <v>0</v>
       </c>
       <c r="AZ73" s="73">
         <v>0</v>
       </c>
       <c r="BA73" s="73">
         <v>0</v>
       </c>
       <c r="BB73" s="73">
         <v>0</v>
       </c>
       <c r="BC73" s="73">
         <v>0</v>
       </c>
       <c r="BD73" s="73">
         <v>0</v>
       </c>
       <c r="BE73" s="73">
         <v>0</v>
       </c>
       <c r="BF73" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BG73" s="73">
         <v>0</v>
       </c>
       <c r="BH73" s="73">
         <v>0</v>
       </c>
       <c r="BI73" s="73">
         <v>0</v>
       </c>
       <c r="BJ73" s="73">
         <v>0</v>
       </c>
       <c r="BK73" s="73">
         <v>0</v>
       </c>
       <c r="BL73" s="73">
         <v>0</v>
       </c>
       <c r="BM73" s="73">
         <v>0</v>
       </c>
       <c r="BN73" s="73">
         <v>0</v>
       </c>
@@ -27766,96 +27744,96 @@
       </c>
       <c r="BT73" s="73">
         <v>0</v>
       </c>
       <c r="BU73" s="73">
         <v>0</v>
       </c>
       <c r="BV73" s="73">
         <v>0</v>
       </c>
       <c r="BW73" s="73">
         <v>0</v>
       </c>
       <c r="BX73" s="73">
         <v>0</v>
       </c>
       <c r="BY73" s="73">
         <v>0</v>
       </c>
       <c r="BZ73" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B74" s="72" t="s">
-        <v>138</v>
+        <v>119</v>
       </c>
       <c r="C74" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D74" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E74" s="73">
         <v>0</v>
       </c>
       <c r="F74" s="73">
         <v>0</v>
       </c>
       <c r="G74" s="73">
         <v>0</v>
       </c>
       <c r="H74" s="73">
         <v>0</v>
       </c>
       <c r="I74" s="73">
         <v>0</v>
       </c>
       <c r="J74" s="73">
         <v>0</v>
       </c>
       <c r="K74" s="73">
         <v>0</v>
       </c>
       <c r="L74" s="73">
         <v>0</v>
       </c>
       <c r="M74" s="73">
         <v>0</v>
       </c>
       <c r="N74" s="73">
         <v>0</v>
       </c>
       <c r="O74" s="73">
         <v>0</v>
       </c>
       <c r="P74" s="73">
         <v>0</v>
       </c>
       <c r="Q74" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R74" s="73">
         <v>0</v>
       </c>
       <c r="S74" s="73">
         <v>0</v>
       </c>
       <c r="T74" s="73">
         <v>0</v>
       </c>
       <c r="U74" s="73">
         <v>0</v>
       </c>
       <c r="V74" s="73">
         <v>0</v>
       </c>
       <c r="W74" s="73">
         <v>0</v>
       </c>
       <c r="X74" s="73">
         <v>0</v>
       </c>
       <c r="Y74" s="73">
         <v>0</v>
       </c>
@@ -28002,168 +27980,168 @@
       </c>
       <c r="BU74" s="73">
         <v>0</v>
       </c>
       <c r="BV74" s="73">
         <v>0</v>
       </c>
       <c r="BW74" s="73">
         <v>0</v>
       </c>
       <c r="BX74" s="73">
         <v>0</v>
       </c>
       <c r="BY74" s="73">
         <v>0</v>
       </c>
       <c r="BZ74" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B75" s="72" t="s">
         <v>305</v>
       </c>
       <c r="C75" s="73">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D75" s="73">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E75" s="73">
         <v>7</v>
       </c>
       <c r="F75" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G75" s="73">
         <v>0</v>
       </c>
       <c r="H75" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I75" s="73">
         <v>0</v>
       </c>
       <c r="J75" s="73">
         <v>0</v>
       </c>
       <c r="K75" s="73">
         <v>0</v>
       </c>
       <c r="L75" s="73">
         <v>0</v>
       </c>
       <c r="M75" s="73">
         <v>0</v>
       </c>
       <c r="N75" s="73">
         <v>0</v>
       </c>
       <c r="O75" s="73">
         <v>0</v>
       </c>
       <c r="P75" s="73">
         <v>0</v>
       </c>
       <c r="Q75" s="73">
         <v>0</v>
       </c>
       <c r="R75" s="73">
         <v>1</v>
       </c>
       <c r="S75" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="T75" s="73">
         <v>0</v>
       </c>
       <c r="U75" s="73">
         <v>1</v>
       </c>
       <c r="V75" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W75" s="73">
         <v>0</v>
       </c>
       <c r="X75" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Y75" s="73">
         <v>3</v>
       </c>
       <c r="Z75" s="73">
         <v>0</v>
       </c>
       <c r="AA75" s="73">
         <v>0</v>
       </c>
       <c r="AB75" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AC75" s="73">
         <v>0</v>
       </c>
       <c r="AD75" s="73">
         <v>0</v>
       </c>
       <c r="AE75" s="73">
         <v>1</v>
       </c>
       <c r="AF75" s="73">
         <v>0</v>
       </c>
       <c r="AG75" s="73">
         <v>0</v>
       </c>
       <c r="AH75" s="73">
         <v>0</v>
       </c>
       <c r="AI75" s="73">
         <v>0</v>
       </c>
       <c r="AJ75" s="73">
         <v>0</v>
       </c>
       <c r="AK75" s="73">
         <v>0</v>
       </c>
       <c r="AL75" s="73">
         <v>0</v>
       </c>
       <c r="AM75" s="73">
         <v>0</v>
       </c>
       <c r="AN75" s="73">
         <v>0</v>
       </c>
       <c r="AO75" s="73">
         <v>0</v>
       </c>
       <c r="AP75" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AQ75" s="73">
         <v>0</v>
       </c>
       <c r="AR75" s="73">
         <v>0</v>
       </c>
       <c r="AS75" s="73">
         <v>0</v>
       </c>
       <c r="AT75" s="73">
         <v>0</v>
       </c>
       <c r="AU75" s="73">
         <v>0</v>
       </c>
       <c r="AV75" s="73">
         <v>0</v>
       </c>
       <c r="AW75" s="73">
         <v>0</v>
       </c>
       <c r="AX75" s="73">
         <v>0</v>
       </c>
@@ -28191,1413 +28169,1413 @@
       <c r="BF75" s="73">
         <v>0</v>
       </c>
       <c r="BG75" s="73">
         <v>0</v>
       </c>
       <c r="BH75" s="73">
         <v>0</v>
       </c>
       <c r="BI75" s="73">
         <v>0</v>
       </c>
       <c r="BJ75" s="73">
         <v>0</v>
       </c>
       <c r="BK75" s="73">
         <v>0</v>
       </c>
       <c r="BL75" s="73">
         <v>0</v>
       </c>
       <c r="BM75" s="73">
         <v>0</v>
       </c>
       <c r="BN75" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BO75" s="73">
         <v>0</v>
       </c>
       <c r="BP75" s="73">
         <v>0</v>
       </c>
       <c r="BQ75" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BR75" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BS75" s="73">
         <v>0</v>
       </c>
       <c r="BT75" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BU75" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="BV75" s="73">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="BW75" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="BX75" s="73">
         <v>0</v>
       </c>
       <c r="BY75" s="73">
         <v>0</v>
       </c>
       <c r="BZ75" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B76" s="72" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="C76" s="73">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D76" s="73">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E76" s="73">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F76" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G76" s="73">
         <v>0</v>
       </c>
       <c r="H76" s="73">
         <v>0</v>
       </c>
       <c r="I76" s="73">
         <v>0</v>
       </c>
       <c r="J76" s="73">
         <v>0</v>
       </c>
       <c r="K76" s="73">
         <v>0</v>
       </c>
       <c r="L76" s="73">
         <v>0</v>
       </c>
       <c r="M76" s="73">
         <v>0</v>
       </c>
       <c r="N76" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O76" s="73">
         <v>0</v>
       </c>
       <c r="P76" s="73">
         <v>0</v>
       </c>
       <c r="Q76" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="R76" s="73">
         <v>0</v>
       </c>
       <c r="S76" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T76" s="73">
         <v>0</v>
       </c>
       <c r="U76" s="73">
         <v>1</v>
       </c>
       <c r="V76" s="73">
         <v>0</v>
       </c>
       <c r="W76" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X76" s="73">
         <v>0</v>
       </c>
       <c r="Y76" s="73">
         <v>2</v>
       </c>
       <c r="Z76" s="73">
         <v>0</v>
       </c>
       <c r="AA76" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="AB76" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AC76" s="73">
         <v>0</v>
       </c>
       <c r="AD76" s="73">
         <v>1</v>
       </c>
       <c r="AE76" s="73">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="AF76" s="73">
         <v>0</v>
       </c>
       <c r="AG76" s="73">
         <v>0</v>
       </c>
       <c r="AH76" s="73">
         <v>0</v>
       </c>
       <c r="AI76" s="73">
         <v>0</v>
       </c>
       <c r="AJ76" s="73">
         <v>0</v>
       </c>
       <c r="AK76" s="73">
         <v>0</v>
       </c>
       <c r="AL76" s="73">
         <v>0</v>
       </c>
       <c r="AM76" s="73">
         <v>0</v>
       </c>
       <c r="AN76" s="73">
         <v>0</v>
       </c>
       <c r="AO76" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AP76" s="73">
         <v>0</v>
       </c>
       <c r="AQ76" s="73">
         <v>0</v>
       </c>
       <c r="AR76" s="73">
         <v>0</v>
       </c>
       <c r="AS76" s="73">
         <v>0</v>
       </c>
       <c r="AT76" s="73">
         <v>0</v>
       </c>
       <c r="AU76" s="73">
         <v>0</v>
       </c>
       <c r="AV76" s="73">
         <v>0</v>
       </c>
       <c r="AW76" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AX76" s="73">
         <v>0</v>
       </c>
       <c r="AY76" s="73">
         <v>0</v>
       </c>
       <c r="AZ76" s="73">
         <v>0</v>
       </c>
       <c r="BA76" s="73">
         <v>0</v>
       </c>
       <c r="BB76" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BC76" s="73">
         <v>0</v>
       </c>
       <c r="BD76" s="73">
         <v>0</v>
       </c>
       <c r="BE76" s="73">
         <v>0</v>
       </c>
       <c r="BF76" s="73">
         <v>0</v>
       </c>
       <c r="BG76" s="73">
         <v>0</v>
       </c>
       <c r="BH76" s="73">
         <v>0</v>
       </c>
       <c r="BI76" s="73">
         <v>0</v>
       </c>
       <c r="BJ76" s="73">
         <v>0</v>
       </c>
       <c r="BK76" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BL76" s="73">
         <v>0</v>
       </c>
       <c r="BM76" s="73">
         <v>0</v>
       </c>
       <c r="BN76" s="73">
         <v>0</v>
       </c>
       <c r="BO76" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP76" s="73">
         <v>0</v>
       </c>
       <c r="BQ76" s="73">
         <v>0</v>
       </c>
       <c r="BR76" s="73">
         <v>0</v>
       </c>
       <c r="BS76" s="73">
         <v>0</v>
       </c>
       <c r="BT76" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BU76" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BV76" s="73">
         <v>4</v>
       </c>
       <c r="BW76" s="73">
         <v>0</v>
       </c>
       <c r="BX76" s="73">
         <v>0</v>
       </c>
       <c r="BY76" s="73">
         <v>0</v>
       </c>
       <c r="BZ76" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B77" s="72" t="s">
-        <v>136</v>
+        <v>307</v>
       </c>
       <c r="C77" s="73">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="D77" s="73">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E77" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F77" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G77" s="73">
         <v>0</v>
       </c>
       <c r="H77" s="73">
         <v>0</v>
       </c>
       <c r="I77" s="73">
         <v>0</v>
       </c>
       <c r="J77" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K77" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L77" s="73">
         <v>0</v>
       </c>
       <c r="M77" s="73">
         <v>0</v>
       </c>
       <c r="N77" s="73">
         <v>0</v>
       </c>
       <c r="O77" s="73">
         <v>0</v>
       </c>
       <c r="P77" s="73">
         <v>0</v>
       </c>
       <c r="Q77" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="R77" s="73">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="S77" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T77" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="U77" s="73">
         <v>0</v>
       </c>
       <c r="V77" s="73">
         <v>0</v>
       </c>
       <c r="W77" s="73">
         <v>0</v>
       </c>
       <c r="X77" s="73">
         <v>0</v>
       </c>
       <c r="Y77" s="73">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="Z77" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AA77" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AB77" s="73">
         <v>0</v>
       </c>
       <c r="AC77" s="73">
         <v>0</v>
       </c>
       <c r="AD77" s="73">
         <v>0</v>
       </c>
       <c r="AE77" s="73">
         <v>2</v>
       </c>
       <c r="AF77" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AG77" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AH77" s="73">
         <v>0</v>
       </c>
       <c r="AI77" s="73">
         <v>0</v>
       </c>
       <c r="AJ77" s="73">
         <v>0</v>
       </c>
       <c r="AK77" s="73">
         <v>0</v>
       </c>
       <c r="AL77" s="73">
         <v>0</v>
       </c>
       <c r="AM77" s="73">
         <v>0</v>
       </c>
       <c r="AN77" s="73">
         <v>0</v>
       </c>
       <c r="AO77" s="73">
         <v>0</v>
       </c>
       <c r="AP77" s="73">
         <v>0</v>
       </c>
       <c r="AQ77" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AR77" s="73">
         <v>0</v>
       </c>
       <c r="AS77" s="73">
         <v>0</v>
       </c>
       <c r="AT77" s="73">
         <v>0</v>
       </c>
       <c r="AU77" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AV77" s="73">
         <v>0</v>
       </c>
       <c r="AW77" s="73">
         <v>0</v>
       </c>
       <c r="AX77" s="73">
         <v>0</v>
       </c>
       <c r="AY77" s="73">
         <v>0</v>
       </c>
       <c r="AZ77" s="73">
         <v>0</v>
       </c>
       <c r="BA77" s="73">
         <v>0</v>
       </c>
       <c r="BB77" s="73">
         <v>0</v>
       </c>
       <c r="BC77" s="73">
         <v>0</v>
       </c>
       <c r="BD77" s="73">
         <v>0</v>
       </c>
       <c r="BE77" s="73">
         <v>0</v>
       </c>
       <c r="BF77" s="73">
         <v>0</v>
       </c>
       <c r="BG77" s="73">
         <v>0</v>
       </c>
       <c r="BH77" s="73">
         <v>0</v>
       </c>
       <c r="BI77" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BJ77" s="73">
         <v>0</v>
       </c>
       <c r="BK77" s="73">
         <v>0</v>
       </c>
       <c r="BL77" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BM77" s="73">
         <v>0</v>
       </c>
       <c r="BN77" s="73">
         <v>0</v>
       </c>
       <c r="BO77" s="73">
         <v>0</v>
       </c>
       <c r="BP77" s="73">
         <v>0</v>
       </c>
       <c r="BQ77" s="73">
         <v>0</v>
       </c>
       <c r="BR77" s="73">
         <v>0</v>
       </c>
       <c r="BS77" s="73">
         <v>0</v>
       </c>
       <c r="BT77" s="73">
         <v>0</v>
       </c>
       <c r="BU77" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BV77" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BW77" s="73">
         <v>0</v>
       </c>
       <c r="BX77" s="73">
         <v>0</v>
       </c>
       <c r="BY77" s="73">
         <v>0</v>
       </c>
       <c r="BZ77" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B78" s="72" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C78" s="73">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D78" s="73">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="E78" s="73">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F78" s="73">
         <v>0</v>
       </c>
       <c r="G78" s="73">
         <v>0</v>
       </c>
       <c r="H78" s="73">
         <v>0</v>
       </c>
       <c r="I78" s="73">
         <v>0</v>
       </c>
       <c r="J78" s="73">
         <v>0</v>
       </c>
       <c r="K78" s="73">
         <v>0</v>
       </c>
       <c r="L78" s="73">
         <v>0</v>
       </c>
       <c r="M78" s="73">
         <v>0</v>
       </c>
       <c r="N78" s="73">
         <v>0</v>
       </c>
       <c r="O78" s="73">
         <v>0</v>
       </c>
       <c r="P78" s="73">
         <v>0</v>
       </c>
       <c r="Q78" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R78" s="73">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="S78" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T78" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="U78" s="73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V78" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W78" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="X78" s="73">
         <v>0</v>
       </c>
       <c r="Y78" s="73">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="Z78" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AA78" s="73">
         <v>0</v>
       </c>
       <c r="AB78" s="73">
         <v>0</v>
       </c>
       <c r="AC78" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD78" s="73">
         <v>0</v>
       </c>
       <c r="AE78" s="73">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="AF78" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AG78" s="73">
         <v>0</v>
       </c>
       <c r="AH78" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AI78" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AJ78" s="73">
         <v>0</v>
       </c>
       <c r="AK78" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AL78" s="73">
         <v>0</v>
       </c>
       <c r="AM78" s="73">
         <v>0</v>
       </c>
       <c r="AN78" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AO78" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AP78" s="73">
         <v>0</v>
       </c>
       <c r="AQ78" s="73">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="AR78" s="73">
         <v>0</v>
       </c>
       <c r="AS78" s="73">
         <v>0</v>
       </c>
       <c r="AT78" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AU78" s="73">
         <v>0</v>
       </c>
       <c r="AV78" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AW78" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AX78" s="73">
         <v>0</v>
       </c>
       <c r="AY78" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AZ78" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BA78" s="73">
         <v>0</v>
       </c>
       <c r="BB78" s="73">
         <v>0</v>
       </c>
       <c r="BC78" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BD78" s="73">
         <v>0</v>
       </c>
       <c r="BE78" s="73">
         <v>0</v>
       </c>
       <c r="BF78" s="73">
         <v>0</v>
       </c>
       <c r="BG78" s="73">
         <v>0</v>
       </c>
       <c r="BH78" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BI78" s="73">
         <v>0</v>
       </c>
       <c r="BJ78" s="73">
         <v>3</v>
       </c>
       <c r="BK78" s="73">
         <v>0</v>
       </c>
       <c r="BL78" s="73">
         <v>0</v>
       </c>
       <c r="BM78" s="73">
         <v>0</v>
       </c>
       <c r="BN78" s="73">
         <v>0</v>
       </c>
       <c r="BO78" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BP78" s="73">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="BQ78" s="73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="BR78" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BS78" s="73">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="BT78" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BU78" s="73">
         <v>0</v>
       </c>
       <c r="BV78" s="73">
         <v>0</v>
       </c>
       <c r="BW78" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BX78" s="73">
         <v>0</v>
       </c>
       <c r="BY78" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="BZ78" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B79" s="72" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C79" s="73">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D79" s="73">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E79" s="73">
+        <v>5</v>
+      </c>
+      <c r="F79" s="73">
+        <v>5</v>
+      </c>
+      <c r="G79" s="73">
+        <v>0</v>
+      </c>
+      <c r="H79" s="73">
+        <v>1</v>
+      </c>
+      <c r="I79" s="73">
+        <v>3</v>
+      </c>
+      <c r="J79" s="73">
+        <v>1</v>
+      </c>
+      <c r="K79" s="73">
+        <v>0</v>
+      </c>
+      <c r="L79" s="73">
+        <v>0</v>
+      </c>
+      <c r="M79" s="73">
+        <v>0</v>
+      </c>
+      <c r="N79" s="73">
+        <v>0</v>
+      </c>
+      <c r="O79" s="73">
+        <v>0</v>
+      </c>
+      <c r="P79" s="73">
+        <v>0</v>
+      </c>
+      <c r="Q79" s="73">
+        <v>0</v>
+      </c>
+      <c r="R79" s="73">
+        <v>0</v>
+      </c>
+      <c r="S79" s="73">
+        <v>0</v>
+      </c>
+      <c r="T79" s="73">
+        <v>0</v>
+      </c>
+      <c r="U79" s="73">
+        <v>0</v>
+      </c>
+      <c r="V79" s="73">
+        <v>0</v>
+      </c>
+      <c r="W79" s="73">
+        <v>1</v>
+      </c>
+      <c r="X79" s="73">
+        <v>3</v>
+      </c>
+      <c r="Y79" s="73">
+        <v>0</v>
+      </c>
+      <c r="Z79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AA79" s="73">
         <v>7</v>
       </c>
-      <c r="F79" s="73">
+      <c r="AB79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AC79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AD79" s="73">
+        <v>1</v>
+      </c>
+      <c r="AE79" s="73">
+        <v>1</v>
+      </c>
+      <c r="AF79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AG79" s="73">
+        <v>4</v>
+      </c>
+      <c r="AH79" s="73">
         <v>6</v>
       </c>
-      <c r="G79" s="73">
-[...80 lines deleted...]
-      <c r="AH79" s="73">
+      <c r="AI79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AK79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AQ79" s="73">
+        <v>8</v>
+      </c>
+      <c r="AR79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AS79" s="73">
+        <v>2</v>
+      </c>
+      <c r="AT79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AU79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AV79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AW79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AX79" s="73">
+        <v>6</v>
+      </c>
+      <c r="AY79" s="73">
+        <v>0</v>
+      </c>
+      <c r="AZ79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BA79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BB79" s="73">
+        <v>0</v>
+      </c>
+      <c r="BC79" s="73">
         <v>5</v>
       </c>
-      <c r="AI79" s="73">
-[...61 lines deleted...]
-      </c>
       <c r="BD79" s="73">
         <v>0</v>
       </c>
       <c r="BE79" s="73">
         <v>0</v>
       </c>
       <c r="BF79" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BG79" s="73">
         <v>0</v>
       </c>
       <c r="BH79" s="73">
         <v>0</v>
       </c>
       <c r="BI79" s="73">
         <v>0</v>
       </c>
       <c r="BJ79" s="73">
         <v>0</v>
       </c>
       <c r="BK79" s="73">
         <v>0</v>
       </c>
       <c r="BL79" s="73">
         <v>0</v>
       </c>
       <c r="BM79" s="73">
         <v>0</v>
       </c>
       <c r="BN79" s="73">
         <v>0</v>
       </c>
       <c r="BO79" s="73">
         <v>0</v>
       </c>
       <c r="BP79" s="73">
         <v>0</v>
       </c>
       <c r="BQ79" s="73">
         <v>0</v>
       </c>
       <c r="BR79" s="73">
         <v>0</v>
       </c>
       <c r="BS79" s="73">
         <v>0</v>
       </c>
       <c r="BT79" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BU79" s="73">
         <v>0</v>
       </c>
       <c r="BV79" s="73">
         <v>0</v>
       </c>
       <c r="BW79" s="73">
         <v>0</v>
       </c>
       <c r="BX79" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BY79" s="73">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="BZ79" s="74">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B80" s="72" t="s">
-        <v>315</v>
+        <v>101</v>
       </c>
       <c r="C80" s="73">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="D80" s="73">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="E80" s="73">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F80" s="73">
         <v>7</v>
       </c>
       <c r="G80" s="73">
         <v>0</v>
       </c>
       <c r="H80" s="73">
         <v>0</v>
       </c>
       <c r="I80" s="73">
         <v>0</v>
       </c>
       <c r="J80" s="73">
         <v>1</v>
       </c>
       <c r="K80" s="73">
         <v>0</v>
       </c>
       <c r="L80" s="73">
         <v>0</v>
       </c>
       <c r="M80" s="73">
         <v>0</v>
       </c>
       <c r="N80" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="O80" s="73">
         <v>1</v>
       </c>
       <c r="P80" s="73">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q80" s="73">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="R80" s="73">
         <v>0</v>
       </c>
       <c r="S80" s="73">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="T80" s="73">
         <v>0</v>
       </c>
       <c r="U80" s="73">
         <v>0</v>
       </c>
       <c r="V80" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="W80" s="73">
         <v>0</v>
       </c>
       <c r="X80" s="73">
         <v>0</v>
       </c>
       <c r="Y80" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Z80" s="73">
         <v>0</v>
       </c>
       <c r="AA80" s="73">
         <v>17</v>
       </c>
       <c r="AB80" s="73">
         <v>0</v>
       </c>
       <c r="AC80" s="73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AD80" s="73">
         <v>1</v>
       </c>
       <c r="AE80" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AF80" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AG80" s="73">
+        <v>2</v>
+      </c>
+      <c r="AH80" s="73">
+        <v>6</v>
+      </c>
+      <c r="AI80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AJ80" s="73">
+        <v>1</v>
+      </c>
+      <c r="AK80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AL80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AM80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AN80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AO80" s="73">
+        <v>0</v>
+      </c>
+      <c r="AP80" s="73">
+        <v>1</v>
+      </c>
+      <c r="AQ80" s="73">
         <v>4</v>
       </c>
-      <c r="AH80" s="73">
-[...28 lines deleted...]
-      </c>
       <c r="AR80" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AS80" s="73">
         <v>0</v>
       </c>
       <c r="AT80" s="73">
         <v>0</v>
       </c>
       <c r="AU80" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AV80" s="73">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AW80" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AX80" s="73">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="AY80" s="73">
         <v>0</v>
       </c>
       <c r="AZ80" s="73">
         <v>0</v>
       </c>
       <c r="BA80" s="73">
         <v>0</v>
       </c>
       <c r="BB80" s="73">
         <v>0</v>
       </c>
       <c r="BC80" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BD80" s="73">
         <v>0</v>
       </c>
       <c r="BE80" s="73">
         <v>0</v>
       </c>
       <c r="BF80" s="73">
         <v>0</v>
       </c>
       <c r="BG80" s="73">
         <v>0</v>
       </c>
       <c r="BH80" s="73">
         <v>0</v>
       </c>
       <c r="BI80" s="73">
         <v>0</v>
       </c>
       <c r="BJ80" s="73">
         <v>0</v>
       </c>
       <c r="BK80" s="73">
         <v>0</v>
       </c>
       <c r="BL80" s="73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BM80" s="73">
         <v>0</v>
       </c>
       <c r="BN80" s="73">
         <v>0</v>
       </c>
       <c r="BO80" s="73">
         <v>0</v>
       </c>
       <c r="BP80" s="73">
         <v>0</v>
       </c>
       <c r="BQ80" s="73">
         <v>0</v>
       </c>
       <c r="BR80" s="73">
         <v>0</v>
       </c>
       <c r="BS80" s="73">
         <v>0</v>
       </c>
       <c r="BT80" s="73">
         <v>0</v>
       </c>
       <c r="BU80" s="73">
         <v>0</v>
       </c>
       <c r="BV80" s="73">
         <v>0</v>
       </c>
       <c r="BW80" s="73">
         <v>0</v>
       </c>
       <c r="BX80" s="73">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="BY80" s="76" t="s">
         <v>50</v>
       </c>
       <c r="BZ80" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="2:78" ht="13" x14ac:dyDescent="0.2">
       <c r="B81" s="77" t="s">
         <v>317</v>
       </c>
       <c r="C81" s="78">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="D81" s="78">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="E81" s="78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F81" s="78">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G81" s="78">
         <v>0</v>
       </c>
       <c r="H81" s="78">
         <v>0</v>
       </c>
       <c r="I81" s="78">
         <v>0</v>
       </c>
       <c r="J81" s="78">
         <v>0</v>
       </c>
       <c r="K81" s="78">
         <v>0</v>
       </c>
       <c r="L81" s="78">
         <v>0</v>
       </c>
       <c r="M81" s="78">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N81" s="78">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="O81" s="78">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P81" s="78">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="Q81" s="78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R81" s="78">
         <v>0</v>
       </c>
       <c r="S81" s="78">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="T81" s="78">
         <v>0</v>
       </c>
       <c r="U81" s="78">
         <v>0</v>
       </c>
       <c r="V81" s="78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W81" s="78">
         <v>0</v>
       </c>
       <c r="X81" s="78">
         <v>0</v>
       </c>
       <c r="Y81" s="78">
         <v>0</v>
       </c>
       <c r="Z81" s="78">
         <v>0</v>
       </c>
       <c r="AA81" s="78">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AB81" s="78">
         <v>0</v>
       </c>
       <c r="AC81" s="78">
         <v>0</v>
       </c>
       <c r="AD81" s="78">
         <v>0</v>
       </c>
       <c r="AE81" s="78">
         <v>0</v>
       </c>
       <c r="AF81" s="78">
         <v>0</v>
       </c>
       <c r="AG81" s="78">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="AH81" s="78">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="AI81" s="78">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AJ81" s="78">
         <v>0</v>
       </c>
       <c r="AK81" s="78">
         <v>0</v>
       </c>
       <c r="AL81" s="78">
         <v>0</v>
       </c>
       <c r="AM81" s="78">
         <v>0</v>
       </c>
       <c r="AN81" s="78">
         <v>0</v>
       </c>
       <c r="AO81" s="78">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="AP81" s="78">
         <v>0</v>
       </c>
       <c r="AQ81" s="78">
         <v>0</v>
       </c>
       <c r="AR81" s="78">
         <v>0</v>
       </c>
       <c r="AS81" s="78">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AT81" s="78">
         <v>0</v>
       </c>
       <c r="AU81" s="78">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="AV81" s="78">
         <v>0</v>
       </c>
       <c r="AW81" s="78">
         <v>0</v>
       </c>
       <c r="AX81" s="78">
         <v>0</v>
       </c>
       <c r="AY81" s="78">
         <v>0</v>
       </c>
       <c r="AZ81" s="78">
         <v>0</v>
       </c>
       <c r="BA81" s="78">
         <v>3</v>
       </c>
       <c r="BB81" s="78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BC81" s="78">
         <v>0</v>
       </c>
       <c r="BD81" s="78">
         <v>0</v>
       </c>
       <c r="BE81" s="78">
         <v>0</v>
       </c>
       <c r="BF81" s="78">
         <v>0</v>
       </c>
       <c r="BG81" s="78">
         <v>0</v>
       </c>
       <c r="BH81" s="78">
         <v>0</v>
       </c>
       <c r="BI81" s="78">
         <v>0</v>
       </c>
       <c r="BJ81" s="78">
         <v>0</v>
       </c>
@@ -29619,143 +29597,143 @@
       <c r="BP81" s="78">
         <v>0</v>
       </c>
       <c r="BQ81" s="78">
         <v>0</v>
       </c>
       <c r="BR81" s="78">
         <v>0</v>
       </c>
       <c r="BS81" s="78">
         <v>0</v>
       </c>
       <c r="BT81" s="78">
         <v>0</v>
       </c>
       <c r="BU81" s="78">
         <v>0</v>
       </c>
       <c r="BV81" s="78">
         <v>0</v>
       </c>
       <c r="BW81" s="78">
         <v>0</v>
       </c>
       <c r="BX81" s="78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="BY81" s="78">
         <v>0</v>
       </c>
       <c r="BZ81" s="79" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="82" spans="2:78" ht="14.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C82" s="70" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="77">
-    <mergeCell ref="B3:B5"/>
-[...68 lines deleted...]
-    <mergeCell ref="BS3:BS5"/>
     <mergeCell ref="BY3:BY5"/>
     <mergeCell ref="BZ3:BZ5"/>
     <mergeCell ref="BT3:BT5"/>
     <mergeCell ref="BU3:BU5"/>
     <mergeCell ref="BV3:BV5"/>
     <mergeCell ref="BW3:BW5"/>
     <mergeCell ref="BX3:BX5"/>
+    <mergeCell ref="BO3:BO5"/>
+    <mergeCell ref="BP3:BP5"/>
+    <mergeCell ref="BQ3:BQ5"/>
+    <mergeCell ref="BR3:BR5"/>
+    <mergeCell ref="BS3:BS5"/>
+    <mergeCell ref="BJ3:BJ5"/>
+    <mergeCell ref="BK3:BK5"/>
+    <mergeCell ref="BL3:BL5"/>
+    <mergeCell ref="BM3:BM5"/>
+    <mergeCell ref="BN3:BN5"/>
+    <mergeCell ref="BE3:BE5"/>
+    <mergeCell ref="BF3:BF5"/>
+    <mergeCell ref="BG3:BG5"/>
+    <mergeCell ref="BH3:BH5"/>
+    <mergeCell ref="BI3:BI5"/>
+    <mergeCell ref="AZ3:AZ5"/>
+    <mergeCell ref="BA3:BA5"/>
+    <mergeCell ref="BB3:BB5"/>
+    <mergeCell ref="BC3:BC5"/>
+    <mergeCell ref="BD3:BD5"/>
+    <mergeCell ref="AU3:AU5"/>
+    <mergeCell ref="AV3:AV5"/>
+    <mergeCell ref="AW3:AW5"/>
+    <mergeCell ref="AX3:AX5"/>
+    <mergeCell ref="AY3:AY5"/>
+    <mergeCell ref="AP3:AP5"/>
+    <mergeCell ref="AQ3:AQ5"/>
+    <mergeCell ref="AR3:AR5"/>
+    <mergeCell ref="AS3:AS5"/>
+    <mergeCell ref="AT3:AT5"/>
+    <mergeCell ref="AK3:AK5"/>
+    <mergeCell ref="AL3:AL5"/>
+    <mergeCell ref="AM3:AM5"/>
+    <mergeCell ref="AN3:AN5"/>
+    <mergeCell ref="AO3:AO5"/>
+    <mergeCell ref="AF3:AF5"/>
+    <mergeCell ref="AG3:AG5"/>
+    <mergeCell ref="AH3:AH5"/>
+    <mergeCell ref="AI3:AI5"/>
+    <mergeCell ref="AJ3:AJ5"/>
+    <mergeCell ref="AA3:AA5"/>
+    <mergeCell ref="AB3:AB5"/>
+    <mergeCell ref="AC3:AC5"/>
+    <mergeCell ref="AD3:AD5"/>
+    <mergeCell ref="AE3:AE5"/>
+    <mergeCell ref="V3:V5"/>
+    <mergeCell ref="W3:W5"/>
+    <mergeCell ref="X3:X5"/>
+    <mergeCell ref="Y3:Y5"/>
+    <mergeCell ref="Z3:Z5"/>
+    <mergeCell ref="Q3:Q5"/>
+    <mergeCell ref="R3:R5"/>
+    <mergeCell ref="S3:S5"/>
+    <mergeCell ref="T3:T5"/>
+    <mergeCell ref="U3:U5"/>
+    <mergeCell ref="L3:L5"/>
+    <mergeCell ref="M3:M5"/>
+    <mergeCell ref="N3:N5"/>
+    <mergeCell ref="O3:O5"/>
+    <mergeCell ref="P3:P5"/>
+    <mergeCell ref="G3:G5"/>
+    <mergeCell ref="H3:H5"/>
+    <mergeCell ref="I3:I5"/>
+    <mergeCell ref="J3:J5"/>
+    <mergeCell ref="K3:K5"/>
+    <mergeCell ref="B3:B5"/>
+    <mergeCell ref="C3:C5"/>
+    <mergeCell ref="D3:D5"/>
+    <mergeCell ref="E3:E5"/>
+    <mergeCell ref="F3:F5"/>
   </mergeCells>
   <phoneticPr fontId="9"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>今月の特徴</vt:lpstr>