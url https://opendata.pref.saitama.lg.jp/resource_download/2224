--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,83 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\100ＨＰ月報\01_概要版\a2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F099F0F1-9A71-4E93-B35F-EED01B20F652}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0ADAC465-42B8-4A52-8D15-DBE909549B68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1月" sheetId="2" r:id="rId1"/>
     <sheet name="2月" sheetId="3" r:id="rId2"/>
     <sheet name="3月" sheetId="4" r:id="rId3"/>
     <sheet name="4月" sheetId="5" r:id="rId4"/>
     <sheet name="5月" sheetId="6" r:id="rId5"/>
     <sheet name="6月" sheetId="7" r:id="rId6"/>
     <sheet name="7月" sheetId="8" r:id="rId7"/>
     <sheet name="8月" sheetId="9" r:id="rId8"/>
     <sheet name="9月" sheetId="10" r:id="rId9"/>
+    <sheet name="10月" sheetId="11" r:id="rId10"/>
+    <sheet name="11月" sheetId="12" r:id="rId11"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1684" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2060" uniqueCount="207">
   <si>
     <t>埼玉県推計人口　令和7年1月1日現在</t>
   </si>
   <si>
     <t>Population of Saitama Prefecture as at January 1, 2025</t>
   </si>
   <si>
     <t>人口</t>
   </si>
   <si>
     <t>Population</t>
   </si>
   <si>
     <t>前月</t>
   </si>
   <si>
     <t>市町村</t>
   </si>
   <si>
     <t>世帯数</t>
   </si>
   <si>
     <t>からの</t>
   </si>
   <si>
@@ -646,50 +650,62 @@
   </si>
   <si>
     <t>埼玉県推計人口　令和7年6月1日現在</t>
   </si>
   <si>
     <t>Population of Saitama Prefecture as at June 1, 2025</t>
   </si>
   <si>
     <t>埼玉県推計人口　令和7年7月1日現在</t>
   </si>
   <si>
     <t>Population of Saitama Prefecture as at July 1, 2025</t>
   </si>
   <si>
     <t>埼玉県推計人口　令和7年8月1日現在</t>
   </si>
   <si>
     <t>Population of Saitama Prefecture as at August 1, 2025</t>
   </si>
   <si>
     <t>埼玉県推計人口　令和7年9月1日現在</t>
   </si>
   <si>
     <t>Population of Saitama Prefecture as at September 1, 2025</t>
   </si>
+  <si>
+    <t>埼玉県推計人口　令和7年10月1日現在</t>
+  </si>
+  <si>
+    <t>Population of Saitama Prefecture as at October 1, 2025</t>
+  </si>
+  <si>
+    <t>埼玉県推計人口　令和7年11月1日現在</t>
+  </si>
+  <si>
+    <t>Population of Saitama Prefecture as at November 1, 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
@@ -871,51 +887,51 @@
     <xf numFmtId="3" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3204,50 +3220,4656 @@
         <v>184</v>
       </c>
       <c r="C90" s="16">
         <v>11092</v>
       </c>
       <c r="D90" s="16">
         <v>27161</v>
       </c>
       <c r="E90" s="16">
         <v>13659</v>
       </c>
       <c r="F90" s="16">
         <v>13502</v>
       </c>
       <c r="G90" s="16">
         <v>-15</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{840D411B-A435-4A59-9BB1-1190517F2A43}">
+  <dimension ref="A1:H90"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozenSplit"/>
+      <selection pane="topRight"/>
+      <selection pane="bottomLeft"/>
+      <selection pane="bottomRight" activeCell="K16" sqref="K16"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="10.7265625" defaultRowHeight="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="15" style="17" customWidth="1"/>
+    <col min="2" max="2" width="24" style="17" customWidth="1"/>
+    <col min="3" max="3" width="10.7265625" style="17" customWidth="1"/>
+    <col min="4" max="16384" width="10.7265625" style="17"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A1" s="17" t="s">
+        <v>203</v>
+      </c>
+      <c r="H1" s="18" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A2" s="19"/>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+    </row>
+    <row r="3" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A3" s="22"/>
+      <c r="B3" s="23"/>
+      <c r="C3" s="23"/>
+      <c r="D3" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="E3" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="G3" s="23"/>
+      <c r="H3" s="23" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A4" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="23"/>
+      <c r="C4" s="23" t="s">
+        <v>6</v>
+      </c>
+      <c r="D4" s="24"/>
+      <c r="E4" s="24"/>
+      <c r="F4" s="24"/>
+      <c r="G4" s="25"/>
+      <c r="H4" s="23" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A5" s="22"/>
+      <c r="B5" s="23"/>
+      <c r="C5" s="23"/>
+      <c r="D5" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="23" t="s">
+        <v>193</v>
+      </c>
+      <c r="H5" s="23" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" s="29" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="27" t="s">
+        <v>194</v>
+      </c>
+      <c r="H6" s="28" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A7" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="31">
+        <v>3364140</v>
+      </c>
+      <c r="D7" s="31">
+        <v>7322991</v>
+      </c>
+      <c r="E7" s="31">
+        <v>3629929</v>
+      </c>
+      <c r="F7" s="31">
+        <v>3693061</v>
+      </c>
+      <c r="G7" s="31">
+        <v>1</v>
+      </c>
+      <c r="H7" s="31">
+        <v>-383</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A8" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="33">
+        <v>3160903</v>
+      </c>
+      <c r="D8" s="33">
+        <v>6854239</v>
+      </c>
+      <c r="E8" s="33">
+        <v>3396433</v>
+      </c>
+      <c r="F8" s="33">
+        <v>3457805</v>
+      </c>
+      <c r="G8" s="33">
+        <v>1</v>
+      </c>
+      <c r="H8" s="33">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A9" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="33">
+        <v>203237</v>
+      </c>
+      <c r="D9" s="33">
+        <v>468752</v>
+      </c>
+      <c r="E9" s="33">
+        <v>233496</v>
+      </c>
+      <c r="F9" s="33">
+        <v>235256</v>
+      </c>
+      <c r="G9" s="33">
+        <v>0</v>
+      </c>
+      <c r="H9" s="33">
+        <v>-384</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A10" s="32" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="32" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="33">
+        <v>628318</v>
+      </c>
+      <c r="D10" s="33">
+        <v>1356136</v>
+      </c>
+      <c r="E10" s="33">
+        <v>666098</v>
+      </c>
+      <c r="F10" s="33">
+        <v>690038</v>
+      </c>
+      <c r="G10" s="33">
+        <v>0</v>
+      </c>
+      <c r="H10" s="33">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A11" s="32" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="33">
+        <v>41836</v>
+      </c>
+      <c r="D11" s="33">
+        <v>96321</v>
+      </c>
+      <c r="E11" s="33">
+        <v>47151</v>
+      </c>
+      <c r="F11" s="33">
+        <v>49170</v>
+      </c>
+      <c r="G11" s="33">
+        <v>0</v>
+      </c>
+      <c r="H11" s="33">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A12" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="32" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="33">
+        <v>71530</v>
+      </c>
+      <c r="D12" s="33">
+        <v>151886</v>
+      </c>
+      <c r="E12" s="33">
+        <v>74080</v>
+      </c>
+      <c r="F12" s="33">
+        <v>77806</v>
+      </c>
+      <c r="G12" s="33">
+        <v>0</v>
+      </c>
+      <c r="H12" s="33">
+        <v>-102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A13" s="32" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="33">
+        <v>61970</v>
+      </c>
+      <c r="D13" s="33">
+        <v>126348</v>
+      </c>
+      <c r="E13" s="33">
+        <v>62699</v>
+      </c>
+      <c r="F13" s="33">
+        <v>63649</v>
+      </c>
+      <c r="G13" s="33">
+        <v>0</v>
+      </c>
+      <c r="H13" s="33">
+        <v>-56</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A14" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="32" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" s="33">
+        <v>75961</v>
+      </c>
+      <c r="D14" s="33">
+        <v>167071</v>
+      </c>
+      <c r="E14" s="33">
+        <v>81423</v>
+      </c>
+      <c r="F14" s="33">
+        <v>85648</v>
+      </c>
+      <c r="G14" s="33">
+        <v>0</v>
+      </c>
+      <c r="H14" s="33">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A15" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="33">
+        <v>50639</v>
+      </c>
+      <c r="D15" s="33">
+        <v>104375</v>
+      </c>
+      <c r="E15" s="33">
+        <v>51336</v>
+      </c>
+      <c r="F15" s="33">
+        <v>53039</v>
+      </c>
+      <c r="G15" s="33">
+        <v>0</v>
+      </c>
+      <c r="H15" s="33">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A16" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="33">
+        <v>49355</v>
+      </c>
+      <c r="D16" s="33">
+        <v>99162</v>
+      </c>
+      <c r="E16" s="33">
+        <v>49776</v>
+      </c>
+      <c r="F16" s="33">
+        <v>49386</v>
+      </c>
+      <c r="G16" s="33">
+        <v>0</v>
+      </c>
+      <c r="H16" s="33">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A17" s="32" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="C17" s="33">
+        <v>79739</v>
+      </c>
+      <c r="D17" s="33">
+        <v>169112</v>
+      </c>
+      <c r="E17" s="33">
+        <v>81245</v>
+      </c>
+      <c r="F17" s="33">
+        <v>87867</v>
+      </c>
+      <c r="G17" s="33">
+        <v>0</v>
+      </c>
+      <c r="H17" s="33">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A18" s="32" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="32" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" s="33">
+        <v>91781</v>
+      </c>
+      <c r="D18" s="33">
+        <v>195797</v>
+      </c>
+      <c r="E18" s="33">
+        <v>97079</v>
+      </c>
+      <c r="F18" s="33">
+        <v>98718</v>
+      </c>
+      <c r="G18" s="33">
+        <v>0</v>
+      </c>
+      <c r="H18" s="33">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A19" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="32" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" s="33">
+        <v>56350</v>
+      </c>
+      <c r="D19" s="33">
+        <v>135293</v>
+      </c>
+      <c r="E19" s="33">
+        <v>66413</v>
+      </c>
+      <c r="F19" s="33">
+        <v>68880</v>
+      </c>
+      <c r="G19" s="33">
+        <v>0</v>
+      </c>
+      <c r="H19" s="33">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A20" s="32" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="32" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="33">
+        <v>49157</v>
+      </c>
+      <c r="D20" s="33">
+        <v>110771</v>
+      </c>
+      <c r="E20" s="33">
+        <v>54896</v>
+      </c>
+      <c r="F20" s="33">
+        <v>55875</v>
+      </c>
+      <c r="G20" s="33">
+        <v>0</v>
+      </c>
+      <c r="H20" s="33">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A21" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="C21" s="33">
+        <v>162854</v>
+      </c>
+      <c r="D21" s="33">
+        <v>354242</v>
+      </c>
+      <c r="E21" s="33">
+        <v>176330</v>
+      </c>
+      <c r="F21" s="33">
+        <v>177911</v>
+      </c>
+      <c r="G21" s="33">
+        <v>1</v>
+      </c>
+      <c r="H21" s="33">
+        <v>-100</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A22" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22" s="33">
+        <v>83975</v>
+      </c>
+      <c r="D22" s="33">
+        <v>188896</v>
+      </c>
+      <c r="E22" s="33">
+        <v>94492</v>
+      </c>
+      <c r="F22" s="33">
+        <v>94404</v>
+      </c>
+      <c r="G22" s="33">
+        <v>0</v>
+      </c>
+      <c r="H22" s="33">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A23" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="32" t="s">
+        <v>50</v>
+      </c>
+      <c r="C23" s="33">
+        <v>284858</v>
+      </c>
+      <c r="D23" s="33">
+        <v>595396</v>
+      </c>
+      <c r="E23" s="33">
+        <v>299845</v>
+      </c>
+      <c r="F23" s="33">
+        <v>295551</v>
+      </c>
+      <c r="G23" s="33">
+        <v>0</v>
+      </c>
+      <c r="H23" s="33">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A24" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" s="33">
+        <v>33263</v>
+      </c>
+      <c r="D24" s="33">
+        <v>75724</v>
+      </c>
+      <c r="E24" s="33">
+        <v>37266</v>
+      </c>
+      <c r="F24" s="33">
+        <v>38458</v>
+      </c>
+      <c r="G24" s="33">
+        <v>0</v>
+      </c>
+      <c r="H24" s="33">
+        <v>-25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A25" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="32" t="s">
+        <v>54</v>
+      </c>
+      <c r="C25" s="33">
+        <v>23516</v>
+      </c>
+      <c r="D25" s="33">
+        <v>54807</v>
+      </c>
+      <c r="E25" s="33">
+        <v>26729</v>
+      </c>
+      <c r="F25" s="33">
+        <v>28078</v>
+      </c>
+      <c r="G25" s="33">
+        <v>0</v>
+      </c>
+      <c r="H25" s="33">
+        <v>-60</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A26" s="32" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="32" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="33">
+        <v>161755</v>
+      </c>
+      <c r="D26" s="33">
+        <v>340762</v>
+      </c>
+      <c r="E26" s="33">
+        <v>166414</v>
+      </c>
+      <c r="F26" s="33">
+        <v>174348</v>
+      </c>
+      <c r="G26" s="33">
+        <v>0</v>
+      </c>
+      <c r="H26" s="33">
+        <v>-54</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A27" s="32" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="32" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" s="33">
+        <v>34899</v>
+      </c>
+      <c r="D27" s="33">
+        <v>78680</v>
+      </c>
+      <c r="E27" s="33">
+        <v>39381</v>
+      </c>
+      <c r="F27" s="33">
+        <v>39299</v>
+      </c>
+      <c r="G27" s="33">
+        <v>0</v>
+      </c>
+      <c r="H27" s="33">
+        <v>-104</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A28" s="32" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="C28" s="33">
+        <v>47978</v>
+      </c>
+      <c r="D28" s="33">
+        <v>110589</v>
+      </c>
+      <c r="E28" s="33">
+        <v>55614</v>
+      </c>
+      <c r="F28" s="33">
+        <v>54975</v>
+      </c>
+      <c r="G28" s="33">
+        <v>0</v>
+      </c>
+      <c r="H28" s="33">
+        <v>-59</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A29" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="C29" s="33">
+        <v>34862</v>
+      </c>
+      <c r="D29" s="33">
+        <v>76938</v>
+      </c>
+      <c r="E29" s="33">
+        <v>38504</v>
+      </c>
+      <c r="F29" s="33">
+        <v>38434</v>
+      </c>
+      <c r="G29" s="33">
+        <v>0</v>
+      </c>
+      <c r="H29" s="33">
+        <v>-26</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A30" s="32" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="32" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" s="33">
+        <v>43038</v>
+      </c>
+      <c r="D30" s="33">
+        <v>92804</v>
+      </c>
+      <c r="E30" s="33">
+        <v>46503</v>
+      </c>
+      <c r="F30" s="33">
+        <v>46301</v>
+      </c>
+      <c r="G30" s="33">
+        <v>0</v>
+      </c>
+      <c r="H30" s="33">
+        <v>-34</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A31" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="32" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="33">
+        <v>103802</v>
+      </c>
+      <c r="D31" s="33">
+        <v>225190</v>
+      </c>
+      <c r="E31" s="33">
+        <v>110714</v>
+      </c>
+      <c r="F31" s="33">
+        <v>114476</v>
+      </c>
+      <c r="G31" s="33">
+        <v>0</v>
+      </c>
+      <c r="H31" s="33">
+        <v>-3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A32" s="32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="32" t="s">
+        <v>68</v>
+      </c>
+      <c r="C32" s="33">
+        <v>67181</v>
+      </c>
+      <c r="D32" s="33">
+        <v>146099</v>
+      </c>
+      <c r="E32" s="33">
+        <v>72337</v>
+      </c>
+      <c r="F32" s="33">
+        <v>73762</v>
+      </c>
+      <c r="G32" s="33">
+        <v>0</v>
+      </c>
+      <c r="H32" s="33">
+        <v>-13</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A33" s="32" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="32" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33" s="33">
+        <v>23003</v>
+      </c>
+      <c r="D33" s="33">
+        <v>52032</v>
+      </c>
+      <c r="E33" s="33">
+        <v>25887</v>
+      </c>
+      <c r="F33" s="33">
+        <v>26145</v>
+      </c>
+      <c r="G33" s="33">
+        <v>0</v>
+      </c>
+      <c r="H33" s="33">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A34" s="32" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="32" t="s">
+        <v>72</v>
+      </c>
+      <c r="C34" s="33">
+        <v>51036</v>
+      </c>
+      <c r="D34" s="33">
+        <v>116488</v>
+      </c>
+      <c r="E34" s="33">
+        <v>57375</v>
+      </c>
+      <c r="F34" s="33">
+        <v>59113</v>
+      </c>
+      <c r="G34" s="33">
+        <v>0</v>
+      </c>
+      <c r="H34" s="33">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A35" s="32" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="32" t="s">
+        <v>74</v>
+      </c>
+      <c r="C35" s="33">
+        <v>59550</v>
+      </c>
+      <c r="D35" s="33">
+        <v>138694</v>
+      </c>
+      <c r="E35" s="33">
+        <v>68884</v>
+      </c>
+      <c r="F35" s="33">
+        <v>69810</v>
+      </c>
+      <c r="G35" s="33">
+        <v>0</v>
+      </c>
+      <c r="H35" s="33">
+        <v>-34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A36" s="32" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="32" t="s">
+        <v>76</v>
+      </c>
+      <c r="C36" s="33">
+        <v>103191</v>
+      </c>
+      <c r="D36" s="33">
+        <v>228405</v>
+      </c>
+      <c r="E36" s="33">
+        <v>112519</v>
+      </c>
+      <c r="F36" s="33">
+        <v>115886</v>
+      </c>
+      <c r="G36" s="33">
+        <v>0</v>
+      </c>
+      <c r="H36" s="33">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A37" s="32" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="32" t="s">
+        <v>78</v>
+      </c>
+      <c r="C37" s="33">
+        <v>120503</v>
+      </c>
+      <c r="D37" s="33">
+        <v>250547</v>
+      </c>
+      <c r="E37" s="33">
+        <v>125682</v>
+      </c>
+      <c r="F37" s="33">
+        <v>124865</v>
+      </c>
+      <c r="G37" s="33">
+        <v>0</v>
+      </c>
+      <c r="H37" s="33">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A38" s="32" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="C38" s="33">
+        <v>150053</v>
+      </c>
+      <c r="D38" s="33">
+        <v>338134</v>
+      </c>
+      <c r="E38" s="33">
+        <v>166160</v>
+      </c>
+      <c r="F38" s="33">
+        <v>171974</v>
+      </c>
+      <c r="G38" s="33">
+        <v>0</v>
+      </c>
+      <c r="H38" s="33">
+        <v>-146</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A39" s="32" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="32" t="s">
+        <v>82</v>
+      </c>
+      <c r="C39" s="33">
+        <v>39765</v>
+      </c>
+      <c r="D39" s="33">
+        <v>75811</v>
+      </c>
+      <c r="E39" s="33">
+        <v>38452</v>
+      </c>
+      <c r="F39" s="33">
+        <v>37359</v>
+      </c>
+      <c r="G39" s="33">
+        <v>0</v>
+      </c>
+      <c r="H39" s="33">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A40" s="32" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="32" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="33">
+        <v>68627</v>
+      </c>
+      <c r="D40" s="33">
+        <v>142650</v>
+      </c>
+      <c r="E40" s="33">
+        <v>71892</v>
+      </c>
+      <c r="F40" s="33">
+        <v>70758</v>
+      </c>
+      <c r="G40" s="33">
+        <v>0</v>
+      </c>
+      <c r="H40" s="33">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A41" s="32" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="32" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41" s="33">
+        <v>63579</v>
+      </c>
+      <c r="D41" s="33">
+        <v>140814</v>
+      </c>
+      <c r="E41" s="33">
+        <v>69024</v>
+      </c>
+      <c r="F41" s="33">
+        <v>71790</v>
+      </c>
+      <c r="G41" s="33">
+        <v>0</v>
+      </c>
+      <c r="H41" s="33">
+        <v>-122</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A42" s="32" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="32" t="s">
+        <v>88</v>
+      </c>
+      <c r="C42" s="33">
+        <v>67051</v>
+      </c>
+      <c r="D42" s="33">
+        <v>144556</v>
+      </c>
+      <c r="E42" s="33">
+        <v>72331</v>
+      </c>
+      <c r="F42" s="33">
+        <v>72225</v>
+      </c>
+      <c r="G42" s="33">
+        <v>0</v>
+      </c>
+      <c r="H42" s="33">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A43" s="32" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="32" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43" s="33">
+        <v>34465</v>
+      </c>
+      <c r="D43" s="33">
+        <v>75114</v>
+      </c>
+      <c r="E43" s="33">
+        <v>36739</v>
+      </c>
+      <c r="F43" s="33">
+        <v>38375</v>
+      </c>
+      <c r="G43" s="33">
+        <v>0</v>
+      </c>
+      <c r="H43" s="33">
+        <v>-26</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A44" s="32" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="32" t="s">
+        <v>92</v>
+      </c>
+      <c r="C44" s="33">
+        <v>42301</v>
+      </c>
+      <c r="D44" s="33">
+        <v>84816</v>
+      </c>
+      <c r="E44" s="33">
+        <v>43442</v>
+      </c>
+      <c r="F44" s="33">
+        <v>41374</v>
+      </c>
+      <c r="G44" s="33">
+        <v>0</v>
+      </c>
+      <c r="H44" s="33">
+        <v>-93</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A45" s="32" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="32" t="s">
+        <v>94</v>
+      </c>
+      <c r="C45" s="33">
+        <v>78573</v>
+      </c>
+      <c r="D45" s="33">
+        <v>166149</v>
+      </c>
+      <c r="E45" s="33">
+        <v>81748</v>
+      </c>
+      <c r="F45" s="33">
+        <v>84401</v>
+      </c>
+      <c r="G45" s="33">
+        <v>0</v>
+      </c>
+      <c r="H45" s="33">
+        <v>-75</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A46" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="32" t="s">
+        <v>96</v>
+      </c>
+      <c r="C46" s="33">
+        <v>32503</v>
+      </c>
+      <c r="D46" s="33">
+        <v>73635</v>
+      </c>
+      <c r="E46" s="33">
+        <v>36124</v>
+      </c>
+      <c r="F46" s="33">
+        <v>37511</v>
+      </c>
+      <c r="G46" s="33">
+        <v>0</v>
+      </c>
+      <c r="H46" s="33">
+        <v>-7</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A47" s="32" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="32" t="s">
+        <v>98</v>
+      </c>
+      <c r="C47" s="33">
+        <v>66127</v>
+      </c>
+      <c r="D47" s="33">
+        <v>148714</v>
+      </c>
+      <c r="E47" s="33">
+        <v>73525</v>
+      </c>
+      <c r="F47" s="33">
+        <v>75189</v>
+      </c>
+      <c r="G47" s="33">
+        <v>0</v>
+      </c>
+      <c r="H47" s="33">
+        <v>-37</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A48" s="32" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" s="32" t="s">
+        <v>100</v>
+      </c>
+      <c r="C48" s="33">
+        <v>29069</v>
+      </c>
+      <c r="D48" s="33">
+        <v>64195</v>
+      </c>
+      <c r="E48" s="33">
+        <v>31383</v>
+      </c>
+      <c r="F48" s="33">
+        <v>32812</v>
+      </c>
+      <c r="G48" s="33">
+        <v>0</v>
+      </c>
+      <c r="H48" s="33">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A49" s="32" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" s="32" t="s">
+        <v>102</v>
+      </c>
+      <c r="C49" s="33">
+        <v>45686</v>
+      </c>
+      <c r="D49" s="33">
+        <v>94761</v>
+      </c>
+      <c r="E49" s="33">
+        <v>48666</v>
+      </c>
+      <c r="F49" s="33">
+        <v>46095</v>
+      </c>
+      <c r="G49" s="33">
+        <v>0</v>
+      </c>
+      <c r="H49" s="33">
+        <v>-85</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A50" s="32" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" s="32" t="s">
+        <v>104</v>
+      </c>
+      <c r="C50" s="33">
+        <v>54720</v>
+      </c>
+      <c r="D50" s="33">
+        <v>113405</v>
+      </c>
+      <c r="E50" s="33">
+        <v>55273</v>
+      </c>
+      <c r="F50" s="33">
+        <v>58132</v>
+      </c>
+      <c r="G50" s="33">
+        <v>0</v>
+      </c>
+      <c r="H50" s="33">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A51" s="32" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="32" t="s">
+        <v>106</v>
+      </c>
+      <c r="C51" s="33">
+        <v>64413</v>
+      </c>
+      <c r="D51" s="33">
+        <v>141289</v>
+      </c>
+      <c r="E51" s="33">
+        <v>70722</v>
+      </c>
+      <c r="F51" s="33">
+        <v>70567</v>
+      </c>
+      <c r="G51" s="33">
+        <v>0</v>
+      </c>
+      <c r="H51" s="33">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A52" s="32" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" s="32" t="s">
+        <v>108</v>
+      </c>
+      <c r="C52" s="33">
+        <v>26903</v>
+      </c>
+      <c r="D52" s="33">
+        <v>60844</v>
+      </c>
+      <c r="E52" s="33">
+        <v>30000</v>
+      </c>
+      <c r="F52" s="33">
+        <v>30844</v>
+      </c>
+      <c r="G52" s="33">
+        <v>0</v>
+      </c>
+      <c r="H52" s="33">
+        <v>-2</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A53" s="32" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" s="32" t="s">
+        <v>110</v>
+      </c>
+      <c r="C53" s="33">
+        <v>47503</v>
+      </c>
+      <c r="D53" s="33">
+        <v>99337</v>
+      </c>
+      <c r="E53" s="33">
+        <v>49283</v>
+      </c>
+      <c r="F53" s="33">
+        <v>50054</v>
+      </c>
+      <c r="G53" s="33">
+        <v>0</v>
+      </c>
+      <c r="H53" s="33">
+        <v>-24</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A54" s="32" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" s="32" t="s">
+        <v>112</v>
+      </c>
+      <c r="C54" s="33">
+        <v>21681</v>
+      </c>
+      <c r="D54" s="33">
+        <v>48196</v>
+      </c>
+      <c r="E54" s="33">
+        <v>24062</v>
+      </c>
+      <c r="F54" s="33">
+        <v>24134</v>
+      </c>
+      <c r="G54" s="33">
+        <v>0</v>
+      </c>
+      <c r="H54" s="33">
+        <v>-7</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A55" s="32" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" s="32" t="s">
+        <v>114</v>
+      </c>
+      <c r="C55" s="33">
+        <v>32983</v>
+      </c>
+      <c r="D55" s="33">
+        <v>69881</v>
+      </c>
+      <c r="E55" s="33">
+        <v>34353</v>
+      </c>
+      <c r="F55" s="33">
+        <v>35528</v>
+      </c>
+      <c r="G55" s="33">
+        <v>0</v>
+      </c>
+      <c r="H55" s="33">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A56" s="32" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="C56" s="33">
+        <v>23497</v>
+      </c>
+      <c r="D56" s="33">
+        <v>53013</v>
+      </c>
+      <c r="E56" s="33">
+        <v>26182</v>
+      </c>
+      <c r="F56" s="33">
+        <v>26831</v>
+      </c>
+      <c r="G56" s="33">
+        <v>0</v>
+      </c>
+      <c r="H56" s="33">
+        <v>-25</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A57" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" s="32" t="s">
+        <v>118</v>
+      </c>
+      <c r="C57" s="33">
+        <v>29591</v>
+      </c>
+      <c r="D57" s="33">
+        <v>70965</v>
+      </c>
+      <c r="E57" s="33">
+        <v>35122</v>
+      </c>
+      <c r="F57" s="33">
+        <v>35843</v>
+      </c>
+      <c r="G57" s="33">
+        <v>0</v>
+      </c>
+      <c r="H57" s="33">
+        <v>-51</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A58" s="32" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" s="32" t="s">
+        <v>120</v>
+      </c>
+      <c r="C58" s="33">
+        <v>52298</v>
+      </c>
+      <c r="D58" s="33">
+        <v>113471</v>
+      </c>
+      <c r="E58" s="33">
+        <v>55720</v>
+      </c>
+      <c r="F58" s="33">
+        <v>57751</v>
+      </c>
+      <c r="G58" s="33">
+        <v>0</v>
+      </c>
+      <c r="H58" s="33">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A59" s="32" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" s="32" t="s">
+        <v>122</v>
+      </c>
+      <c r="C59" s="33">
+        <v>21933</v>
+      </c>
+      <c r="D59" s="33">
+        <v>52060</v>
+      </c>
+      <c r="E59" s="33">
+        <v>25656</v>
+      </c>
+      <c r="F59" s="33">
+        <v>26404</v>
+      </c>
+      <c r="G59" s="33">
+        <v>0</v>
+      </c>
+      <c r="H59" s="33">
+        <v>-7</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A60" s="32" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" s="32" t="s">
+        <v>124</v>
+      </c>
+      <c r="C60" s="33">
+        <v>19158</v>
+      </c>
+      <c r="D60" s="33">
+        <v>44838</v>
+      </c>
+      <c r="E60" s="33">
+        <v>22417</v>
+      </c>
+      <c r="F60" s="33">
+        <v>22421</v>
+      </c>
+      <c r="G60" s="33">
+        <v>0</v>
+      </c>
+      <c r="H60" s="33">
+        <v>-28</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A61" s="32" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" s="32" t="s">
+        <v>126</v>
+      </c>
+      <c r="C61" s="33">
+        <v>19158</v>
+      </c>
+      <c r="D61" s="33">
+        <v>44838</v>
+      </c>
+      <c r="E61" s="33">
+        <v>22417</v>
+      </c>
+      <c r="F61" s="33">
+        <v>22421</v>
+      </c>
+      <c r="G61" s="33">
+        <v>0</v>
+      </c>
+      <c r="H61" s="33">
+        <v>-28</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A62" s="32" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" s="32" t="s">
+        <v>128</v>
+      </c>
+      <c r="C62" s="33">
+        <v>36666</v>
+      </c>
+      <c r="D62" s="33">
+        <v>81828</v>
+      </c>
+      <c r="E62" s="33">
+        <v>40274</v>
+      </c>
+      <c r="F62" s="33">
+        <v>41554</v>
+      </c>
+      <c r="G62" s="33">
+        <v>0</v>
+      </c>
+      <c r="H62" s="33">
+        <v>-26</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A63" s="32" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" s="32" t="s">
+        <v>130</v>
+      </c>
+      <c r="C63" s="33">
+        <v>15704</v>
+      </c>
+      <c r="D63" s="33">
+        <v>37676</v>
+      </c>
+      <c r="E63" s="33">
+        <v>18407</v>
+      </c>
+      <c r="F63" s="33">
+        <v>19269</v>
+      </c>
+      <c r="G63" s="33">
+        <v>0</v>
+      </c>
+      <c r="H63" s="33">
+        <v>-30</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A64" s="32" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" s="32" t="s">
+        <v>132</v>
+      </c>
+      <c r="C64" s="33">
+        <v>16299</v>
+      </c>
+      <c r="D64" s="33">
+        <v>33912</v>
+      </c>
+      <c r="E64" s="33">
+        <v>16808</v>
+      </c>
+      <c r="F64" s="33">
+        <v>17104</v>
+      </c>
+      <c r="G64" s="33">
+        <v>0</v>
+      </c>
+      <c r="H64" s="33">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A65" s="32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" s="32" t="s">
+        <v>134</v>
+      </c>
+      <c r="C65" s="33">
+        <v>4663</v>
+      </c>
+      <c r="D65" s="33">
+        <v>10240</v>
+      </c>
+      <c r="E65" s="33">
+        <v>5059</v>
+      </c>
+      <c r="F65" s="33">
+        <v>5181</v>
+      </c>
+      <c r="G65" s="33">
+        <v>0</v>
+      </c>
+      <c r="H65" s="33">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A66" s="32" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" s="32" t="s">
+        <v>136</v>
+      </c>
+      <c r="C66" s="33">
+        <v>52137</v>
+      </c>
+      <c r="D66" s="33">
+        <v>121277</v>
+      </c>
+      <c r="E66" s="33">
+        <v>60751</v>
+      </c>
+      <c r="F66" s="33">
+        <v>60526</v>
+      </c>
+      <c r="G66" s="33">
+        <v>0</v>
+      </c>
+      <c r="H66" s="33">
+        <v>-109</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A67" s="32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" s="32" t="s">
+        <v>138</v>
+      </c>
+      <c r="C67" s="33">
+        <v>8217</v>
+      </c>
+      <c r="D67" s="33">
+        <v>20006</v>
+      </c>
+      <c r="E67" s="33">
+        <v>10199</v>
+      </c>
+      <c r="F67" s="33">
+        <v>9807</v>
+      </c>
+      <c r="G67" s="33">
+        <v>0</v>
+      </c>
+      <c r="H67" s="33">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A68" s="32" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" s="32" t="s">
+        <v>140</v>
+      </c>
+      <c r="C68" s="33">
+        <v>7845</v>
+      </c>
+      <c r="D68" s="33">
+        <v>17442</v>
+      </c>
+      <c r="E68" s="33">
+        <v>8666</v>
+      </c>
+      <c r="F68" s="33">
+        <v>8776</v>
+      </c>
+      <c r="G68" s="33">
+        <v>0</v>
+      </c>
+      <c r="H68" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A69" s="32" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" s="32" t="s">
+        <v>142</v>
+      </c>
+      <c r="C69" s="33">
+        <v>11843</v>
+      </c>
+      <c r="D69" s="33">
+        <v>26383</v>
+      </c>
+      <c r="E69" s="33">
+        <v>13142</v>
+      </c>
+      <c r="F69" s="33">
+        <v>13241</v>
+      </c>
+      <c r="G69" s="33">
+        <v>0</v>
+      </c>
+      <c r="H69" s="33">
+        <v>-43</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A70" s="32" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" s="32" t="s">
+        <v>144</v>
+      </c>
+      <c r="C70" s="33">
+        <v>7529</v>
+      </c>
+      <c r="D70" s="33">
+        <v>18173</v>
+      </c>
+      <c r="E70" s="33">
+        <v>9220</v>
+      </c>
+      <c r="F70" s="33">
+        <v>8953</v>
+      </c>
+      <c r="G70" s="33">
+        <v>0</v>
+      </c>
+      <c r="H70" s="33">
+        <v>-15</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A71" s="32" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" s="32" t="s">
+        <v>146</v>
+      </c>
+      <c r="C71" s="33">
+        <v>7028</v>
+      </c>
+      <c r="D71" s="33">
+        <v>16867</v>
+      </c>
+      <c r="E71" s="33">
+        <v>8488</v>
+      </c>
+      <c r="F71" s="33">
+        <v>8379</v>
+      </c>
+      <c r="G71" s="33">
+        <v>0</v>
+      </c>
+      <c r="H71" s="33">
+        <v>-40</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A72" s="32" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" s="32" t="s">
+        <v>148</v>
+      </c>
+      <c r="C72" s="33">
+        <v>5446</v>
+      </c>
+      <c r="D72" s="33">
+        <v>12653</v>
+      </c>
+      <c r="E72" s="33">
+        <v>6126</v>
+      </c>
+      <c r="F72" s="33">
+        <v>6527</v>
+      </c>
+      <c r="G72" s="33">
+        <v>0</v>
+      </c>
+      <c r="H72" s="33">
+        <v>-22</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A73" s="32" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" s="32" t="s">
+        <v>150</v>
+      </c>
+      <c r="C73" s="33">
+        <v>4229</v>
+      </c>
+      <c r="D73" s="33">
+        <v>9753</v>
+      </c>
+      <c r="E73" s="33">
+        <v>4910</v>
+      </c>
+      <c r="F73" s="33">
+        <v>4843</v>
+      </c>
+      <c r="G73" s="33">
+        <v>0</v>
+      </c>
+      <c r="H73" s="33">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A74" s="32" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" s="32" t="s">
+        <v>152</v>
+      </c>
+      <c r="C74" s="33">
+        <v>14051</v>
+      </c>
+      <c r="D74" s="33">
+        <v>33920</v>
+      </c>
+      <c r="E74" s="33">
+        <v>16717</v>
+      </c>
+      <c r="F74" s="33">
+        <v>17203</v>
+      </c>
+      <c r="G74" s="33">
+        <v>0</v>
+      </c>
+      <c r="H74" s="33">
+        <v>-65</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A75" s="32" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" s="32" t="s">
+        <v>154</v>
+      </c>
+      <c r="C75" s="33">
+        <v>3043</v>
+      </c>
+      <c r="D75" s="33">
+        <v>7347</v>
+      </c>
+      <c r="E75" s="33">
+        <v>3647</v>
+      </c>
+      <c r="F75" s="33">
+        <v>3700</v>
+      </c>
+      <c r="G75" s="33">
+        <v>0</v>
+      </c>
+      <c r="H75" s="33">
+        <v>-6</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A76" s="32" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" s="32" t="s">
+        <v>156</v>
+      </c>
+      <c r="C76" s="33">
+        <v>3542</v>
+      </c>
+      <c r="D76" s="33">
+        <v>8539</v>
+      </c>
+      <c r="E76" s="33">
+        <v>4197</v>
+      </c>
+      <c r="F76" s="33">
+        <v>4342</v>
+      </c>
+      <c r="G76" s="33">
+        <v>0</v>
+      </c>
+      <c r="H76" s="33">
+        <v>-18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A77" s="32" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" s="32" t="s">
+        <v>158</v>
+      </c>
+      <c r="C77" s="33">
+        <v>2553</v>
+      </c>
+      <c r="D77" s="33">
+        <v>6180</v>
+      </c>
+      <c r="E77" s="33">
+        <v>3051</v>
+      </c>
+      <c r="F77" s="33">
+        <v>3129</v>
+      </c>
+      <c r="G77" s="33">
+        <v>0</v>
+      </c>
+      <c r="H77" s="33">
+        <v>-17</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A78" s="32" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" s="32" t="s">
+        <v>160</v>
+      </c>
+      <c r="C78" s="33">
+        <v>3978</v>
+      </c>
+      <c r="D78" s="33">
+        <v>9536</v>
+      </c>
+      <c r="E78" s="33">
+        <v>4693</v>
+      </c>
+      <c r="F78" s="33">
+        <v>4843</v>
+      </c>
+      <c r="G78" s="33">
+        <v>0</v>
+      </c>
+      <c r="H78" s="33">
+        <v>-19</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A79" s="32" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" s="32" t="s">
+        <v>162</v>
+      </c>
+      <c r="C79" s="33">
+        <v>935</v>
+      </c>
+      <c r="D79" s="33">
+        <v>2318</v>
+      </c>
+      <c r="E79" s="33">
+        <v>1129</v>
+      </c>
+      <c r="F79" s="33">
+        <v>1189</v>
+      </c>
+      <c r="G79" s="33">
+        <v>0</v>
+      </c>
+      <c r="H79" s="33">
+        <v>-5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A80" s="32" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="C80" s="33">
+        <v>22175</v>
+      </c>
+      <c r="D80" s="33">
+        <v>53037</v>
+      </c>
+      <c r="E80" s="33">
+        <v>26544</v>
+      </c>
+      <c r="F80" s="33">
+        <v>26493</v>
+      </c>
+      <c r="G80" s="33">
+        <v>0</v>
+      </c>
+      <c r="H80" s="33">
+        <v>-45</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A81" s="32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" s="32" t="s">
+        <v>166</v>
+      </c>
+      <c r="C81" s="33">
+        <v>3994</v>
+      </c>
+      <c r="D81" s="33">
+        <v>10526</v>
+      </c>
+      <c r="E81" s="33">
+        <v>5274</v>
+      </c>
+      <c r="F81" s="33">
+        <v>5252</v>
+      </c>
+      <c r="G81" s="33">
+        <v>0</v>
+      </c>
+      <c r="H81" s="33">
+        <v>-21</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A82" s="32" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" s="32" t="s">
+        <v>168</v>
+      </c>
+      <c r="C82" s="33">
+        <v>5441</v>
+      </c>
+      <c r="D82" s="33">
+        <v>12594</v>
+      </c>
+      <c r="E82" s="33">
+        <v>6404</v>
+      </c>
+      <c r="F82" s="33">
+        <v>6190</v>
+      </c>
+      <c r="G82" s="33">
+        <v>0</v>
+      </c>
+      <c r="H82" s="33">
+        <v>-19</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A83" s="32" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" s="32" t="s">
+        <v>170</v>
+      </c>
+      <c r="C83" s="33">
+        <v>12740</v>
+      </c>
+      <c r="D83" s="33">
+        <v>29917</v>
+      </c>
+      <c r="E83" s="33">
+        <v>14866</v>
+      </c>
+      <c r="F83" s="33">
+        <v>15051</v>
+      </c>
+      <c r="G83" s="33">
+        <v>0</v>
+      </c>
+      <c r="H83" s="33">
+        <v>-5</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A84" s="32" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" s="32" t="s">
+        <v>172</v>
+      </c>
+      <c r="C84" s="33">
+        <v>13862</v>
+      </c>
+      <c r="D84" s="33">
+        <v>30750</v>
+      </c>
+      <c r="E84" s="33">
+        <v>15249</v>
+      </c>
+      <c r="F84" s="33">
+        <v>15501</v>
+      </c>
+      <c r="G84" s="33">
+        <v>0</v>
+      </c>
+      <c r="H84" s="33">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A85" s="32" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" s="32" t="s">
+        <v>174</v>
+      </c>
+      <c r="C85" s="33">
+        <v>13862</v>
+      </c>
+      <c r="D85" s="33">
+        <v>30750</v>
+      </c>
+      <c r="E85" s="33">
+        <v>15249</v>
+      </c>
+      <c r="F85" s="33">
+        <v>15501</v>
+      </c>
+      <c r="G85" s="33">
+        <v>0</v>
+      </c>
+      <c r="H85" s="33">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A86" s="32" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" s="32" t="s">
+        <v>176</v>
+      </c>
+      <c r="C86" s="33">
+        <v>15281</v>
+      </c>
+      <c r="D86" s="33">
+        <v>33589</v>
+      </c>
+      <c r="E86" s="33">
+        <v>16801</v>
+      </c>
+      <c r="F86" s="33">
+        <v>16788</v>
+      </c>
+      <c r="G86" s="33">
+        <v>0</v>
+      </c>
+      <c r="H86" s="33">
+        <v>-20</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A87" s="32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" s="32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C87" s="33">
+        <v>15281</v>
+      </c>
+      <c r="D87" s="33">
+        <v>33589</v>
+      </c>
+      <c r="E87" s="33">
+        <v>16801</v>
+      </c>
+      <c r="F87" s="33">
+        <v>16788</v>
+      </c>
+      <c r="G87" s="33">
+        <v>0</v>
+      </c>
+      <c r="H87" s="33">
+        <v>-20</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A88" s="32" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" s="32" t="s">
+        <v>180</v>
+      </c>
+      <c r="C88" s="33">
+        <v>29907</v>
+      </c>
+      <c r="D88" s="33">
+        <v>69513</v>
+      </c>
+      <c r="E88" s="33">
+        <v>34743</v>
+      </c>
+      <c r="F88" s="33">
+        <v>34770</v>
+      </c>
+      <c r="G88" s="33">
+        <v>0</v>
+      </c>
+      <c r="H88" s="33">
+        <v>-95</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A89" s="32" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" s="32" t="s">
+        <v>182</v>
+      </c>
+      <c r="C89" s="33">
+        <v>18758</v>
+      </c>
+      <c r="D89" s="33">
+        <v>42569</v>
+      </c>
+      <c r="E89" s="33">
+        <v>21181</v>
+      </c>
+      <c r="F89" s="33">
+        <v>21388</v>
+      </c>
+      <c r="G89" s="33">
+        <v>0</v>
+      </c>
+      <c r="H89" s="33">
+        <v>-73</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A90" s="32" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" s="32" t="s">
+        <v>184</v>
+      </c>
+      <c r="C90" s="33">
+        <v>11149</v>
+      </c>
+      <c r="D90" s="33">
+        <v>26944</v>
+      </c>
+      <c r="E90" s="33">
+        <v>13562</v>
+      </c>
+      <c r="F90" s="33">
+        <v>13382</v>
+      </c>
+      <c r="G90" s="33">
+        <v>0</v>
+      </c>
+      <c r="H90" s="33">
+        <v>-22</v>
+      </c>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="3"/>
+  <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <pageSetup paperSize="9"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6E37291-DBD6-4C31-9935-3E4A6B29A075}">
+  <dimension ref="A1:H90"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozenSplit"/>
+      <selection pane="topRight"/>
+      <selection pane="bottomLeft"/>
+      <selection pane="bottomRight" activeCell="M15" sqref="M15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="10.7265625" defaultRowHeight="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="15" style="17" customWidth="1"/>
+    <col min="2" max="2" width="24" style="17" customWidth="1"/>
+    <col min="3" max="3" width="10.7265625" style="17" customWidth="1"/>
+    <col min="4" max="16384" width="10.7265625" style="17"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A1" s="17" t="s">
+        <v>205</v>
+      </c>
+      <c r="H1" s="18" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A2" s="19"/>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+    </row>
+    <row r="3" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A3" s="22"/>
+      <c r="B3" s="23"/>
+      <c r="C3" s="23"/>
+      <c r="D3" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="E3" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="G3" s="23"/>
+      <c r="H3" s="23" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A4" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="23"/>
+      <c r="C4" s="23" t="s">
+        <v>6</v>
+      </c>
+      <c r="D4" s="24"/>
+      <c r="E4" s="24"/>
+      <c r="F4" s="24"/>
+      <c r="G4" s="25"/>
+      <c r="H4" s="23" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A5" s="22"/>
+      <c r="B5" s="23"/>
+      <c r="C5" s="23"/>
+      <c r="D5" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="23" t="s">
+        <v>193</v>
+      </c>
+      <c r="H5" s="23" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" s="29" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="27" t="s">
+        <v>194</v>
+      </c>
+      <c r="H6" s="28" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A7" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="31">
+        <v>3368416</v>
+      </c>
+      <c r="D7" s="31">
+        <v>7324396</v>
+      </c>
+      <c r="E7" s="31">
+        <v>3630656</v>
+      </c>
+      <c r="F7" s="31">
+        <v>3693739</v>
+      </c>
+      <c r="G7" s="31">
+        <v>1</v>
+      </c>
+      <c r="H7" s="31">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A8" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="33">
+        <v>3165062</v>
+      </c>
+      <c r="D8" s="33">
+        <v>6855929</v>
+      </c>
+      <c r="E8" s="33">
+        <v>3397295</v>
+      </c>
+      <c r="F8" s="33">
+        <v>3458633</v>
+      </c>
+      <c r="G8" s="33">
+        <v>1</v>
+      </c>
+      <c r="H8" s="33">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A9" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="33">
+        <v>203354</v>
+      </c>
+      <c r="D9" s="33">
+        <v>468467</v>
+      </c>
+      <c r="E9" s="33">
+        <v>233361</v>
+      </c>
+      <c r="F9" s="33">
+        <v>235106</v>
+      </c>
+      <c r="G9" s="33">
+        <v>0</v>
+      </c>
+      <c r="H9" s="33">
+        <v>-285</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A10" s="32" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="32" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="33">
+        <v>628985</v>
+      </c>
+      <c r="D10" s="33">
+        <v>1356783</v>
+      </c>
+      <c r="E10" s="33">
+        <v>666487</v>
+      </c>
+      <c r="F10" s="33">
+        <v>690296</v>
+      </c>
+      <c r="G10" s="33">
+        <v>0</v>
+      </c>
+      <c r="H10" s="33">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A11" s="32" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="33">
+        <v>41883</v>
+      </c>
+      <c r="D11" s="33">
+        <v>96368</v>
+      </c>
+      <c r="E11" s="33">
+        <v>47173</v>
+      </c>
+      <c r="F11" s="33">
+        <v>49195</v>
+      </c>
+      <c r="G11" s="33">
+        <v>0</v>
+      </c>
+      <c r="H11" s="33">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A12" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="32" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="33">
+        <v>71699</v>
+      </c>
+      <c r="D12" s="33">
+        <v>152052</v>
+      </c>
+      <c r="E12" s="33">
+        <v>74175</v>
+      </c>
+      <c r="F12" s="33">
+        <v>77877</v>
+      </c>
+      <c r="G12" s="33">
+        <v>0</v>
+      </c>
+      <c r="H12" s="33">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A13" s="32" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="33">
+        <v>61969</v>
+      </c>
+      <c r="D13" s="33">
+        <v>126355</v>
+      </c>
+      <c r="E13" s="33">
+        <v>62705</v>
+      </c>
+      <c r="F13" s="33">
+        <v>63650</v>
+      </c>
+      <c r="G13" s="33">
+        <v>0</v>
+      </c>
+      <c r="H13" s="33">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A14" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="32" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" s="33">
+        <v>76051</v>
+      </c>
+      <c r="D14" s="33">
+        <v>167144</v>
+      </c>
+      <c r="E14" s="33">
+        <v>81493</v>
+      </c>
+      <c r="F14" s="33">
+        <v>85651</v>
+      </c>
+      <c r="G14" s="33">
+        <v>0</v>
+      </c>
+      <c r="H14" s="33">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A15" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="33">
+        <v>50705</v>
+      </c>
+      <c r="D15" s="33">
+        <v>104461</v>
+      </c>
+      <c r="E15" s="33">
+        <v>51376</v>
+      </c>
+      <c r="F15" s="33">
+        <v>53085</v>
+      </c>
+      <c r="G15" s="33">
+        <v>0</v>
+      </c>
+      <c r="H15" s="33">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A16" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="33">
+        <v>49374</v>
+      </c>
+      <c r="D16" s="33">
+        <v>99132</v>
+      </c>
+      <c r="E16" s="33">
+        <v>49789</v>
+      </c>
+      <c r="F16" s="33">
+        <v>49343</v>
+      </c>
+      <c r="G16" s="33">
+        <v>0</v>
+      </c>
+      <c r="H16" s="33">
+        <v>-30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A17" s="32" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="C17" s="33">
+        <v>79748</v>
+      </c>
+      <c r="D17" s="33">
+        <v>169152</v>
+      </c>
+      <c r="E17" s="33">
+        <v>81250</v>
+      </c>
+      <c r="F17" s="33">
+        <v>87902</v>
+      </c>
+      <c r="G17" s="33">
+        <v>0</v>
+      </c>
+      <c r="H17" s="33">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A18" s="32" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="32" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" s="33">
+        <v>91904</v>
+      </c>
+      <c r="D18" s="33">
+        <v>195875</v>
+      </c>
+      <c r="E18" s="33">
+        <v>97109</v>
+      </c>
+      <c r="F18" s="33">
+        <v>98766</v>
+      </c>
+      <c r="G18" s="33">
+        <v>0</v>
+      </c>
+      <c r="H18" s="33">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A19" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="32" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" s="33">
+        <v>56446</v>
+      </c>
+      <c r="D19" s="33">
+        <v>135429</v>
+      </c>
+      <c r="E19" s="33">
+        <v>66488</v>
+      </c>
+      <c r="F19" s="33">
+        <v>68941</v>
+      </c>
+      <c r="G19" s="33">
+        <v>0</v>
+      </c>
+      <c r="H19" s="33">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A20" s="32" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="32" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="33">
+        <v>49206</v>
+      </c>
+      <c r="D20" s="33">
+        <v>110815</v>
+      </c>
+      <c r="E20" s="33">
+        <v>54929</v>
+      </c>
+      <c r="F20" s="33">
+        <v>55886</v>
+      </c>
+      <c r="G20" s="33">
+        <v>0</v>
+      </c>
+      <c r="H20" s="33">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A21" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="C21" s="33">
+        <v>163148</v>
+      </c>
+      <c r="D21" s="33">
+        <v>354287</v>
+      </c>
+      <c r="E21" s="33">
+        <v>176308</v>
+      </c>
+      <c r="F21" s="33">
+        <v>177978</v>
+      </c>
+      <c r="G21" s="33">
+        <v>1</v>
+      </c>
+      <c r="H21" s="33">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A22" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22" s="33">
+        <v>84023</v>
+      </c>
+      <c r="D22" s="33">
+        <v>188869</v>
+      </c>
+      <c r="E22" s="33">
+        <v>94474</v>
+      </c>
+      <c r="F22" s="33">
+        <v>94395</v>
+      </c>
+      <c r="G22" s="33">
+        <v>0</v>
+      </c>
+      <c r="H22" s="33">
+        <v>-27</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A23" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="32" t="s">
+        <v>50</v>
+      </c>
+      <c r="C23" s="33">
+        <v>285503</v>
+      </c>
+      <c r="D23" s="33">
+        <v>595902</v>
+      </c>
+      <c r="E23" s="33">
+        <v>300124</v>
+      </c>
+      <c r="F23" s="33">
+        <v>295778</v>
+      </c>
+      <c r="G23" s="33">
+        <v>0</v>
+      </c>
+      <c r="H23" s="33">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A24" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" s="33">
+        <v>33363</v>
+      </c>
+      <c r="D24" s="33">
+        <v>75770</v>
+      </c>
+      <c r="E24" s="33">
+        <v>37280</v>
+      </c>
+      <c r="F24" s="33">
+        <v>38490</v>
+      </c>
+      <c r="G24" s="33">
+        <v>0</v>
+      </c>
+      <c r="H24" s="33">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A25" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="32" t="s">
+        <v>54</v>
+      </c>
+      <c r="C25" s="33">
+        <v>23525</v>
+      </c>
+      <c r="D25" s="33">
+        <v>54746</v>
+      </c>
+      <c r="E25" s="33">
+        <v>26684</v>
+      </c>
+      <c r="F25" s="33">
+        <v>28062</v>
+      </c>
+      <c r="G25" s="33">
+        <v>0</v>
+      </c>
+      <c r="H25" s="33">
+        <v>-61</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A26" s="32" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="32" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="33">
+        <v>161879</v>
+      </c>
+      <c r="D26" s="33">
+        <v>340742</v>
+      </c>
+      <c r="E26" s="33">
+        <v>166424</v>
+      </c>
+      <c r="F26" s="33">
+        <v>174318</v>
+      </c>
+      <c r="G26" s="33">
+        <v>0</v>
+      </c>
+      <c r="H26" s="33">
+        <v>-20</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A27" s="32" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="32" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" s="33">
+        <v>34863</v>
+      </c>
+      <c r="D27" s="33">
+        <v>78603</v>
+      </c>
+      <c r="E27" s="33">
+        <v>39325</v>
+      </c>
+      <c r="F27" s="33">
+        <v>39278</v>
+      </c>
+      <c r="G27" s="33">
+        <v>0</v>
+      </c>
+      <c r="H27" s="33">
+        <v>-77</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A28" s="32" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="C28" s="33">
+        <v>48103</v>
+      </c>
+      <c r="D28" s="33">
+        <v>110655</v>
+      </c>
+      <c r="E28" s="33">
+        <v>55660</v>
+      </c>
+      <c r="F28" s="33">
+        <v>54995</v>
+      </c>
+      <c r="G28" s="33">
+        <v>0</v>
+      </c>
+      <c r="H28" s="33">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A29" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="C29" s="33">
+        <v>34887</v>
+      </c>
+      <c r="D29" s="33">
+        <v>76920</v>
+      </c>
+      <c r="E29" s="33">
+        <v>38503</v>
+      </c>
+      <c r="F29" s="33">
+        <v>38417</v>
+      </c>
+      <c r="G29" s="33">
+        <v>0</v>
+      </c>
+      <c r="H29" s="33">
+        <v>-18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A30" s="32" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="32" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" s="33">
+        <v>43040</v>
+      </c>
+      <c r="D30" s="33">
+        <v>92752</v>
+      </c>
+      <c r="E30" s="33">
+        <v>46475</v>
+      </c>
+      <c r="F30" s="33">
+        <v>46277</v>
+      </c>
+      <c r="G30" s="33">
+        <v>0</v>
+      </c>
+      <c r="H30" s="33">
+        <v>-52</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A31" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="32" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="33">
+        <v>103952</v>
+      </c>
+      <c r="D31" s="33">
+        <v>225205</v>
+      </c>
+      <c r="E31" s="33">
+        <v>110741</v>
+      </c>
+      <c r="F31" s="33">
+        <v>114464</v>
+      </c>
+      <c r="G31" s="33">
+        <v>0</v>
+      </c>
+      <c r="H31" s="33">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A32" s="32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="32" t="s">
+        <v>68</v>
+      </c>
+      <c r="C32" s="33">
+        <v>67321</v>
+      </c>
+      <c r="D32" s="33">
+        <v>146142</v>
+      </c>
+      <c r="E32" s="33">
+        <v>72368</v>
+      </c>
+      <c r="F32" s="33">
+        <v>73774</v>
+      </c>
+      <c r="G32" s="33">
+        <v>0</v>
+      </c>
+      <c r="H32" s="33">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A33" s="32" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="32" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33" s="33">
+        <v>23029</v>
+      </c>
+      <c r="D33" s="33">
+        <v>52059</v>
+      </c>
+      <c r="E33" s="33">
+        <v>25886</v>
+      </c>
+      <c r="F33" s="33">
+        <v>26173</v>
+      </c>
+      <c r="G33" s="33">
+        <v>0</v>
+      </c>
+      <c r="H33" s="33">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A34" s="32" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="32" t="s">
+        <v>72</v>
+      </c>
+      <c r="C34" s="33">
+        <v>51083</v>
+      </c>
+      <c r="D34" s="33">
+        <v>116467</v>
+      </c>
+      <c r="E34" s="33">
+        <v>57340</v>
+      </c>
+      <c r="F34" s="33">
+        <v>59127</v>
+      </c>
+      <c r="G34" s="33">
+        <v>0</v>
+      </c>
+      <c r="H34" s="33">
+        <v>-21</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A35" s="32" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="32" t="s">
+        <v>74</v>
+      </c>
+      <c r="C35" s="33">
+        <v>59626</v>
+      </c>
+      <c r="D35" s="33">
+        <v>138671</v>
+      </c>
+      <c r="E35" s="33">
+        <v>68886</v>
+      </c>
+      <c r="F35" s="33">
+        <v>69785</v>
+      </c>
+      <c r="G35" s="33">
+        <v>0</v>
+      </c>
+      <c r="H35" s="33">
+        <v>-23</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A36" s="32" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="32" t="s">
+        <v>76</v>
+      </c>
+      <c r="C36" s="33">
+        <v>103258</v>
+      </c>
+      <c r="D36" s="33">
+        <v>228393</v>
+      </c>
+      <c r="E36" s="33">
+        <v>112524</v>
+      </c>
+      <c r="F36" s="33">
+        <v>115869</v>
+      </c>
+      <c r="G36" s="33">
+        <v>0</v>
+      </c>
+      <c r="H36" s="33">
+        <v>-12</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A37" s="32" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="32" t="s">
+        <v>78</v>
+      </c>
+      <c r="C37" s="33">
+        <v>120688</v>
+      </c>
+      <c r="D37" s="33">
+        <v>250627</v>
+      </c>
+      <c r="E37" s="33">
+        <v>125732</v>
+      </c>
+      <c r="F37" s="33">
+        <v>124895</v>
+      </c>
+      <c r="G37" s="33">
+        <v>0</v>
+      </c>
+      <c r="H37" s="33">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A38" s="32" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="C38" s="33">
+        <v>150249</v>
+      </c>
+      <c r="D38" s="33">
+        <v>338200</v>
+      </c>
+      <c r="E38" s="33">
+        <v>166193</v>
+      </c>
+      <c r="F38" s="33">
+        <v>172007</v>
+      </c>
+      <c r="G38" s="33">
+        <v>0</v>
+      </c>
+      <c r="H38" s="33">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A39" s="32" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="32" t="s">
+        <v>82</v>
+      </c>
+      <c r="C39" s="33">
+        <v>39819</v>
+      </c>
+      <c r="D39" s="33">
+        <v>75842</v>
+      </c>
+      <c r="E39" s="33">
+        <v>38490</v>
+      </c>
+      <c r="F39" s="33">
+        <v>37352</v>
+      </c>
+      <c r="G39" s="33">
+        <v>0</v>
+      </c>
+      <c r="H39" s="33">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A40" s="32" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="32" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="33">
+        <v>68837</v>
+      </c>
+      <c r="D40" s="33">
+        <v>142815</v>
+      </c>
+      <c r="E40" s="33">
+        <v>71988</v>
+      </c>
+      <c r="F40" s="33">
+        <v>70827</v>
+      </c>
+      <c r="G40" s="33">
+        <v>0</v>
+      </c>
+      <c r="H40" s="33">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A41" s="32" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="32" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41" s="33">
+        <v>63659</v>
+      </c>
+      <c r="D41" s="33">
+        <v>140812</v>
+      </c>
+      <c r="E41" s="33">
+        <v>69005</v>
+      </c>
+      <c r="F41" s="33">
+        <v>71807</v>
+      </c>
+      <c r="G41" s="33">
+        <v>0</v>
+      </c>
+      <c r="H41" s="33">
+        <v>-2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A42" s="32" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="32" t="s">
+        <v>88</v>
+      </c>
+      <c r="C42" s="33">
+        <v>67100</v>
+      </c>
+      <c r="D42" s="33">
+        <v>144584</v>
+      </c>
+      <c r="E42" s="33">
+        <v>72337</v>
+      </c>
+      <c r="F42" s="33">
+        <v>72247</v>
+      </c>
+      <c r="G42" s="33">
+        <v>0</v>
+      </c>
+      <c r="H42" s="33">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A43" s="32" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="32" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43" s="33">
+        <v>34515</v>
+      </c>
+      <c r="D43" s="33">
+        <v>75109</v>
+      </c>
+      <c r="E43" s="33">
+        <v>36756</v>
+      </c>
+      <c r="F43" s="33">
+        <v>38353</v>
+      </c>
+      <c r="G43" s="33">
+        <v>0</v>
+      </c>
+      <c r="H43" s="33">
+        <v>-5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A44" s="32" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="32" t="s">
+        <v>92</v>
+      </c>
+      <c r="C44" s="33">
+        <v>42249</v>
+      </c>
+      <c r="D44" s="33">
+        <v>84763</v>
+      </c>
+      <c r="E44" s="33">
+        <v>43387</v>
+      </c>
+      <c r="F44" s="33">
+        <v>41376</v>
+      </c>
+      <c r="G44" s="33">
+        <v>0</v>
+      </c>
+      <c r="H44" s="33">
+        <v>-53</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A45" s="32" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="32" t="s">
+        <v>94</v>
+      </c>
+      <c r="C45" s="33">
+        <v>78678</v>
+      </c>
+      <c r="D45" s="33">
+        <v>166157</v>
+      </c>
+      <c r="E45" s="33">
+        <v>81746</v>
+      </c>
+      <c r="F45" s="33">
+        <v>84411</v>
+      </c>
+      <c r="G45" s="33">
+        <v>0</v>
+      </c>
+      <c r="H45" s="33">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A46" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="32" t="s">
+        <v>96</v>
+      </c>
+      <c r="C46" s="33">
+        <v>32550</v>
+      </c>
+      <c r="D46" s="33">
+        <v>73654</v>
+      </c>
+      <c r="E46" s="33">
+        <v>36148</v>
+      </c>
+      <c r="F46" s="33">
+        <v>37506</v>
+      </c>
+      <c r="G46" s="33">
+        <v>0</v>
+      </c>
+      <c r="H46" s="33">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A47" s="32" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="32" t="s">
+        <v>98</v>
+      </c>
+      <c r="C47" s="33">
+        <v>66269</v>
+      </c>
+      <c r="D47" s="33">
+        <v>148773</v>
+      </c>
+      <c r="E47" s="33">
+        <v>73532</v>
+      </c>
+      <c r="F47" s="33">
+        <v>75241</v>
+      </c>
+      <c r="G47" s="33">
+        <v>0</v>
+      </c>
+      <c r="H47" s="33">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A48" s="32" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" s="32" t="s">
+        <v>100</v>
+      </c>
+      <c r="C48" s="33">
+        <v>29139</v>
+      </c>
+      <c r="D48" s="33">
+        <v>64230</v>
+      </c>
+      <c r="E48" s="33">
+        <v>31392</v>
+      </c>
+      <c r="F48" s="33">
+        <v>32838</v>
+      </c>
+      <c r="G48" s="33">
+        <v>0</v>
+      </c>
+      <c r="H48" s="33">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A49" s="32" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" s="32" t="s">
+        <v>102</v>
+      </c>
+      <c r="C49" s="33">
+        <v>45722</v>
+      </c>
+      <c r="D49" s="33">
+        <v>94774</v>
+      </c>
+      <c r="E49" s="33">
+        <v>48655</v>
+      </c>
+      <c r="F49" s="33">
+        <v>46119</v>
+      </c>
+      <c r="G49" s="33">
+        <v>0</v>
+      </c>
+      <c r="H49" s="33">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A50" s="32" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" s="32" t="s">
+        <v>104</v>
+      </c>
+      <c r="C50" s="33">
+        <v>54813</v>
+      </c>
+      <c r="D50" s="33">
+        <v>113502</v>
+      </c>
+      <c r="E50" s="33">
+        <v>55325</v>
+      </c>
+      <c r="F50" s="33">
+        <v>58177</v>
+      </c>
+      <c r="G50" s="33">
+        <v>0</v>
+      </c>
+      <c r="H50" s="33">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A51" s="32" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="32" t="s">
+        <v>106</v>
+      </c>
+      <c r="C51" s="33">
+        <v>64492</v>
+      </c>
+      <c r="D51" s="33">
+        <v>141250</v>
+      </c>
+      <c r="E51" s="33">
+        <v>70706</v>
+      </c>
+      <c r="F51" s="33">
+        <v>70544</v>
+      </c>
+      <c r="G51" s="33">
+        <v>0</v>
+      </c>
+      <c r="H51" s="33">
+        <v>-39</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A52" s="32" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" s="32" t="s">
+        <v>108</v>
+      </c>
+      <c r="C52" s="33">
+        <v>26944</v>
+      </c>
+      <c r="D52" s="33">
+        <v>60848</v>
+      </c>
+      <c r="E52" s="33">
+        <v>29995</v>
+      </c>
+      <c r="F52" s="33">
+        <v>30853</v>
+      </c>
+      <c r="G52" s="33">
+        <v>0</v>
+      </c>
+      <c r="H52" s="33">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A53" s="32" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" s="32" t="s">
+        <v>110</v>
+      </c>
+      <c r="C53" s="33">
+        <v>47469</v>
+      </c>
+      <c r="D53" s="33">
+        <v>99291</v>
+      </c>
+      <c r="E53" s="33">
+        <v>49265</v>
+      </c>
+      <c r="F53" s="33">
+        <v>50026</v>
+      </c>
+      <c r="G53" s="33">
+        <v>0</v>
+      </c>
+      <c r="H53" s="33">
+        <v>-46</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A54" s="32" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" s="32" t="s">
+        <v>112</v>
+      </c>
+      <c r="C54" s="33">
+        <v>21728</v>
+      </c>
+      <c r="D54" s="33">
+        <v>48225</v>
+      </c>
+      <c r="E54" s="33">
+        <v>24068</v>
+      </c>
+      <c r="F54" s="33">
+        <v>24157</v>
+      </c>
+      <c r="G54" s="33">
+        <v>0</v>
+      </c>
+      <c r="H54" s="33">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A55" s="32" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" s="32" t="s">
+        <v>114</v>
+      </c>
+      <c r="C55" s="33">
+        <v>33021</v>
+      </c>
+      <c r="D55" s="33">
+        <v>69860</v>
+      </c>
+      <c r="E55" s="33">
+        <v>34345</v>
+      </c>
+      <c r="F55" s="33">
+        <v>35515</v>
+      </c>
+      <c r="G55" s="33">
+        <v>0</v>
+      </c>
+      <c r="H55" s="33">
+        <v>-21</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A56" s="32" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="C56" s="33">
+        <v>23533</v>
+      </c>
+      <c r="D56" s="33">
+        <v>52998</v>
+      </c>
+      <c r="E56" s="33">
+        <v>26179</v>
+      </c>
+      <c r="F56" s="33">
+        <v>26819</v>
+      </c>
+      <c r="G56" s="33">
+        <v>0</v>
+      </c>
+      <c r="H56" s="33">
+        <v>-15</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A57" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" s="32" t="s">
+        <v>118</v>
+      </c>
+      <c r="C57" s="33">
+        <v>29624</v>
+      </c>
+      <c r="D57" s="33">
+        <v>70953</v>
+      </c>
+      <c r="E57" s="33">
+        <v>35135</v>
+      </c>
+      <c r="F57" s="33">
+        <v>35818</v>
+      </c>
+      <c r="G57" s="33">
+        <v>0</v>
+      </c>
+      <c r="H57" s="33">
+        <v>-12</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A58" s="32" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" s="32" t="s">
+        <v>120</v>
+      </c>
+      <c r="C58" s="33">
+        <v>52437</v>
+      </c>
+      <c r="D58" s="33">
+        <v>113640</v>
+      </c>
+      <c r="E58" s="33">
+        <v>55779</v>
+      </c>
+      <c r="F58" s="33">
+        <v>57861</v>
+      </c>
+      <c r="G58" s="33">
+        <v>0</v>
+      </c>
+      <c r="H58" s="33">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A59" s="32" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" s="32" t="s">
+        <v>122</v>
+      </c>
+      <c r="C59" s="33">
+        <v>21939</v>
+      </c>
+      <c r="D59" s="33">
+        <v>52056</v>
+      </c>
+      <c r="E59" s="33">
+        <v>25648</v>
+      </c>
+      <c r="F59" s="33">
+        <v>26408</v>
+      </c>
+      <c r="G59" s="33">
+        <v>0</v>
+      </c>
+      <c r="H59" s="33">
+        <v>-4</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A60" s="32" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" s="32" t="s">
+        <v>124</v>
+      </c>
+      <c r="C60" s="33">
+        <v>19159</v>
+      </c>
+      <c r="D60" s="33">
+        <v>44815</v>
+      </c>
+      <c r="E60" s="33">
+        <v>22399</v>
+      </c>
+      <c r="F60" s="33">
+        <v>22416</v>
+      </c>
+      <c r="G60" s="33">
+        <v>0</v>
+      </c>
+      <c r="H60" s="33">
+        <v>-23</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A61" s="32" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" s="32" t="s">
+        <v>126</v>
+      </c>
+      <c r="C61" s="33">
+        <v>19159</v>
+      </c>
+      <c r="D61" s="33">
+        <v>44815</v>
+      </c>
+      <c r="E61" s="33">
+        <v>22399</v>
+      </c>
+      <c r="F61" s="33">
+        <v>22416</v>
+      </c>
+      <c r="G61" s="33">
+        <v>0</v>
+      </c>
+      <c r="H61" s="33">
+        <v>-23</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A62" s="32" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" s="32" t="s">
+        <v>128</v>
+      </c>
+      <c r="C62" s="33">
+        <v>36656</v>
+      </c>
+      <c r="D62" s="33">
+        <v>81722</v>
+      </c>
+      <c r="E62" s="33">
+        <v>40222</v>
+      </c>
+      <c r="F62" s="33">
+        <v>41500</v>
+      </c>
+      <c r="G62" s="33">
+        <v>0</v>
+      </c>
+      <c r="H62" s="33">
+        <v>-106</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A63" s="32" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" s="32" t="s">
+        <v>130</v>
+      </c>
+      <c r="C63" s="33">
+        <v>15697</v>
+      </c>
+      <c r="D63" s="33">
+        <v>37637</v>
+      </c>
+      <c r="E63" s="33">
+        <v>18389</v>
+      </c>
+      <c r="F63" s="33">
+        <v>19248</v>
+      </c>
+      <c r="G63" s="33">
+        <v>0</v>
+      </c>
+      <c r="H63" s="33">
+        <v>-39</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A64" s="32" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" s="32" t="s">
+        <v>132</v>
+      </c>
+      <c r="C64" s="33">
+        <v>16293</v>
+      </c>
+      <c r="D64" s="33">
+        <v>33872</v>
+      </c>
+      <c r="E64" s="33">
+        <v>16790</v>
+      </c>
+      <c r="F64" s="33">
+        <v>17082</v>
+      </c>
+      <c r="G64" s="33">
+        <v>0</v>
+      </c>
+      <c r="H64" s="33">
+        <v>-40</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A65" s="32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" s="32" t="s">
+        <v>134</v>
+      </c>
+      <c r="C65" s="33">
+        <v>4666</v>
+      </c>
+      <c r="D65" s="33">
+        <v>10213</v>
+      </c>
+      <c r="E65" s="33">
+        <v>5043</v>
+      </c>
+      <c r="F65" s="33">
+        <v>5170</v>
+      </c>
+      <c r="G65" s="33">
+        <v>0</v>
+      </c>
+      <c r="H65" s="33">
+        <v>-27</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A66" s="32" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" s="32" t="s">
+        <v>136</v>
+      </c>
+      <c r="C66" s="33">
+        <v>52167</v>
+      </c>
+      <c r="D66" s="33">
+        <v>121187</v>
+      </c>
+      <c r="E66" s="33">
+        <v>60707</v>
+      </c>
+      <c r="F66" s="33">
+        <v>60480</v>
+      </c>
+      <c r="G66" s="33">
+        <v>0</v>
+      </c>
+      <c r="H66" s="33">
+        <v>-90</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A67" s="32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" s="32" t="s">
+        <v>138</v>
+      </c>
+      <c r="C67" s="33">
+        <v>8245</v>
+      </c>
+      <c r="D67" s="33">
+        <v>20025</v>
+      </c>
+      <c r="E67" s="33">
+        <v>10216</v>
+      </c>
+      <c r="F67" s="33">
+        <v>9809</v>
+      </c>
+      <c r="G67" s="33">
+        <v>0</v>
+      </c>
+      <c r="H67" s="33">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A68" s="32" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" s="32" t="s">
+        <v>140</v>
+      </c>
+      <c r="C68" s="33">
+        <v>7854</v>
+      </c>
+      <c r="D68" s="33">
+        <v>17430</v>
+      </c>
+      <c r="E68" s="33">
+        <v>8662</v>
+      </c>
+      <c r="F68" s="33">
+        <v>8768</v>
+      </c>
+      <c r="G68" s="33">
+        <v>0</v>
+      </c>
+      <c r="H68" s="33">
+        <v>-12</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A69" s="32" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" s="32" t="s">
+        <v>142</v>
+      </c>
+      <c r="C69" s="33">
+        <v>11845</v>
+      </c>
+      <c r="D69" s="33">
+        <v>26361</v>
+      </c>
+      <c r="E69" s="33">
+        <v>13131</v>
+      </c>
+      <c r="F69" s="33">
+        <v>13230</v>
+      </c>
+      <c r="G69" s="33">
+        <v>0</v>
+      </c>
+      <c r="H69" s="33">
+        <v>-22</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A70" s="32" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" s="32" t="s">
+        <v>144</v>
+      </c>
+      <c r="C70" s="33">
+        <v>7524</v>
+      </c>
+      <c r="D70" s="33">
+        <v>18151</v>
+      </c>
+      <c r="E70" s="33">
+        <v>9212</v>
+      </c>
+      <c r="F70" s="33">
+        <v>8939</v>
+      </c>
+      <c r="G70" s="33">
+        <v>0</v>
+      </c>
+      <c r="H70" s="33">
+        <v>-22</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A71" s="32" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" s="32" t="s">
+        <v>146</v>
+      </c>
+      <c r="C71" s="33">
+        <v>7034</v>
+      </c>
+      <c r="D71" s="33">
+        <v>16868</v>
+      </c>
+      <c r="E71" s="33">
+        <v>8482</v>
+      </c>
+      <c r="F71" s="33">
+        <v>8386</v>
+      </c>
+      <c r="G71" s="33">
+        <v>0</v>
+      </c>
+      <c r="H71" s="33">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A72" s="32" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" s="32" t="s">
+        <v>148</v>
+      </c>
+      <c r="C72" s="33">
+        <v>5437</v>
+      </c>
+      <c r="D72" s="33">
+        <v>12613</v>
+      </c>
+      <c r="E72" s="33">
+        <v>6105</v>
+      </c>
+      <c r="F72" s="33">
+        <v>6508</v>
+      </c>
+      <c r="G72" s="33">
+        <v>0</v>
+      </c>
+      <c r="H72" s="33">
+        <v>-40</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A73" s="32" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" s="32" t="s">
+        <v>150</v>
+      </c>
+      <c r="C73" s="33">
+        <v>4228</v>
+      </c>
+      <c r="D73" s="33">
+        <v>9739</v>
+      </c>
+      <c r="E73" s="33">
+        <v>4899</v>
+      </c>
+      <c r="F73" s="33">
+        <v>4840</v>
+      </c>
+      <c r="G73" s="33">
+        <v>0</v>
+      </c>
+      <c r="H73" s="33">
+        <v>-14</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A74" s="32" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" s="32" t="s">
+        <v>152</v>
+      </c>
+      <c r="C74" s="33">
+        <v>14038</v>
+      </c>
+      <c r="D74" s="33">
+        <v>33880</v>
+      </c>
+      <c r="E74" s="33">
+        <v>16700</v>
+      </c>
+      <c r="F74" s="33">
+        <v>17180</v>
+      </c>
+      <c r="G74" s="33">
+        <v>0</v>
+      </c>
+      <c r="H74" s="33">
+        <v>-40</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A75" s="32" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" s="32" t="s">
+        <v>154</v>
+      </c>
+      <c r="C75" s="33">
+        <v>3058</v>
+      </c>
+      <c r="D75" s="33">
+        <v>7368</v>
+      </c>
+      <c r="E75" s="33">
+        <v>3660</v>
+      </c>
+      <c r="F75" s="33">
+        <v>3708</v>
+      </c>
+      <c r="G75" s="33">
+        <v>0</v>
+      </c>
+      <c r="H75" s="33">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A76" s="32" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" s="32" t="s">
+        <v>156</v>
+      </c>
+      <c r="C76" s="33">
+        <v>3524</v>
+      </c>
+      <c r="D76" s="33">
+        <v>8506</v>
+      </c>
+      <c r="E76" s="33">
+        <v>4181</v>
+      </c>
+      <c r="F76" s="33">
+        <v>4325</v>
+      </c>
+      <c r="G76" s="33">
+        <v>0</v>
+      </c>
+      <c r="H76" s="33">
+        <v>-33</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A77" s="32" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" s="32" t="s">
+        <v>158</v>
+      </c>
+      <c r="C77" s="33">
+        <v>2549</v>
+      </c>
+      <c r="D77" s="33">
+        <v>6163</v>
+      </c>
+      <c r="E77" s="33">
+        <v>3043</v>
+      </c>
+      <c r="F77" s="33">
+        <v>3120</v>
+      </c>
+      <c r="G77" s="33">
+        <v>0</v>
+      </c>
+      <c r="H77" s="33">
+        <v>-17</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A78" s="32" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" s="32" t="s">
+        <v>160</v>
+      </c>
+      <c r="C78" s="33">
+        <v>3972</v>
+      </c>
+      <c r="D78" s="33">
+        <v>9528</v>
+      </c>
+      <c r="E78" s="33">
+        <v>4689</v>
+      </c>
+      <c r="F78" s="33">
+        <v>4839</v>
+      </c>
+      <c r="G78" s="33">
+        <v>0</v>
+      </c>
+      <c r="H78" s="33">
+        <v>-8</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A79" s="32" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" s="32" t="s">
+        <v>162</v>
+      </c>
+      <c r="C79" s="33">
+        <v>935</v>
+      </c>
+      <c r="D79" s="33">
+        <v>2315</v>
+      </c>
+      <c r="E79" s="33">
+        <v>1127</v>
+      </c>
+      <c r="F79" s="33">
+        <v>1188</v>
+      </c>
+      <c r="G79" s="33">
+        <v>0</v>
+      </c>
+      <c r="H79" s="33">
+        <v>-3</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A80" s="32" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="C80" s="33">
+        <v>22202</v>
+      </c>
+      <c r="D80" s="33">
+        <v>53004</v>
+      </c>
+      <c r="E80" s="33">
+        <v>26529</v>
+      </c>
+      <c r="F80" s="33">
+        <v>26475</v>
+      </c>
+      <c r="G80" s="33">
+        <v>0</v>
+      </c>
+      <c r="H80" s="33">
+        <v>-33</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A81" s="32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" s="32" t="s">
+        <v>166</v>
+      </c>
+      <c r="C81" s="33">
+        <v>4002</v>
+      </c>
+      <c r="D81" s="33">
+        <v>10528</v>
+      </c>
+      <c r="E81" s="33">
+        <v>5276</v>
+      </c>
+      <c r="F81" s="33">
+        <v>5252</v>
+      </c>
+      <c r="G81" s="33">
+        <v>0</v>
+      </c>
+      <c r="H81" s="33">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A82" s="32" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" s="32" t="s">
+        <v>168</v>
+      </c>
+      <c r="C82" s="33">
+        <v>5450</v>
+      </c>
+      <c r="D82" s="33">
+        <v>12582</v>
+      </c>
+      <c r="E82" s="33">
+        <v>6396</v>
+      </c>
+      <c r="F82" s="33">
+        <v>6186</v>
+      </c>
+      <c r="G82" s="33">
+        <v>0</v>
+      </c>
+      <c r="H82" s="33">
+        <v>-12</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A83" s="32" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" s="32" t="s">
+        <v>170</v>
+      </c>
+      <c r="C83" s="33">
+        <v>12750</v>
+      </c>
+      <c r="D83" s="33">
+        <v>29894</v>
+      </c>
+      <c r="E83" s="33">
+        <v>14857</v>
+      </c>
+      <c r="F83" s="33">
+        <v>15037</v>
+      </c>
+      <c r="G83" s="33">
+        <v>0</v>
+      </c>
+      <c r="H83" s="33">
+        <v>-23</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A84" s="32" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" s="32" t="s">
+        <v>172</v>
+      </c>
+      <c r="C84" s="33">
+        <v>13887</v>
+      </c>
+      <c r="D84" s="33">
+        <v>30757</v>
+      </c>
+      <c r="E84" s="33">
+        <v>15260</v>
+      </c>
+      <c r="F84" s="33">
+        <v>15497</v>
+      </c>
+      <c r="G84" s="33">
+        <v>0</v>
+      </c>
+      <c r="H84" s="33">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A85" s="32" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" s="32" t="s">
+        <v>174</v>
+      </c>
+      <c r="C85" s="33">
+        <v>13887</v>
+      </c>
+      <c r="D85" s="33">
+        <v>30757</v>
+      </c>
+      <c r="E85" s="33">
+        <v>15260</v>
+      </c>
+      <c r="F85" s="33">
+        <v>15497</v>
+      </c>
+      <c r="G85" s="33">
+        <v>0</v>
+      </c>
+      <c r="H85" s="33">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A86" s="32" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" s="32" t="s">
+        <v>176</v>
+      </c>
+      <c r="C86" s="33">
+        <v>15288</v>
+      </c>
+      <c r="D86" s="33">
+        <v>33572</v>
+      </c>
+      <c r="E86" s="33">
+        <v>16790</v>
+      </c>
+      <c r="F86" s="33">
+        <v>16782</v>
+      </c>
+      <c r="G86" s="33">
+        <v>0</v>
+      </c>
+      <c r="H86" s="33">
+        <v>-17</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A87" s="32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" s="32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C87" s="33">
+        <v>15288</v>
+      </c>
+      <c r="D87" s="33">
+        <v>33572</v>
+      </c>
+      <c r="E87" s="33">
+        <v>16790</v>
+      </c>
+      <c r="F87" s="33">
+        <v>16782</v>
+      </c>
+      <c r="G87" s="33">
+        <v>0</v>
+      </c>
+      <c r="H87" s="33">
+        <v>-17</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A88" s="32" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" s="32" t="s">
+        <v>180</v>
+      </c>
+      <c r="C88" s="33">
+        <v>29957</v>
+      </c>
+      <c r="D88" s="33">
+        <v>69530</v>
+      </c>
+      <c r="E88" s="33">
+        <v>34754</v>
+      </c>
+      <c r="F88" s="33">
+        <v>34776</v>
+      </c>
+      <c r="G88" s="33">
+        <v>0</v>
+      </c>
+      <c r="H88" s="33">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A89" s="32" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" s="32" t="s">
+        <v>182</v>
+      </c>
+      <c r="C89" s="33">
+        <v>18776</v>
+      </c>
+      <c r="D89" s="33">
+        <v>42549</v>
+      </c>
+      <c r="E89" s="33">
+        <v>21171</v>
+      </c>
+      <c r="F89" s="33">
+        <v>21378</v>
+      </c>
+      <c r="G89" s="33">
+        <v>0</v>
+      </c>
+      <c r="H89" s="33">
+        <v>-20</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A90" s="32" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" s="32" t="s">
+        <v>184</v>
+      </c>
+      <c r="C90" s="33">
+        <v>11181</v>
+      </c>
+      <c r="D90" s="33">
+        <v>26981</v>
+      </c>
+      <c r="E90" s="33">
+        <v>13583</v>
+      </c>
+      <c r="F90" s="33">
+        <v>13398</v>
+      </c>
+      <c r="G90" s="33">
+        <v>0</v>
+      </c>
+      <c r="H90" s="33">
+        <v>37</v>
+      </c>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="3"/>
+  <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <pageSetup paperSize="9"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7AAE2CA-9916-4BA3-AD82-A771DBD34E23}">
   <dimension ref="A1:G90"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="J6" sqref="J6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.7265625" defaultRowHeight="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15" style="17" customWidth="1"/>
     <col min="2" max="2" width="24" style="17" customWidth="1"/>
     <col min="3" max="3" width="10.7265625" style="17" customWidth="1"/>
     <col min="4" max="16384" width="10.7265625" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="13" x14ac:dyDescent="0.2">
       <c r="A1" s="17" t="s">
         <v>185</v>
       </c>
       <c r="G1" s="18" t="s">
         <v>186</v>
@@ -18548,55 +23170,55 @@
       </c>
       <c r="E90" s="33">
         <v>13595</v>
       </c>
       <c r="F90" s="33">
         <v>13397</v>
       </c>
       <c r="G90" s="33">
         <v>0</v>
       </c>
       <c r="H90" s="33">
         <v>-15</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E70037E-0FB9-4EFE-B91C-A37E2DAE88FA}">
   <dimension ref="A1:H90"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="J6" sqref="J6"/>
+      <selection pane="bottomRight" activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.7265625" defaultRowHeight="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15" style="17" customWidth="1"/>
     <col min="2" max="2" width="24" style="17" customWidth="1"/>
     <col min="3" max="3" width="10.7265625" style="17" customWidth="1"/>
     <col min="4" max="16384" width="10.7265625" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A1" s="17" t="s">
         <v>201</v>
       </c>
       <c r="H1" s="18" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A2" s="19"/>
       <c r="B2" s="20"/>
       <c r="C2" s="20"/>
       <c r="D2" s="21"/>
       <c r="E2" s="21"/>
       <c r="F2" s="21"/>
@@ -20858,57 +25480,59 @@
       <c r="G90" s="33">
         <v>0</v>
       </c>
       <c r="H90" s="33">
         <v>-26</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>1月</vt:lpstr>
       <vt:lpstr>2月</vt:lpstr>
       <vt:lpstr>3月</vt:lpstr>
       <vt:lpstr>4月</vt:lpstr>
       <vt:lpstr>5月</vt:lpstr>
       <vt:lpstr>6月</vt:lpstr>
       <vt:lpstr>7月</vt:lpstr>
       <vt:lpstr>8月</vt:lpstr>
       <vt:lpstr>9月</vt:lpstr>
+      <vt:lpstr>10月</vt:lpstr>
+      <vt:lpstr>11月</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>佐藤瞳</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>