--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -1,87 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\100ＨＰ月報\01_概要版\a2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0ADAC465-42B8-4A52-8D15-DBE909549B68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A37418A6-FBFB-4F34-AA9E-53E86D173E42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1月" sheetId="2" r:id="rId1"/>
     <sheet name="2月" sheetId="3" r:id="rId2"/>
     <sheet name="3月" sheetId="4" r:id="rId3"/>
     <sheet name="4月" sheetId="5" r:id="rId4"/>
     <sheet name="5月" sheetId="6" r:id="rId5"/>
     <sheet name="6月" sheetId="7" r:id="rId6"/>
     <sheet name="7月" sheetId="8" r:id="rId7"/>
     <sheet name="8月" sheetId="9" r:id="rId8"/>
     <sheet name="9月" sheetId="10" r:id="rId9"/>
     <sheet name="10月" sheetId="11" r:id="rId10"/>
     <sheet name="11月" sheetId="12" r:id="rId11"/>
+    <sheet name="12月" sheetId="13" r:id="rId12"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2060" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2248" uniqueCount="209">
   <si>
     <t>埼玉県推計人口　令和7年1月1日現在</t>
   </si>
   <si>
     <t>Population of Saitama Prefecture as at January 1, 2025</t>
   </si>
   <si>
     <t>人口</t>
   </si>
   <si>
     <t>Population</t>
   </si>
   <si>
     <t>前月</t>
   </si>
   <si>
     <t>市町村</t>
   </si>
   <si>
     <t>世帯数</t>
   </si>
   <si>
     <t>からの</t>
   </si>
   <si>
@@ -662,50 +664,56 @@
   </si>
   <si>
     <t>埼玉県推計人口　令和7年8月1日現在</t>
   </si>
   <si>
     <t>Population of Saitama Prefecture as at August 1, 2025</t>
   </si>
   <si>
     <t>埼玉県推計人口　令和7年9月1日現在</t>
   </si>
   <si>
     <t>Population of Saitama Prefecture as at September 1, 2025</t>
   </si>
   <si>
     <t>埼玉県推計人口　令和7年10月1日現在</t>
   </si>
   <si>
     <t>Population of Saitama Prefecture as at October 1, 2025</t>
   </si>
   <si>
     <t>埼玉県推計人口　令和7年11月1日現在</t>
   </si>
   <si>
     <t>Population of Saitama Prefecture as at November 1, 2025</t>
   </si>
+  <si>
+    <t>埼玉県推計人口　令和7年12月1日現在</t>
+  </si>
+  <si>
+    <t>Population of Saitama Prefecture as at December 1, 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
@@ -887,51 +895,51 @@
     <xf numFmtId="3" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5527,52 +5535,52 @@
       </c>
       <c r="E90" s="33">
         <v>13562</v>
       </c>
       <c r="F90" s="33">
         <v>13382</v>
       </c>
       <c r="G90" s="33">
         <v>0</v>
       </c>
       <c r="H90" s="33">
         <v>-22</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6E37291-DBD6-4C31-9935-3E4A6B29A075}">
   <dimension ref="A1:H90"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozenSplit"/>
+    <sheetView workbookViewId="0">
+      <pane xSplit="2" ySplit="6" topLeftCell="C13" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="M15" sqref="M15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.7265625" defaultRowHeight="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15" style="17" customWidth="1"/>
     <col min="2" max="2" width="24" style="17" customWidth="1"/>
     <col min="3" max="3" width="10.7265625" style="17" customWidth="1"/>
     <col min="4" max="16384" width="10.7265625" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A1" s="17" t="s">
         <v>205</v>
       </c>
       <c r="H1" s="18" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A2" s="19"/>
       <c r="B2" s="20"/>
       <c r="C2" s="20"/>
@@ -7817,50 +7825,2353 @@
     </row>
     <row r="90" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A90" s="32" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="32" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="33">
         <v>11181</v>
       </c>
       <c r="D90" s="33">
         <v>26981</v>
       </c>
       <c r="E90" s="33">
         <v>13583</v>
       </c>
       <c r="F90" s="33">
         <v>13398</v>
       </c>
       <c r="G90" s="33">
         <v>0</v>
       </c>
       <c r="H90" s="33">
         <v>37</v>
+      </c>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="3"/>
+  <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <pageSetup paperSize="9"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAF5B039-B3E8-4046-85FC-4F77C272F3CF}">
+  <dimension ref="A1:H90"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozenSplit"/>
+      <selection pane="topRight"/>
+      <selection pane="bottomLeft"/>
+      <selection pane="bottomRight" activeCell="J32" sqref="J32"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="10.7265625" defaultRowHeight="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="15" style="17" customWidth="1"/>
+    <col min="2" max="2" width="24" style="17" customWidth="1"/>
+    <col min="3" max="3" width="10.7265625" style="17" customWidth="1"/>
+    <col min="4" max="16384" width="10.7265625" style="17"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A1" s="17" t="s">
+        <v>207</v>
+      </c>
+      <c r="H1" s="18" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A2" s="19"/>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+    </row>
+    <row r="3" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A3" s="22"/>
+      <c r="B3" s="23"/>
+      <c r="C3" s="23"/>
+      <c r="D3" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="E3" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="G3" s="23"/>
+      <c r="H3" s="23" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A4" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="23"/>
+      <c r="C4" s="23" t="s">
+        <v>6</v>
+      </c>
+      <c r="D4" s="24"/>
+      <c r="E4" s="24"/>
+      <c r="F4" s="24"/>
+      <c r="G4" s="25"/>
+      <c r="H4" s="23" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A5" s="22"/>
+      <c r="B5" s="23"/>
+      <c r="C5" s="23"/>
+      <c r="D5" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="23" t="s">
+        <v>193</v>
+      </c>
+      <c r="H5" s="23" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" s="29" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="27"/>
+      <c r="C6" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" s="27" t="s">
+        <v>194</v>
+      </c>
+      <c r="H6" s="28" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A7" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="31">
+        <v>3369106</v>
+      </c>
+      <c r="D7" s="31">
+        <v>7322822</v>
+      </c>
+      <c r="E7" s="31">
+        <v>3629722</v>
+      </c>
+      <c r="F7" s="31">
+        <v>3693099</v>
+      </c>
+      <c r="G7" s="31">
+        <v>1</v>
+      </c>
+      <c r="H7" s="31">
+        <v>-1574</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A8" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="33">
+        <v>3165727</v>
+      </c>
+      <c r="D8" s="33">
+        <v>6854655</v>
+      </c>
+      <c r="E8" s="33">
+        <v>3396565</v>
+      </c>
+      <c r="F8" s="33">
+        <v>3458089</v>
+      </c>
+      <c r="G8" s="33">
+        <v>1</v>
+      </c>
+      <c r="H8" s="33">
+        <v>-1274</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A9" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="33">
+        <v>203379</v>
+      </c>
+      <c r="D9" s="33">
+        <v>468167</v>
+      </c>
+      <c r="E9" s="33">
+        <v>233157</v>
+      </c>
+      <c r="F9" s="33">
+        <v>235010</v>
+      </c>
+      <c r="G9" s="33">
+        <v>0</v>
+      </c>
+      <c r="H9" s="33">
+        <v>-300</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A10" s="32" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="32" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="33">
+        <v>629184</v>
+      </c>
+      <c r="D10" s="33">
+        <v>1356817</v>
+      </c>
+      <c r="E10" s="33">
+        <v>666509</v>
+      </c>
+      <c r="F10" s="33">
+        <v>690308</v>
+      </c>
+      <c r="G10" s="33">
+        <v>0</v>
+      </c>
+      <c r="H10" s="33">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A11" s="32" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="33">
+        <v>41889</v>
+      </c>
+      <c r="D11" s="33">
+        <v>96343</v>
+      </c>
+      <c r="E11" s="33">
+        <v>47167</v>
+      </c>
+      <c r="F11" s="33">
+        <v>49176</v>
+      </c>
+      <c r="G11" s="33">
+        <v>0</v>
+      </c>
+      <c r="H11" s="33">
+        <v>-25</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A12" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="32" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="33">
+        <v>71776</v>
+      </c>
+      <c r="D12" s="33">
+        <v>152115</v>
+      </c>
+      <c r="E12" s="33">
+        <v>74208</v>
+      </c>
+      <c r="F12" s="33">
+        <v>77907</v>
+      </c>
+      <c r="G12" s="33">
+        <v>0</v>
+      </c>
+      <c r="H12" s="33">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A13" s="32" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="33">
+        <v>62006</v>
+      </c>
+      <c r="D13" s="33">
+        <v>126386</v>
+      </c>
+      <c r="E13" s="33">
+        <v>62738</v>
+      </c>
+      <c r="F13" s="33">
+        <v>63648</v>
+      </c>
+      <c r="G13" s="33">
+        <v>0</v>
+      </c>
+      <c r="H13" s="33">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A14" s="32" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="32" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" s="33">
+        <v>76081</v>
+      </c>
+      <c r="D14" s="33">
+        <v>167188</v>
+      </c>
+      <c r="E14" s="33">
+        <v>81524</v>
+      </c>
+      <c r="F14" s="33">
+        <v>85664</v>
+      </c>
+      <c r="G14" s="33">
+        <v>0</v>
+      </c>
+      <c r="H14" s="33">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A15" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="33">
+        <v>50679</v>
+      </c>
+      <c r="D15" s="33">
+        <v>104429</v>
+      </c>
+      <c r="E15" s="33">
+        <v>51348</v>
+      </c>
+      <c r="F15" s="33">
+        <v>53081</v>
+      </c>
+      <c r="G15" s="33">
+        <v>0</v>
+      </c>
+      <c r="H15" s="33">
+        <v>-32</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A16" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="33">
+        <v>49418</v>
+      </c>
+      <c r="D16" s="33">
+        <v>99152</v>
+      </c>
+      <c r="E16" s="33">
+        <v>49796</v>
+      </c>
+      <c r="F16" s="33">
+        <v>49356</v>
+      </c>
+      <c r="G16" s="33">
+        <v>0</v>
+      </c>
+      <c r="H16" s="33">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A17" s="32" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="C17" s="33">
+        <v>79686</v>
+      </c>
+      <c r="D17" s="33">
+        <v>169026</v>
+      </c>
+      <c r="E17" s="33">
+        <v>81162</v>
+      </c>
+      <c r="F17" s="33">
+        <v>87864</v>
+      </c>
+      <c r="G17" s="33">
+        <v>0</v>
+      </c>
+      <c r="H17" s="33">
+        <v>-126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A18" s="32" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="32" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" s="33">
+        <v>91863</v>
+      </c>
+      <c r="D18" s="33">
+        <v>195768</v>
+      </c>
+      <c r="E18" s="33">
+        <v>97061</v>
+      </c>
+      <c r="F18" s="33">
+        <v>98707</v>
+      </c>
+      <c r="G18" s="33">
+        <v>0</v>
+      </c>
+      <c r="H18" s="33">
+        <v>-107</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A19" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="32" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" s="33">
+        <v>56518</v>
+      </c>
+      <c r="D19" s="33">
+        <v>135569</v>
+      </c>
+      <c r="E19" s="33">
+        <v>66570</v>
+      </c>
+      <c r="F19" s="33">
+        <v>68999</v>
+      </c>
+      <c r="G19" s="33">
+        <v>0</v>
+      </c>
+      <c r="H19" s="33">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A20" s="32" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="32" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="33">
+        <v>49268</v>
+      </c>
+      <c r="D20" s="33">
+        <v>110841</v>
+      </c>
+      <c r="E20" s="33">
+        <v>54935</v>
+      </c>
+      <c r="F20" s="33">
+        <v>55906</v>
+      </c>
+      <c r="G20" s="33">
+        <v>0</v>
+      </c>
+      <c r="H20" s="33">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A21" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="C21" s="33">
+        <v>163168</v>
+      </c>
+      <c r="D21" s="33">
+        <v>354210</v>
+      </c>
+      <c r="E21" s="33">
+        <v>176278</v>
+      </c>
+      <c r="F21" s="33">
+        <v>177931</v>
+      </c>
+      <c r="G21" s="33">
+        <v>1</v>
+      </c>
+      <c r="H21" s="33">
+        <v>-77</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A22" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22" s="33">
+        <v>83985</v>
+      </c>
+      <c r="D22" s="33">
+        <v>188739</v>
+      </c>
+      <c r="E22" s="33">
+        <v>94392</v>
+      </c>
+      <c r="F22" s="33">
+        <v>94347</v>
+      </c>
+      <c r="G22" s="33">
+        <v>0</v>
+      </c>
+      <c r="H22" s="33">
+        <v>-130</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A23" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="32" t="s">
+        <v>50</v>
+      </c>
+      <c r="C23" s="33">
+        <v>285501</v>
+      </c>
+      <c r="D23" s="33">
+        <v>595800</v>
+      </c>
+      <c r="E23" s="33">
+        <v>300017</v>
+      </c>
+      <c r="F23" s="33">
+        <v>295783</v>
+      </c>
+      <c r="G23" s="33">
+        <v>0</v>
+      </c>
+      <c r="H23" s="33">
+        <v>-102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A24" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" s="33">
+        <v>33379</v>
+      </c>
+      <c r="D24" s="33">
+        <v>75732</v>
+      </c>
+      <c r="E24" s="33">
+        <v>37247</v>
+      </c>
+      <c r="F24" s="33">
+        <v>38485</v>
+      </c>
+      <c r="G24" s="33">
+        <v>0</v>
+      </c>
+      <c r="H24" s="33">
+        <v>-38</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A25" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="32" t="s">
+        <v>54</v>
+      </c>
+      <c r="C25" s="33">
+        <v>23509</v>
+      </c>
+      <c r="D25" s="33">
+        <v>54658</v>
+      </c>
+      <c r="E25" s="33">
+        <v>26644</v>
+      </c>
+      <c r="F25" s="33">
+        <v>28014</v>
+      </c>
+      <c r="G25" s="33">
+        <v>0</v>
+      </c>
+      <c r="H25" s="33">
+        <v>-88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A26" s="32" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="32" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="33">
+        <v>161925</v>
+      </c>
+      <c r="D26" s="33">
+        <v>340685</v>
+      </c>
+      <c r="E26" s="33">
+        <v>166401</v>
+      </c>
+      <c r="F26" s="33">
+        <v>174284</v>
+      </c>
+      <c r="G26" s="33">
+        <v>0</v>
+      </c>
+      <c r="H26" s="33">
+        <v>-57</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A27" s="32" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="32" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" s="33">
+        <v>34822</v>
+      </c>
+      <c r="D27" s="33">
+        <v>78532</v>
+      </c>
+      <c r="E27" s="33">
+        <v>39285</v>
+      </c>
+      <c r="F27" s="33">
+        <v>39247</v>
+      </c>
+      <c r="G27" s="33">
+        <v>0</v>
+      </c>
+      <c r="H27" s="33">
+        <v>-71</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A28" s="32" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="C28" s="33">
+        <v>48088</v>
+      </c>
+      <c r="D28" s="33">
+        <v>110603</v>
+      </c>
+      <c r="E28" s="33">
+        <v>55628</v>
+      </c>
+      <c r="F28" s="33">
+        <v>54975</v>
+      </c>
+      <c r="G28" s="33">
+        <v>0</v>
+      </c>
+      <c r="H28" s="33">
+        <v>-52</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A29" s="32" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="C29" s="33">
+        <v>34893</v>
+      </c>
+      <c r="D29" s="33">
+        <v>76873</v>
+      </c>
+      <c r="E29" s="33">
+        <v>38502</v>
+      </c>
+      <c r="F29" s="33">
+        <v>38371</v>
+      </c>
+      <c r="G29" s="33">
+        <v>0</v>
+      </c>
+      <c r="H29" s="33">
+        <v>-47</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A30" s="32" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="32" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" s="33">
+        <v>43057</v>
+      </c>
+      <c r="D30" s="33">
+        <v>92781</v>
+      </c>
+      <c r="E30" s="33">
+        <v>46491</v>
+      </c>
+      <c r="F30" s="33">
+        <v>46290</v>
+      </c>
+      <c r="G30" s="33">
+        <v>0</v>
+      </c>
+      <c r="H30" s="33">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A31" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="32" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="33">
+        <v>103968</v>
+      </c>
+      <c r="D31" s="33">
+        <v>225072</v>
+      </c>
+      <c r="E31" s="33">
+        <v>110670</v>
+      </c>
+      <c r="F31" s="33">
+        <v>114402</v>
+      </c>
+      <c r="G31" s="33">
+        <v>0</v>
+      </c>
+      <c r="H31" s="33">
+        <v>-133</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A32" s="32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="32" t="s">
+        <v>68</v>
+      </c>
+      <c r="C32" s="33">
+        <v>67379</v>
+      </c>
+      <c r="D32" s="33">
+        <v>146113</v>
+      </c>
+      <c r="E32" s="33">
+        <v>72325</v>
+      </c>
+      <c r="F32" s="33">
+        <v>73788</v>
+      </c>
+      <c r="G32" s="33">
+        <v>0</v>
+      </c>
+      <c r="H32" s="33">
+        <v>-29</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A33" s="32" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="32" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33" s="33">
+        <v>23042</v>
+      </c>
+      <c r="D33" s="33">
+        <v>52049</v>
+      </c>
+      <c r="E33" s="33">
+        <v>25892</v>
+      </c>
+      <c r="F33" s="33">
+        <v>26157</v>
+      </c>
+      <c r="G33" s="33">
+        <v>0</v>
+      </c>
+      <c r="H33" s="33">
+        <v>-10</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A34" s="32" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="32" t="s">
+        <v>72</v>
+      </c>
+      <c r="C34" s="33">
+        <v>51104</v>
+      </c>
+      <c r="D34" s="33">
+        <v>116401</v>
+      </c>
+      <c r="E34" s="33">
+        <v>57305</v>
+      </c>
+      <c r="F34" s="33">
+        <v>59096</v>
+      </c>
+      <c r="G34" s="33">
+        <v>0</v>
+      </c>
+      <c r="H34" s="33">
+        <v>-66</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A35" s="32" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="32" t="s">
+        <v>74</v>
+      </c>
+      <c r="C35" s="33">
+        <v>59666</v>
+      </c>
+      <c r="D35" s="33">
+        <v>138637</v>
+      </c>
+      <c r="E35" s="33">
+        <v>68861</v>
+      </c>
+      <c r="F35" s="33">
+        <v>69776</v>
+      </c>
+      <c r="G35" s="33">
+        <v>0</v>
+      </c>
+      <c r="H35" s="33">
+        <v>-34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A36" s="32" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="32" t="s">
+        <v>76</v>
+      </c>
+      <c r="C36" s="33">
+        <v>103252</v>
+      </c>
+      <c r="D36" s="33">
+        <v>228334</v>
+      </c>
+      <c r="E36" s="33">
+        <v>112468</v>
+      </c>
+      <c r="F36" s="33">
+        <v>115866</v>
+      </c>
+      <c r="G36" s="33">
+        <v>0</v>
+      </c>
+      <c r="H36" s="33">
+        <v>-59</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A37" s="32" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="32" t="s">
+        <v>78</v>
+      </c>
+      <c r="C37" s="33">
+        <v>120699</v>
+      </c>
+      <c r="D37" s="33">
+        <v>250563</v>
+      </c>
+      <c r="E37" s="33">
+        <v>125702</v>
+      </c>
+      <c r="F37" s="33">
+        <v>124861</v>
+      </c>
+      <c r="G37" s="33">
+        <v>0</v>
+      </c>
+      <c r="H37" s="33">
+        <v>-64</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A38" s="32" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="32" t="s">
+        <v>80</v>
+      </c>
+      <c r="C38" s="33">
+        <v>150281</v>
+      </c>
+      <c r="D38" s="33">
+        <v>338072</v>
+      </c>
+      <c r="E38" s="33">
+        <v>166147</v>
+      </c>
+      <c r="F38" s="33">
+        <v>171925</v>
+      </c>
+      <c r="G38" s="33">
+        <v>0</v>
+      </c>
+      <c r="H38" s="33">
+        <v>-128</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A39" s="32" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="32" t="s">
+        <v>82</v>
+      </c>
+      <c r="C39" s="33">
+        <v>39811</v>
+      </c>
+      <c r="D39" s="33">
+        <v>75839</v>
+      </c>
+      <c r="E39" s="33">
+        <v>38482</v>
+      </c>
+      <c r="F39" s="33">
+        <v>37357</v>
+      </c>
+      <c r="G39" s="33">
+        <v>0</v>
+      </c>
+      <c r="H39" s="33">
+        <v>-3</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A40" s="32" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="32" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="33">
+        <v>68828</v>
+      </c>
+      <c r="D40" s="33">
+        <v>142841</v>
+      </c>
+      <c r="E40" s="33">
+        <v>71978</v>
+      </c>
+      <c r="F40" s="33">
+        <v>70863</v>
+      </c>
+      <c r="G40" s="33">
+        <v>0</v>
+      </c>
+      <c r="H40" s="33">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A41" s="32" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="32" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41" s="33">
+        <v>63695</v>
+      </c>
+      <c r="D41" s="33">
+        <v>140773</v>
+      </c>
+      <c r="E41" s="33">
+        <v>68988</v>
+      </c>
+      <c r="F41" s="33">
+        <v>71785</v>
+      </c>
+      <c r="G41" s="33">
+        <v>0</v>
+      </c>
+      <c r="H41" s="33">
+        <v>-39</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A42" s="32" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="32" t="s">
+        <v>88</v>
+      </c>
+      <c r="C42" s="33">
+        <v>67101</v>
+      </c>
+      <c r="D42" s="33">
+        <v>144602</v>
+      </c>
+      <c r="E42" s="33">
+        <v>72377</v>
+      </c>
+      <c r="F42" s="33">
+        <v>72225</v>
+      </c>
+      <c r="G42" s="33">
+        <v>0</v>
+      </c>
+      <c r="H42" s="33">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A43" s="32" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="32" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43" s="33">
+        <v>34515</v>
+      </c>
+      <c r="D43" s="33">
+        <v>75095</v>
+      </c>
+      <c r="E43" s="33">
+        <v>36741</v>
+      </c>
+      <c r="F43" s="33">
+        <v>38354</v>
+      </c>
+      <c r="G43" s="33">
+        <v>0</v>
+      </c>
+      <c r="H43" s="33">
+        <v>-14</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A44" s="32" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="32" t="s">
+        <v>92</v>
+      </c>
+      <c r="C44" s="33">
+        <v>42249</v>
+      </c>
+      <c r="D44" s="33">
+        <v>84769</v>
+      </c>
+      <c r="E44" s="33">
+        <v>43408</v>
+      </c>
+      <c r="F44" s="33">
+        <v>41361</v>
+      </c>
+      <c r="G44" s="33">
+        <v>0</v>
+      </c>
+      <c r="H44" s="33">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A45" s="32" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="32" t="s">
+        <v>94</v>
+      </c>
+      <c r="C45" s="33">
+        <v>78687</v>
+      </c>
+      <c r="D45" s="33">
+        <v>166160</v>
+      </c>
+      <c r="E45" s="33">
+        <v>81731</v>
+      </c>
+      <c r="F45" s="33">
+        <v>84429</v>
+      </c>
+      <c r="G45" s="33">
+        <v>0</v>
+      </c>
+      <c r="H45" s="33">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A46" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="32" t="s">
+        <v>96</v>
+      </c>
+      <c r="C46" s="33">
+        <v>32524</v>
+      </c>
+      <c r="D46" s="33">
+        <v>73636</v>
+      </c>
+      <c r="E46" s="33">
+        <v>36137</v>
+      </c>
+      <c r="F46" s="33">
+        <v>37499</v>
+      </c>
+      <c r="G46" s="33">
+        <v>0</v>
+      </c>
+      <c r="H46" s="33">
+        <v>-18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A47" s="32" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="32" t="s">
+        <v>98</v>
+      </c>
+      <c r="C47" s="33">
+        <v>66346</v>
+      </c>
+      <c r="D47" s="33">
+        <v>148790</v>
+      </c>
+      <c r="E47" s="33">
+        <v>73539</v>
+      </c>
+      <c r="F47" s="33">
+        <v>75251</v>
+      </c>
+      <c r="G47" s="33">
+        <v>0</v>
+      </c>
+      <c r="H47" s="33">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A48" s="32" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" s="32" t="s">
+        <v>100</v>
+      </c>
+      <c r="C48" s="33">
+        <v>29136</v>
+      </c>
+      <c r="D48" s="33">
+        <v>64170</v>
+      </c>
+      <c r="E48" s="33">
+        <v>31376</v>
+      </c>
+      <c r="F48" s="33">
+        <v>32794</v>
+      </c>
+      <c r="G48" s="33">
+        <v>0</v>
+      </c>
+      <c r="H48" s="33">
+        <v>-60</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A49" s="32" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" s="32" t="s">
+        <v>102</v>
+      </c>
+      <c r="C49" s="33">
+        <v>45718</v>
+      </c>
+      <c r="D49" s="33">
+        <v>94780</v>
+      </c>
+      <c r="E49" s="33">
+        <v>48649</v>
+      </c>
+      <c r="F49" s="33">
+        <v>46131</v>
+      </c>
+      <c r="G49" s="33">
+        <v>0</v>
+      </c>
+      <c r="H49" s="33">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A50" s="32" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" s="32" t="s">
+        <v>104</v>
+      </c>
+      <c r="C50" s="33">
+        <v>54840</v>
+      </c>
+      <c r="D50" s="33">
+        <v>113490</v>
+      </c>
+      <c r="E50" s="33">
+        <v>55343</v>
+      </c>
+      <c r="F50" s="33">
+        <v>58147</v>
+      </c>
+      <c r="G50" s="33">
+        <v>0</v>
+      </c>
+      <c r="H50" s="33">
+        <v>-12</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A51" s="32" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="32" t="s">
+        <v>106</v>
+      </c>
+      <c r="C51" s="33">
+        <v>64567</v>
+      </c>
+      <c r="D51" s="33">
+        <v>141286</v>
+      </c>
+      <c r="E51" s="33">
+        <v>70719</v>
+      </c>
+      <c r="F51" s="33">
+        <v>70567</v>
+      </c>
+      <c r="G51" s="33">
+        <v>0</v>
+      </c>
+      <c r="H51" s="33">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A52" s="32" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" s="32" t="s">
+        <v>108</v>
+      </c>
+      <c r="C52" s="33">
+        <v>26950</v>
+      </c>
+      <c r="D52" s="33">
+        <v>60853</v>
+      </c>
+      <c r="E52" s="33">
+        <v>29994</v>
+      </c>
+      <c r="F52" s="33">
+        <v>30859</v>
+      </c>
+      <c r="G52" s="33">
+        <v>0</v>
+      </c>
+      <c r="H52" s="33">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A53" s="32" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" s="32" t="s">
+        <v>110</v>
+      </c>
+      <c r="C53" s="33">
+        <v>47470</v>
+      </c>
+      <c r="D53" s="33">
+        <v>99279</v>
+      </c>
+      <c r="E53" s="33">
+        <v>49251</v>
+      </c>
+      <c r="F53" s="33">
+        <v>50028</v>
+      </c>
+      <c r="G53" s="33">
+        <v>0</v>
+      </c>
+      <c r="H53" s="33">
+        <v>-12</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A54" s="32" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" s="32" t="s">
+        <v>112</v>
+      </c>
+      <c r="C54" s="33">
+        <v>21768</v>
+      </c>
+      <c r="D54" s="33">
+        <v>48250</v>
+      </c>
+      <c r="E54" s="33">
+        <v>24073</v>
+      </c>
+      <c r="F54" s="33">
+        <v>24177</v>
+      </c>
+      <c r="G54" s="33">
+        <v>0</v>
+      </c>
+      <c r="H54" s="33">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A55" s="32" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" s="32" t="s">
+        <v>114</v>
+      </c>
+      <c r="C55" s="33">
+        <v>33041</v>
+      </c>
+      <c r="D55" s="33">
+        <v>69849</v>
+      </c>
+      <c r="E55" s="33">
+        <v>34336</v>
+      </c>
+      <c r="F55" s="33">
+        <v>35513</v>
+      </c>
+      <c r="G55" s="33">
+        <v>0</v>
+      </c>
+      <c r="H55" s="33">
+        <v>-11</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A56" s="32" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="C56" s="33">
+        <v>23549</v>
+      </c>
+      <c r="D56" s="33">
+        <v>52955</v>
+      </c>
+      <c r="E56" s="33">
+        <v>26152</v>
+      </c>
+      <c r="F56" s="33">
+        <v>26803</v>
+      </c>
+      <c r="G56" s="33">
+        <v>0</v>
+      </c>
+      <c r="H56" s="33">
+        <v>-43</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A57" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" s="32" t="s">
+        <v>118</v>
+      </c>
+      <c r="C57" s="33">
+        <v>29613</v>
+      </c>
+      <c r="D57" s="33">
+        <v>70924</v>
+      </c>
+      <c r="E57" s="33">
+        <v>35126</v>
+      </c>
+      <c r="F57" s="33">
+        <v>35798</v>
+      </c>
+      <c r="G57" s="33">
+        <v>0</v>
+      </c>
+      <c r="H57" s="33">
+        <v>-29</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A58" s="32" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" s="32" t="s">
+        <v>120</v>
+      </c>
+      <c r="C58" s="33">
+        <v>52467</v>
+      </c>
+      <c r="D58" s="33">
+        <v>113612</v>
+      </c>
+      <c r="E58" s="33">
+        <v>55765</v>
+      </c>
+      <c r="F58" s="33">
+        <v>57847</v>
+      </c>
+      <c r="G58" s="33">
+        <v>0</v>
+      </c>
+      <c r="H58" s="33">
+        <v>-28</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A59" s="32" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" s="32" t="s">
+        <v>122</v>
+      </c>
+      <c r="C59" s="33">
+        <v>21950</v>
+      </c>
+      <c r="D59" s="33">
+        <v>52031</v>
+      </c>
+      <c r="E59" s="33">
+        <v>25636</v>
+      </c>
+      <c r="F59" s="33">
+        <v>26395</v>
+      </c>
+      <c r="G59" s="33">
+        <v>0</v>
+      </c>
+      <c r="H59" s="33">
+        <v>-25</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A60" s="32" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" s="32" t="s">
+        <v>124</v>
+      </c>
+      <c r="C60" s="33">
+        <v>19169</v>
+      </c>
+      <c r="D60" s="33">
+        <v>44806</v>
+      </c>
+      <c r="E60" s="33">
+        <v>22384</v>
+      </c>
+      <c r="F60" s="33">
+        <v>22422</v>
+      </c>
+      <c r="G60" s="33">
+        <v>0</v>
+      </c>
+      <c r="H60" s="33">
+        <v>-9</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A61" s="32" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" s="32" t="s">
+        <v>126</v>
+      </c>
+      <c r="C61" s="33">
+        <v>19169</v>
+      </c>
+      <c r="D61" s="33">
+        <v>44806</v>
+      </c>
+      <c r="E61" s="33">
+        <v>22384</v>
+      </c>
+      <c r="F61" s="33">
+        <v>22422</v>
+      </c>
+      <c r="G61" s="33">
+        <v>0</v>
+      </c>
+      <c r="H61" s="33">
+        <v>-9</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A62" s="32" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" s="32" t="s">
+        <v>128</v>
+      </c>
+      <c r="C62" s="33">
+        <v>36611</v>
+      </c>
+      <c r="D62" s="33">
+        <v>81601</v>
+      </c>
+      <c r="E62" s="33">
+        <v>40148</v>
+      </c>
+      <c r="F62" s="33">
+        <v>41453</v>
+      </c>
+      <c r="G62" s="33">
+        <v>0</v>
+      </c>
+      <c r="H62" s="33">
+        <v>-121</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A63" s="32" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" s="32" t="s">
+        <v>130</v>
+      </c>
+      <c r="C63" s="33">
+        <v>15667</v>
+      </c>
+      <c r="D63" s="33">
+        <v>37566</v>
+      </c>
+      <c r="E63" s="33">
+        <v>18349</v>
+      </c>
+      <c r="F63" s="33">
+        <v>19217</v>
+      </c>
+      <c r="G63" s="33">
+        <v>0</v>
+      </c>
+      <c r="H63" s="33">
+        <v>-71</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A64" s="32" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" s="32" t="s">
+        <v>132</v>
+      </c>
+      <c r="C64" s="33">
+        <v>16284</v>
+      </c>
+      <c r="D64" s="33">
+        <v>33838</v>
+      </c>
+      <c r="E64" s="33">
+        <v>16769</v>
+      </c>
+      <c r="F64" s="33">
+        <v>17069</v>
+      </c>
+      <c r="G64" s="33">
+        <v>0</v>
+      </c>
+      <c r="H64" s="33">
+        <v>-34</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A65" s="32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" s="32" t="s">
+        <v>134</v>
+      </c>
+      <c r="C65" s="33">
+        <v>4660</v>
+      </c>
+      <c r="D65" s="33">
+        <v>10197</v>
+      </c>
+      <c r="E65" s="33">
+        <v>5030</v>
+      </c>
+      <c r="F65" s="33">
+        <v>5167</v>
+      </c>
+      <c r="G65" s="33">
+        <v>0</v>
+      </c>
+      <c r="H65" s="33">
+        <v>-16</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A66" s="32" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" s="32" t="s">
+        <v>136</v>
+      </c>
+      <c r="C66" s="33">
+        <v>52202</v>
+      </c>
+      <c r="D66" s="33">
+        <v>121117</v>
+      </c>
+      <c r="E66" s="33">
+        <v>60675</v>
+      </c>
+      <c r="F66" s="33">
+        <v>60442</v>
+      </c>
+      <c r="G66" s="33">
+        <v>0</v>
+      </c>
+      <c r="H66" s="33">
+        <v>-70</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A67" s="32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" s="32" t="s">
+        <v>138</v>
+      </c>
+      <c r="C67" s="33">
+        <v>8263</v>
+      </c>
+      <c r="D67" s="33">
+        <v>20050</v>
+      </c>
+      <c r="E67" s="33">
+        <v>10231</v>
+      </c>
+      <c r="F67" s="33">
+        <v>9819</v>
+      </c>
+      <c r="G67" s="33">
+        <v>0</v>
+      </c>
+      <c r="H67" s="33">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A68" s="32" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" s="32" t="s">
+        <v>140</v>
+      </c>
+      <c r="C68" s="33">
+        <v>7846</v>
+      </c>
+      <c r="D68" s="33">
+        <v>17396</v>
+      </c>
+      <c r="E68" s="33">
+        <v>8653</v>
+      </c>
+      <c r="F68" s="33">
+        <v>8743</v>
+      </c>
+      <c r="G68" s="33">
+        <v>0</v>
+      </c>
+      <c r="H68" s="33">
+        <v>-34</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A69" s="32" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" s="32" t="s">
+        <v>142</v>
+      </c>
+      <c r="C69" s="33">
+        <v>11861</v>
+      </c>
+      <c r="D69" s="33">
+        <v>26365</v>
+      </c>
+      <c r="E69" s="33">
+        <v>13137</v>
+      </c>
+      <c r="F69" s="33">
+        <v>13228</v>
+      </c>
+      <c r="G69" s="33">
+        <v>0</v>
+      </c>
+      <c r="H69" s="33">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A70" s="32" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" s="32" t="s">
+        <v>144</v>
+      </c>
+      <c r="C70" s="33">
+        <v>7542</v>
+      </c>
+      <c r="D70" s="33">
+        <v>18148</v>
+      </c>
+      <c r="E70" s="33">
+        <v>9200</v>
+      </c>
+      <c r="F70" s="33">
+        <v>8948</v>
+      </c>
+      <c r="G70" s="33">
+        <v>0</v>
+      </c>
+      <c r="H70" s="33">
+        <v>-3</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A71" s="32" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" s="32" t="s">
+        <v>146</v>
+      </c>
+      <c r="C71" s="33">
+        <v>7028</v>
+      </c>
+      <c r="D71" s="33">
+        <v>16827</v>
+      </c>
+      <c r="E71" s="33">
+        <v>8467</v>
+      </c>
+      <c r="F71" s="33">
+        <v>8360</v>
+      </c>
+      <c r="G71" s="33">
+        <v>0</v>
+      </c>
+      <c r="H71" s="33">
+        <v>-41</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A72" s="32" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" s="32" t="s">
+        <v>148</v>
+      </c>
+      <c r="C72" s="33">
+        <v>5436</v>
+      </c>
+      <c r="D72" s="33">
+        <v>12598</v>
+      </c>
+      <c r="E72" s="33">
+        <v>6097</v>
+      </c>
+      <c r="F72" s="33">
+        <v>6501</v>
+      </c>
+      <c r="G72" s="33">
+        <v>0</v>
+      </c>
+      <c r="H72" s="33">
+        <v>-15</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A73" s="32" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" s="32" t="s">
+        <v>150</v>
+      </c>
+      <c r="C73" s="33">
+        <v>4226</v>
+      </c>
+      <c r="D73" s="33">
+        <v>9733</v>
+      </c>
+      <c r="E73" s="33">
+        <v>4890</v>
+      </c>
+      <c r="F73" s="33">
+        <v>4843</v>
+      </c>
+      <c r="G73" s="33">
+        <v>0</v>
+      </c>
+      <c r="H73" s="33">
+        <v>-6</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A74" s="32" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" s="32" t="s">
+        <v>152</v>
+      </c>
+      <c r="C74" s="33">
+        <v>14012</v>
+      </c>
+      <c r="D74" s="33">
+        <v>33821</v>
+      </c>
+      <c r="E74" s="33">
+        <v>16673</v>
+      </c>
+      <c r="F74" s="33">
+        <v>17148</v>
+      </c>
+      <c r="G74" s="33">
+        <v>0</v>
+      </c>
+      <c r="H74" s="33">
+        <v>-59</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A75" s="32" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" s="32" t="s">
+        <v>154</v>
+      </c>
+      <c r="C75" s="33">
+        <v>3046</v>
+      </c>
+      <c r="D75" s="33">
+        <v>7352</v>
+      </c>
+      <c r="E75" s="33">
+        <v>3652</v>
+      </c>
+      <c r="F75" s="33">
+        <v>3700</v>
+      </c>
+      <c r="G75" s="33">
+        <v>0</v>
+      </c>
+      <c r="H75" s="33">
+        <v>-16</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A76" s="32" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" s="32" t="s">
+        <v>156</v>
+      </c>
+      <c r="C76" s="33">
+        <v>3520</v>
+      </c>
+      <c r="D76" s="33">
+        <v>8497</v>
+      </c>
+      <c r="E76" s="33">
+        <v>4177</v>
+      </c>
+      <c r="F76" s="33">
+        <v>4320</v>
+      </c>
+      <c r="G76" s="33">
+        <v>0</v>
+      </c>
+      <c r="H76" s="33">
+        <v>-9</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A77" s="32" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" s="32" t="s">
+        <v>158</v>
+      </c>
+      <c r="C77" s="33">
+        <v>2546</v>
+      </c>
+      <c r="D77" s="33">
+        <v>6155</v>
+      </c>
+      <c r="E77" s="33">
+        <v>3038</v>
+      </c>
+      <c r="F77" s="33">
+        <v>3117</v>
+      </c>
+      <c r="G77" s="33">
+        <v>0</v>
+      </c>
+      <c r="H77" s="33">
+        <v>-8</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A78" s="32" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" s="32" t="s">
+        <v>160</v>
+      </c>
+      <c r="C78" s="33">
+        <v>3964</v>
+      </c>
+      <c r="D78" s="33">
+        <v>9512</v>
+      </c>
+      <c r="E78" s="33">
+        <v>4683</v>
+      </c>
+      <c r="F78" s="33">
+        <v>4829</v>
+      </c>
+      <c r="G78" s="33">
+        <v>0</v>
+      </c>
+      <c r="H78" s="33">
+        <v>-16</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A79" s="32" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" s="32" t="s">
+        <v>162</v>
+      </c>
+      <c r="C79" s="33">
+        <v>936</v>
+      </c>
+      <c r="D79" s="33">
+        <v>2305</v>
+      </c>
+      <c r="E79" s="33">
+        <v>1123</v>
+      </c>
+      <c r="F79" s="33">
+        <v>1182</v>
+      </c>
+      <c r="G79" s="33">
+        <v>0</v>
+      </c>
+      <c r="H79" s="33">
+        <v>-10</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A80" s="32" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="C80" s="33">
+        <v>22212</v>
+      </c>
+      <c r="D80" s="33">
+        <v>53008</v>
+      </c>
+      <c r="E80" s="33">
+        <v>26518</v>
+      </c>
+      <c r="F80" s="33">
+        <v>26490</v>
+      </c>
+      <c r="G80" s="33">
+        <v>0</v>
+      </c>
+      <c r="H80" s="33">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A81" s="32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" s="32" t="s">
+        <v>166</v>
+      </c>
+      <c r="C81" s="33">
+        <v>4007</v>
+      </c>
+      <c r="D81" s="33">
+        <v>10522</v>
+      </c>
+      <c r="E81" s="33">
+        <v>5275</v>
+      </c>
+      <c r="F81" s="33">
+        <v>5247</v>
+      </c>
+      <c r="G81" s="33">
+        <v>0</v>
+      </c>
+      <c r="H81" s="33">
+        <v>-6</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A82" s="32" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" s="32" t="s">
+        <v>168</v>
+      </c>
+      <c r="C82" s="33">
+        <v>5462</v>
+      </c>
+      <c r="D82" s="33">
+        <v>12604</v>
+      </c>
+      <c r="E82" s="33">
+        <v>6400</v>
+      </c>
+      <c r="F82" s="33">
+        <v>6204</v>
+      </c>
+      <c r="G82" s="33">
+        <v>0</v>
+      </c>
+      <c r="H82" s="33">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A83" s="32" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" s="32" t="s">
+        <v>170</v>
+      </c>
+      <c r="C83" s="33">
+        <v>12743</v>
+      </c>
+      <c r="D83" s="33">
+        <v>29882</v>
+      </c>
+      <c r="E83" s="33">
+        <v>14843</v>
+      </c>
+      <c r="F83" s="33">
+        <v>15039</v>
+      </c>
+      <c r="G83" s="33">
+        <v>0</v>
+      </c>
+      <c r="H83" s="33">
+        <v>-12</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A84" s="32" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" s="32" t="s">
+        <v>172</v>
+      </c>
+      <c r="C84" s="33">
+        <v>13887</v>
+      </c>
+      <c r="D84" s="33">
+        <v>30741</v>
+      </c>
+      <c r="E84" s="33">
+        <v>15237</v>
+      </c>
+      <c r="F84" s="33">
+        <v>15504</v>
+      </c>
+      <c r="G84" s="33">
+        <v>0</v>
+      </c>
+      <c r="H84" s="33">
+        <v>-16</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A85" s="32" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" s="32" t="s">
+        <v>174</v>
+      </c>
+      <c r="C85" s="33">
+        <v>13887</v>
+      </c>
+      <c r="D85" s="33">
+        <v>30741</v>
+      </c>
+      <c r="E85" s="33">
+        <v>15237</v>
+      </c>
+      <c r="F85" s="33">
+        <v>15504</v>
+      </c>
+      <c r="G85" s="33">
+        <v>0</v>
+      </c>
+      <c r="H85" s="33">
+        <v>-16</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A86" s="32" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" s="32" t="s">
+        <v>176</v>
+      </c>
+      <c r="C86" s="33">
+        <v>15327</v>
+      </c>
+      <c r="D86" s="33">
+        <v>33584</v>
+      </c>
+      <c r="E86" s="33">
+        <v>16787</v>
+      </c>
+      <c r="F86" s="33">
+        <v>16797</v>
+      </c>
+      <c r="G86" s="33">
+        <v>0</v>
+      </c>
+      <c r="H86" s="33">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A87" s="32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" s="32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C87" s="33">
+        <v>15327</v>
+      </c>
+      <c r="D87" s="33">
+        <v>33584</v>
+      </c>
+      <c r="E87" s="33">
+        <v>16787</v>
+      </c>
+      <c r="F87" s="33">
+        <v>16797</v>
+      </c>
+      <c r="G87" s="33">
+        <v>0</v>
+      </c>
+      <c r="H87" s="33">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A88" s="32" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" s="32" t="s">
+        <v>180</v>
+      </c>
+      <c r="C88" s="33">
+        <v>29959</v>
+      </c>
+      <c r="D88" s="33">
+        <v>69489</v>
+      </c>
+      <c r="E88" s="33">
+        <v>34735</v>
+      </c>
+      <c r="F88" s="33">
+        <v>34754</v>
+      </c>
+      <c r="G88" s="33">
+        <v>0</v>
+      </c>
+      <c r="H88" s="33">
+        <v>-41</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A89" s="32" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" s="32" t="s">
+        <v>182</v>
+      </c>
+      <c r="C89" s="33">
+        <v>18779</v>
+      </c>
+      <c r="D89" s="33">
+        <v>42520</v>
+      </c>
+      <c r="E89" s="33">
+        <v>21155</v>
+      </c>
+      <c r="F89" s="33">
+        <v>21365</v>
+      </c>
+      <c r="G89" s="33">
+        <v>0</v>
+      </c>
+      <c r="H89" s="33">
+        <v>-29</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A90" s="32" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" s="32" t="s">
+        <v>184</v>
+      </c>
+      <c r="C90" s="33">
+        <v>11180</v>
+      </c>
+      <c r="D90" s="33">
+        <v>26969</v>
+      </c>
+      <c r="E90" s="33">
+        <v>13580</v>
+      </c>
+      <c r="F90" s="33">
+        <v>13389</v>
+      </c>
+      <c r="G90" s="33">
+        <v>0</v>
+      </c>
+      <c r="H90" s="33">
+        <v>-12</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7AAE2CA-9916-4BA3-AD82-A771DBD34E23}">
   <dimension ref="A1:G90"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="J6" sqref="J6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.7265625" defaultRowHeight="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15" style="17" customWidth="1"/>
     <col min="2" max="2" width="24" style="17" customWidth="1"/>
     <col min="3" max="3" width="10.7265625" style="17" customWidth="1"/>
@@ -25480,59 +27791,60 @@
       <c r="G90" s="33">
         <v>0</v>
       </c>
       <c r="H90" s="33">
         <v>-26</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="11" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>1月</vt:lpstr>
       <vt:lpstr>2月</vt:lpstr>
       <vt:lpstr>3月</vt:lpstr>
       <vt:lpstr>4月</vt:lpstr>
       <vt:lpstr>5月</vt:lpstr>
       <vt:lpstr>6月</vt:lpstr>
       <vt:lpstr>7月</vt:lpstr>
       <vt:lpstr>8月</vt:lpstr>
       <vt:lpstr>9月</vt:lpstr>
       <vt:lpstr>10月</vt:lpstr>
       <vt:lpstr>11月</vt:lpstr>
+      <vt:lpstr>12月</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>佐藤瞳</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>