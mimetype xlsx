--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -1,139 +1,124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\100ＨＰ月報\01_概要版\a2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\100ＨＰ月報\01_概要版\a2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A37418A6-FBFB-4F34-AA9E-53E86D173E42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{510949E2-EF65-4C9F-AE60-24ADD085B6D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1月" sheetId="2" r:id="rId1"/>
     <sheet name="2月" sheetId="3" r:id="rId2"/>
-    <sheet name="3月" sheetId="4" r:id="rId3"/>
-[...8 lines deleted...]
-    <sheet name="12月" sheetId="13" r:id="rId12"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2248" uniqueCount="209">
-[...4 lines deleted...]
-    <t>Population of Saitama Prefecture as at January 1, 2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="189">
+  <si>
+    <t>埼玉県推計人口　令和8年1月1日現在</t>
+  </si>
+  <si>
+    <t>Population of Saitama Prefecture as at January 1, 2026</t>
   </si>
   <si>
     <t>人口</t>
   </si>
   <si>
     <t>Population</t>
   </si>
   <si>
     <t>前月</t>
   </si>
   <si>
     <t>市町村</t>
   </si>
   <si>
     <t>世帯数</t>
   </si>
   <si>
     <t>からの</t>
   </si>
   <si>
     <t>総数</t>
   </si>
   <si>
     <t>男</t>
   </si>
   <si>
     <t>女</t>
   </si>
   <si>
+    <t>不詳</t>
+  </si>
+  <si>
     <t>増加数</t>
   </si>
   <si>
     <t>Cities, Towns and Villages</t>
   </si>
   <si>
     <t>Households</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Female</t>
+  </si>
+  <si>
+    <t>Unknown</t>
   </si>
   <si>
     <t>Change
 from
 Previous
 Month</t>
   </si>
   <si>
     <t>総　計</t>
   </si>
   <si>
     <t>市　計</t>
   </si>
   <si>
     <t>City total</t>
   </si>
   <si>
     <t>町村計</t>
   </si>
   <si>
     <t>Towns and villages</t>
   </si>
   <si>
     <t>さいたま市</t>
   </si>
@@ -599,120 +584,54 @@
   <si>
     <t>宮代町</t>
   </si>
   <si>
     <t>Miyashiro-machi</t>
   </si>
   <si>
     <t>北葛飾郡</t>
   </si>
   <si>
     <t>Kitakatsushika-gun</t>
   </si>
   <si>
     <t>杉戸町</t>
   </si>
   <si>
     <t>Sugito-machi</t>
   </si>
   <si>
     <t>松伏町</t>
   </si>
   <si>
     <t>Matsubushi-machi</t>
   </si>
   <si>
-    <t>埼玉県推計人口　令和7年2月1日現在</t>
-[...68 lines deleted...]
-    <t>Population of Saitama Prefecture as at December 1, 2025</t>
+    <t>埼玉県推計人口　令和8年2月1日現在</t>
+  </si>
+  <si>
+    <t>Population of Saitama Prefecture as at February 1, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
@@ -895,51 +814,51 @@
     <xf numFmtId="3" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1181,2122 +1100,2378 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G90"/>
+  <dimension ref="A1:H90"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="M21" sqref="M21"/>
+      <selection pane="bottomRight" activeCell="M13" sqref="M13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.7265625" defaultRowHeight="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15" style="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.7265625" style="1" customWidth="1"/>
     <col min="4" max="16384" width="10.7265625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="13" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="2" t="s">
+      <c r="H1" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="13" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A2" s="3"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
-      <c r="F2" s="4"/>
+      <c r="F2" s="5"/>
       <c r="G2" s="4"/>
-    </row>
-    <row r="3" spans="1:7" ht="13" x14ac:dyDescent="0.2">
+      <c r="H2" s="4"/>
+    </row>
+    <row r="3" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A3" s="6"/>
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
       <c r="D3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="7"/>
-      <c r="G3" s="7" t="s">
+      <c r="G3" s="7"/>
+      <c r="H3" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="13" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
-      <c r="F4" s="9"/>
-      <c r="G4" s="7" t="s">
+      <c r="F4" s="8"/>
+      <c r="G4" s="9"/>
+      <c r="H4" s="7" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="13" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A5" s="6"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>11</v>
       </c>
-    </row>
-    <row r="6" spans="1:7" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H5" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="H6" s="12" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A7" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" s="14">
+        <v>3369760</v>
+      </c>
+      <c r="D7" s="14">
+        <v>7320901</v>
+      </c>
+      <c r="E7" s="14">
+        <v>3628397</v>
+      </c>
+      <c r="F7" s="14">
+        <v>3692503</v>
+      </c>
+      <c r="G7" s="14">
+        <v>1</v>
+      </c>
+      <c r="H7" s="14">
+        <v>-1921</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A8" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="16">
+        <v>3166463</v>
+      </c>
+      <c r="D8" s="16">
+        <v>6853212</v>
+      </c>
+      <c r="E8" s="16">
+        <v>3395490</v>
+      </c>
+      <c r="F8" s="16">
+        <v>3457721</v>
+      </c>
+      <c r="G8" s="16">
+        <v>1</v>
+      </c>
+      <c r="H8" s="16">
+        <v>-1443</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A9" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="16">
+        <v>203297</v>
+      </c>
+      <c r="D9" s="16">
+        <v>467689</v>
+      </c>
+      <c r="E9" s="16">
+        <v>232907</v>
+      </c>
+      <c r="F9" s="16">
+        <v>234782</v>
+      </c>
+      <c r="G9" s="16">
+        <v>0</v>
+      </c>
+      <c r="H9" s="16">
+        <v>-478</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A10" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="16">
+        <v>629487</v>
+      </c>
+      <c r="D10" s="16">
+        <v>1357054</v>
+      </c>
+      <c r="E10" s="16">
+        <v>666603</v>
+      </c>
+      <c r="F10" s="16">
+        <v>690451</v>
+      </c>
+      <c r="G10" s="16">
+        <v>0</v>
+      </c>
+      <c r="H10" s="16">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A11" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="16">
+        <v>41914</v>
+      </c>
+      <c r="D11" s="16">
+        <v>96353</v>
+      </c>
+      <c r="E11" s="16">
+        <v>47150</v>
+      </c>
+      <c r="F11" s="16">
+        <v>49203</v>
+      </c>
+      <c r="G11" s="16">
+        <v>0</v>
+      </c>
+      <c r="H11" s="16">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A12" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="16">
+        <v>71806</v>
+      </c>
+      <c r="D12" s="16">
+        <v>152155</v>
+      </c>
+      <c r="E12" s="16">
+        <v>74201</v>
+      </c>
+      <c r="F12" s="16">
+        <v>77954</v>
+      </c>
+      <c r="G12" s="16">
+        <v>0</v>
+      </c>
+      <c r="H12" s="16">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A13" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="16">
+        <v>62026</v>
+      </c>
+      <c r="D13" s="16">
+        <v>126432</v>
+      </c>
+      <c r="E13" s="16">
+        <v>62723</v>
+      </c>
+      <c r="F13" s="16">
+        <v>63709</v>
+      </c>
+      <c r="G13" s="16">
+        <v>0</v>
+      </c>
+      <c r="H13" s="16">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A14" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="16">
+        <v>76133</v>
+      </c>
+      <c r="D14" s="16">
+        <v>167207</v>
+      </c>
+      <c r="E14" s="16">
+        <v>81543</v>
+      </c>
+      <c r="F14" s="16">
+        <v>85664</v>
+      </c>
+      <c r="G14" s="16">
+        <v>0</v>
+      </c>
+      <c r="H14" s="16">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A15" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="C15" s="16">
+        <v>50673</v>
+      </c>
+      <c r="D15" s="16">
+        <v>104427</v>
+      </c>
+      <c r="E15" s="16">
+        <v>51352</v>
+      </c>
+      <c r="F15" s="16">
+        <v>53075</v>
+      </c>
+      <c r="G15" s="16">
+        <v>0</v>
+      </c>
+      <c r="H15" s="16">
+        <v>-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A16" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" s="16">
+        <v>49439</v>
+      </c>
+      <c r="D16" s="16">
+        <v>99185</v>
+      </c>
+      <c r="E16" s="16">
+        <v>49813</v>
+      </c>
+      <c r="F16" s="16">
+        <v>49372</v>
+      </c>
+      <c r="G16" s="16">
+        <v>0</v>
+      </c>
+      <c r="H16" s="16">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A17" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" s="16">
+        <v>79711</v>
+      </c>
+      <c r="D17" s="16">
+        <v>169019</v>
+      </c>
+      <c r="E17" s="16">
+        <v>81172</v>
+      </c>
+      <c r="F17" s="16">
+        <v>87847</v>
+      </c>
+      <c r="G17" s="16">
+        <v>0</v>
+      </c>
+      <c r="H17" s="16">
+        <v>-7</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A18" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" s="16">
+        <v>91840</v>
+      </c>
+      <c r="D18" s="16">
+        <v>195726</v>
+      </c>
+      <c r="E18" s="16">
+        <v>97025</v>
+      </c>
+      <c r="F18" s="16">
+        <v>98701</v>
+      </c>
+      <c r="G18" s="16">
+        <v>0</v>
+      </c>
+      <c r="H18" s="16">
+        <v>-42</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A19" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19" s="16">
+        <v>56605</v>
+      </c>
+      <c r="D19" s="16">
+        <v>135683</v>
+      </c>
+      <c r="E19" s="16">
+        <v>66645</v>
+      </c>
+      <c r="F19" s="16">
+        <v>69038</v>
+      </c>
+      <c r="G19" s="16">
+        <v>0</v>
+      </c>
+      <c r="H19" s="16">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A20" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="C20" s="16">
+        <v>49340</v>
+      </c>
+      <c r="D20" s="16">
+        <v>110867</v>
+      </c>
+      <c r="E20" s="16">
+        <v>54979</v>
+      </c>
+      <c r="F20" s="16">
+        <v>55888</v>
+      </c>
+      <c r="G20" s="16">
+        <v>0</v>
+      </c>
+      <c r="H20" s="16">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A21" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="C21" s="16">
+        <v>163195</v>
+      </c>
+      <c r="D21" s="16">
+        <v>354151</v>
+      </c>
+      <c r="E21" s="16">
+        <v>176243</v>
+      </c>
+      <c r="F21" s="16">
+        <v>177907</v>
+      </c>
+      <c r="G21" s="16">
+        <v>1</v>
+      </c>
+      <c r="H21" s="16">
+        <v>-59</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A22" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="C22" s="16">
+        <v>83904</v>
+      </c>
+      <c r="D22" s="16">
+        <v>188515</v>
+      </c>
+      <c r="E22" s="16">
+        <v>94226</v>
+      </c>
+      <c r="F22" s="16">
+        <v>94289</v>
+      </c>
+      <c r="G22" s="16">
+        <v>0</v>
+      </c>
+      <c r="H22" s="16">
+        <v>-224</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A23" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="C23" s="16">
+        <v>285441</v>
+      </c>
+      <c r="D23" s="16">
+        <v>595572</v>
+      </c>
+      <c r="E23" s="16">
+        <v>299889</v>
+      </c>
+      <c r="F23" s="16">
+        <v>295683</v>
+      </c>
+      <c r="G23" s="16">
+        <v>0</v>
+      </c>
+      <c r="H23" s="16">
+        <v>-228</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A24" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="C24" s="16">
+        <v>33402</v>
+      </c>
+      <c r="D24" s="16">
+        <v>75699</v>
+      </c>
+      <c r="E24" s="16">
+        <v>37217</v>
+      </c>
+      <c r="F24" s="16">
+        <v>38482</v>
+      </c>
+      <c r="G24" s="16">
+        <v>0</v>
+      </c>
+      <c r="H24" s="16">
+        <v>-33</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A25" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="C25" s="16">
+        <v>23480</v>
+      </c>
+      <c r="D25" s="16">
+        <v>54561</v>
+      </c>
+      <c r="E25" s="16">
+        <v>26615</v>
+      </c>
+      <c r="F25" s="16">
+        <v>27946</v>
+      </c>
+      <c r="G25" s="16">
+        <v>0</v>
+      </c>
+      <c r="H25" s="16">
+        <v>-97</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A26" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="C26" s="16">
+        <v>161999</v>
+      </c>
+      <c r="D26" s="16">
+        <v>340617</v>
+      </c>
+      <c r="E26" s="16">
+        <v>166336</v>
+      </c>
+      <c r="F26" s="16">
+        <v>174281</v>
+      </c>
+      <c r="G26" s="16">
+        <v>0</v>
+      </c>
+      <c r="H26" s="16">
+        <v>-68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A27" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="B27" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="C27" s="16">
+        <v>34829</v>
+      </c>
+      <c r="D27" s="16">
+        <v>78501</v>
+      </c>
+      <c r="E27" s="16">
+        <v>39265</v>
+      </c>
+      <c r="F27" s="16">
+        <v>39236</v>
+      </c>
+      <c r="G27" s="16">
+        <v>0</v>
+      </c>
+      <c r="H27" s="16">
+        <v>-31</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A28" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="C28" s="16">
+        <v>48145</v>
+      </c>
+      <c r="D28" s="16">
+        <v>110615</v>
+      </c>
+      <c r="E28" s="16">
+        <v>55646</v>
+      </c>
+      <c r="F28" s="16">
+        <v>54969</v>
+      </c>
+      <c r="G28" s="16">
+        <v>0</v>
+      </c>
+      <c r="H28" s="16">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A29" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C29" s="16">
+        <v>34861</v>
+      </c>
+      <c r="D29" s="16">
+        <v>76809</v>
+      </c>
+      <c r="E29" s="16">
+        <v>38478</v>
+      </c>
+      <c r="F29" s="16">
+        <v>38331</v>
+      </c>
+      <c r="G29" s="16">
+        <v>0</v>
+      </c>
+      <c r="H29" s="16">
+        <v>-64</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A30" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="C30" s="16">
+        <v>43047</v>
+      </c>
+      <c r="D30" s="16">
+        <v>92732</v>
+      </c>
+      <c r="E30" s="16">
+        <v>46466</v>
+      </c>
+      <c r="F30" s="16">
+        <v>46266</v>
+      </c>
+      <c r="G30" s="16">
+        <v>0</v>
+      </c>
+      <c r="H30" s="16">
+        <v>-49</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A31" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="B31" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="C31" s="16">
+        <v>103916</v>
+      </c>
+      <c r="D31" s="16">
+        <v>224873</v>
+      </c>
+      <c r="E31" s="16">
+        <v>110510</v>
+      </c>
+      <c r="F31" s="16">
+        <v>114363</v>
+      </c>
+      <c r="G31" s="16">
+        <v>0</v>
+      </c>
+      <c r="H31" s="16">
+        <v>-199</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A32" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" s="16">
+        <v>67433</v>
+      </c>
+      <c r="D32" s="16">
+        <v>146163</v>
+      </c>
+      <c r="E32" s="16">
+        <v>72302</v>
+      </c>
+      <c r="F32" s="16">
+        <v>73861</v>
+      </c>
+      <c r="G32" s="16">
+        <v>0</v>
+      </c>
+      <c r="H32" s="16">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A33" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33" s="16">
+        <v>23041</v>
+      </c>
+      <c r="D33" s="16">
+        <v>52061</v>
+      </c>
+      <c r="E33" s="16">
+        <v>25900</v>
+      </c>
+      <c r="F33" s="16">
+        <v>26161</v>
+      </c>
+      <c r="G33" s="16">
+        <v>0</v>
+      </c>
+      <c r="H33" s="16">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A34" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="B34" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="C34" s="16">
+        <v>51140</v>
+      </c>
+      <c r="D34" s="16">
+        <v>116340</v>
+      </c>
+      <c r="E34" s="16">
+        <v>57255</v>
+      </c>
+      <c r="F34" s="16">
+        <v>59085</v>
+      </c>
+      <c r="G34" s="16">
+        <v>0</v>
+      </c>
+      <c r="H34" s="16">
+        <v>-61</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A35" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B35" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C35" s="16">
+        <v>59656</v>
+      </c>
+      <c r="D35" s="16">
+        <v>138564</v>
+      </c>
+      <c r="E35" s="16">
+        <v>68823</v>
+      </c>
+      <c r="F35" s="16">
+        <v>69741</v>
+      </c>
+      <c r="G35" s="16">
+        <v>0</v>
+      </c>
+      <c r="H35" s="16">
+        <v>-73</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A36" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B36" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C36" s="16">
+        <v>103407</v>
+      </c>
+      <c r="D36" s="16">
+        <v>228430</v>
+      </c>
+      <c r="E36" s="16">
+        <v>112468</v>
+      </c>
+      <c r="F36" s="16">
+        <v>115962</v>
+      </c>
+      <c r="G36" s="16">
+        <v>0</v>
+      </c>
+      <c r="H36" s="16">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A37" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B37" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="C37" s="16">
+        <v>120809</v>
+      </c>
+      <c r="D37" s="16">
+        <v>250699</v>
+      </c>
+      <c r="E37" s="16">
+        <v>125746</v>
+      </c>
+      <c r="F37" s="16">
+        <v>124953</v>
+      </c>
+      <c r="G37" s="16">
+        <v>0</v>
+      </c>
+      <c r="H37" s="16">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A38" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B38" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C38" s="16">
+        <v>150289</v>
+      </c>
+      <c r="D38" s="16">
+        <v>337916</v>
+      </c>
+      <c r="E38" s="16">
+        <v>166054</v>
+      </c>
+      <c r="F38" s="16">
+        <v>171862</v>
+      </c>
+      <c r="G38" s="16">
+        <v>0</v>
+      </c>
+      <c r="H38" s="16">
+        <v>-156</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A39" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C39" s="16">
+        <v>39856</v>
+      </c>
+      <c r="D39" s="16">
+        <v>75891</v>
+      </c>
+      <c r="E39" s="16">
+        <v>38509</v>
+      </c>
+      <c r="F39" s="16">
+        <v>37382</v>
+      </c>
+      <c r="G39" s="16">
+        <v>0</v>
+      </c>
+      <c r="H39" s="16">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A40" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="B40" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="C40" s="16">
+        <v>68920</v>
+      </c>
+      <c r="D40" s="16">
+        <v>142933</v>
+      </c>
+      <c r="E40" s="16">
+        <v>72015</v>
+      </c>
+      <c r="F40" s="16">
+        <v>70918</v>
+      </c>
+      <c r="G40" s="16">
+        <v>0</v>
+      </c>
+      <c r="H40" s="16">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A41" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="C41" s="16">
+        <v>63721</v>
+      </c>
+      <c r="D41" s="16">
+        <v>140671</v>
+      </c>
+      <c r="E41" s="16">
+        <v>68934</v>
+      </c>
+      <c r="F41" s="16">
+        <v>71737</v>
+      </c>
+      <c r="G41" s="16">
+        <v>0</v>
+      </c>
+      <c r="H41" s="16">
+        <v>-102</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A42" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B42" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C42" s="16">
+        <v>67044</v>
+      </c>
+      <c r="D42" s="16">
+        <v>144488</v>
+      </c>
+      <c r="E42" s="16">
+        <v>72336</v>
+      </c>
+      <c r="F42" s="16">
+        <v>72152</v>
+      </c>
+      <c r="G42" s="16">
+        <v>0</v>
+      </c>
+      <c r="H42" s="16">
+        <v>-114</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A43" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B43" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="C43" s="16">
+        <v>34528</v>
+      </c>
+      <c r="D43" s="16">
+        <v>75107</v>
+      </c>
+      <c r="E43" s="16">
+        <v>36734</v>
+      </c>
+      <c r="F43" s="16">
+        <v>38373</v>
+      </c>
+      <c r="G43" s="16">
+        <v>0</v>
+      </c>
+      <c r="H43" s="16">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A44" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B44" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="C44" s="16">
+        <v>42240</v>
+      </c>
+      <c r="D44" s="16">
+        <v>84725</v>
+      </c>
+      <c r="E44" s="16">
+        <v>43415</v>
+      </c>
+      <c r="F44" s="16">
+        <v>41310</v>
+      </c>
+      <c r="G44" s="16">
+        <v>0</v>
+      </c>
+      <c r="H44" s="16">
+        <v>-44</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A45" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B45" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C45" s="16">
+        <v>78643</v>
+      </c>
+      <c r="D45" s="16">
+        <v>166020</v>
+      </c>
+      <c r="E45" s="16">
+        <v>81636</v>
+      </c>
+      <c r="F45" s="16">
+        <v>84384</v>
+      </c>
+      <c r="G45" s="16">
+        <v>0</v>
+      </c>
+      <c r="H45" s="16">
+        <v>-140</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A46" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B46" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C46" s="16">
+        <v>32570</v>
+      </c>
+      <c r="D46" s="16">
+        <v>73663</v>
+      </c>
+      <c r="E46" s="16">
+        <v>36163</v>
+      </c>
+      <c r="F46" s="16">
+        <v>37500</v>
+      </c>
+      <c r="G46" s="16">
+        <v>0</v>
+      </c>
+      <c r="H46" s="16">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A47" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B47" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C47" s="16">
+        <v>66354</v>
+      </c>
+      <c r="D47" s="16">
+        <v>148736</v>
+      </c>
+      <c r="E47" s="16">
+        <v>73518</v>
+      </c>
+      <c r="F47" s="16">
+        <v>75218</v>
+      </c>
+      <c r="G47" s="16">
+        <v>0</v>
+      </c>
+      <c r="H47" s="16">
+        <v>-54</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A48" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B48" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C48" s="16">
+        <v>29118</v>
+      </c>
+      <c r="D48" s="16">
+        <v>64143</v>
+      </c>
+      <c r="E48" s="16">
+        <v>31346</v>
+      </c>
+      <c r="F48" s="16">
+        <v>32797</v>
+      </c>
+      <c r="G48" s="16">
+        <v>0</v>
+      </c>
+      <c r="H48" s="16">
+        <v>-27</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A49" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B49" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C49" s="16">
+        <v>45693</v>
+      </c>
+      <c r="D49" s="16">
+        <v>94692</v>
+      </c>
+      <c r="E49" s="16">
+        <v>48618</v>
+      </c>
+      <c r="F49" s="16">
+        <v>46074</v>
+      </c>
+      <c r="G49" s="16">
+        <v>0</v>
+      </c>
+      <c r="H49" s="16">
+        <v>-88</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A50" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B50" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C50" s="16">
+        <v>54883</v>
+      </c>
+      <c r="D50" s="16">
+        <v>113511</v>
+      </c>
+      <c r="E50" s="16">
+        <v>55331</v>
+      </c>
+      <c r="F50" s="16">
+        <v>58180</v>
+      </c>
+      <c r="G50" s="16">
+        <v>0</v>
+      </c>
+      <c r="H50" s="16">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A51" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B51" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C51" s="16">
+        <v>64616</v>
+      </c>
+      <c r="D51" s="16">
+        <v>141298</v>
+      </c>
+      <c r="E51" s="16">
+        <v>70716</v>
+      </c>
+      <c r="F51" s="16">
+        <v>70582</v>
+      </c>
+      <c r="G51" s="16">
+        <v>0</v>
+      </c>
+      <c r="H51" s="16">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A52" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B52" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C52" s="16">
+        <v>26972</v>
+      </c>
+      <c r="D52" s="16">
+        <v>60828</v>
+      </c>
+      <c r="E52" s="16">
+        <v>29977</v>
+      </c>
+      <c r="F52" s="16">
+        <v>30851</v>
+      </c>
+      <c r="G52" s="16">
+        <v>0</v>
+      </c>
+      <c r="H52" s="16">
+        <v>-25</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A53" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B53" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C53" s="16">
+        <v>47417</v>
+      </c>
+      <c r="D53" s="16">
+        <v>99191</v>
+      </c>
+      <c r="E53" s="16">
+        <v>49194</v>
+      </c>
+      <c r="F53" s="16">
+        <v>49997</v>
+      </c>
+      <c r="G53" s="16">
+        <v>0</v>
+      </c>
+      <c r="H53" s="16">
+        <v>-88</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A54" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B54" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C54" s="16">
+        <v>21761</v>
+      </c>
+      <c r="D54" s="16">
+        <v>48217</v>
+      </c>
+      <c r="E54" s="16">
+        <v>24076</v>
+      </c>
+      <c r="F54" s="16">
+        <v>24141</v>
+      </c>
+      <c r="G54" s="16">
+        <v>0</v>
+      </c>
+      <c r="H54" s="16">
+        <v>-33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A55" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B55" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C55" s="16">
+        <v>33096</v>
+      </c>
+      <c r="D55" s="16">
+        <v>69875</v>
+      </c>
+      <c r="E55" s="16">
+        <v>34339</v>
+      </c>
+      <c r="F55" s="16">
+        <v>35536</v>
+      </c>
+      <c r="G55" s="16">
+        <v>0</v>
+      </c>
+      <c r="H55" s="16">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A56" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C56" s="16">
+        <v>23536</v>
+      </c>
+      <c r="D56" s="16">
+        <v>52917</v>
+      </c>
+      <c r="E56" s="16">
+        <v>26148</v>
+      </c>
+      <c r="F56" s="16">
+        <v>26769</v>
+      </c>
+      <c r="G56" s="16">
+        <v>0</v>
+      </c>
+      <c r="H56" s="16">
+        <v>-38</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A57" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B57" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C57" s="16">
+        <v>29635</v>
+      </c>
+      <c r="D57" s="16">
+        <v>70917</v>
+      </c>
+      <c r="E57" s="16">
+        <v>35109</v>
+      </c>
+      <c r="F57" s="16">
+        <v>35808</v>
+      </c>
+      <c r="G57" s="16">
+        <v>0</v>
+      </c>
+      <c r="H57" s="16">
+        <v>-7</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A58" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B58" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C58" s="16">
+        <v>52432</v>
+      </c>
+      <c r="D58" s="16">
+        <v>113534</v>
+      </c>
+      <c r="E58" s="16">
+        <v>55711</v>
+      </c>
+      <c r="F58" s="16">
+        <v>57823</v>
+      </c>
+      <c r="G58" s="16">
+        <v>0</v>
+      </c>
+      <c r="H58" s="16">
+        <v>-78</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A59" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B59" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C59" s="16">
+        <v>21947</v>
+      </c>
+      <c r="D59" s="16">
+        <v>51983</v>
+      </c>
+      <c r="E59" s="16">
+        <v>25623</v>
+      </c>
+      <c r="F59" s="16">
+        <v>26360</v>
+      </c>
+      <c r="G59" s="16">
+        <v>0</v>
+      </c>
+      <c r="H59" s="16">
+        <v>-48</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A60" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B60" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C60" s="16">
+        <v>19159</v>
+      </c>
+      <c r="D60" s="16">
+        <v>44788</v>
+      </c>
+      <c r="E60" s="16">
+        <v>22389</v>
+      </c>
+      <c r="F60" s="16">
+        <v>22399</v>
+      </c>
+      <c r="G60" s="16">
+        <v>0</v>
+      </c>
+      <c r="H60" s="16">
+        <v>-18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A61" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B61" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="C61" s="16">
+        <v>19159</v>
+      </c>
+      <c r="D61" s="16">
+        <v>44788</v>
+      </c>
+      <c r="E61" s="16">
+        <v>22389</v>
+      </c>
+      <c r="F61" s="16">
+        <v>22399</v>
+      </c>
+      <c r="G61" s="16">
+        <v>0</v>
+      </c>
+      <c r="H61" s="16">
+        <v>-18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A62" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="C62" s="16">
+        <v>36518</v>
+      </c>
+      <c r="D62" s="16">
+        <v>81410</v>
+      </c>
+      <c r="E62" s="16">
+        <v>40039</v>
+      </c>
+      <c r="F62" s="16">
+        <v>41371</v>
+      </c>
+      <c r="G62" s="16">
+        <v>0</v>
+      </c>
+      <c r="H62" s="16">
+        <v>-191</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A63" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="B63" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="C63" s="16">
+        <v>15635</v>
+      </c>
+      <c r="D63" s="16">
+        <v>37493</v>
+      </c>
+      <c r="E63" s="16">
+        <v>18309</v>
+      </c>
+      <c r="F63" s="16">
+        <v>19184</v>
+      </c>
+      <c r="G63" s="16">
+        <v>0</v>
+      </c>
+      <c r="H63" s="16">
+        <v>-73</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A64" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="B64" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="C64" s="16">
+        <v>16234</v>
+      </c>
+      <c r="D64" s="16">
+        <v>33746</v>
+      </c>
+      <c r="E64" s="16">
+        <v>16718</v>
+      </c>
+      <c r="F64" s="16">
+        <v>17028</v>
+      </c>
+      <c r="G64" s="16">
+        <v>0</v>
+      </c>
+      <c r="H64" s="16">
+        <v>-92</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A65" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="B65" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="C65" s="16">
+        <v>4649</v>
+      </c>
+      <c r="D65" s="16">
+        <v>10171</v>
+      </c>
+      <c r="E65" s="16">
+        <v>5012</v>
+      </c>
+      <c r="F65" s="16">
+        <v>5159</v>
+      </c>
+      <c r="G65" s="16">
+        <v>0</v>
+      </c>
+      <c r="H65" s="16">
+        <v>-26</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A66" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="B66" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="C66" s="16">
+        <v>52169</v>
+      </c>
+      <c r="D66" s="16">
+        <v>120966</v>
+      </c>
+      <c r="E66" s="16">
+        <v>60590</v>
+      </c>
+      <c r="F66" s="16">
+        <v>60376</v>
+      </c>
+      <c r="G66" s="16">
+        <v>0</v>
+      </c>
+      <c r="H66" s="16">
+        <v>-151</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A67" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="B67" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="C67" s="16">
+        <v>8273</v>
+      </c>
+      <c r="D67" s="16">
+        <v>20057</v>
+      </c>
+      <c r="E67" s="16">
+        <v>10222</v>
+      </c>
+      <c r="F67" s="16">
+        <v>9835</v>
+      </c>
+      <c r="G67" s="16">
+        <v>0</v>
+      </c>
+      <c r="H67" s="16">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A68" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="B68" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="C68" s="16">
+        <v>7842</v>
+      </c>
+      <c r="D68" s="16">
+        <v>17383</v>
+      </c>
+      <c r="E68" s="16">
+        <v>8641</v>
+      </c>
+      <c r="F68" s="16">
+        <v>8742</v>
+      </c>
+      <c r="G68" s="16">
+        <v>0</v>
+      </c>
+      <c r="H68" s="16">
+        <v>-13</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A69" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="B69" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="C69" s="16">
+        <v>11851</v>
+      </c>
+      <c r="D69" s="16">
+        <v>26337</v>
+      </c>
+      <c r="E69" s="16">
+        <v>13124</v>
+      </c>
+      <c r="F69" s="16">
+        <v>13213</v>
+      </c>
+      <c r="G69" s="16">
+        <v>0</v>
+      </c>
+      <c r="H69" s="16">
+        <v>-28</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A70" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="B70" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="C70" s="16">
+        <v>7534</v>
+      </c>
+      <c r="D70" s="16">
+        <v>18112</v>
+      </c>
+      <c r="E70" s="16">
+        <v>9178</v>
+      </c>
+      <c r="F70" s="16">
+        <v>8934</v>
+      </c>
+      <c r="G70" s="16">
+        <v>0</v>
+      </c>
+      <c r="H70" s="16">
+        <v>-36</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A71" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="B71" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="C71" s="16">
+        <v>7021</v>
+      </c>
+      <c r="D71" s="16">
+        <v>16796</v>
+      </c>
+      <c r="E71" s="16">
+        <v>8458</v>
+      </c>
+      <c r="F71" s="16">
+        <v>8338</v>
+      </c>
+      <c r="G71" s="16">
+        <v>0</v>
+      </c>
+      <c r="H71" s="16">
+        <v>-31</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A72" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="B72" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="C72" s="16">
+        <v>5427</v>
+      </c>
+      <c r="D72" s="16">
+        <v>12575</v>
+      </c>
+      <c r="E72" s="16">
+        <v>6090</v>
+      </c>
+      <c r="F72" s="16">
+        <v>6485</v>
+      </c>
+      <c r="G72" s="16">
+        <v>0</v>
+      </c>
+      <c r="H72" s="16">
+        <v>-23</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A73" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="B73" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="C73" s="16">
+        <v>4221</v>
+      </c>
+      <c r="D73" s="16">
+        <v>9706</v>
+      </c>
+      <c r="E73" s="16">
+        <v>4877</v>
+      </c>
+      <c r="F73" s="16">
+        <v>4829</v>
+      </c>
+      <c r="G73" s="16">
+        <v>0</v>
+      </c>
+      <c r="H73" s="16">
+        <v>-27</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A74" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="B74" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="C74" s="16">
+        <v>14002</v>
+      </c>
+      <c r="D74" s="16">
+        <v>33769</v>
+      </c>
+      <c r="E74" s="16">
+        <v>16651</v>
+      </c>
+      <c r="F74" s="16">
+        <v>17118</v>
+      </c>
+      <c r="G74" s="16">
+        <v>0</v>
+      </c>
+      <c r="H74" s="16">
+        <v>-52</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A75" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="B75" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="C75" s="16">
+        <v>3052</v>
+      </c>
+      <c r="D75" s="16">
+        <v>7354</v>
+      </c>
+      <c r="E75" s="16">
+        <v>3653</v>
+      </c>
+      <c r="F75" s="16">
+        <v>3701</v>
+      </c>
+      <c r="G75" s="16">
+        <v>0</v>
+      </c>
+      <c r="H75" s="16">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A76" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="B76" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="C76" s="16">
+        <v>3517</v>
+      </c>
+      <c r="D76" s="16">
+        <v>8492</v>
+      </c>
+      <c r="E76" s="16">
+        <v>4176</v>
+      </c>
+      <c r="F76" s="16">
+        <v>4316</v>
+      </c>
+      <c r="G76" s="16">
+        <v>0</v>
+      </c>
+      <c r="H76" s="16">
+        <v>-5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A77" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="B77" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="C77" s="16">
+        <v>2546</v>
+      </c>
+      <c r="D77" s="16">
+        <v>6146</v>
+      </c>
+      <c r="E77" s="16">
+        <v>3029</v>
+      </c>
+      <c r="F77" s="16">
+        <v>3117</v>
+      </c>
+      <c r="G77" s="16">
+        <v>0</v>
+      </c>
+      <c r="H77" s="16">
+        <v>-9</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A78" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="B78" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="C78" s="16">
+        <v>3953</v>
+      </c>
+      <c r="D78" s="16">
+        <v>9481</v>
+      </c>
+      <c r="E78" s="16">
+        <v>4671</v>
+      </c>
+      <c r="F78" s="16">
+        <v>4810</v>
+      </c>
+      <c r="G78" s="16">
+        <v>0</v>
+      </c>
+      <c r="H78" s="16">
+        <v>-31</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A79" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="B79" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="C79" s="16">
+        <v>934</v>
+      </c>
+      <c r="D79" s="16">
+        <v>2296</v>
+      </c>
+      <c r="E79" s="16">
+        <v>1122</v>
+      </c>
+      <c r="F79" s="16">
+        <v>1174</v>
+      </c>
+      <c r="G79" s="16">
+        <v>0</v>
+      </c>
+      <c r="H79" s="16">
+        <v>-9</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A80" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="B80" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="C80" s="16">
+        <v>22218</v>
+      </c>
+      <c r="D80" s="16">
+        <v>52973</v>
+      </c>
+      <c r="E80" s="16">
+        <v>26508</v>
+      </c>
+      <c r="F80" s="16">
+        <v>26465</v>
+      </c>
+      <c r="G80" s="16">
+        <v>0</v>
+      </c>
+      <c r="H80" s="16">
+        <v>-35</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A81" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="B81" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="C81" s="16">
+        <v>4000</v>
+      </c>
+      <c r="D81" s="16">
+        <v>10508</v>
+      </c>
+      <c r="E81" s="16">
+        <v>5271</v>
+      </c>
+      <c r="F81" s="16">
+        <v>5237</v>
+      </c>
+      <c r="G81" s="16">
+        <v>0</v>
+      </c>
+      <c r="H81" s="16">
+        <v>-14</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A82" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="B82" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C82" s="16">
+        <v>5468</v>
+      </c>
+      <c r="D82" s="16">
+        <v>12600</v>
+      </c>
+      <c r="E82" s="16">
+        <v>6398</v>
+      </c>
+      <c r="F82" s="16">
+        <v>6202</v>
+      </c>
+      <c r="G82" s="16">
+        <v>0</v>
+      </c>
+      <c r="H82" s="16">
+        <v>-4</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A83" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="B83" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="C83" s="16">
+        <v>12750</v>
+      </c>
+      <c r="D83" s="16">
+        <v>29865</v>
+      </c>
+      <c r="E83" s="16">
+        <v>14839</v>
+      </c>
+      <c r="F83" s="16">
+        <v>15026</v>
+      </c>
+      <c r="G83" s="16">
+        <v>0</v>
+      </c>
+      <c r="H83" s="16">
+        <v>-17</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A84" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="B84" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="C84" s="16">
+        <v>13916</v>
+      </c>
+      <c r="D84" s="16">
+        <v>30754</v>
+      </c>
+      <c r="E84" s="16">
+        <v>15243</v>
+      </c>
+      <c r="F84" s="16">
+        <v>15511</v>
+      </c>
+      <c r="G84" s="16">
+        <v>0</v>
+      </c>
+      <c r="H84" s="16">
         <v>13</v>
       </c>
-      <c r="D6" s="11" t="s">
-[...215 lines deleted...]
-      <c r="G15" s="16">
+    </row>
+    <row r="85" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A85" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="B85" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="C85" s="16">
+        <v>13916</v>
+      </c>
+      <c r="D85" s="16">
+        <v>30754</v>
+      </c>
+      <c r="E85" s="16">
+        <v>15243</v>
+      </c>
+      <c r="F85" s="16">
+        <v>15511</v>
+      </c>
+      <c r="G85" s="16">
+        <v>0</v>
+      </c>
+      <c r="H85" s="16">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A86" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="B86" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="C86" s="16">
+        <v>15331</v>
+      </c>
+      <c r="D86" s="16">
+        <v>33573</v>
+      </c>
+      <c r="E86" s="16">
+        <v>16777</v>
+      </c>
+      <c r="F86" s="16">
+        <v>16796</v>
+      </c>
+      <c r="G86" s="16">
+        <v>0</v>
+      </c>
+      <c r="H86" s="16">
+        <v>-11</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A87" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="B87" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="C87" s="16">
+        <v>15331</v>
+      </c>
+      <c r="D87" s="16">
+        <v>33573</v>
+      </c>
+      <c r="E87" s="16">
+        <v>16777</v>
+      </c>
+      <c r="F87" s="16">
+        <v>16796</v>
+      </c>
+      <c r="G87" s="16">
+        <v>0</v>
+      </c>
+      <c r="H87" s="16">
+        <v>-11</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A88" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="B88" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="C88" s="16">
+        <v>29984</v>
+      </c>
+      <c r="D88" s="16">
+        <v>69456</v>
+      </c>
+      <c r="E88" s="16">
+        <v>34710</v>
+      </c>
+      <c r="F88" s="16">
+        <v>34746</v>
+      </c>
+      <c r="G88" s="16">
+        <v>0</v>
+      </c>
+      <c r="H88" s="16">
         <v>-33</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="13" x14ac:dyDescent="0.2">
-[...892 lines deleted...]
-      <c r="G54" s="16">
+    <row r="89" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A89" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="B89" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="C89" s="16">
+        <v>18797</v>
+      </c>
+      <c r="D89" s="16">
+        <v>42499</v>
+      </c>
+      <c r="E89" s="16">
+        <v>21142</v>
+      </c>
+      <c r="F89" s="16">
+        <v>21357</v>
+      </c>
+      <c r="G89" s="16">
+        <v>0</v>
+      </c>
+      <c r="H89" s="16">
+        <v>-21</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="13" x14ac:dyDescent="0.2">
+      <c r="A90" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="B90" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="C90" s="16">
+        <v>11187</v>
+      </c>
+      <c r="D90" s="16">
+        <v>26957</v>
+      </c>
+      <c r="E90" s="16">
+        <v>13568</v>
+      </c>
+      <c r="F90" s="16">
+        <v>13389</v>
+      </c>
+      <c r="G90" s="16">
+        <v>0</v>
+      </c>
+      <c r="H90" s="16">
         <v>-12</v>
-      </c>
-[...826 lines deleted...]
-        <v>-15</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{840D411B-A435-4A59-9BB1-1190517F2A43}">
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50B71F4F-78EB-4359-9311-45D11215C597}">
   <dimension ref="A1:H90"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="K16" sqref="K16"/>
+      <selection pane="bottomRight" activeCell="N6" sqref="N6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.7265625" defaultRowHeight="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15" style="17" customWidth="1"/>
     <col min="2" max="2" width="24" style="17" customWidth="1"/>
     <col min="3" max="3" width="10.7265625" style="17" customWidth="1"/>
     <col min="4" max="16384" width="10.7265625" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A1" s="17" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="H1" s="18" t="s">
-        <v>204</v>
+        <v>188</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A2" s="19"/>
       <c r="B2" s="20"/>
       <c r="C2" s="20"/>
       <c r="D2" s="21"/>
       <c r="E2" s="21"/>
       <c r="F2" s="21"/>
       <c r="G2" s="20"/>
       <c r="H2" s="20"/>
     </row>
     <row r="3" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A3" s="22"/>
       <c r="B3" s="23"/>
       <c r="C3" s="23"/>
       <c r="D3" s="17" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="17" t="s">
         <v>3</v>
       </c>
       <c r="G3" s="23"/>
       <c r="H3" s="23" t="s">
         <v>4</v>
@@ -3310,24541 +3485,2281 @@
       <c r="C4" s="23" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="24"/>
       <c r="E4" s="24"/>
       <c r="F4" s="24"/>
       <c r="G4" s="25"/>
       <c r="H4" s="23" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A5" s="22"/>
       <c r="B5" s="23"/>
       <c r="C5" s="23"/>
       <c r="D5" s="23" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="23" t="s">
-        <v>193</v>
+        <v>11</v>
       </c>
       <c r="H5" s="23" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="29" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="26" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" s="27"/>
       <c r="C6" s="27" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D6" s="27" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E6" s="27" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F6" s="27" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G6" s="27" t="s">
-        <v>194</v>
+        <v>18</v>
       </c>
       <c r="H6" s="28" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A7" s="30" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B7" s="30" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C7" s="31">
-        <v>3364140</v>
+        <v>3369953</v>
       </c>
       <c r="D7" s="31">
-        <v>7322991</v>
+        <v>7317405</v>
       </c>
       <c r="E7" s="31">
-        <v>3629929</v>
+        <v>3626326</v>
       </c>
       <c r="F7" s="31">
-        <v>3693061</v>
+        <v>3691078</v>
       </c>
       <c r="G7" s="31">
         <v>1</v>
       </c>
       <c r="H7" s="31">
-        <v>-383</v>
+        <v>-3496</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A8" s="32" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B8" s="32" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C8" s="33">
-        <v>3160903</v>
+        <v>3166705</v>
       </c>
       <c r="D8" s="33">
-        <v>6854239</v>
+        <v>6850165</v>
       </c>
       <c r="E8" s="33">
-        <v>3396433</v>
+        <v>3393668</v>
       </c>
       <c r="F8" s="33">
-        <v>3457805</v>
+        <v>3456496</v>
       </c>
       <c r="G8" s="33">
         <v>1</v>
       </c>
       <c r="H8" s="33">
-        <v>1</v>
+        <v>-3047</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A9" s="32" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B9" s="32" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C9" s="33">
-        <v>203237</v>
+        <v>203248</v>
       </c>
       <c r="D9" s="33">
-        <v>468752</v>
+        <v>467240</v>
       </c>
       <c r="E9" s="33">
-        <v>233496</v>
+        <v>232658</v>
       </c>
       <c r="F9" s="33">
-        <v>235256</v>
+        <v>234582</v>
       </c>
       <c r="G9" s="33">
         <v>0</v>
       </c>
       <c r="H9" s="33">
-        <v>-384</v>
+        <v>-449</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A10" s="32" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B10" s="32" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C10" s="33">
-        <v>628318</v>
+        <v>629542</v>
       </c>
       <c r="D10" s="33">
-        <v>1356136</v>
+        <v>1356934</v>
       </c>
       <c r="E10" s="33">
-        <v>666098</v>
+        <v>666465</v>
       </c>
       <c r="F10" s="33">
-        <v>690038</v>
+        <v>690469</v>
       </c>
       <c r="G10" s="33">
         <v>0</v>
       </c>
       <c r="H10" s="33">
-        <v>573</v>
+        <v>-120</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A11" s="32" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B11" s="32" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C11" s="33">
-        <v>41836</v>
+        <v>41897</v>
       </c>
       <c r="D11" s="33">
-        <v>96321</v>
+        <v>96297</v>
       </c>
       <c r="E11" s="33">
-        <v>47151</v>
+        <v>47128</v>
       </c>
       <c r="F11" s="33">
-        <v>49170</v>
+        <v>49169</v>
       </c>
       <c r="G11" s="33">
         <v>0</v>
       </c>
       <c r="H11" s="33">
-        <v>54</v>
+        <v>-56</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A12" s="32" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B12" s="32" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C12" s="33">
-        <v>71530</v>
+        <v>71661</v>
       </c>
       <c r="D12" s="33">
-        <v>151886</v>
+        <v>152122</v>
       </c>
       <c r="E12" s="33">
-        <v>74080</v>
+        <v>74187</v>
       </c>
       <c r="F12" s="33">
-        <v>77806</v>
+        <v>77935</v>
       </c>
       <c r="G12" s="33">
         <v>0</v>
       </c>
       <c r="H12" s="33">
-        <v>-102</v>
+        <v>-33</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A13" s="32" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B13" s="32" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C13" s="33">
-        <v>61970</v>
+        <v>62042</v>
       </c>
       <c r="D13" s="33">
-        <v>126348</v>
+        <v>126449</v>
       </c>
       <c r="E13" s="33">
-        <v>62699</v>
+        <v>62752</v>
       </c>
       <c r="F13" s="33">
-        <v>63649</v>
+        <v>63697</v>
       </c>
       <c r="G13" s="33">
         <v>0</v>
       </c>
       <c r="H13" s="33">
-        <v>-56</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A14" s="32" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B14" s="32" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C14" s="33">
-        <v>75961</v>
+        <v>76094</v>
       </c>
       <c r="D14" s="33">
-        <v>167071</v>
+        <v>167102</v>
       </c>
       <c r="E14" s="33">
-        <v>81423</v>
+        <v>81457</v>
       </c>
       <c r="F14" s="33">
-        <v>85648</v>
+        <v>85645</v>
       </c>
       <c r="G14" s="33">
         <v>0</v>
       </c>
       <c r="H14" s="33">
-        <v>85</v>
+        <v>-105</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A15" s="32" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B15" s="32" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C15" s="33">
-        <v>50639</v>
+        <v>50676</v>
       </c>
       <c r="D15" s="33">
-        <v>104375</v>
+        <v>104366</v>
       </c>
       <c r="E15" s="33">
-        <v>51336</v>
+        <v>51322</v>
       </c>
       <c r="F15" s="33">
-        <v>53039</v>
+        <v>53044</v>
       </c>
       <c r="G15" s="33">
         <v>0</v>
       </c>
       <c r="H15" s="33">
-        <v>47</v>
+        <v>-61</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A16" s="32" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B16" s="32" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C16" s="33">
-        <v>49355</v>
+        <v>49469</v>
       </c>
       <c r="D16" s="33">
-        <v>99162</v>
+        <v>99175</v>
       </c>
       <c r="E16" s="33">
-        <v>49776</v>
+        <v>49787</v>
       </c>
       <c r="F16" s="33">
-        <v>49386</v>
+        <v>49388</v>
       </c>
       <c r="G16" s="33">
         <v>0</v>
       </c>
       <c r="H16" s="33">
-        <v>121</v>
+        <v>-10</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A17" s="32" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B17" s="32" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C17" s="33">
-        <v>79739</v>
+        <v>79719</v>
       </c>
       <c r="D17" s="33">
-        <v>169112</v>
+        <v>169032</v>
       </c>
       <c r="E17" s="33">
-        <v>81245</v>
+        <v>81167</v>
       </c>
       <c r="F17" s="33">
-        <v>87867</v>
+        <v>87865</v>
       </c>
       <c r="G17" s="33">
         <v>0</v>
       </c>
       <c r="H17" s="33">
-        <v>162</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A18" s="32" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B18" s="32" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C18" s="33">
-        <v>91781</v>
+        <v>91958</v>
       </c>
       <c r="D18" s="33">
-        <v>195797</v>
+        <v>195884</v>
       </c>
       <c r="E18" s="33">
-        <v>97079</v>
+        <v>97083</v>
       </c>
       <c r="F18" s="33">
-        <v>98718</v>
+        <v>98801</v>
       </c>
       <c r="G18" s="33">
         <v>0</v>
       </c>
       <c r="H18" s="33">
-        <v>66</v>
+        <v>158</v>
       </c>
     </row>
     <row r="19" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A19" s="32" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B19" s="32" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C19" s="33">
-        <v>56350</v>
+        <v>56677</v>
       </c>
       <c r="D19" s="33">
-        <v>135293</v>
+        <v>135751</v>
       </c>
       <c r="E19" s="33">
-        <v>66413</v>
+        <v>66683</v>
       </c>
       <c r="F19" s="33">
-        <v>68880</v>
+        <v>69068</v>
       </c>
       <c r="G19" s="33">
         <v>0</v>
       </c>
       <c r="H19" s="33">
-        <v>125</v>
+        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A20" s="32" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B20" s="32" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C20" s="33">
-        <v>49157</v>
+        <v>49349</v>
       </c>
       <c r="D20" s="33">
-        <v>110771</v>
+        <v>110756</v>
       </c>
       <c r="E20" s="33">
-        <v>54896</v>
+        <v>54899</v>
       </c>
       <c r="F20" s="33">
-        <v>55875</v>
+        <v>55857</v>
       </c>
       <c r="G20" s="33">
         <v>0</v>
       </c>
       <c r="H20" s="33">
-        <v>71</v>
+        <v>-111</v>
       </c>
     </row>
     <row r="21" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A21" s="32" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B21" s="32" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C21" s="33">
-        <v>162854</v>
+        <v>163266</v>
       </c>
       <c r="D21" s="33">
-        <v>354242</v>
+        <v>354109</v>
       </c>
       <c r="E21" s="33">
-        <v>176330</v>
+        <v>176206</v>
       </c>
       <c r="F21" s="33">
-        <v>177911</v>
+        <v>177902</v>
       </c>
       <c r="G21" s="33">
         <v>1</v>
       </c>
       <c r="H21" s="33">
-        <v>-100</v>
+        <v>-42</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A22" s="32" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B22" s="32" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C22" s="33">
-        <v>83975</v>
+        <v>83929</v>
       </c>
       <c r="D22" s="33">
-        <v>188896</v>
+        <v>188408</v>
       </c>
       <c r="E22" s="33">
-        <v>94492</v>
+        <v>94184</v>
       </c>
       <c r="F22" s="33">
-        <v>94404</v>
+        <v>94224</v>
       </c>
       <c r="G22" s="33">
         <v>0</v>
       </c>
       <c r="H22" s="33">
-        <v>20</v>
+        <v>-107</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A23" s="32" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B23" s="32" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C23" s="33">
-        <v>284858</v>
+        <v>285534</v>
       </c>
       <c r="D23" s="33">
-        <v>595396</v>
+        <v>595389</v>
       </c>
       <c r="E23" s="33">
-        <v>299845</v>
+        <v>299671</v>
       </c>
       <c r="F23" s="33">
-        <v>295551</v>
+        <v>295718</v>
       </c>
       <c r="G23" s="33">
         <v>0</v>
       </c>
       <c r="H23" s="33">
-        <v>14</v>
+        <v>-183</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A24" s="32" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B24" s="32" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C24" s="33">
-        <v>33263</v>
+        <v>33417</v>
       </c>
       <c r="D24" s="33">
-        <v>75724</v>
+        <v>75658</v>
       </c>
       <c r="E24" s="33">
-        <v>37266</v>
+        <v>37200</v>
       </c>
       <c r="F24" s="33">
         <v>38458</v>
       </c>
       <c r="G24" s="33">
         <v>0</v>
       </c>
       <c r="H24" s="33">
-        <v>-25</v>
+        <v>-41</v>
       </c>
     </row>
     <row r="25" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A25" s="32" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B25" s="32" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C25" s="33">
-        <v>23516</v>
+        <v>23446</v>
       </c>
       <c r="D25" s="33">
-        <v>54807</v>
+        <v>54470</v>
       </c>
       <c r="E25" s="33">
-        <v>26729</v>
+        <v>26570</v>
       </c>
       <c r="F25" s="33">
-        <v>28078</v>
+        <v>27900</v>
       </c>
       <c r="G25" s="33">
         <v>0</v>
       </c>
       <c r="H25" s="33">
-        <v>-60</v>
+        <v>-91</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A26" s="32" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B26" s="32" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C26" s="33">
-        <v>161755</v>
+        <v>162050</v>
       </c>
       <c r="D26" s="33">
-        <v>340762</v>
+        <v>340521</v>
       </c>
       <c r="E26" s="33">
-        <v>166414</v>
+        <v>166296</v>
       </c>
       <c r="F26" s="33">
-        <v>174348</v>
+        <v>174225</v>
       </c>
       <c r="G26" s="33">
         <v>0</v>
       </c>
       <c r="H26" s="33">
-        <v>-54</v>
+        <v>-96</v>
       </c>
     </row>
     <row r="27" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A27" s="32" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B27" s="32" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C27" s="33">
-        <v>34899</v>
+        <v>34778</v>
       </c>
       <c r="D27" s="33">
-        <v>78680</v>
+        <v>78417</v>
       </c>
       <c r="E27" s="33">
-        <v>39381</v>
+        <v>39206</v>
       </c>
       <c r="F27" s="33">
-        <v>39299</v>
+        <v>39211</v>
       </c>
       <c r="G27" s="33">
         <v>0</v>
       </c>
       <c r="H27" s="33">
-        <v>-104</v>
+        <v>-84</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A28" s="32" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B28" s="32" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C28" s="33">
-        <v>47978</v>
+        <v>48154</v>
       </c>
       <c r="D28" s="33">
-        <v>110589</v>
+        <v>110527</v>
       </c>
       <c r="E28" s="33">
-        <v>55614</v>
+        <v>55618</v>
       </c>
       <c r="F28" s="33">
-        <v>54975</v>
+        <v>54909</v>
       </c>
       <c r="G28" s="33">
         <v>0</v>
       </c>
       <c r="H28" s="33">
-        <v>-59</v>
+        <v>-88</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A29" s="32" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B29" s="32" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C29" s="33">
-        <v>34862</v>
+        <v>34887</v>
       </c>
       <c r="D29" s="33">
-        <v>76938</v>
+        <v>76775</v>
       </c>
       <c r="E29" s="33">
-        <v>38504</v>
+        <v>38446</v>
       </c>
       <c r="F29" s="33">
-        <v>38434</v>
+        <v>38329</v>
       </c>
       <c r="G29" s="33">
         <v>0</v>
       </c>
       <c r="H29" s="33">
-        <v>-26</v>
+        <v>-34</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A30" s="32" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B30" s="32" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C30" s="33">
-        <v>43038</v>
+        <v>43012</v>
       </c>
       <c r="D30" s="33">
-        <v>92804</v>
+        <v>92614</v>
       </c>
       <c r="E30" s="33">
-        <v>46503</v>
+        <v>46405</v>
       </c>
       <c r="F30" s="33">
-        <v>46301</v>
+        <v>46209</v>
       </c>
       <c r="G30" s="33">
         <v>0</v>
       </c>
       <c r="H30" s="33">
-        <v>-34</v>
+        <v>-118</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A31" s="32" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B31" s="32" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C31" s="33">
-        <v>103802</v>
+        <v>103989</v>
       </c>
       <c r="D31" s="33">
-        <v>225190</v>
+        <v>224844</v>
       </c>
       <c r="E31" s="33">
-        <v>110714</v>
+        <v>110488</v>
       </c>
       <c r="F31" s="33">
-        <v>114476</v>
+        <v>114356</v>
       </c>
       <c r="G31" s="33">
         <v>0</v>
       </c>
       <c r="H31" s="33">
-        <v>-3</v>
+        <v>-29</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A32" s="32" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B32" s="32" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C32" s="33">
-        <v>67181</v>
+        <v>67387</v>
       </c>
       <c r="D32" s="33">
-        <v>146099</v>
+        <v>145993</v>
       </c>
       <c r="E32" s="33">
-        <v>72337</v>
+        <v>72209</v>
       </c>
       <c r="F32" s="33">
-        <v>73762</v>
+        <v>73784</v>
       </c>
       <c r="G32" s="33">
         <v>0</v>
       </c>
       <c r="H32" s="33">
-        <v>-13</v>
+        <v>-170</v>
       </c>
     </row>
     <row r="33" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A33" s="32" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B33" s="32" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C33" s="33">
-        <v>23003</v>
+        <v>22985</v>
       </c>
       <c r="D33" s="33">
-        <v>52032</v>
+        <v>51981</v>
       </c>
       <c r="E33" s="33">
-        <v>25887</v>
+        <v>25854</v>
       </c>
       <c r="F33" s="33">
-        <v>26145</v>
+        <v>26127</v>
       </c>
       <c r="G33" s="33">
         <v>0</v>
       </c>
       <c r="H33" s="33">
-        <v>31</v>
+        <v>-80</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A34" s="32" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B34" s="32" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C34" s="33">
-        <v>51036</v>
+        <v>51181</v>
       </c>
       <c r="D34" s="33">
-        <v>116488</v>
+        <v>116307</v>
       </c>
       <c r="E34" s="33">
-        <v>57375</v>
+        <v>57238</v>
       </c>
       <c r="F34" s="33">
-        <v>59113</v>
+        <v>59069</v>
       </c>
       <c r="G34" s="33">
         <v>0</v>
       </c>
       <c r="H34" s="33">
-        <v>13</v>
+        <v>-33</v>
       </c>
     </row>
     <row r="35" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A35" s="32" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B35" s="32" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C35" s="33">
-        <v>59550</v>
+        <v>59638</v>
       </c>
       <c r="D35" s="33">
-        <v>138694</v>
+        <v>138431</v>
       </c>
       <c r="E35" s="33">
-        <v>68884</v>
+        <v>68753</v>
       </c>
       <c r="F35" s="33">
-        <v>69810</v>
+        <v>69678</v>
       </c>
       <c r="G35" s="33">
         <v>0</v>
       </c>
       <c r="H35" s="33">
-        <v>-34</v>
+        <v>-133</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A36" s="32" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B36" s="32" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C36" s="33">
-        <v>103191</v>
+        <v>103496</v>
       </c>
       <c r="D36" s="33">
-        <v>228405</v>
+        <v>228400</v>
       </c>
       <c r="E36" s="33">
-        <v>112519</v>
+        <v>112472</v>
       </c>
       <c r="F36" s="33">
-        <v>115886</v>
+        <v>115928</v>
       </c>
       <c r="G36" s="33">
         <v>0</v>
       </c>
       <c r="H36" s="33">
-        <v>28</v>
+        <v>-30</v>
       </c>
     </row>
     <row r="37" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A37" s="32" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B37" s="32" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C37" s="33">
-        <v>120503</v>
+        <v>120712</v>
       </c>
       <c r="D37" s="33">
-        <v>250547</v>
+        <v>250419</v>
       </c>
       <c r="E37" s="33">
-        <v>125682</v>
+        <v>125559</v>
       </c>
       <c r="F37" s="33">
-        <v>124865</v>
+        <v>124860</v>
       </c>
       <c r="G37" s="33">
         <v>0</v>
       </c>
       <c r="H37" s="33">
-        <v>77</v>
+        <v>-280</v>
       </c>
     </row>
     <row r="38" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A38" s="32" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B38" s="32" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C38" s="33">
-        <v>150053</v>
+        <v>150336</v>
       </c>
       <c r="D38" s="33">
-        <v>338134</v>
+        <v>337839</v>
       </c>
       <c r="E38" s="33">
-        <v>166160</v>
+        <v>166024</v>
       </c>
       <c r="F38" s="33">
-        <v>171974</v>
+        <v>171815</v>
       </c>
       <c r="G38" s="33">
         <v>0</v>
       </c>
       <c r="H38" s="33">
-        <v>-146</v>
+        <v>-77</v>
       </c>
     </row>
     <row r="39" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A39" s="32" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B39" s="32" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C39" s="33">
-        <v>39765</v>
+        <v>39801</v>
       </c>
       <c r="D39" s="33">
-        <v>75811</v>
+        <v>75832</v>
       </c>
       <c r="E39" s="33">
-        <v>38452</v>
+        <v>38479</v>
       </c>
       <c r="F39" s="33">
-        <v>37359</v>
+        <v>37353</v>
       </c>
       <c r="G39" s="33">
         <v>0</v>
       </c>
       <c r="H39" s="33">
-        <v>85</v>
+        <v>-59</v>
       </c>
     </row>
     <row r="40" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A40" s="32" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B40" s="32" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C40" s="33">
-        <v>68627</v>
+        <v>68914</v>
       </c>
       <c r="D40" s="33">
-        <v>142650</v>
+        <v>142851</v>
       </c>
       <c r="E40" s="33">
-        <v>71892</v>
+        <v>71979</v>
       </c>
       <c r="F40" s="33">
-        <v>70758</v>
+        <v>70872</v>
       </c>
       <c r="G40" s="33">
         <v>0</v>
       </c>
       <c r="H40" s="33">
-        <v>29</v>
+        <v>-82</v>
       </c>
     </row>
     <row r="41" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A41" s="32" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B41" s="32" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C41" s="33">
-        <v>63579</v>
+        <v>63711</v>
       </c>
       <c r="D41" s="33">
-        <v>140814</v>
+        <v>140558</v>
       </c>
       <c r="E41" s="33">
-        <v>69024</v>
+        <v>68877</v>
       </c>
       <c r="F41" s="33">
-        <v>71790</v>
+        <v>71681</v>
       </c>
       <c r="G41" s="33">
         <v>0</v>
       </c>
       <c r="H41" s="33">
-        <v>-122</v>
+        <v>-113</v>
       </c>
     </row>
     <row r="42" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A42" s="32" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B42" s="32" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C42" s="33">
-        <v>67051</v>
+        <v>67109</v>
       </c>
       <c r="D42" s="33">
-        <v>144556</v>
+        <v>144540</v>
       </c>
       <c r="E42" s="33">
-        <v>72331</v>
+        <v>72362</v>
       </c>
       <c r="F42" s="33">
-        <v>72225</v>
+        <v>72178</v>
       </c>
       <c r="G42" s="33">
         <v>0</v>
       </c>
       <c r="H42" s="33">
-        <v>28</v>
+        <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A43" s="32" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B43" s="32" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C43" s="33">
-        <v>34465</v>
+        <v>34528</v>
       </c>
       <c r="D43" s="33">
-        <v>75114</v>
+        <v>75055</v>
       </c>
       <c r="E43" s="33">
-        <v>36739</v>
+        <v>36720</v>
       </c>
       <c r="F43" s="33">
-        <v>38375</v>
+        <v>38335</v>
       </c>
       <c r="G43" s="33">
         <v>0</v>
       </c>
       <c r="H43" s="33">
-        <v>-26</v>
+        <v>-52</v>
       </c>
     </row>
     <row r="44" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A44" s="32" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B44" s="32" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C44" s="33">
-        <v>42301</v>
+        <v>42244</v>
       </c>
       <c r="D44" s="33">
-        <v>84816</v>
+        <v>84733</v>
       </c>
       <c r="E44" s="33">
-        <v>43442</v>
+        <v>43396</v>
       </c>
       <c r="F44" s="33">
-        <v>41374</v>
+        <v>41337</v>
       </c>
       <c r="G44" s="33">
         <v>0</v>
       </c>
       <c r="H44" s="33">
-        <v>-93</v>
+        <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A45" s="32" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B45" s="32" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C45" s="33">
-        <v>78573</v>
+        <v>78685</v>
       </c>
       <c r="D45" s="33">
-        <v>166149</v>
+        <v>165942</v>
       </c>
       <c r="E45" s="33">
-        <v>81748</v>
+        <v>81632</v>
       </c>
       <c r="F45" s="33">
-        <v>84401</v>
+        <v>84310</v>
       </c>
       <c r="G45" s="33">
         <v>0</v>
       </c>
       <c r="H45" s="33">
-        <v>-75</v>
+        <v>-78</v>
       </c>
     </row>
     <row r="46" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A46" s="32" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B46" s="32" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C46" s="33">
-        <v>32503</v>
+        <v>32599</v>
       </c>
       <c r="D46" s="33">
-        <v>73635</v>
+        <v>73639</v>
       </c>
       <c r="E46" s="33">
-        <v>36124</v>
+        <v>36166</v>
       </c>
       <c r="F46" s="33">
-        <v>37511</v>
+        <v>37473</v>
       </c>
       <c r="G46" s="33">
         <v>0</v>
       </c>
       <c r="H46" s="33">
-        <v>-7</v>
+        <v>-24</v>
       </c>
     </row>
     <row r="47" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A47" s="32" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B47" s="32" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C47" s="33">
-        <v>66127</v>
+        <v>66347</v>
       </c>
       <c r="D47" s="33">
-        <v>148714</v>
+        <v>148592</v>
       </c>
       <c r="E47" s="33">
-        <v>73525</v>
+        <v>73455</v>
       </c>
       <c r="F47" s="33">
-        <v>75189</v>
+        <v>75137</v>
       </c>
       <c r="G47" s="33">
         <v>0</v>
       </c>
       <c r="H47" s="33">
-        <v>-37</v>
+        <v>-144</v>
       </c>
     </row>
     <row r="48" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A48" s="32" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B48" s="32" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C48" s="33">
-        <v>29069</v>
+        <v>29140</v>
       </c>
       <c r="D48" s="33">
-        <v>64195</v>
+        <v>64122</v>
       </c>
       <c r="E48" s="33">
-        <v>31383</v>
+        <v>31331</v>
       </c>
       <c r="F48" s="33">
-        <v>32812</v>
+        <v>32791</v>
       </c>
       <c r="G48" s="33">
         <v>0</v>
       </c>
       <c r="H48" s="33">
-        <v>53</v>
+        <v>-21</v>
       </c>
     </row>
     <row r="49" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A49" s="32" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B49" s="32" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C49" s="33">
-        <v>45686</v>
+        <v>45619</v>
       </c>
       <c r="D49" s="33">
-        <v>94761</v>
+        <v>94596</v>
       </c>
       <c r="E49" s="33">
-        <v>48666</v>
+        <v>48542</v>
       </c>
       <c r="F49" s="33">
-        <v>46095</v>
+        <v>46054</v>
       </c>
       <c r="G49" s="33">
         <v>0</v>
       </c>
       <c r="H49" s="33">
-        <v>-85</v>
+        <v>-96</v>
       </c>
     </row>
     <row r="50" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A50" s="32" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B50" s="32" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C50" s="33">
-        <v>54720</v>
+        <v>54884</v>
       </c>
       <c r="D50" s="33">
-        <v>113405</v>
+        <v>113484</v>
       </c>
       <c r="E50" s="33">
-        <v>55273</v>
+        <v>55312</v>
       </c>
       <c r="F50" s="33">
-        <v>58132</v>
+        <v>58172</v>
       </c>
       <c r="G50" s="33">
         <v>0</v>
       </c>
       <c r="H50" s="33">
-        <v>89</v>
+        <v>-27</v>
       </c>
     </row>
     <row r="51" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A51" s="32" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B51" s="32" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C51" s="33">
-        <v>64413</v>
+        <v>64649</v>
       </c>
       <c r="D51" s="33">
-        <v>141289</v>
+        <v>141258</v>
       </c>
       <c r="E51" s="33">
-        <v>70722</v>
+        <v>70696</v>
       </c>
       <c r="F51" s="33">
-        <v>70567</v>
+        <v>70562</v>
       </c>
       <c r="G51" s="33">
         <v>0</v>
       </c>
       <c r="H51" s="33">
-        <v>50</v>
+        <v>-40</v>
       </c>
     </row>
     <row r="52" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A52" s="32" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B52" s="32" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C52" s="33">
-        <v>26903</v>
+        <v>26948</v>
       </c>
       <c r="D52" s="33">
-        <v>60844</v>
+        <v>60785</v>
       </c>
       <c r="E52" s="33">
-        <v>30000</v>
+        <v>29961</v>
       </c>
       <c r="F52" s="33">
-        <v>30844</v>
+        <v>30824</v>
       </c>
       <c r="G52" s="33">
         <v>0</v>
       </c>
       <c r="H52" s="33">
-        <v>-2</v>
+        <v>-43</v>
       </c>
     </row>
     <row r="53" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A53" s="32" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B53" s="32" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C53" s="33">
-        <v>47503</v>
+        <v>47344</v>
       </c>
       <c r="D53" s="33">
-        <v>99337</v>
+        <v>99042</v>
       </c>
       <c r="E53" s="33">
-        <v>49283</v>
+        <v>49105</v>
       </c>
       <c r="F53" s="33">
-        <v>50054</v>
+        <v>49937</v>
       </c>
       <c r="G53" s="33">
         <v>0</v>
       </c>
       <c r="H53" s="33">
-        <v>-24</v>
+        <v>-149</v>
       </c>
     </row>
     <row r="54" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A54" s="32" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B54" s="32" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C54" s="33">
-        <v>21681</v>
+        <v>21774</v>
       </c>
       <c r="D54" s="33">
-        <v>48196</v>
+        <v>48182</v>
       </c>
       <c r="E54" s="33">
-        <v>24062</v>
+        <v>24051</v>
       </c>
       <c r="F54" s="33">
-        <v>24134</v>
+        <v>24131</v>
       </c>
       <c r="G54" s="33">
         <v>0</v>
       </c>
       <c r="H54" s="33">
-        <v>-7</v>
+        <v>-35</v>
       </c>
     </row>
     <row r="55" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A55" s="32" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B55" s="32" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C55" s="33">
-        <v>32983</v>
+        <v>33070</v>
       </c>
       <c r="D55" s="33">
-        <v>69881</v>
+        <v>69759</v>
       </c>
       <c r="E55" s="33">
-        <v>34353</v>
+        <v>34278</v>
       </c>
       <c r="F55" s="33">
-        <v>35528</v>
+        <v>35481</v>
       </c>
       <c r="G55" s="33">
         <v>0</v>
       </c>
       <c r="H55" s="33">
-        <v>65</v>
+        <v>-116</v>
       </c>
     </row>
     <row r="56" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A56" s="32" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B56" s="32" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C56" s="33">
-        <v>23497</v>
+        <v>23537</v>
       </c>
       <c r="D56" s="33">
-        <v>53013</v>
+        <v>52871</v>
       </c>
       <c r="E56" s="33">
-        <v>26182</v>
+        <v>26115</v>
       </c>
       <c r="F56" s="33">
-        <v>26831</v>
+        <v>26756</v>
       </c>
       <c r="G56" s="33">
         <v>0</v>
       </c>
       <c r="H56" s="33">
-        <v>-25</v>
+        <v>-46</v>
       </c>
     </row>
     <row r="57" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A57" s="32" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B57" s="32" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C57" s="33">
-        <v>29591</v>
+        <v>29656</v>
       </c>
       <c r="D57" s="33">
-        <v>70965</v>
+        <v>70836</v>
       </c>
       <c r="E57" s="33">
-        <v>35122</v>
+        <v>35068</v>
       </c>
       <c r="F57" s="33">
-        <v>35843</v>
+        <v>35768</v>
       </c>
       <c r="G57" s="33">
         <v>0</v>
       </c>
       <c r="H57" s="33">
-        <v>-51</v>
+        <v>-81</v>
       </c>
     </row>
     <row r="58" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A58" s="32" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B58" s="32" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C58" s="33">
-        <v>52298</v>
+        <v>52447</v>
       </c>
       <c r="D58" s="33">
-        <v>113471</v>
+        <v>113495</v>
       </c>
       <c r="E58" s="33">
-        <v>55720</v>
+        <v>55683</v>
       </c>
       <c r="F58" s="33">
-        <v>57751</v>
+        <v>57812</v>
       </c>
       <c r="G58" s="33">
         <v>0</v>
       </c>
       <c r="H58" s="33">
-        <v>65</v>
+        <v>-39</v>
       </c>
     </row>
     <row r="59" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A59" s="32" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B59" s="32" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C59" s="33">
-        <v>21933</v>
+        <v>21960</v>
       </c>
       <c r="D59" s="33">
-        <v>52060</v>
+        <v>51957</v>
       </c>
       <c r="E59" s="33">
-        <v>25656</v>
+        <v>25596</v>
       </c>
       <c r="F59" s="33">
-        <v>26404</v>
+        <v>26361</v>
       </c>
       <c r="G59" s="33">
         <v>0</v>
       </c>
       <c r="H59" s="33">
-        <v>-7</v>
+        <v>-26</v>
       </c>
     </row>
     <row r="60" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A60" s="32" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B60" s="32" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C60" s="33">
-        <v>19158</v>
+        <v>19170</v>
       </c>
       <c r="D60" s="33">
-        <v>44838</v>
+        <v>44772</v>
       </c>
       <c r="E60" s="33">
-        <v>22417</v>
+        <v>22388</v>
       </c>
       <c r="F60" s="33">
-        <v>22421</v>
+        <v>22384</v>
       </c>
       <c r="G60" s="33">
         <v>0</v>
       </c>
       <c r="H60" s="33">
-        <v>-28</v>
+        <v>-16</v>
       </c>
     </row>
     <row r="61" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A61" s="32" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B61" s="32" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C61" s="33">
-        <v>19158</v>
+        <v>19170</v>
       </c>
       <c r="D61" s="33">
-        <v>44838</v>
+        <v>44772</v>
       </c>
       <c r="E61" s="33">
-        <v>22417</v>
+        <v>22388</v>
       </c>
       <c r="F61" s="33">
-        <v>22421</v>
+        <v>22384</v>
       </c>
       <c r="G61" s="33">
         <v>0</v>
       </c>
       <c r="H61" s="33">
-        <v>-28</v>
+        <v>-16</v>
       </c>
     </row>
     <row r="62" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A62" s="32" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B62" s="32" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C62" s="33">
-        <v>36666</v>
+        <v>36486</v>
       </c>
       <c r="D62" s="33">
-        <v>81828</v>
+        <v>81302</v>
       </c>
       <c r="E62" s="33">
-        <v>40274</v>
+        <v>39970</v>
       </c>
       <c r="F62" s="33">
-        <v>41554</v>
+        <v>41332</v>
       </c>
       <c r="G62" s="33">
         <v>0</v>
       </c>
       <c r="H62" s="33">
-        <v>-26</v>
+        <v>-108</v>
       </c>
     </row>
     <row r="63" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A63" s="32" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B63" s="32" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C63" s="33">
-        <v>15704</v>
+        <v>15640</v>
       </c>
       <c r="D63" s="33">
-        <v>37676</v>
+        <v>37461</v>
       </c>
       <c r="E63" s="33">
-        <v>18407</v>
+        <v>18292</v>
       </c>
       <c r="F63" s="33">
-        <v>19269</v>
+        <v>19169</v>
       </c>
       <c r="G63" s="33">
         <v>0</v>
       </c>
       <c r="H63" s="33">
-        <v>-30</v>
+        <v>-32</v>
       </c>
     </row>
     <row r="64" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A64" s="32" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B64" s="32" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C64" s="33">
-        <v>16299</v>
+        <v>16207</v>
       </c>
       <c r="D64" s="33">
-        <v>33912</v>
+        <v>33698</v>
       </c>
       <c r="E64" s="33">
-        <v>16808</v>
+        <v>16685</v>
       </c>
       <c r="F64" s="33">
-        <v>17104</v>
+        <v>17013</v>
       </c>
       <c r="G64" s="33">
         <v>0</v>
       </c>
       <c r="H64" s="33">
-        <v>5</v>
+        <v>-48</v>
       </c>
     </row>
     <row r="65" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A65" s="32" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B65" s="32" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C65" s="33">
-        <v>4663</v>
+        <v>4639</v>
       </c>
       <c r="D65" s="33">
-        <v>10240</v>
+        <v>10143</v>
       </c>
       <c r="E65" s="33">
-        <v>5059</v>
+        <v>4993</v>
       </c>
       <c r="F65" s="33">
-        <v>5181</v>
+        <v>5150</v>
       </c>
       <c r="G65" s="33">
         <v>0</v>
       </c>
       <c r="H65" s="33">
-        <v>-1</v>
+        <v>-28</v>
       </c>
     </row>
     <row r="66" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A66" s="32" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B66" s="32" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C66" s="33">
-        <v>52137</v>
+        <v>52142</v>
       </c>
       <c r="D66" s="33">
-        <v>121277</v>
+        <v>120807</v>
       </c>
       <c r="E66" s="33">
-        <v>60751</v>
+        <v>60524</v>
       </c>
       <c r="F66" s="33">
-        <v>60526</v>
+        <v>60283</v>
       </c>
       <c r="G66" s="33">
         <v>0</v>
       </c>
       <c r="H66" s="33">
-        <v>-109</v>
+        <v>-159</v>
       </c>
     </row>
     <row r="67" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A67" s="32" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B67" s="32" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C67" s="33">
-        <v>8217</v>
+        <v>8271</v>
       </c>
       <c r="D67" s="33">
-        <v>20006</v>
+        <v>20034</v>
       </c>
       <c r="E67" s="33">
-        <v>10199</v>
+        <v>10216</v>
       </c>
       <c r="F67" s="33">
-        <v>9807</v>
+        <v>9818</v>
       </c>
       <c r="G67" s="33">
         <v>0</v>
       </c>
       <c r="H67" s="33">
-        <v>10</v>
+        <v>-23</v>
       </c>
     </row>
     <row r="68" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A68" s="32" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B68" s="32" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C68" s="33">
-        <v>7845</v>
+        <v>7830</v>
       </c>
       <c r="D68" s="33">
-        <v>17442</v>
+        <v>17336</v>
       </c>
       <c r="E68" s="33">
-        <v>8666</v>
+        <v>8608</v>
       </c>
       <c r="F68" s="33">
-        <v>8776</v>
+        <v>8728</v>
       </c>
       <c r="G68" s="33">
         <v>0</v>
       </c>
       <c r="H68" s="33">
-        <v>0</v>
+        <v>-47</v>
       </c>
     </row>
     <row r="69" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A69" s="32" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B69" s="32" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C69" s="33">
-        <v>11843</v>
+        <v>11834</v>
       </c>
       <c r="D69" s="33">
-        <v>26383</v>
+        <v>26284</v>
       </c>
       <c r="E69" s="33">
-        <v>13142</v>
+        <v>13103</v>
       </c>
       <c r="F69" s="33">
-        <v>13241</v>
+        <v>13181</v>
       </c>
       <c r="G69" s="33">
         <v>0</v>
       </c>
       <c r="H69" s="33">
-        <v>-43</v>
+        <v>-53</v>
       </c>
     </row>
     <row r="70" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A70" s="32" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B70" s="32" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C70" s="33">
-        <v>7529</v>
+        <v>7549</v>
       </c>
       <c r="D70" s="33">
-        <v>18173</v>
+        <v>18103</v>
       </c>
       <c r="E70" s="33">
-        <v>9220</v>
+        <v>9184</v>
       </c>
       <c r="F70" s="33">
-        <v>8953</v>
+        <v>8919</v>
       </c>
       <c r="G70" s="33">
         <v>0</v>
       </c>
       <c r="H70" s="33">
-        <v>-15</v>
+        <v>-9</v>
       </c>
     </row>
     <row r="71" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A71" s="32" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B71" s="32" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C71" s="33">
-        <v>7028</v>
+        <v>7003</v>
       </c>
       <c r="D71" s="33">
-        <v>16867</v>
+        <v>16770</v>
       </c>
       <c r="E71" s="33">
-        <v>8488</v>
+        <v>8444</v>
       </c>
       <c r="F71" s="33">
-        <v>8379</v>
+        <v>8326</v>
       </c>
       <c r="G71" s="33">
         <v>0</v>
       </c>
       <c r="H71" s="33">
-        <v>-40</v>
+        <v>-26</v>
       </c>
     </row>
     <row r="72" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A72" s="32" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B72" s="32" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C72" s="33">
-        <v>5446</v>
+        <v>5431</v>
       </c>
       <c r="D72" s="33">
-        <v>12653</v>
+        <v>12594</v>
       </c>
       <c r="E72" s="33">
-        <v>6126</v>
+        <v>6098</v>
       </c>
       <c r="F72" s="33">
-        <v>6527</v>
+        <v>6496</v>
       </c>
       <c r="G72" s="33">
         <v>0</v>
       </c>
       <c r="H72" s="33">
-        <v>-22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A73" s="32" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B73" s="32" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C73" s="33">
-        <v>4229</v>
+        <v>4224</v>
       </c>
       <c r="D73" s="33">
-        <v>9753</v>
+        <v>9686</v>
       </c>
       <c r="E73" s="33">
-        <v>4910</v>
+        <v>4871</v>
       </c>
       <c r="F73" s="33">
-        <v>4843</v>
+        <v>4815</v>
       </c>
       <c r="G73" s="33">
         <v>0</v>
       </c>
       <c r="H73" s="33">
-        <v>1</v>
+        <v>-20</v>
       </c>
     </row>
     <row r="74" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A74" s="32" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B74" s="32" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C74" s="33">
-        <v>14051</v>
+        <v>13968</v>
       </c>
       <c r="D74" s="33">
-        <v>33920</v>
+        <v>33679</v>
       </c>
       <c r="E74" s="33">
-        <v>16717</v>
+        <v>16600</v>
       </c>
       <c r="F74" s="33">
-        <v>17203</v>
+        <v>17079</v>
       </c>
       <c r="G74" s="33">
         <v>0</v>
       </c>
       <c r="H74" s="33">
-        <v>-65</v>
+        <v>-90</v>
       </c>
     </row>
     <row r="75" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A75" s="32" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B75" s="32" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C75" s="33">
-        <v>3043</v>
+        <v>3042</v>
       </c>
       <c r="D75" s="33">
-        <v>7347</v>
+        <v>7331</v>
       </c>
       <c r="E75" s="33">
-        <v>3647</v>
+        <v>3642</v>
       </c>
       <c r="F75" s="33">
-        <v>3700</v>
+        <v>3689</v>
       </c>
       <c r="G75" s="33">
         <v>0</v>
       </c>
       <c r="H75" s="33">
-        <v>-6</v>
+        <v>-23</v>
       </c>
     </row>
     <row r="76" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A76" s="32" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B76" s="32" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C76" s="33">
-        <v>3542</v>
+        <v>3511</v>
       </c>
       <c r="D76" s="33">
-        <v>8539</v>
+        <v>8471</v>
       </c>
       <c r="E76" s="33">
-        <v>4197</v>
+        <v>4166</v>
       </c>
       <c r="F76" s="33">
-        <v>4342</v>
+        <v>4305</v>
       </c>
       <c r="G76" s="33">
         <v>0</v>
       </c>
       <c r="H76" s="33">
-        <v>-18</v>
+        <v>-21</v>
       </c>
     </row>
     <row r="77" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A77" s="32" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B77" s="32" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C77" s="33">
-        <v>2553</v>
+        <v>2546</v>
       </c>
       <c r="D77" s="33">
-        <v>6180</v>
+        <v>6137</v>
       </c>
       <c r="E77" s="33">
-        <v>3051</v>
+        <v>3021</v>
       </c>
       <c r="F77" s="33">
-        <v>3129</v>
+        <v>3116</v>
       </c>
       <c r="G77" s="33">
         <v>0</v>
       </c>
       <c r="H77" s="33">
-        <v>-17</v>
+        <v>-9</v>
       </c>
     </row>
     <row r="78" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A78" s="32" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B78" s="32" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C78" s="33">
-        <v>3978</v>
+        <v>3940</v>
       </c>
       <c r="D78" s="33">
-        <v>9536</v>
+        <v>9452</v>
       </c>
       <c r="E78" s="33">
-        <v>4693</v>
+        <v>4652</v>
       </c>
       <c r="F78" s="33">
-        <v>4843</v>
+        <v>4800</v>
       </c>
       <c r="G78" s="33">
         <v>0</v>
       </c>
       <c r="H78" s="33">
-        <v>-19</v>
+        <v>-29</v>
       </c>
     </row>
     <row r="79" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A79" s="32" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B79" s="32" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C79" s="33">
-        <v>935</v>
+        <v>929</v>
       </c>
       <c r="D79" s="33">
-        <v>2318</v>
+        <v>2288</v>
       </c>
       <c r="E79" s="33">
-        <v>1129</v>
+        <v>1119</v>
       </c>
       <c r="F79" s="33">
-        <v>1189</v>
+        <v>1169</v>
       </c>
       <c r="G79" s="33">
         <v>0</v>
       </c>
       <c r="H79" s="33">
-        <v>-5</v>
+        <v>-8</v>
       </c>
     </row>
     <row r="80" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A80" s="32" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B80" s="32" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C80" s="33">
-        <v>22175</v>
+        <v>22205</v>
       </c>
       <c r="D80" s="33">
-        <v>53037</v>
+        <v>52914</v>
       </c>
       <c r="E80" s="33">
-        <v>26544</v>
+        <v>26458</v>
       </c>
       <c r="F80" s="33">
-        <v>26493</v>
+        <v>26456</v>
       </c>
       <c r="G80" s="33">
         <v>0</v>
       </c>
       <c r="H80" s="33">
-        <v>-45</v>
+        <v>-59</v>
       </c>
     </row>
     <row r="81" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A81" s="32" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B81" s="32" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C81" s="33">
-        <v>3994</v>
+        <v>3999</v>
       </c>
       <c r="D81" s="33">
-        <v>10526</v>
+        <v>10499</v>
       </c>
       <c r="E81" s="33">
-        <v>5274</v>
+        <v>5260</v>
       </c>
       <c r="F81" s="33">
-        <v>5252</v>
+        <v>5239</v>
       </c>
       <c r="G81" s="33">
         <v>0</v>
       </c>
       <c r="H81" s="33">
-        <v>-21</v>
+        <v>-9</v>
       </c>
     </row>
     <row r="82" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A82" s="32" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B82" s="32" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C82" s="33">
-        <v>5441</v>
+        <v>5481</v>
       </c>
       <c r="D82" s="33">
-        <v>12594</v>
+        <v>12597</v>
       </c>
       <c r="E82" s="33">
-        <v>6404</v>
+        <v>6395</v>
       </c>
       <c r="F82" s="33">
-        <v>6190</v>
+        <v>6202</v>
       </c>
       <c r="G82" s="33">
         <v>0</v>
       </c>
       <c r="H82" s="33">
-        <v>-19</v>
+        <v>-3</v>
       </c>
     </row>
     <row r="83" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A83" s="32" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B83" s="32" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C83" s="33">
-        <v>12740</v>
+        <v>12725</v>
       </c>
       <c r="D83" s="33">
-        <v>29917</v>
+        <v>29818</v>
       </c>
       <c r="E83" s="33">
-        <v>14866</v>
+        <v>14803</v>
       </c>
       <c r="F83" s="33">
-        <v>15051</v>
+        <v>15015</v>
       </c>
       <c r="G83" s="33">
         <v>0</v>
       </c>
       <c r="H83" s="33">
-        <v>-5</v>
+        <v>-47</v>
       </c>
     </row>
     <row r="84" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A84" s="32" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B84" s="32" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C84" s="33">
-        <v>13862</v>
+        <v>13922</v>
       </c>
       <c r="D84" s="33">
-        <v>30750</v>
+        <v>30744</v>
       </c>
       <c r="E84" s="33">
-        <v>15249</v>
+        <v>15241</v>
       </c>
       <c r="F84" s="33">
-        <v>15501</v>
+        <v>15503</v>
       </c>
       <c r="G84" s="33">
         <v>0</v>
       </c>
       <c r="H84" s="33">
-        <v>4</v>
+        <v>-10</v>
       </c>
     </row>
     <row r="85" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A85" s="32" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B85" s="32" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C85" s="33">
-        <v>13862</v>
+        <v>13922</v>
       </c>
       <c r="D85" s="33">
-        <v>30750</v>
+        <v>30744</v>
       </c>
       <c r="E85" s="33">
-        <v>15249</v>
+        <v>15241</v>
       </c>
       <c r="F85" s="33">
-        <v>15501</v>
+        <v>15503</v>
       </c>
       <c r="G85" s="33">
         <v>0</v>
       </c>
       <c r="H85" s="33">
-        <v>4</v>
+        <v>-10</v>
       </c>
     </row>
     <row r="86" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A86" s="32" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B86" s="32" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C86" s="33">
-        <v>15281</v>
+        <v>15330</v>
       </c>
       <c r="D86" s="33">
-        <v>33589</v>
+        <v>33537</v>
       </c>
       <c r="E86" s="33">
-        <v>16801</v>
+        <v>16754</v>
       </c>
       <c r="F86" s="33">
-        <v>16788</v>
+        <v>16783</v>
       </c>
       <c r="G86" s="33">
         <v>0</v>
       </c>
       <c r="H86" s="33">
-        <v>-20</v>
+        <v>-36</v>
       </c>
     </row>
     <row r="87" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A87" s="32" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B87" s="32" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C87" s="33">
-        <v>15281</v>
+        <v>15330</v>
       </c>
       <c r="D87" s="33">
-        <v>33589</v>
+        <v>33537</v>
       </c>
       <c r="E87" s="33">
-        <v>16801</v>
+        <v>16754</v>
       </c>
       <c r="F87" s="33">
-        <v>16788</v>
+        <v>16783</v>
       </c>
       <c r="G87" s="33">
         <v>0</v>
       </c>
       <c r="H87" s="33">
-        <v>-20</v>
+        <v>-36</v>
       </c>
     </row>
     <row r="88" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A88" s="32" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B88" s="32" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C88" s="33">
-        <v>29907</v>
+        <v>30025</v>
       </c>
       <c r="D88" s="33">
-        <v>69513</v>
+        <v>69485</v>
       </c>
       <c r="E88" s="33">
-        <v>34743</v>
+        <v>34723</v>
       </c>
       <c r="F88" s="33">
-        <v>34770</v>
+        <v>34762</v>
       </c>
       <c r="G88" s="33">
         <v>0</v>
       </c>
       <c r="H88" s="33">
-        <v>-95</v>
+        <v>29</v>
       </c>
     </row>
     <row r="89" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A89" s="32" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B89" s="32" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C89" s="33">
-        <v>18758</v>
+        <v>18837</v>
       </c>
       <c r="D89" s="33">
-        <v>42569</v>
+        <v>42537</v>
       </c>
       <c r="E89" s="33">
-        <v>21181</v>
+        <v>21165</v>
       </c>
       <c r="F89" s="33">
-        <v>21388</v>
+        <v>21372</v>
       </c>
       <c r="G89" s="33">
         <v>0</v>
       </c>
       <c r="H89" s="33">
-        <v>-73</v>
+        <v>38</v>
       </c>
     </row>
     <row r="90" spans="1:8" ht="13" x14ac:dyDescent="0.2">
       <c r="A90" s="32" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B90" s="32" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C90" s="33">
-        <v>11149</v>
+        <v>11188</v>
       </c>
       <c r="D90" s="33">
-        <v>26944</v>
+        <v>26948</v>
       </c>
       <c r="E90" s="33">
-        <v>13562</v>
+        <v>13558</v>
       </c>
       <c r="F90" s="33">
-        <v>13382</v>
+        <v>13390</v>
       </c>
       <c r="G90" s="33">
         <v>0</v>
       </c>
       <c r="H90" s="33">
-        <v>-22</v>
-[...3824 lines deleted...]
-      <c r="H60" s="33">
         <v>-9</v>
-      </c>
-[...18421 lines deleted...]
-        <v>-26</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>12</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>1月</vt:lpstr>
       <vt:lpstr>2月</vt:lpstr>
-      <vt:lpstr>3月</vt:lpstr>
-[...8 lines deleted...]
-      <vt:lpstr>12月</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>佐藤瞳</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>