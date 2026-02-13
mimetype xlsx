--- v0 (2025-12-08)
+++ v1 (2026-02-13)
@@ -2,56 +2,56 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\2025\08_ICT・データ活用\08_データベース\02_103_オープンデータカタログ共同システム\データ_公開用編集\データ\15_選挙・行政\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\08_ICT・データ活用\オープンデータ\埼玉県オープンデータポータルサイトへの掲載\R5統計坂戸\データ\15_選挙・行政\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FF779135-1156-4665-B895-467E65CB8739}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1985231A-3632-4CB9-BD74-E50B23C38E65}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="20370" yWindow="-4680" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="14160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="15-06_1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'15-06_1'!$A$1:$D$26</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="21">
   <si>
     <t>初代</t>
     <rPh sb="0" eb="2">
       <t>ショダイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>林德之輔</t>
     <rPh sb="0" eb="1">
       <t>ハヤシ</t>
     </rPh>
@@ -820,51 +820,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F26"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="N9" sqref="N9"/>
+      <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="10" style="1" customWidth="1"/>
     <col min="2" max="4" width="20" style="1" customWidth="1"/>
     <col min="5" max="5" width="47.125" style="16" customWidth="1"/>
     <col min="6" max="6" width="9" style="16"/>
     <col min="7" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D1" s="5"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
     <row r="2" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
@@ -1035,51 +1035,51 @@
     <row r="15" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="9">
         <v>10</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="8">
         <v>30814</v>
       </c>
       <c r="D15" s="8">
         <v>32274</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="9">
         <v>11</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="8">
         <v>32275</v>
       </c>
       <c r="D16" s="8">
-        <v>10724</v>
+        <v>33735</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="9">
         <v>12</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="8">
         <v>33736</v>
       </c>
       <c r="D17" s="8">
         <v>35196</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="9">
         <v>13</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="8">
         <v>35197</v>