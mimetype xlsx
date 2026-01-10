--- v0 (2025-11-13)
+++ v1 (2026-01-10)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4aee6344be45ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1d2b40b11a24762bef9f6ef9640415d.psmdcp" Id="Rb65d40b7c8f8453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16808e0470f54b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3862a12425154387a13dcb055ac48637.psmdcp" Id="Rbeab23d636f041f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="総人口" sheetId="2" r:id="rId2"/>
     <x:sheet name="日本人人口" sheetId="3" r:id="rId3"/>
     <x:sheet name="外国人人口" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="212" uniqueCount="212">
   <x:si>
-    <x:t>住民基本台帳に基づく人口（令和7年10月1日現在）</x:t>
+    <x:t>住民基本台帳に基づく人口（令和7年12月1日現在）</x:t>
   </x:si>
   <x:si>
     <x:t>前月</x:t>
   </x:si>
   <x:si>
     <x:t>Change from
 Previous Month</x:t>
   </x:si>
   <x:si>
     <x:t>前年同月</x:t>
   </x:si>
   <x:si>
     <x:t>Change from
 Previous Year</x:t>
   </x:si>
   <x:si>
     <x:t>（Ａ）</x:t>
   </x:si>
   <x:si>
     <x:t>（Ｂ）</x:t>
   </x:si>
   <x:si>
     <x:t>（Ａ－Ｂ）</x:t>
   </x:si>
   <x:si>
@@ -1795,6004 +1795,6004 @@
       <x:c r="R7" s="21" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S7" s="21" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="T7" s="21" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U7" s="21" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="V7" s="21" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="W7" s="24" t="s"/>
     </x:row>
     <x:row r="8" spans="1:23">
       <x:c r="A8" s="25" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C8" s="26" t="n">
-        <x:v>3592922</x:v>
+        <x:v>3597888</x:v>
       </x:c>
       <x:c r="D8" s="27" t="n">
-        <x:v>7370477</x:v>
+        <x:v>7370206</x:v>
       </x:c>
       <x:c r="E8" s="27" t="n">
-        <x:v>3674143</x:v>
+        <x:v>3673933</x:v>
       </x:c>
       <x:c r="F8" s="27" t="n">
-        <x:v>3696333</x:v>
+        <x:v>3696272</x:v>
       </x:c>
       <x:c r="G8" s="27" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H8" s="28" t="n">
-        <x:v>-470</x:v>
+        <x:v>-1858</x:v>
       </x:c>
       <x:c r="I8" s="29" t="n">
-        <x:v>-0.006376386</x:v>
+        <x:v>-0.02520325</x:v>
       </x:c>
       <x:c r="J8" s="28" t="n">
-        <x:v>-6609</x:v>
+        <x:v>-6923</x:v>
       </x:c>
       <x:c r="K8" s="29" t="n">
-        <x:v>-0.08958822</x:v>
+        <x:v>-0.09384409</x:v>
       </x:c>
       <x:c r="L8" s="27" t="n">
-        <x:v>3619</x:v>
+        <x:v>3362</x:v>
       </x:c>
       <x:c r="M8" s="27" t="n">
-        <x:v>6806</x:v>
+        <x:v>6791</x:v>
       </x:c>
       <x:c r="N8" s="28" t="n">
-        <x:v>-3187</x:v>
+        <x:v>-3429</x:v>
       </x:c>
       <x:c r="O8" s="27" t="n">
-        <x:v>28374</x:v>
+        <x:v>24730</x:v>
       </x:c>
       <x:c r="P8" s="27" t="n">
-        <x:v>15542</x:v>
+        <x:v>13265</x:v>
       </x:c>
       <x:c r="Q8" s="27" t="n">
-        <x:v>12831</x:v>
+        <x:v>11465</x:v>
       </x:c>
       <x:c r="R8" s="27" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="S8" s="27" t="n">
-        <x:v>25657</x:v>
+        <x:v>23159</x:v>
       </x:c>
       <x:c r="T8" s="27" t="n">
-        <x:v>13990</x:v>
+        <x:v>12357</x:v>
       </x:c>
       <x:c r="U8" s="27" t="n">
-        <x:v>11666</x:v>
+        <x:v>10802</x:v>
       </x:c>
       <x:c r="V8" s="27" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="W8" s="28" t="n">
-        <x:v>2717</x:v>
+        <x:v>1571</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:23">
       <x:c r="A9" s="25" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="30" t="n">
-        <x:v>3372303</x:v>
+        <x:v>3377127</x:v>
       </x:c>
       <x:c r="D9" s="31" t="n">
-        <x:v>6899134</x:v>
+        <x:v>6899471</x:v>
       </x:c>
       <x:c r="E9" s="31" t="n">
-        <x:v>3438152</x:v>
+        <x:v>3438280</x:v>
       </x:c>
       <x:c r="F9" s="31" t="n">
-        <x:v>3460981</x:v>
+        <x:v>3461190</x:v>
       </x:c>
       <x:c r="G9" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H9" s="32" t="n">
-        <x:v>-87</x:v>
+        <x:v>-1529</x:v>
       </x:c>
       <x:c r="I9" s="33" t="n">
-        <x:v>-0.001261012</x:v>
+        <x:v>-0.02215621</x:v>
       </x:c>
       <x:c r="J9" s="32" t="n">
-        <x:v>-2102</x:v>
+        <x:v>-2268</x:v>
       </x:c>
       <x:c r="K9" s="33" t="n">
-        <x:v>-0.03045831</x:v>
+        <x:v>-0.03286128</x:v>
       </x:c>
       <x:c r="L9" s="31" t="n">
-        <x:v>3458</x:v>
+        <x:v>3212</x:v>
       </x:c>
       <x:c r="M9" s="31" t="n">
-        <x:v>6259</x:v>
+        <x:v>6229</x:v>
       </x:c>
       <x:c r="N9" s="32" t="n">
-        <x:v>-2801</x:v>
+        <x:v>-3017</x:v>
       </x:c>
       <x:c r="O9" s="31" t="n">
-        <x:v>27080</x:v>
+        <x:v>23442</x:v>
       </x:c>
       <x:c r="P9" s="31" t="n">
-        <x:v>14833</x:v>
+        <x:v>12593</x:v>
       </x:c>
       <x:c r="Q9" s="31" t="n">
-        <x:v>12246</x:v>
+        <x:v>10849</x:v>
       </x:c>
       <x:c r="R9" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="S9" s="31" t="n">
-        <x:v>24366</x:v>
+        <x:v>21954</x:v>
       </x:c>
       <x:c r="T9" s="31" t="n">
-        <x:v>13302</x:v>
+        <x:v>11690</x:v>
       </x:c>
       <x:c r="U9" s="31" t="n">
-        <x:v>11063</x:v>
+        <x:v>10264</x:v>
       </x:c>
       <x:c r="V9" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="W9" s="32" t="n">
-        <x:v>2714</x:v>
+        <x:v>1488</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:23">
       <x:c r="A10" s="25" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="30" t="n">
-        <x:v>220619</x:v>
+        <x:v>220761</x:v>
       </x:c>
       <x:c r="D10" s="31" t="n">
-        <x:v>471343</x:v>
+        <x:v>470735</x:v>
       </x:c>
       <x:c r="E10" s="31" t="n">
-        <x:v>235991</x:v>
+        <x:v>235653</x:v>
       </x:c>
       <x:c r="F10" s="31" t="n">
-        <x:v>235352</x:v>
+        <x:v>235082</x:v>
       </x:c>
       <x:c r="G10" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H10" s="32" t="n">
-        <x:v>-383</x:v>
+        <x:v>-329</x:v>
       </x:c>
       <x:c r="I10" s="33" t="n">
-        <x:v>-0.0811912</x:v>
+        <x:v>-0.06984189</x:v>
       </x:c>
       <x:c r="J10" s="32" t="n">
-        <x:v>-4507</x:v>
+        <x:v>-4655</x:v>
       </x:c>
       <x:c r="K10" s="33" t="n">
-        <x:v>-0.9471472</x:v>
+        <x:v>-0.979196</x:v>
       </x:c>
       <x:c r="L10" s="31" t="n">
-        <x:v>161</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="M10" s="31" t="n">
-        <x:v>547</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="N10" s="32" t="n">
-        <x:v>-386</x:v>
+        <x:v>-412</x:v>
       </x:c>
       <x:c r="O10" s="31" t="n">
-        <x:v>1294</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="P10" s="31" t="n">
-        <x:v>709</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="Q10" s="31" t="n">
-        <x:v>585</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R10" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S10" s="31" t="n">
-        <x:v>1291</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="T10" s="31" t="n">
-        <x:v>688</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="U10" s="31" t="n">
-        <x:v>603</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="V10" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W10" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:23">
       <x:c r="A11" s="25" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C11" s="30" t="n">
-        <x:v>657664</x:v>
+        <x:v>658530</x:v>
       </x:c>
       <x:c r="D11" s="31" t="n">
-        <x:v>1355010</x:v>
+        <x:v>1355669</x:v>
       </x:c>
       <x:c r="E11" s="31" t="n">
-        <x:v>670780</x:v>
+        <x:v>671197</x:v>
       </x:c>
       <x:c r="F11" s="31" t="n">
-        <x:v>684230</x:v>
+        <x:v>684472</x:v>
       </x:c>
       <x:c r="G11" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H11" s="32" t="n">
-        <x:v>553</x:v>
+        <x:v>-37</x:v>
       </x:c>
       <x:c r="I11" s="33" t="n">
-        <x:v>0.04082817</x:v>
+        <x:v>-0.002729205</x:v>
       </x:c>
       <x:c r="J11" s="32" t="n">
-        <x:v>4963</x:v>
+        <x:v>5062</x:v>
       </x:c>
       <x:c r="K11" s="33" t="n">
-        <x:v>0.3676168</x:v>
+        <x:v>0.3747945</x:v>
       </x:c>
       <x:c r="L11" s="31" t="n">
-        <x:v>823</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="M11" s="31" t="n">
-        <x:v>1046</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="N11" s="32" t="n">
-        <x:v>-223</x:v>
+        <x:v>-331</x:v>
       </x:c>
       <x:c r="O11" s="31" t="n">
-        <x:v>6311</x:v>
+        <x:v>5368</x:v>
       </x:c>
       <x:c r="P11" s="31" t="n">
-        <x:v>3232</x:v>
+        <x:v>2824</x:v>
       </x:c>
       <x:c r="Q11" s="31" t="n">
-        <x:v>3078</x:v>
+        <x:v>2544</x:v>
       </x:c>
       <x:c r="R11" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="S11" s="31" t="n">
-        <x:v>5535</x:v>
+        <x:v>5074</x:v>
       </x:c>
       <x:c r="T11" s="31" t="n">
-        <x:v>2984</x:v>
+        <x:v>2624</x:v>
       </x:c>
       <x:c r="U11" s="31" t="n">
-        <x:v>2550</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="V11" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="W11" s="32" t="n">
-        <x:v>776</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:23">
       <x:c r="A12" s="25" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C12" s="30" t="n">
-        <x:v>45206</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="D12" s="31" t="n">
-        <x:v>95882</x:v>
+        <x:v>95898</x:v>
       </x:c>
       <x:c r="E12" s="31" t="n">
-        <x:v>47337</x:v>
+        <x:v>47349</x:v>
       </x:c>
       <x:c r="F12" s="31" t="n">
-        <x:v>48545</x:v>
+        <x:v>48549</x:v>
       </x:c>
       <x:c r="G12" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H12" s="32" t="n">
-        <x:v>64</x:v>
+        <x:v>-29</x:v>
       </x:c>
       <x:c r="I12" s="33" t="n">
-        <x:v>0.06679329</x:v>
+        <x:v>-0.03023132</x:v>
       </x:c>
       <x:c r="J12" s="32" t="n">
-        <x:v>314</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="K12" s="33" t="n">
-        <x:v>0.3285619</x:v>
+        <x:v>0.2875877</x:v>
       </x:c>
       <x:c r="L12" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M12" s="31" t="n">
-        <x:v>58</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N12" s="32" t="n">
-        <x:v>-1</x:v>
+        <x:v>-34</x:v>
       </x:c>
       <x:c r="O12" s="31" t="n">
-        <x:v>373</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P12" s="31" t="n">
-        <x:v>190</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q12" s="31" t="n">
-        <x:v>183</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R12" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S12" s="31" t="n">
-        <x:v>308</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="T12" s="31" t="n">
-        <x:v>154</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U12" s="31" t="n">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="V12" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W12" s="32" t="n">
-        <x:v>65</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:23">
       <x:c r="A13" s="25" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B13" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="30" t="n">
-        <x:v>74522</x:v>
+        <x:v>74768</x:v>
       </x:c>
       <x:c r="D13" s="31" t="n">
-        <x:v>151693</x:v>
+        <x:v>151956</x:v>
       </x:c>
       <x:c r="E13" s="31" t="n">
-        <x:v>74937</x:v>
+        <x:v>75102</x:v>
       </x:c>
       <x:c r="F13" s="31" t="n">
-        <x:v>76756</x:v>
+        <x:v>76854</x:v>
       </x:c>
       <x:c r="G13" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H13" s="32" t="n">
-        <x:v>-138</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I13" s="33" t="n">
-        <x:v>-0.09089053</x:v>
+        <x:v>0.03489069</x:v>
       </x:c>
       <x:c r="J13" s="32" t="n">
-        <x:v>880</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="K13" s="33" t="n">
-        <x:v>0.5835041</x:v>
+        <x:v>0.6344455</x:v>
       </x:c>
       <x:c r="L13" s="31" t="n">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M13" s="31" t="n">
-        <x:v>139</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N13" s="32" t="n">
-        <x:v>-60</x:v>
+        <x:v>-30</x:v>
       </x:c>
       <x:c r="O13" s="31" t="n">
-        <x:v>696</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="P13" s="31" t="n">
-        <x:v>358</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q13" s="31" t="n">
-        <x:v>338</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R13" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S13" s="31" t="n">
-        <x:v>774</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="T13" s="31" t="n">
-        <x:v>445</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U13" s="31" t="n">
-        <x:v>329</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="V13" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W13" s="32" t="n">
-        <x:v>-78</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:23">
       <x:c r="A14" s="25" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="30" t="n">
-        <x:v>65137</x:v>
+        <x:v>65173</x:v>
       </x:c>
       <x:c r="D14" s="31" t="n">
-        <x:v>127641</x:v>
+        <x:v>127670</x:v>
       </x:c>
       <x:c r="E14" s="31" t="n">
-        <x:v>63441</x:v>
+        <x:v>63475</x:v>
       </x:c>
       <x:c r="F14" s="31" t="n">
-        <x:v>64200</x:v>
+        <x:v>64195</x:v>
       </x:c>
       <x:c r="G14" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H14" s="32" t="n">
-        <x:v>-47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I14" s="33" t="n">
-        <x:v>-0.03680847</x:v>
+        <x:v>0.02193635</x:v>
       </x:c>
       <x:c r="J14" s="32" t="n">
-        <x:v>1399</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="K14" s="33" t="n">
-        <x:v>1.108189</x:v>
+        <x:v>1.050315</x:v>
       </x:c>
       <x:c r="L14" s="31" t="n">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="M14" s="31" t="n">
-        <x:v>95</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N14" s="32" t="n">
-        <x:v>-11</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="O14" s="31" t="n">
-        <x:v>635</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="P14" s="31" t="n">
-        <x:v>341</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q14" s="31" t="n">
-        <x:v>293</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R14" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="S14" s="31" t="n">
-        <x:v>671</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="T14" s="31" t="n">
-        <x:v>350</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U14" s="31" t="n">
-        <x:v>320</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="V14" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="W14" s="32" t="n">
-        <x:v>-36</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:23">
       <x:c r="A15" s="25" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="30" t="n">
-        <x:v>80065</x:v>
+        <x:v>80185</x:v>
       </x:c>
       <x:c r="D15" s="31" t="n">
-        <x:v>165770</x:v>
+        <x:v>165883</x:v>
       </x:c>
       <x:c r="E15" s="31" t="n">
-        <x:v>81810</x:v>
+        <x:v>81906</x:v>
       </x:c>
       <x:c r="F15" s="31" t="n">
-        <x:v>83960</x:v>
+        <x:v>83977</x:v>
       </x:c>
       <x:c r="G15" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H15" s="32" t="n">
-        <x:v>67</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I15" s="33" t="n">
-        <x:v>0.04043379</x:v>
+        <x:v>0.01386712</x:v>
       </x:c>
       <x:c r="J15" s="32" t="n">
-        <x:v>302</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="K15" s="33" t="n">
-        <x:v>0.1825126</x:v>
+        <x:v>0.2411109</x:v>
       </x:c>
       <x:c r="L15" s="31" t="n">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M15" s="31" t="n">
-        <x:v>148</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="N15" s="32" t="n">
-        <x:v>-58</x:v>
+        <x:v>-65</x:v>
       </x:c>
       <x:c r="O15" s="31" t="n">
-        <x:v>649</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P15" s="31" t="n">
-        <x:v>339</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q15" s="31" t="n">
-        <x:v>310</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R15" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S15" s="31" t="n">
-        <x:v>524</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="T15" s="31" t="n">
-        <x:v>278</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U15" s="31" t="n">
-        <x:v>246</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="V15" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W15" s="32" t="n">
-        <x:v>125</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:23">
       <x:c r="A16" s="25" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="30" t="n">
-        <x:v>51581</x:v>
+        <x:v>51621</x:v>
       </x:c>
       <x:c r="D16" s="31" t="n">
-        <x:v>103370</x:v>
+        <x:v>103420</x:v>
       </x:c>
       <x:c r="E16" s="31" t="n">
-        <x:v>50927</x:v>
+        <x:v>50935</x:v>
       </x:c>
       <x:c r="F16" s="31" t="n">
-        <x:v>52443</x:v>
+        <x:v>52485</x:v>
       </x:c>
       <x:c r="G16" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H16" s="32" t="n">
-        <x:v>43</x:v>
+        <x:v>-37</x:v>
       </x:c>
       <x:c r="I16" s="33" t="n">
-        <x:v>0.04161545</x:v>
+        <x:v>-0.03576365</x:v>
       </x:c>
       <x:c r="J16" s="32" t="n">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K16" s="33" t="n">
-        <x:v>0.2735527</x:v>
+        <x:v>0.2685592</x:v>
       </x:c>
       <x:c r="L16" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M16" s="31" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="N16" s="32" t="n">
-        <x:v>-13</x:v>
+        <x:v>-14</x:v>
       </x:c>
       <x:c r="O16" s="31" t="n">
-        <x:v>558</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="P16" s="31" t="n">
-        <x:v>283</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q16" s="31" t="n">
-        <x:v>275</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R16" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S16" s="31" t="n">
-        <x:v>502</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="T16" s="31" t="n">
-        <x:v>269</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U16" s="31" t="n">
-        <x:v>233</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="V16" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W16" s="32" t="n">
-        <x:v>56</x:v>
+        <x:v>-23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:23">
       <x:c r="A17" s="25" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C17" s="30" t="n">
-        <x:v>49281</x:v>
+        <x:v>49344</x:v>
       </x:c>
       <x:c r="D17" s="31" t="n">
-        <x:v>96367</x:v>
+        <x:v>96350</x:v>
       </x:c>
       <x:c r="E17" s="31" t="n">
-        <x:v>48659</x:v>
+        <x:v>48675</x:v>
       </x:c>
       <x:c r="F17" s="31" t="n">
-        <x:v>47708</x:v>
+        <x:v>47675</x:v>
       </x:c>
       <x:c r="G17" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H17" s="32" t="n">
-        <x:v>131</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="I17" s="33" t="n">
-        <x:v>0.1361237</x:v>
+        <x:v>0.02180029</x:v>
       </x:c>
       <x:c r="J17" s="32" t="n">
-        <x:v>-418</x:v>
+        <x:v>-293</x:v>
       </x:c>
       <x:c r="K17" s="33" t="n">
-        <x:v>-0.4318851</x:v>
+        <x:v>-0.3031777</x:v>
       </x:c>
       <x:c r="L17" s="31" t="n">
-        <x:v>56</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M17" s="31" t="n">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N17" s="32" t="n">
-        <x:v>-31</x:v>
+        <x:v>-37</x:v>
       </x:c>
       <x:c r="O17" s="31" t="n">
-        <x:v>589</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="P17" s="31" t="n">
-        <x:v>277</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q17" s="31" t="n">
-        <x:v>312</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R17" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S17" s="31" t="n">
-        <x:v>427</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="T17" s="31" t="n">
-        <x:v>228</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U17" s="31" t="n">
-        <x:v>199</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="V17" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W17" s="32" t="n">
-        <x:v>162</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:23">
       <x:c r="A18" s="25" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C18" s="30" t="n">
-        <x:v>81358</x:v>
+        <x:v>81305</x:v>
       </x:c>
       <x:c r="D18" s="31" t="n">
-        <x:v>170385</x:v>
+        <x:v>170302</x:v>
       </x:c>
       <x:c r="E18" s="31" t="n">
-        <x:v>82297</x:v>
+        <x:v>82220</x:v>
       </x:c>
       <x:c r="F18" s="31" t="n">
-        <x:v>88088</x:v>
+        <x:v>88082</x:v>
       </x:c>
       <x:c r="G18" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H18" s="32" t="n">
-        <x:v>157</x:v>
+        <x:v>-130</x:v>
       </x:c>
       <x:c r="I18" s="33" t="n">
-        <x:v>0.09222925</x:v>
+        <x:v>-0.07627676</x:v>
       </x:c>
       <x:c r="J18" s="32" t="n">
-        <x:v>525</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="K18" s="33" t="n">
-        <x:v>0.3090781</x:v>
+        <x:v>0.2490008</x:v>
       </x:c>
       <x:c r="L18" s="31" t="n">
-        <x:v>101</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="M18" s="31" t="n">
-        <x:v>96</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="N18" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>-47</x:v>
       </x:c>
       <x:c r="O18" s="31" t="n">
-        <x:v>875</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="P18" s="31" t="n">
-        <x:v>421</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q18" s="31" t="n">
-        <x:v>454</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R18" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S18" s="31" t="n">
-        <x:v>723</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="T18" s="31" t="n">
-        <x:v>381</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U18" s="31" t="n">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="V18" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W18" s="32" t="n">
-        <x:v>152</x:v>
+        <x:v>-83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:23">
       <x:c r="A19" s="25" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B19" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C19" s="30" t="n">
-        <x:v>94994</x:v>
+        <x:v>95076</x:v>
       </x:c>
       <x:c r="D19" s="31" t="n">
-        <x:v>196112</x:v>
+        <x:v>196074</x:v>
       </x:c>
       <x:c r="E19" s="31" t="n">
-        <x:v>98060</x:v>
+        <x:v>98035</x:v>
       </x:c>
       <x:c r="F19" s="31" t="n">
-        <x:v>98052</x:v>
+        <x:v>98039</x:v>
       </x:c>
       <x:c r="G19" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H19" s="32" t="n">
-        <x:v>67</x:v>
+        <x:v>-113</x:v>
       </x:c>
       <x:c r="I19" s="33" t="n">
-        <x:v>0.03417583</x:v>
+        <x:v>-0.05759811</x:v>
       </x:c>
       <x:c r="J19" s="32" t="n">
-        <x:v>530</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K19" s="33" t="n">
-        <x:v>0.2709861</x:v>
+        <x:v>0.2433563</x:v>
       </x:c>
       <x:c r="L19" s="31" t="n">
-        <x:v>143</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="M19" s="31" t="n">
-        <x:v>131</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N19" s="32" t="n">
-        <x:v>12</x:v>
+        <x:v>-21</x:v>
       </x:c>
       <x:c r="O19" s="31" t="n">
-        <x:v>927</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="P19" s="31" t="n">
-        <x:v>501</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q19" s="31" t="n">
-        <x:v>426</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R19" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S19" s="31" t="n">
-        <x:v>872</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="T19" s="31" t="n">
-        <x:v>469</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U19" s="31" t="n">
-        <x:v>403</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="V19" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W19" s="32" t="n">
-        <x:v>55</x:v>
+        <x:v>-92</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:23">
       <x:c r="A20" s="25" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C20" s="30" t="n">
-        <x:v>61045</x:v>
+        <x:v>61213</x:v>
       </x:c>
       <x:c r="D20" s="31" t="n">
-        <x:v>135866</x:v>
+        <x:v>136129</x:v>
       </x:c>
       <x:c r="E20" s="31" t="n">
-        <x:v>67001</x:v>
+        <x:v>67154</x:v>
       </x:c>
       <x:c r="F20" s="31" t="n">
-        <x:v>68865</x:v>
+        <x:v>68975</x:v>
       </x:c>
       <x:c r="G20" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H20" s="32" t="n">
-        <x:v>135</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I20" s="33" t="n">
-        <x:v>0.09946144</x:v>
+        <x:v>0.09411696</x:v>
       </x:c>
       <x:c r="J20" s="32" t="n">
-        <x:v>1388</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="K20" s="33" t="n">
-        <x:v>1.032139</x:v>
+        <x:v>1.048123</x:v>
       </x:c>
       <x:c r="L20" s="31" t="n">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="M20" s="31" t="n">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="N20" s="32" t="n">
-        <x:v>-24</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="O20" s="31" t="n">
-        <x:v>572</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="P20" s="31" t="n">
-        <x:v>296</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q20" s="31" t="n">
-        <x:v>276</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R20" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S20" s="31" t="n">
-        <x:v>413</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="T20" s="31" t="n">
-        <x:v>230</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U20" s="31" t="n">
-        <x:v>183</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="V20" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W20" s="32" t="n">
-        <x:v>159</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:23">
       <x:c r="A21" s="25" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C21" s="30" t="n">
-        <x:v>54475</x:v>
+        <x:v>54586</x:v>
       </x:c>
       <x:c r="D21" s="31" t="n">
-        <x:v>111924</x:v>
+        <x:v>111987</x:v>
       </x:c>
       <x:c r="E21" s="31" t="n">
-        <x:v>56311</x:v>
+        <x:v>56346</x:v>
       </x:c>
       <x:c r="F21" s="31" t="n">
-        <x:v>55613</x:v>
+        <x:v>55641</x:v>
       </x:c>
       <x:c r="G21" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H21" s="32" t="n">
-        <x:v>74</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I21" s="33" t="n">
-        <x:v>0.06616004</x:v>
+        <x:v>0.01696913</x:v>
       </x:c>
       <x:c r="J21" s="32" t="n">
-        <x:v>-239</x:v>
+        <x:v>-192</x:v>
       </x:c>
       <x:c r="K21" s="33" t="n">
-        <x:v>-0.2130827</x:v>
+        <x:v>-0.171155</x:v>
       </x:c>
       <x:c r="L21" s="31" t="n">
-        <x:v>64</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M21" s="31" t="n">
-        <x:v>106</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N21" s="32" t="n">
-        <x:v>-42</x:v>
+        <x:v>-86</x:v>
       </x:c>
       <x:c r="O21" s="31" t="n">
-        <x:v>437</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P21" s="31" t="n">
-        <x:v>226</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q21" s="31" t="n">
-        <x:v>211</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R21" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S21" s="31" t="n">
-        <x:v>321</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="T21" s="31" t="n">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U21" s="31" t="n">
-        <x:v>141</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="V21" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W21" s="32" t="n">
-        <x:v>116</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:23">
       <x:c r="A22" s="25" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C22" s="30" t="n">
-        <x:v>171201</x:v>
+        <x:v>171515</x:v>
       </x:c>
       <x:c r="D22" s="31" t="n">
-        <x:v>352670</x:v>
+        <x:v>352628</x:v>
       </x:c>
       <x:c r="E22" s="31" t="n">
-        <x:v>175275</x:v>
+        <x:v>175229</x:v>
       </x:c>
       <x:c r="F22" s="31" t="n">
-        <x:v>177394</x:v>
+        <x:v>177398</x:v>
       </x:c>
       <x:c r="G22" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H22" s="32" t="n">
-        <x:v>-127</x:v>
+        <x:v>-101</x:v>
       </x:c>
       <x:c r="I22" s="33" t="n">
-        <x:v>-0.03599804</x:v>
+        <x:v>-0.02863388</x:v>
       </x:c>
       <x:c r="J22" s="32" t="n">
-        <x:v>-364</x:v>
+        <x:v>-288</x:v>
       </x:c>
       <x:c r="K22" s="33" t="n">
-        <x:v>-0.1031062</x:v>
+        <x:v>-0.08160582</x:v>
       </x:c>
       <x:c r="L22" s="31" t="n">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M22" s="31" t="n">
-        <x:v>329</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="N22" s="32" t="n">
-        <x:v>-186</x:v>
+        <x:v>-189</x:v>
       </x:c>
       <x:c r="O22" s="31" t="n">
-        <x:v>1197</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="P22" s="31" t="n">
-        <x:v>672</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q22" s="31" t="n">
-        <x:v>525</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R22" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S22" s="31" t="n">
-        <x:v>1138</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="T22" s="31" t="n">
-        <x:v>613</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="U22" s="31" t="n">
-        <x:v>525</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="V22" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W22" s="32" t="n">
-        <x:v>59</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:23">
       <x:c r="A23" s="25" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B23" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C23" s="30" t="n">
-        <x:v>91534</x:v>
+        <x:v>91544</x:v>
       </x:c>
       <x:c r="D23" s="31" t="n">
-        <x:v>190244</x:v>
+        <x:v>190086</x:v>
       </x:c>
       <x:c r="E23" s="31" t="n">
-        <x:v>95277</x:v>
+        <x:v>95178</x:v>
       </x:c>
       <x:c r="F23" s="31" t="n">
-        <x:v>94967</x:v>
+        <x:v>94908</x:v>
       </x:c>
       <x:c r="G23" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H23" s="32" t="n">
-        <x:v>16</x:v>
+        <x:v>-130</x:v>
       </x:c>
       <x:c r="I23" s="33" t="n">
-        <x:v>0.00841096</x:v>
+        <x:v>-0.06834336</x:v>
       </x:c>
       <x:c r="J23" s="32" t="n">
-        <x:v>-1000</x:v>
+        <x:v>-1022</x:v>
       </x:c>
       <x:c r="K23" s="33" t="n">
-        <x:v>-0.5228922</x:v>
+        <x:v>-0.5347762</x:v>
       </x:c>
       <x:c r="L23" s="31" t="n">
-        <x:v>86</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M23" s="31" t="n">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N23" s="32" t="n">
-        <x:v>-118</x:v>
+        <x:v>-130</x:v>
       </x:c>
       <x:c r="O23" s="31" t="n">
-        <x:v>692</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="P23" s="31" t="n">
-        <x:v>421</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q23" s="31" t="n">
-        <x:v>271</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R23" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S23" s="31" t="n">
-        <x:v>558</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="T23" s="31" t="n">
-        <x:v>342</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U23" s="31" t="n">
-        <x:v>216</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="V23" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W23" s="32" t="n">
-        <x:v>134</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:23">
       <x:c r="A24" s="25" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C24" s="30" t="n">
-        <x:v>310774</x:v>
+        <x:v>311417</x:v>
       </x:c>
       <x:c r="D24" s="31" t="n">
-        <x:v>608360</x:v>
+        <x:v>608720</x:v>
       </x:c>
       <x:c r="E24" s="31" t="n">
-        <x:v>308449</x:v>
+        <x:v>308596</x:v>
       </x:c>
       <x:c r="F24" s="31" t="n">
-        <x:v>299911</x:v>
+        <x:v>300124</x:v>
       </x:c>
       <x:c r="G24" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H24" s="32" t="n">
-        <x:v>40</x:v>
+        <x:v>-133</x:v>
       </x:c>
       <x:c r="I24" s="33" t="n">
-        <x:v>0.006575487</x:v>
+        <x:v>-0.02184435</x:v>
       </x:c>
       <x:c r="J24" s="32" t="n">
-        <x:v>709</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="K24" s="33" t="n">
-        <x:v>0.1166788</x:v>
+        <x:v>0.1451045</x:v>
       </x:c>
       <x:c r="L24" s="31" t="n">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="M24" s="31" t="n">
-        <x:v>500</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="N24" s="32" t="n">
-        <x:v>-182</x:v>
+        <x:v>-228</x:v>
       </x:c>
       <x:c r="O24" s="31" t="n">
-        <x:v>2704</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="P24" s="31" t="n">
-        <x:v>1559</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="Q24" s="31" t="n">
-        <x:v>1145</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="R24" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S24" s="31" t="n">
-        <x:v>2482</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="T24" s="31" t="n">
-        <x:v>1408</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="U24" s="31" t="n">
-        <x:v>1074</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="V24" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W24" s="32" t="n">
-        <x:v>222</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:23">
       <x:c r="A25" s="25" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B25" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C25" s="30" t="n">
-        <x:v>36679</x:v>
+        <x:v>36795</x:v>
       </x:c>
       <x:c r="D25" s="31" t="n">
-        <x:v>77425</x:v>
+        <x:v>77430</x:v>
       </x:c>
       <x:c r="E25" s="31" t="n">
-        <x:v>38354</x:v>
+        <x:v>38336</x:v>
       </x:c>
       <x:c r="F25" s="31" t="n">
-        <x:v>39071</x:v>
+        <x:v>39094</x:v>
       </x:c>
       <x:c r="G25" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H25" s="32" t="n">
-        <x:v>-22</x:v>
+        <x:v>-42</x:v>
       </x:c>
       <x:c r="I25" s="33" t="n">
-        <x:v>-0.02840652</x:v>
+        <x:v>-0.05421314</x:v>
       </x:c>
       <x:c r="J25" s="32" t="n">
-        <x:v>-631</x:v>
+        <x:v>-551</x:v>
       </x:c>
       <x:c r="K25" s="33" t="n">
-        <x:v>-0.808394</x:v>
+        <x:v>-0.7065824</x:v>
       </x:c>
       <x:c r="L25" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="M25" s="31" t="n">
-        <x:v>110</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N25" s="32" t="n">
-        <x:v>-88</x:v>
+        <x:v>-54</x:v>
       </x:c>
       <x:c r="O25" s="31" t="n">
-        <x:v>291</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P25" s="31" t="n">
-        <x:v>158</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q25" s="31" t="n">
-        <x:v>133</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R25" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S25" s="31" t="n">
-        <x:v>225</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="T25" s="31" t="n">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U25" s="31" t="n">
-        <x:v>103</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="V25" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W25" s="32" t="n">
-        <x:v>66</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:23">
       <x:c r="A26" s="25" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C26" s="30" t="n">
-        <x:v>26009</x:v>
+        <x:v>26002</x:v>
       </x:c>
       <x:c r="D26" s="31" t="n">
-        <x:v>56475</x:v>
+        <x:v>56325</x:v>
       </x:c>
       <x:c r="E26" s="31" t="n">
-        <x:v>27678</x:v>
+        <x:v>27591</x:v>
       </x:c>
       <x:c r="F26" s="31" t="n">
-        <x:v>28797</x:v>
+        <x:v>28734</x:v>
       </x:c>
       <x:c r="G26" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H26" s="32" t="n">
-        <x:v>-59</x:v>
+        <x:v>-88</x:v>
       </x:c>
       <x:c r="I26" s="33" t="n">
-        <x:v>-0.104362</x:v>
+        <x:v>-0.1559924</x:v>
       </x:c>
       <x:c r="J26" s="32" t="n">
-        <x:v>-913</x:v>
+        <x:v>-971</x:v>
       </x:c>
       <x:c r="K26" s="33" t="n">
-        <x:v>-1.590925</x:v>
+        <x:v>-1.694708</x:v>
       </x:c>
       <x:c r="L26" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="M26" s="31" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="N26" s="32" t="n">
+        <x:v>-69</x:v>
+      </x:c>
+      <x:c r="O26" s="31" t="n">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="N26" s="32" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="P26" s="31" t="n">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q26" s="31" t="n">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R26" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S26" s="31" t="n">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="T26" s="31" t="n">
-        <x:v>52</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U26" s="31" t="n">
-        <x:v>33</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="V26" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W26" s="32" t="n">
-        <x:v>-5</x:v>
+        <x:v>-19</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:23">
       <x:c r="A27" s="25" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B27" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C27" s="30" t="n">
-        <x:v>172471</x:v>
+        <x:v>172641</x:v>
       </x:c>
       <x:c r="D27" s="31" t="n">
-        <x:v>342615</x:v>
+        <x:v>342556</x:v>
       </x:c>
       <x:c r="E27" s="31" t="n">
-        <x:v>168719</x:v>
+        <x:v>168712</x:v>
       </x:c>
       <x:c r="F27" s="31" t="n">
-        <x:v>173896</x:v>
+        <x:v>173844</x:v>
       </x:c>
       <x:c r="G27" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H27" s="32" t="n">
-        <x:v>-67</x:v>
+        <x:v>-59</x:v>
       </x:c>
       <x:c r="I27" s="33" t="n">
-        <x:v>-0.01955165</x:v>
+        <x:v>-0.0172205</x:v>
       </x:c>
       <x:c r="J27" s="32" t="n">
-        <x:v>-5</x:v>
+        <x:v>-119</x:v>
       </x:c>
       <x:c r="K27" s="33" t="n">
-        <x:v>-0.001459343</x:v>
+        <x:v>-0.03472678</x:v>
       </x:c>
       <x:c r="L27" s="31" t="n">
-        <x:v>177</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="M27" s="31" t="n">
-        <x:v>330</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="N27" s="32" t="n">
-        <x:v>-153</x:v>
+        <x:v>-147</x:v>
       </x:c>
       <x:c r="O27" s="31" t="n">
-        <x:v>1158</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="P27" s="31" t="n">
-        <x:v>593</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q27" s="31" t="n">
-        <x:v>565</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="R27" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S27" s="31" t="n">
-        <x:v>1072</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="T27" s="31" t="n">
-        <x:v>548</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U27" s="31" t="n">
-        <x:v>524</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="V27" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W27" s="32" t="n">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:23">
       <x:c r="A28" s="25" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C28" s="30" t="n">
-        <x:v>36803</x:v>
+        <x:v>36726</x:v>
       </x:c>
       <x:c r="D28" s="31" t="n">
-        <x:v>77559</x:v>
+        <x:v>77405</x:v>
       </x:c>
       <x:c r="E28" s="31" t="n">
-        <x:v>38756</x:v>
+        <x:v>38657</x:v>
       </x:c>
       <x:c r="F28" s="31" t="n">
-        <x:v>38803</x:v>
+        <x:v>38748</x:v>
       </x:c>
       <x:c r="G28" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H28" s="32" t="n">
-        <x:v>-111</x:v>
+        <x:v>-76</x:v>
       </x:c>
       <x:c r="I28" s="33" t="n">
-        <x:v>-0.1429123</x:v>
+        <x:v>-0.09808856</x:v>
       </x:c>
       <x:c r="J28" s="32" t="n">
-        <x:v>-507</x:v>
+        <x:v>-602</x:v>
       </x:c>
       <x:c r="K28" s="33" t="n">
-        <x:v>-0.6494505</x:v>
+        <x:v>-0.7717256</x:v>
       </x:c>
       <x:c r="L28" s="31" t="n">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M28" s="31" t="n">
-        <x:v>68</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N28" s="32" t="n">
-        <x:v>-32</x:v>
+        <x:v>-44</x:v>
       </x:c>
       <x:c r="O28" s="31" t="n">
-        <x:v>157</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P28" s="31" t="n">
-        <x:v>89</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q28" s="31" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R28" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S28" s="31" t="n">
-        <x:v>236</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="T28" s="31" t="n">
-        <x:v>121</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U28" s="31" t="n">
-        <x:v>115</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="V28" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W28" s="32" t="n">
-        <x:v>-79</x:v>
+        <x:v>-32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:23">
       <x:c r="A29" s="25" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B29" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C29" s="30" t="n">
-        <x:v>51826</x:v>
+        <x:v>51936</x:v>
       </x:c>
       <x:c r="D29" s="31" t="n">
-        <x:v>111811</x:v>
+        <x:v>111828</x:v>
       </x:c>
       <x:c r="E29" s="31" t="n">
-        <x:v>56411</x:v>
+        <x:v>56426</x:v>
       </x:c>
       <x:c r="F29" s="31" t="n">
-        <x:v>55400</x:v>
+        <x:v>55402</x:v>
       </x:c>
       <x:c r="G29" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H29" s="32" t="n">
-        <x:v>-60</x:v>
+        <x:v>-64</x:v>
       </x:c>
       <x:c r="I29" s="33" t="n">
-        <x:v>-0.0536332</x:v>
+        <x:v>-0.05719801</x:v>
       </x:c>
       <x:c r="J29" s="32" t="n">
-        <x:v>-143</x:v>
+        <x:v>-229</x:v>
       </x:c>
       <x:c r="K29" s="33" t="n">
-        <x:v>-0.127731</x:v>
+        <x:v>-0.2043603</x:v>
       </x:c>
       <x:c r="L29" s="31" t="n">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M29" s="31" t="n">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="N29" s="32" t="n">
-        <x:v>-89</x:v>
+        <x:v>-71</x:v>
       </x:c>
       <x:c r="O29" s="31" t="n">
-        <x:v>336</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="P29" s="31" t="n">
-        <x:v>203</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q29" s="31" t="n">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R29" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S29" s="31" t="n">
         <x:v>307</x:v>
       </x:c>
       <x:c r="T29" s="31" t="n">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U29" s="31" t="n">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="V29" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W29" s="32" t="n">
-        <x:v>29</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:23">
       <x:c r="A30" s="25" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C30" s="30" t="n">
-        <x:v>36777</x:v>
+        <x:v>36808</x:v>
       </x:c>
       <x:c r="D30" s="31" t="n">
-        <x:v>76231</x:v>
+        <x:v>76169</x:v>
       </x:c>
       <x:c r="E30" s="31" t="n">
-        <x:v>38113</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="F30" s="31" t="n">
-        <x:v>38118</x:v>
+        <x:v>38055</x:v>
       </x:c>
       <x:c r="G30" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H30" s="32" t="n">
-        <x:v>-26</x:v>
+        <x:v>-49</x:v>
       </x:c>
       <x:c r="I30" s="33" t="n">
-        <x:v>-0.03409523</x:v>
+        <x:v>-0.06428927</x:v>
       </x:c>
       <x:c r="J30" s="32" t="n">
-        <x:v>-592</x:v>
+        <x:v>-639</x:v>
       </x:c>
       <x:c r="K30" s="33" t="n">
-        <x:v>-0.7706025</x:v>
+        <x:v>-0.8319446</x:v>
       </x:c>
       <x:c r="L30" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="M30" s="31" t="n">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N30" s="32" t="n">
-        <x:v>-55</x:v>
+        <x:v>-34</x:v>
       </x:c>
       <x:c r="O30" s="31" t="n">
-        <x:v>265</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P30" s="31" t="n">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q30" s="31" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="R30" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S30" s="31" t="n">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="T30" s="31" t="n">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="U30" s="31" t="n">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="R30" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="V30" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W30" s="32" t="n">
-        <x:v>29</x:v>
+        <x:v>-15</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:23">
       <x:c r="A31" s="25" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B31" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C31" s="30" t="n">
-        <x:v>44235</x:v>
+        <x:v>44254</x:v>
       </x:c>
       <x:c r="D31" s="31" t="n">
-        <x:v>91262</x:v>
+        <x:v>91229</x:v>
       </x:c>
       <x:c r="E31" s="31" t="n">
-        <x:v>45737</x:v>
+        <x:v>45717</x:v>
       </x:c>
       <x:c r="F31" s="31" t="n">
-        <x:v>45525</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="G31" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H31" s="32" t="n">
-        <x:v>-23</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="33" t="n">
-        <x:v>-0.02519581</x:v>
+        <x:v>0.0186379</x:v>
       </x:c>
       <x:c r="J31" s="32" t="n">
-        <x:v>185</x:v>
+        <x:v>-33</x:v>
       </x:c>
       <x:c r="K31" s="33" t="n">
-        <x:v>0.2031248</x:v>
+        <x:v>-0.03615963</x:v>
       </x:c>
       <x:c r="L31" s="31" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="M31" s="31" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="N31" s="32" t="n">
+        <x:v>-32</x:v>
+      </x:c>
+      <x:c r="O31" s="31" t="n">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="P31" s="31" t="n">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="Q31" s="31" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R31" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S31" s="31" t="n">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="T31" s="31" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="U31" s="31" t="n">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="V31" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W31" s="32" t="n">
         <x:v>49</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:23">
       <x:c r="A32" s="25" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="30" t="n">
-        <x:v>114254</x:v>
+        <x:v>114420</x:v>
       </x:c>
       <x:c r="D32" s="31" t="n">
-        <x:v>228928</x:v>
+        <x:v>228798</x:v>
       </x:c>
       <x:c r="E32" s="31" t="n">
-        <x:v>113222</x:v>
+        <x:v>113174</x:v>
       </x:c>
       <x:c r="F32" s="31" t="n">
-        <x:v>115706</x:v>
+        <x:v>115624</x:v>
       </x:c>
       <x:c r="G32" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H32" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>-143</x:v>
       </x:c>
       <x:c r="I32" s="33" t="n">
-        <x:v>0.001747305</x:v>
+        <x:v>-0.06246151</x:v>
       </x:c>
       <x:c r="J32" s="32" t="n">
-        <x:v>-1009</x:v>
+        <x:v>-959</x:v>
       </x:c>
       <x:c r="K32" s="33" t="n">
-        <x:v>-0.4388159</x:v>
+        <x:v>-0.4173975</x:v>
       </x:c>
       <x:c r="L32" s="31" t="n">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M32" s="31" t="n">
-        <x:v>243</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="N32" s="32" t="n">
-        <x:v>-155</x:v>
+        <x:v>-180</x:v>
       </x:c>
       <x:c r="O32" s="31" t="n">
-        <x:v>739</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="P32" s="31" t="n">
-        <x:v>421</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q32" s="31" t="n">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R32" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S32" s="31" t="n">
-        <x:v>580</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="T32" s="31" t="n">
-        <x:v>319</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U32" s="31" t="n">
-        <x:v>261</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="V32" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W32" s="32" t="n">
-        <x:v>159</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:23">
       <x:c r="A33" s="25" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B33" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C33" s="30" t="n">
-        <x:v>73183</x:v>
+        <x:v>73381</x:v>
       </x:c>
       <x:c r="D33" s="31" t="n">
-        <x:v>147420</x:v>
+        <x:v>147434</x:v>
       </x:c>
       <x:c r="E33" s="31" t="n">
-        <x:v>73384</x:v>
+        <x:v>73371</x:v>
       </x:c>
       <x:c r="F33" s="31" t="n">
-        <x:v>74036</x:v>
+        <x:v>74063</x:v>
       </x:c>
       <x:c r="G33" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H33" s="32" t="n">
-        <x:v>-16</x:v>
+        <x:v>-33</x:v>
       </x:c>
       <x:c r="I33" s="33" t="n">
-        <x:v>-0.01085217</x:v>
+        <x:v>-0.02237789</x:v>
       </x:c>
       <x:c r="J33" s="32" t="n">
-        <x:v>-987</x:v>
+        <x:v>-929</x:v>
       </x:c>
       <x:c r="K33" s="33" t="n">
-        <x:v>-0.665063</x:v>
+        <x:v>-0.6261669</x:v>
       </x:c>
       <x:c r="L33" s="31" t="n">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M33" s="31" t="n">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="N33" s="32" t="n">
-        <x:v>-101</x:v>
+        <x:v>-103</x:v>
       </x:c>
       <x:c r="O33" s="31" t="n">
-        <x:v>501</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="P33" s="31" t="n">
-        <x:v>283</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q33" s="31" t="n">
-        <x:v>218</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R33" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S33" s="31" t="n">
-        <x:v>416</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="T33" s="31" t="n">
-        <x:v>221</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U33" s="31" t="n">
-        <x:v>195</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="V33" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W33" s="32" t="n">
-        <x:v>85</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:23">
       <x:c r="A34" s="25" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C34" s="30" t="n">
-        <x:v>25338</x:v>
+        <x:v>25377</x:v>
       </x:c>
       <x:c r="D34" s="31" t="n">
-        <x:v>53561</x:v>
+        <x:v>53579</x:v>
       </x:c>
       <x:c r="E34" s="31" t="n">
-        <x:v>26967</x:v>
+        <x:v>26973</x:v>
       </x:c>
       <x:c r="F34" s="31" t="n">
-        <x:v>26594</x:v>
+        <x:v>26606</x:v>
       </x:c>
       <x:c r="G34" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H34" s="32" t="n">
-        <x:v>26</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="I34" s="33" t="n">
-        <x:v>0.04856636</x:v>
+        <x:v>-0.02425735</x:v>
       </x:c>
       <x:c r="J34" s="32" t="n">
-        <x:v>-168</x:v>
+        <x:v>-107</x:v>
       </x:c>
       <x:c r="K34" s="33" t="n">
-        <x:v>-0.3126803</x:v>
+        <x:v>-0.1993071</x:v>
       </x:c>
       <x:c r="L34" s="31" t="n">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="M34" s="31" t="n">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N34" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>-31</x:v>
       </x:c>
       <x:c r="O34" s="31" t="n">
-        <x:v>220</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P34" s="31" t="n">
-        <x:v>124</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q34" s="31" t="n">
-        <x:v>96</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R34" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S34" s="31" t="n">
-        <x:v>179</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="T34" s="31" t="n">
-        <x:v>106</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U34" s="31" t="n">
-        <x:v>73</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="V34" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W34" s="32" t="n">
-        <x:v>41</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:23">
       <x:c r="A35" s="25" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B35" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C35" s="30" t="n">
-        <x:v>54268</x:v>
+        <x:v>54336</x:v>
       </x:c>
       <x:c r="D35" s="31" t="n">
-        <x:v>117678</x:v>
+        <x:v>117605</x:v>
       </x:c>
       <x:c r="E35" s="31" t="n">
-        <x:v>58137</x:v>
+        <x:v>58073</x:v>
       </x:c>
       <x:c r="F35" s="31" t="n">
-        <x:v>59541</x:v>
+        <x:v>59532</x:v>
       </x:c>
       <x:c r="G35" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H35" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>-70</x:v>
       </x:c>
       <x:c r="I35" s="33" t="n">
-        <x:v>0.004249063</x:v>
+        <x:v>-0.05948587</x:v>
       </x:c>
       <x:c r="J35" s="32" t="n">
-        <x:v>143</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K35" s="33" t="n">
-        <x:v>0.1216659</x:v>
+        <x:v>0.06721917</x:v>
       </x:c>
       <x:c r="L35" s="31" t="n">
-        <x:v>63</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M35" s="31" t="n">
-        <x:v>116</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N35" s="32" t="n">
-        <x:v>-53</x:v>
+        <x:v>-80</x:v>
       </x:c>
       <x:c r="O35" s="31" t="n">
-        <x:v>374</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P35" s="31" t="n">
-        <x:v>191</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q35" s="31" t="n">
-        <x:v>183</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R35" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S35" s="31" t="n">
-        <x:v>316</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="T35" s="31" t="n">
-        <x:v>185</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U35" s="31" t="n">
-        <x:v>131</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="V35" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W35" s="32" t="n">
-        <x:v>58</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:23">
       <x:c r="A36" s="25" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C36" s="30" t="n">
-        <x:v>64436</x:v>
+        <x:v>64552</x:v>
       </x:c>
       <x:c r="D36" s="31" t="n">
-        <x:v>140350</x:v>
+        <x:v>140288</x:v>
       </x:c>
       <x:c r="E36" s="31" t="n">
-        <x:v>70204</x:v>
+        <x:v>70179</x:v>
       </x:c>
       <x:c r="F36" s="31" t="n">
-        <x:v>70146</x:v>
+        <x:v>70109</x:v>
       </x:c>
       <x:c r="G36" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H36" s="32" t="n">
-        <x:v>-41</x:v>
+        <x:v>-36</x:v>
       </x:c>
       <x:c r="I36" s="33" t="n">
-        <x:v>-0.02920415</x:v>
+        <x:v>-0.02565491</x:v>
       </x:c>
       <x:c r="J36" s="32" t="n">
-        <x:v>-567</x:v>
+        <x:v>-551</x:v>
       </x:c>
       <x:c r="K36" s="33" t="n">
-        <x:v>-0.4023645</x:v>
+        <x:v>-0.3912269</x:v>
       </x:c>
       <x:c r="L36" s="31" t="n">
-        <x:v>81</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M36" s="31" t="n">
-        <x:v>151</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="N36" s="32" t="n">
-        <x:v>-70</x:v>
+        <x:v>-99</x:v>
       </x:c>
       <x:c r="O36" s="31" t="n">
-        <x:v>377</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="P36" s="31" t="n">
-        <x:v>230</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q36" s="31" t="n">
-        <x:v>147</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R36" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S36" s="31" t="n">
-        <x:v>348</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="T36" s="31" t="n">
-        <x:v>197</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U36" s="31" t="n">
-        <x:v>151</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="V36" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W36" s="32" t="n">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:23">
       <x:c r="A37" s="25" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B37" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C37" s="30" t="n">
-        <x:v>109987</x:v>
+        <x:v>110048</x:v>
       </x:c>
       <x:c r="D37" s="31" t="n">
-        <x:v>230618</x:v>
+        <x:v>230549</x:v>
       </x:c>
       <x:c r="E37" s="31" t="n">
-        <x:v>113876</x:v>
+        <x:v>113825</x:v>
       </x:c>
       <x:c r="F37" s="31" t="n">
-        <x:v>116742</x:v>
+        <x:v>116724</x:v>
       </x:c>
       <x:c r="G37" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H37" s="32" t="n">
-        <x:v>30</x:v>
+        <x:v>-59</x:v>
       </x:c>
       <x:c r="I37" s="33" t="n">
-        <x:v>0.01301022</x:v>
+        <x:v>-0.02558454</x:v>
       </x:c>
       <x:c r="J37" s="32" t="n">
-        <x:v>495</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="K37" s="33" t="n">
-        <x:v>0.2151024</x:v>
+        <x:v>0.2134244</x:v>
       </x:c>
       <x:c r="L37" s="31" t="n">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="M37" s="31" t="n">
-        <x:v>262</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="N37" s="32" t="n">
-        <x:v>-144</x:v>
+        <x:v>-113</x:v>
       </x:c>
       <x:c r="O37" s="31" t="n">
-        <x:v>800</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="P37" s="31" t="n">
-        <x:v>431</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q37" s="31" t="n">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R37" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S37" s="31" t="n">
-        <x:v>626</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="T37" s="31" t="n">
-        <x:v>327</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U37" s="31" t="n">
-        <x:v>299</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="V37" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W37" s="32" t="n">
-        <x:v>174</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:23">
       <x:c r="A38" s="25" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C38" s="30" t="n">
-        <x:v>128497</x:v>
+        <x:v>128693</x:v>
       </x:c>
       <x:c r="D38" s="31" t="n">
-        <x:v>252434</x:v>
+        <x:v>252453</x:v>
       </x:c>
       <x:c r="E38" s="31" t="n">
-        <x:v>127106</x:v>
+        <x:v>127130</x:v>
       </x:c>
       <x:c r="F38" s="31" t="n">
-        <x:v>125328</x:v>
+        <x:v>125323</x:v>
       </x:c>
       <x:c r="G38" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H38" s="32" t="n">
-        <x:v>77</x:v>
+        <x:v>-66</x:v>
       </x:c>
       <x:c r="I38" s="33" t="n">
-        <x:v>0.03051233</x:v>
+        <x:v>-0.02613665</x:v>
       </x:c>
       <x:c r="J38" s="32" t="n">
-        <x:v>755</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="K38" s="33" t="n">
-        <x:v>0.2999853</x:v>
+        <x:v>0.1833399</x:v>
       </x:c>
       <x:c r="L38" s="31" t="n">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="M38" s="31" t="n">
-        <x:v>223</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="N38" s="32" t="n">
-        <x:v>-97</x:v>
+        <x:v>-63</x:v>
       </x:c>
       <x:c r="O38" s="31" t="n">
-        <x:v>1091</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="P38" s="31" t="n">
-        <x:v>612</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="Q38" s="31" t="n">
-        <x:v>479</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R38" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S38" s="31" t="n">
-        <x:v>917</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="T38" s="31" t="n">
-        <x:v>524</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U38" s="31" t="n">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="V38" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W38" s="32" t="n">
-        <x:v>174</x:v>
+        <x:v>-3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:23">
       <x:c r="A39" s="25" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B39" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C39" s="30" t="n">
-        <x:v>164829</x:v>
+        <x:v>165057</x:v>
       </x:c>
       <x:c r="D39" s="31" t="n">
-        <x:v>341656</x:v>
+        <x:v>341606</x:v>
       </x:c>
       <x:c r="E39" s="31" t="n">
-        <x:v>168871</x:v>
+        <x:v>168863</x:v>
       </x:c>
       <x:c r="F39" s="31" t="n">
-        <x:v>172785</x:v>
+        <x:v>172743</x:v>
       </x:c>
       <x:c r="G39" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H39" s="32" t="n">
-        <x:v>-152</x:v>
+        <x:v>-109</x:v>
       </x:c>
       <x:c r="I39" s="33" t="n">
-        <x:v>-0.04446941</x:v>
+        <x:v>-0.03189792</x:v>
       </x:c>
       <x:c r="J39" s="32" t="n">
-        <x:v>-741</x:v>
+        <x:v>-830</x:v>
       </x:c>
       <x:c r="K39" s="33" t="n">
-        <x:v>-0.2164154</x:v>
+        <x:v>-0.2423811</x:v>
       </x:c>
       <x:c r="L39" s="31" t="n">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="M39" s="31" t="n">
-        <x:v>299</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="N39" s="32" t="n">
-        <x:v>-153</x:v>
+        <x:v>-163</x:v>
       </x:c>
       <x:c r="O39" s="31" t="n">
-        <x:v>1042</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="P39" s="31" t="n">
-        <x:v>592</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q39" s="31" t="n">
-        <x:v>450</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R39" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S39" s="31" t="n">
-        <x:v>1041</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="T39" s="31" t="n">
-        <x:v>554</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U39" s="31" t="n">
-        <x:v>487</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="V39" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W39" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:23">
       <x:c r="A40" s="25" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C40" s="30" t="n">
-        <x:v>42913</x:v>
+        <x:v>42959</x:v>
       </x:c>
       <x:c r="D40" s="31" t="n">
-        <x:v>77183</x:v>
+        <x:v>77216</x:v>
       </x:c>
       <x:c r="E40" s="31" t="n">
-        <x:v>39309</x:v>
+        <x:v>39346</x:v>
       </x:c>
       <x:c r="F40" s="31" t="n">
-        <x:v>37874</x:v>
+        <x:v>37870</x:v>
       </x:c>
       <x:c r="G40" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H40" s="32" t="n">
-        <x:v>59</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="I40" s="33" t="n">
-        <x:v>0.07650018</x:v>
+        <x:v>-0.00259007</x:v>
       </x:c>
       <x:c r="J40" s="32" t="n">
-        <x:v>762</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="K40" s="33" t="n">
-        <x:v>0.9971081</x:v>
+        <x:v>1.049546</x:v>
       </x:c>
       <x:c r="L40" s="31" t="n">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M40" s="31" t="n">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N40" s="32" t="n">
-        <x:v>-20</x:v>
+        <x:v>-18</x:v>
       </x:c>
       <x:c r="O40" s="31" t="n">
-        <x:v>618</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="P40" s="31" t="n">
-        <x:v>373</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q40" s="31" t="n">
-        <x:v>245</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R40" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S40" s="31" t="n">
-        <x:v>539</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="T40" s="31" t="n">
-        <x:v>325</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U40" s="31" t="n">
-        <x:v>214</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="V40" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W40" s="32" t="n">
-        <x:v>79</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:23">
       <x:c r="A41" s="25" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B41" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C41" s="30" t="n">
-        <x:v>70788</x:v>
+        <x:v>70989</x:v>
       </x:c>
       <x:c r="D41" s="31" t="n">
-        <x:v>142537</x:v>
+        <x:v>142738</x:v>
       </x:c>
       <x:c r="E41" s="31" t="n">
-        <x:v>72415</x:v>
+        <x:v>72506</x:v>
       </x:c>
       <x:c r="F41" s="31" t="n">
-        <x:v>70122</x:v>
+        <x:v>70232</x:v>
       </x:c>
       <x:c r="G41" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H41" s="32" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I41" s="33" t="n">
-        <x:v>0.01543697</x:v>
+        <x:v>0.01611604</x:v>
       </x:c>
       <x:c r="J41" s="32" t="n">
-        <x:v>512</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="K41" s="33" t="n">
-        <x:v>0.3604999</x:v>
+        <x:v>0.4999014</x:v>
       </x:c>
       <x:c r="L41" s="31" t="n">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="M41" s="31" t="n">
-        <x:v>85</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N41" s="32" t="n">
-        <x:v>-18</x:v>
+        <x:v>-23</x:v>
       </x:c>
       <x:c r="O41" s="31" t="n">
-        <x:v>770</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="P41" s="31" t="n">
-        <x:v>429</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q41" s="31" t="n">
-        <x:v>341</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R41" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S41" s="31" t="n">
-        <x:v>730</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="T41" s="31" t="n">
-        <x:v>366</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U41" s="31" t="n">
-        <x:v>364</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="V41" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W41" s="32" t="n">
-        <x:v>40</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:23">
       <x:c r="A42" s="25" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C42" s="30" t="n">
-        <x:v>68775</x:v>
+        <x:v>68891</x:v>
       </x:c>
       <x:c r="D42" s="31" t="n">
-        <x:v>142456</x:v>
+        <x:v>142413</x:v>
       </x:c>
       <x:c r="E42" s="31" t="n">
-        <x:v>70216</x:v>
+        <x:v>70178</x:v>
       </x:c>
       <x:c r="F42" s="31" t="n">
-        <x:v>72240</x:v>
+        <x:v>72235</x:v>
       </x:c>
       <x:c r="G42" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H42" s="32" t="n">
-        <x:v>-128</x:v>
+        <x:v>-48</x:v>
       </x:c>
       <x:c r="I42" s="33" t="n">
-        <x:v>-0.08977164</x:v>
+        <x:v>-0.03369343</x:v>
       </x:c>
       <x:c r="J42" s="32" t="n">
-        <x:v>-1313</x:v>
+        <x:v>-1174</x:v>
       </x:c>
       <x:c r="K42" s="33" t="n">
-        <x:v>-0.9132706</x:v>
+        <x:v>-0.8176228</x:v>
       </x:c>
       <x:c r="L42" s="31" t="n">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M42" s="31" t="n">
-        <x:v>156</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N42" s="32" t="n">
-        <x:v>-109</x:v>
+        <x:v>-93</x:v>
       </x:c>
       <x:c r="O42" s="31" t="n">
-        <x:v>394</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="P42" s="31" t="n">
-        <x:v>221</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q42" s="31" t="n">
-        <x:v>173</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R42" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S42" s="31" t="n">
-        <x:v>413</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="T42" s="31" t="n">
-        <x:v>230</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U42" s="31" t="n">
-        <x:v>183</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="V42" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W42" s="32" t="n">
-        <x:v>-19</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:23">
       <x:c r="A43" s="25" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B43" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C43" s="30" t="n">
-        <x:v>72076</x:v>
+        <x:v>72126</x:v>
       </x:c>
       <x:c r="D43" s="31" t="n">
-        <x:v>146479</x:v>
+        <x:v>146518</x:v>
       </x:c>
       <x:c r="E43" s="31" t="n">
-        <x:v>73727</x:v>
+        <x:v>73769</x:v>
       </x:c>
       <x:c r="F43" s="31" t="n">
-        <x:v>72752</x:v>
+        <x:v>72749</x:v>
       </x:c>
       <x:c r="G43" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H43" s="32" t="n">
-        <x:v>33</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="I43" s="33" t="n">
-        <x:v>0.0225339</x:v>
+        <x:v>0.008190791</x:v>
       </x:c>
       <x:c r="J43" s="32" t="n">
-        <x:v>577</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="K43" s="33" t="n">
-        <x:v>0.3954709</x:v>
+        <x:v>0.3547945</x:v>
       </x:c>
       <x:c r="L43" s="31" t="n">
-        <x:v>106</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="M43" s="31" t="n">
-        <x:v>106</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N43" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="O43" s="31" t="n">
-        <x:v>643</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="P43" s="31" t="n">
-        <x:v>351</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q43" s="31" t="n">
-        <x:v>292</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R43" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S43" s="31" t="n">
-        <x:v>610</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="T43" s="31" t="n">
-        <x:v>303</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U43" s="31" t="n">
-        <x:v>307</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="V43" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W43" s="32" t="n">
-        <x:v>33</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:23">
       <x:c r="A44" s="25" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C44" s="30" t="n">
-        <x:v>37097</x:v>
+        <x:v>37147</x:v>
       </x:c>
       <x:c r="D44" s="31" t="n">
-        <x:v>76189</x:v>
+        <x:v>76174</x:v>
       </x:c>
       <x:c r="E44" s="31" t="n">
-        <x:v>37620</x:v>
+        <x:v>37621</x:v>
       </x:c>
       <x:c r="F44" s="31" t="n">
-        <x:v>38569</x:v>
+        <x:v>38553</x:v>
       </x:c>
       <x:c r="G44" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H44" s="32" t="n">
-        <x:v>-35</x:v>
+        <x:v>-24</x:v>
       </x:c>
       <x:c r="I44" s="33" t="n">
-        <x:v>-0.04591729</x:v>
+        <x:v>-0.03149689</x:v>
       </x:c>
       <x:c r="J44" s="32" t="n">
-        <x:v>-11</x:v>
+        <x:v>-72</x:v>
       </x:c>
       <x:c r="K44" s="33" t="n">
-        <x:v>-0.0144357</x:v>
+        <x:v>-0.09443118</x:v>
       </x:c>
       <x:c r="L44" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="M44" s="31" t="n">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N44" s="32" t="n">
-        <x:v>-21</x:v>
+        <x:v>-28</x:v>
       </x:c>
       <x:c r="O44" s="31" t="n">
-        <x:v>284</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="P44" s="31" t="n">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q44" s="31" t="n">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R44" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S44" s="31" t="n">
-        <x:v>298</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="T44" s="31" t="n">
-        <x:v>158</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U44" s="31" t="n">
         <x:v>140</x:v>
       </x:c>
       <x:c r="V44" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W44" s="32" t="n">
-        <x:v>-14</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:23">
       <x:c r="A45" s="25" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B45" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C45" s="30" t="n">
-        <x:v>44800</x:v>
+        <x:v>44748</x:v>
       </x:c>
       <x:c r="D45" s="31" t="n">
-        <x:v>85013</x:v>
+        <x:v>84957</x:v>
       </x:c>
       <x:c r="E45" s="31" t="n">
-        <x:v>43622</x:v>
+        <x:v>43585</x:v>
       </x:c>
       <x:c r="F45" s="31" t="n">
-        <x:v>41391</x:v>
+        <x:v>41372</x:v>
       </x:c>
       <x:c r="G45" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H45" s="32" t="n">
-        <x:v>-77</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="I45" s="33" t="n">
-        <x:v>-0.09049242</x:v>
+        <x:v>-0.001177052</x:v>
       </x:c>
       <x:c r="J45" s="32" t="n">
-        <x:v>-41</x:v>
+        <x:v>-25</x:v>
       </x:c>
       <x:c r="K45" s="33" t="n">
-        <x:v>-0.04820467</x:v>
+        <x:v>-0.02941799</x:v>
       </x:c>
       <x:c r="L45" s="31" t="n">
-        <x:v>65</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M45" s="31" t="n">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N45" s="32" t="n">
-        <x:v>15</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="O45" s="31" t="n">
-        <x:v>493</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="P45" s="31" t="n">
-        <x:v>291</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q45" s="31" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="R45" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S45" s="31" t="n">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="T45" s="31" t="n">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="U45" s="31" t="n">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="R45" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="V45" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W45" s="32" t="n">
-        <x:v>-92</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:23">
       <x:c r="A46" s="25" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C46" s="30" t="n">
-        <x:v>81317</x:v>
+        <x:v>81431</x:v>
       </x:c>
       <x:c r="D46" s="31" t="n">
-        <x:v>166369</x:v>
+        <x:v>166376</x:v>
       </x:c>
       <x:c r="E46" s="31" t="n">
-        <x:v>82854</x:v>
+        <x:v>82835</x:v>
       </x:c>
       <x:c r="F46" s="31" t="n">
-        <x:v>83515</x:v>
+        <x:v>83541</x:v>
       </x:c>
       <x:c r="G46" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H46" s="32" t="n">
-        <x:v>-81</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="I46" s="33" t="n">
-        <x:v>-0.04866326</x:v>
+        <x:v>-0.004207161</x:v>
       </x:c>
       <x:c r="J46" s="32" t="n">
-        <x:v>-38</x:v>
+        <x:v>-20</x:v>
       </x:c>
       <x:c r="K46" s="33" t="n">
-        <x:v>-0.02283558</x:v>
+        <x:v>-0.01201952</x:v>
       </x:c>
       <x:c r="L46" s="31" t="n">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M46" s="31" t="n">
-        <x:v>153</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="N46" s="32" t="n">
-        <x:v>-70</x:v>
+        <x:v>-63</x:v>
       </x:c>
       <x:c r="O46" s="31" t="n">
-        <x:v>561</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="P46" s="31" t="n">
-        <x:v>308</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q46" s="31" t="n">
-        <x:v>253</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R46" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S46" s="31" t="n">
-        <x:v>572</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="T46" s="31" t="n">
-        <x:v>285</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U46" s="31" t="n">
-        <x:v>287</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="V46" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W46" s="32" t="n">
-        <x:v>-11</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:23">
       <x:c r="A47" s="25" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B47" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C47" s="30" t="n">
-        <x:v>34660</x:v>
+        <x:v>34681</x:v>
       </x:c>
       <x:c r="D47" s="31" t="n">
-        <x:v>74084</x:v>
+        <x:v>74082</x:v>
       </x:c>
       <x:c r="E47" s="31" t="n">
-        <x:v>36489</x:v>
+        <x:v>36497</x:v>
       </x:c>
       <x:c r="F47" s="31" t="n">
-        <x:v>37595</x:v>
+        <x:v>37585</x:v>
       </x:c>
       <x:c r="G47" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H47" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>-21</x:v>
       </x:c>
       <x:c r="I47" s="33" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.02833893</x:v>
       </x:c>
       <x:c r="J47" s="32" t="n">
-        <x:v>-21</x:v>
+        <x:v>-67</x:v>
       </x:c>
       <x:c r="K47" s="33" t="n">
-        <x:v>-0.02833817</x:v>
+        <x:v>-0.0903586</x:v>
       </x:c>
       <x:c r="L47" s="31" t="n">
-        <x:v>33</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="31" t="n">
-        <x:v>71</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="N47" s="32" t="n">
-        <x:v>-38</x:v>
+        <x:v>-67</x:v>
       </x:c>
       <x:c r="O47" s="31" t="n">
-        <x:v>272</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P47" s="31" t="n">
-        <x:v>148</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q47" s="31" t="n">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R47" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S47" s="31" t="n">
-        <x:v>234</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="T47" s="31" t="n">
-        <x:v>124</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U47" s="31" t="n">
-        <x:v>110</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="V47" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W47" s="32" t="n">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:23">
       <x:c r="A48" s="25" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C48" s="30" t="n">
-        <x:v>70831</x:v>
+        <x:v>71050</x:v>
       </x:c>
       <x:c r="D48" s="31" t="n">
-        <x:v>150776</x:v>
+        <x:v>150859</x:v>
       </x:c>
       <x:c r="E48" s="31" t="n">
-        <x:v>75065</x:v>
+        <x:v>75090</x:v>
       </x:c>
       <x:c r="F48" s="31" t="n">
-        <x:v>75711</x:v>
+        <x:v>75769</x:v>
       </x:c>
       <x:c r="G48" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H48" s="32" t="n">
-        <x:v>-59</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I48" s="33" t="n">
-        <x:v>-0.03911559</x:v>
+        <x:v>0.01060706</x:v>
       </x:c>
       <x:c r="J48" s="32" t="n">
-        <x:v>-246</x:v>
+        <x:v>-195</x:v>
       </x:c>
       <x:c r="K48" s="33" t="n">
-        <x:v>-0.1628902</x:v>
+        <x:v>-0.1290929</x:v>
       </x:c>
       <x:c r="L48" s="31" t="n">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M48" s="31" t="n">
-        <x:v>158</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="N48" s="32" t="n">
-        <x:v>-94</x:v>
+        <x:v>-76</x:v>
       </x:c>
       <x:c r="O48" s="31" t="n">
-        <x:v>486</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="P48" s="31" t="n">
-        <x:v>273</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q48" s="31" t="n">
-        <x:v>213</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R48" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S48" s="31" t="n">
-        <x:v>451</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="T48" s="31" t="n">
-        <x:v>237</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U48" s="31" t="n">
-        <x:v>214</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="V48" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W48" s="32" t="n">
-        <x:v>35</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:23">
       <x:c r="A49" s="25" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B49" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C49" s="30" t="n">
-        <x:v>31232</x:v>
+        <x:v>31299</x:v>
       </x:c>
       <x:c r="D49" s="31" t="n">
-        <x:v>65057</x:v>
+        <x:v>65026</x:v>
       </x:c>
       <x:c r="E49" s="31" t="n">
-        <x:v>32021</x:v>
+        <x:v>32012</x:v>
       </x:c>
       <x:c r="F49" s="31" t="n">
-        <x:v>33036</x:v>
+        <x:v>33014</x:v>
       </x:c>
       <x:c r="G49" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H49" s="32" t="n">
-        <x:v>58</x:v>
+        <x:v>-59</x:v>
       </x:c>
       <x:c r="I49" s="33" t="n">
-        <x:v>0.08923214</x:v>
+        <x:v>-0.09065069</x:v>
       </x:c>
       <x:c r="J49" s="32" t="n">
-        <x:v>-294</x:v>
+        <x:v>-271</x:v>
       </x:c>
       <x:c r="K49" s="33" t="n">
-        <x:v>-0.4498783</x:v>
+        <x:v>-0.4150267</x:v>
       </x:c>
       <x:c r="L49" s="31" t="n">
-        <x:v>31</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="M49" s="31" t="n">
-        <x:v>70</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N49" s="32" t="n">
-        <x:v>-39</x:v>
+        <x:v>-60</x:v>
       </x:c>
       <x:c r="O49" s="31" t="n">
-        <x:v>268</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P49" s="31" t="n">
-        <x:v>140</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q49" s="31" t="n">
-        <x:v>128</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R49" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S49" s="31" t="n">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="T49" s="31" t="n">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U49" s="31" t="n">
-        <x:v>82</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="V49" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W49" s="32" t="n">
-        <x:v>97</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:23">
       <x:c r="A50" s="25" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C50" s="30" t="n">
-        <x:v>47682</x:v>
+        <x:v>47714</x:v>
       </x:c>
       <x:c r="D50" s="31" t="n">
-        <x:v>93779</x:v>
+        <x:v>93806</x:v>
       </x:c>
       <x:c r="E50" s="31" t="n">
-        <x:v>48613</x:v>
+        <x:v>48604</x:v>
       </x:c>
       <x:c r="F50" s="31" t="n">
-        <x:v>45166</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="G50" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H50" s="32" t="n">
-        <x:v>-78</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="I50" s="33" t="n">
-        <x:v>-0.08310515</x:v>
+        <x:v>0.01705939</x:v>
       </x:c>
       <x:c r="J50" s="32" t="n">
-        <x:v>381</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K50" s="33" t="n">
-        <x:v>0.4079317</x:v>
+        <x:v>0.2950925</x:v>
       </x:c>
       <x:c r="L50" s="31" t="n">
-        <x:v>56</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="M50" s="31" t="n">
-        <x:v>84</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N50" s="32" t="n">
-        <x:v>-28</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="O50" s="31" t="n">
-        <x:v>387</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P50" s="31" t="n">
-        <x:v>233</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q50" s="31" t="n">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R50" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S50" s="31" t="n">
-        <x:v>437</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="T50" s="31" t="n">
-        <x:v>241</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U50" s="31" t="n">
-        <x:v>196</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="V50" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W50" s="32" t="n">
-        <x:v>-50</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:23">
       <x:c r="A51" s="25" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B51" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C51" s="30" t="n">
-        <x:v>56672</x:v>
+        <x:v>56792</x:v>
       </x:c>
       <x:c r="D51" s="31" t="n">
-        <x:v>113615</x:v>
+        <x:v>113713</x:v>
       </x:c>
       <x:c r="E51" s="31" t="n">
-        <x:v>55694</x:v>
+        <x:v>55765</x:v>
       </x:c>
       <x:c r="F51" s="31" t="n">
-        <x:v>57921</x:v>
+        <x:v>57948</x:v>
       </x:c>
       <x:c r="G51" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H51" s="32" t="n">
-        <x:v>96</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="I51" s="33" t="n">
-        <x:v>0.08456734</x:v>
+        <x:v>-0.00703476</x:v>
       </x:c>
       <x:c r="J51" s="32" t="n">
-        <x:v>228</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="K51" s="33" t="n">
-        <x:v>0.2010812</x:v>
+        <x:v>0.2256361</x:v>
       </x:c>
       <x:c r="L51" s="31" t="n">
-        <x:v>89</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M51" s="31" t="n">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="N51" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>-27</x:v>
       </x:c>
       <x:c r="O51" s="31" t="n">
-        <x:v>528</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="P51" s="31" t="n">
-        <x:v>282</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q51" s="31" t="n">
-        <x:v>246</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R51" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S51" s="31" t="n">
-        <x:v>436</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="T51" s="31" t="n">
-        <x:v>228</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U51" s="31" t="n">
-        <x:v>208</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="V51" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W51" s="32" t="n">
-        <x:v>92</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:23">
       <x:c r="A52" s="25" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C52" s="30" t="n">
-        <x:v>69301</x:v>
+        <x:v>69455</x:v>
       </x:c>
       <x:c r="D52" s="31" t="n">
-        <x:v>141969</x:v>
+        <x:v>141953</x:v>
       </x:c>
       <x:c r="E52" s="31" t="n">
-        <x:v>71560</x:v>
+        <x:v>71559</x:v>
       </x:c>
       <x:c r="F52" s="31" t="n">
-        <x:v>70409</x:v>
+        <x:v>70394</x:v>
       </x:c>
       <x:c r="G52" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H52" s="32" t="n">
-        <x:v>44</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I52" s="33" t="n">
-        <x:v>0.03100229</x:v>
+        <x:v>0.01268186</x:v>
       </x:c>
       <x:c r="J52" s="32" t="n">
-        <x:v>-246</x:v>
+        <x:v>-298</x:v>
       </x:c>
       <x:c r="K52" s="33" t="n">
-        <x:v>-0.1729775</x:v>
+        <x:v>-0.2094889</x:v>
       </x:c>
       <x:c r="L52" s="31" t="n">
-        <x:v>66</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M52" s="31" t="n">
         <x:v>128</x:v>
       </x:c>
       <x:c r="N52" s="32" t="n">
-        <x:v>-62</x:v>
+        <x:v>-54</x:v>
       </x:c>
       <x:c r="O52" s="31" t="n">
-        <x:v>598</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="P52" s="31" t="n">
-        <x:v>339</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q52" s="31" t="n">
-        <x:v>259</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R52" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S52" s="31" t="n">
-        <x:v>492</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="T52" s="31" t="n">
-        <x:v>277</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U52" s="31" t="n">
-        <x:v>215</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="V52" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W52" s="32" t="n">
-        <x:v>106</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:23">
       <x:c r="A53" s="25" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B53" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C53" s="30" t="n">
-        <x:v>28823</x:v>
+        <x:v>28870</x:v>
       </x:c>
       <x:c r="D53" s="31" t="n">
         <x:v>60938</x:v>
       </x:c>
       <x:c r="E53" s="31" t="n">
-        <x:v>30141</x:v>
+        <x:v>30132</x:v>
       </x:c>
       <x:c r="F53" s="31" t="n">
-        <x:v>30797</x:v>
+        <x:v>30806</x:v>
       </x:c>
       <x:c r="G53" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H53" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="I53" s="33" t="n">
-        <x:v>0.00656448</x:v>
+        <x:v>-0.01312637</x:v>
       </x:c>
       <x:c r="J53" s="32" t="n">
-        <x:v>-239</x:v>
+        <x:v>-193</x:v>
       </x:c>
       <x:c r="K53" s="33" t="n">
-        <x:v>-0.3906697</x:v>
+        <x:v>-0.3157154</x:v>
       </x:c>
       <x:c r="L53" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M53" s="31" t="n">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N53" s="32" t="n">
-        <x:v>-33</x:v>
+        <x:v>-40</x:v>
       </x:c>
       <x:c r="O53" s="31" t="n">
-        <x:v>197</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P53" s="31" t="n">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q53" s="31" t="n">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R53" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S53" s="31" t="n">
-        <x:v>160</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="T53" s="31" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="U53" s="31" t="n">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="U53" s="31" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="V53" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W53" s="32" t="n">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:23">
       <x:c r="A54" s="25" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C54" s="30" t="n">
-        <x:v>49400</x:v>
+        <x:v>49367</x:v>
       </x:c>
       <x:c r="D54" s="31" t="n">
-        <x:v>99505</x:v>
+        <x:v>99435</x:v>
       </x:c>
       <x:c r="E54" s="31" t="n">
-        <x:v>49501</x:v>
+        <x:v>49462</x:v>
       </x:c>
       <x:c r="F54" s="31" t="n">
-        <x:v>50004</x:v>
+        <x:v>49973</x:v>
       </x:c>
       <x:c r="G54" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H54" s="32" t="n">
-        <x:v>-27</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="I54" s="33" t="n">
-        <x:v>-0.02712695</x:v>
+        <x:v>-0.01608833</x:v>
       </x:c>
       <x:c r="J54" s="32" t="n">
-        <x:v>-316</x:v>
+        <x:v>-278</x:v>
       </x:c>
       <x:c r="K54" s="33" t="n">
-        <x:v>-0.3165666</x:v>
+        <x:v>-0.2788002</x:v>
       </x:c>
       <x:c r="L54" s="31" t="n">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M54" s="31" t="n">
-        <x:v>120</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N54" s="32" t="n">
-        <x:v>-79</x:v>
+        <x:v>-60</x:v>
       </x:c>
       <x:c r="O54" s="31" t="n">
-        <x:v>391</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="P54" s="31" t="n">
-        <x:v>200</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q54" s="31" t="n">
-        <x:v>191</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R54" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S54" s="31" t="n">
-        <x:v>339</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="T54" s="31" t="n">
-        <x:v>200</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U54" s="31" t="n">
-        <x:v>139</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="V54" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W54" s="32" t="n">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:23">
       <x:c r="A55" s="25" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B55" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C55" s="30" t="n">
-        <x:v>23670</x:v>
+        <x:v>23757</x:v>
       </x:c>
       <x:c r="D55" s="31" t="n">
-        <x:v>48498</x:v>
+        <x:v>48550</x:v>
       </x:c>
       <x:c r="E55" s="31" t="n">
-        <x:v>24423</x:v>
+        <x:v>24434</x:v>
       </x:c>
       <x:c r="F55" s="31" t="n">
-        <x:v>24075</x:v>
+        <x:v>24116</x:v>
       </x:c>
       <x:c r="G55" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H55" s="32" t="n">
-        <x:v>-5</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I55" s="33" t="n">
-        <x:v>-0.01030864</x:v>
+        <x:v>0.03708893</x:v>
       </x:c>
       <x:c r="J55" s="32" t="n">
-        <x:v>-348</x:v>
+        <x:v>-260</x:v>
       </x:c>
       <x:c r="K55" s="33" t="n">
-        <x:v>-0.7124432</x:v>
+        <x:v>-0.5326777</x:v>
       </x:c>
       <x:c r="L55" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="M55" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N55" s="32" t="n">
-        <x:v>-38</x:v>
+        <x:v>-44</x:v>
       </x:c>
       <x:c r="O55" s="31" t="n">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P55" s="31" t="n">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q55" s="31" t="n">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R55" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S55" s="31" t="n">
-        <x:v>130</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="T55" s="31" t="n">
-        <x:v>68</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U55" s="31" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="V55" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W55" s="32" t="n">
         <x:v>62</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:23">
       <x:c r="A56" s="25" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C56" s="30" t="n">
-        <x:v>34211</x:v>
+        <x:v>34269</x:v>
       </x:c>
       <x:c r="D56" s="31" t="n">
-        <x:v>69677</x:v>
+        <x:v>69653</x:v>
       </x:c>
       <x:c r="E56" s="31" t="n">
-        <x:v>34411</x:v>
+        <x:v>34394</x:v>
       </x:c>
       <x:c r="F56" s="31" t="n">
-        <x:v>35266</x:v>
+        <x:v>35259</x:v>
       </x:c>
       <x:c r="G56" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H56" s="32" t="n">
-        <x:v>59</x:v>
+        <x:v>-12</x:v>
       </x:c>
       <x:c r="I56" s="33" t="n">
-        <x:v>0.08474819</x:v>
+        <x:v>-0.01722529</x:v>
       </x:c>
       <x:c r="J56" s="32" t="n">
-        <x:v>-170</x:v>
+        <x:v>-227</x:v>
       </x:c>
       <x:c r="K56" s="33" t="n">
-        <x:v>-0.2433891</x:v>
+        <x:v>-0.3248426</x:v>
       </x:c>
       <x:c r="L56" s="31" t="n">
-        <x:v>27</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="M56" s="31" t="n">
-        <x:v>53</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N56" s="32" t="n">
-        <x:v>-26</x:v>
+        <x:v>-41</x:v>
       </x:c>
       <x:c r="O56" s="31" t="n">
-        <x:v>304</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P56" s="31" t="n">
-        <x:v>171</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q56" s="31" t="n">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R56" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S56" s="31" t="n">
-        <x:v>219</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="T56" s="31" t="n">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U56" s="31" t="n">
-        <x:v>100</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="V56" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W56" s="32" t="n">
-        <x:v>85</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:23">
       <x:c r="A57" s="25" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B57" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C57" s="30" t="n">
-        <x:v>25436</x:v>
+        <x:v>25488</x:v>
       </x:c>
       <x:c r="D57" s="31" t="n">
-        <x:v>53830</x:v>
+        <x:v>53767</x:v>
       </x:c>
       <x:c r="E57" s="31" t="n">
-        <x:v>26745</x:v>
+        <x:v>26715</x:v>
       </x:c>
       <x:c r="F57" s="31" t="n">
-        <x:v>27085</x:v>
+        <x:v>27052</x:v>
       </x:c>
       <x:c r="G57" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H57" s="32" t="n">
-        <x:v>-22</x:v>
+        <x:v>-46</x:v>
       </x:c>
       <x:c r="I57" s="33" t="n">
-        <x:v>-0.04085271</x:v>
+        <x:v>-0.0854812</x:v>
       </x:c>
       <x:c r="J57" s="32" t="n">
-        <x:v>-422</x:v>
+        <x:v>-465</x:v>
       </x:c>
       <x:c r="K57" s="33" t="n">
-        <x:v>-0.7778515</x:v>
+        <x:v>-0.8574274</x:v>
       </x:c>
       <x:c r="L57" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="M57" s="31" t="n">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N57" s="32" t="n">
-        <x:v>-43</x:v>
+        <x:v>-50</x:v>
       </x:c>
       <x:c r="O57" s="31" t="n">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P57" s="31" t="n">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q57" s="31" t="n">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R57" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S57" s="31" t="n">
-        <x:v>130</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="T57" s="31" t="n">
-        <x:v>68</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U57" s="31" t="n">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="V57" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W57" s="32" t="n">
-        <x:v>21</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:23">
       <x:c r="A58" s="25" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C58" s="30" t="n">
-        <x:v>32622</x:v>
+        <x:v>32644</x:v>
       </x:c>
       <x:c r="D58" s="31" t="n">
-        <x:v>72206</x:v>
+        <x:v>72167</x:v>
       </x:c>
       <x:c r="E58" s="31" t="n">
-        <x:v>35981</x:v>
+        <x:v>35986</x:v>
       </x:c>
       <x:c r="F58" s="31" t="n">
-        <x:v>36225</x:v>
+        <x:v>36181</x:v>
       </x:c>
       <x:c r="G58" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H58" s="32" t="n">
-        <x:v>-53</x:v>
+        <x:v>-33</x:v>
       </x:c>
       <x:c r="I58" s="33" t="n">
-        <x:v>-0.07334726</x:v>
+        <x:v>-0.04570637</x:v>
       </x:c>
       <x:c r="J58" s="32" t="n">
-        <x:v>-209</x:v>
+        <x:v>-228</x:v>
       </x:c>
       <x:c r="K58" s="33" t="n">
-        <x:v>-0.2886142</x:v>
+        <x:v>-0.3149389</x:v>
       </x:c>
       <x:c r="L58" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M58" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N58" s="32" t="n">
-        <x:v>-25</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="O58" s="31" t="n">
-        <x:v>230</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P58" s="31" t="n">
-        <x:v>123</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q58" s="31" t="n">
-        <x:v>107</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R58" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S58" s="31" t="n">
-        <x:v>258</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="T58" s="31" t="n">
-        <x:v>134</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U58" s="31" t="n">
-        <x:v>124</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="V58" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W58" s="32" t="n">
-        <x:v>-28</x:v>
+        <x:v>-17</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:23">
       <x:c r="A59" s="25" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B59" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C59" s="30" t="n">
-        <x:v>55903</x:v>
+        <x:v>56072</x:v>
       </x:c>
       <x:c r="D59" s="31" t="n">
-        <x:v>114396</x:v>
+        <x:v>114530</x:v>
       </x:c>
       <x:c r="E59" s="31" t="n">
-        <x:v>56501</x:v>
+        <x:v>56542</x:v>
       </x:c>
       <x:c r="F59" s="31" t="n">
-        <x:v>57895</x:v>
+        <x:v>57988</x:v>
       </x:c>
       <x:c r="G59" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H59" s="32" t="n">
-        <x:v>63</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="I59" s="33" t="n">
-        <x:v>0.0551022</x:v>
+        <x:v>-0.03316807</x:v>
       </x:c>
       <x:c r="J59" s="32" t="n">
-        <x:v>-74</x:v>
+        <x:v>-37</x:v>
       </x:c>
       <x:c r="K59" s="33" t="n">
-        <x:v>-0.06464576</x:v>
+        <x:v>-0.03229551</x:v>
       </x:c>
       <x:c r="L59" s="31" t="n">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M59" s="31" t="n">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N59" s="32" t="n">
-        <x:v>-48</x:v>
+        <x:v>-70</x:v>
       </x:c>
       <x:c r="O59" s="31" t="n">
-        <x:v>515</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="P59" s="31" t="n">
-        <x:v>281</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q59" s="31" t="n">
-        <x:v>234</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R59" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S59" s="31" t="n">
-        <x:v>404</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="T59" s="31" t="n">
-        <x:v>210</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U59" s="31" t="n">
-        <x:v>194</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="V59" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W59" s="32" t="n">
-        <x:v>111</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:23">
       <x:c r="A60" s="25" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C60" s="30" t="n">
-        <x:v>23329</x:v>
+        <x:v>23346</x:v>
       </x:c>
       <x:c r="D60" s="31" t="n">
-        <x:v>52271</x:v>
+        <x:v>52243</x:v>
       </x:c>
       <x:c r="E60" s="31" t="n">
-        <x:v>25928</x:v>
+        <x:v>25907</x:v>
       </x:c>
       <x:c r="F60" s="31" t="n">
-        <x:v>26343</x:v>
+        <x:v>26336</x:v>
       </x:c>
       <x:c r="G60" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H60" s="32" t="n">
-        <x:v>-7</x:v>
+        <x:v>-18</x:v>
       </x:c>
       <x:c r="I60" s="33" t="n">
-        <x:v>-0.01338995</x:v>
+        <x:v>-0.03444251</x:v>
       </x:c>
       <x:c r="J60" s="32" t="n">
-        <x:v>-197</x:v>
+        <x:v>-166</x:v>
       </x:c>
       <x:c r="K60" s="33" t="n">
-        <x:v>-0.3754669</x:v>
+        <x:v>-0.3167395</x:v>
       </x:c>
       <x:c r="L60" s="31" t="n">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="M60" s="31" t="n">
-        <x:v>48</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N60" s="32" t="n">
-        <x:v>-14</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="O60" s="31" t="n">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P60" s="31" t="n">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q60" s="31" t="n">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R60" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S60" s="31" t="n">
-        <x:v>152</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="T60" s="31" t="n">
-        <x:v>82</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U60" s="31" t="n">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="V60" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W60" s="32" t="n">
-        <x:v>7</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:23">
       <x:c r="A61" s="25" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B61" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C61" s="30" t="n">
-        <x:v>20168</x:v>
+        <x:v>20179</x:v>
       </x:c>
       <x:c r="D61" s="31" t="n">
-        <x:v>44877</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="E61" s="31" t="n">
-        <x:v>22605</x:v>
+        <x:v>22569</x:v>
       </x:c>
       <x:c r="F61" s="31" t="n">
-        <x:v>22272</x:v>
+        <x:v>22276</x:v>
       </x:c>
       <x:c r="G61" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H61" s="32" t="n">
-        <x:v>-34</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="I61" s="33" t="n">
-        <x:v>-0.07570528</x:v>
+        <x:v>-0.02898034</x:v>
       </x:c>
       <x:c r="J61" s="32" t="n">
-        <x:v>-183</x:v>
+        <x:v>-206</x:v>
       </x:c>
       <x:c r="K61" s="33" t="n">
-        <x:v>-0.4061252</x:v>
+        <x:v>-0.4572595</x:v>
       </x:c>
       <x:c r="L61" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="M61" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N61" s="32" t="n">
-        <x:v>-13</x:v>
+        <x:v>-26</x:v>
       </x:c>
       <x:c r="O61" s="31" t="n">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P61" s="31" t="n">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q61" s="31" t="n">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R61" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S61" s="31" t="n">
-        <x:v>169</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="T61" s="31" t="n">
-        <x:v>89</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U61" s="31" t="n">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="V61" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W61" s="32" t="n">
-        <x:v>-21</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:23">
       <x:c r="A62" s="25" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C62" s="30" t="n">
-        <x:v>20168</x:v>
+        <x:v>20179</x:v>
       </x:c>
       <x:c r="D62" s="31" t="n">
-        <x:v>44877</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="E62" s="31" t="n">
-        <x:v>22605</x:v>
+        <x:v>22569</x:v>
       </x:c>
       <x:c r="F62" s="31" t="n">
-        <x:v>22272</x:v>
+        <x:v>22276</x:v>
       </x:c>
       <x:c r="G62" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H62" s="32" t="n">
-        <x:v>-34</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="I62" s="33" t="n">
-        <x:v>-0.07570528</x:v>
+        <x:v>-0.02898034</x:v>
       </x:c>
       <x:c r="J62" s="32" t="n">
-        <x:v>-183</x:v>
+        <x:v>-206</x:v>
       </x:c>
       <x:c r="K62" s="33" t="n">
-        <x:v>-0.4061252</x:v>
+        <x:v>-0.4572595</x:v>
       </x:c>
       <x:c r="L62" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="M62" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N62" s="32" t="n">
-        <x:v>-13</x:v>
+        <x:v>-26</x:v>
       </x:c>
       <x:c r="O62" s="31" t="n">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P62" s="31" t="n">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q62" s="31" t="n">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R62" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S62" s="31" t="n">
-        <x:v>169</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="T62" s="31" t="n">
-        <x:v>89</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U62" s="31" t="n">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="V62" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W62" s="32" t="n">
-        <x:v>-21</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:23">
       <x:c r="A63" s="25" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B63" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C63" s="30" t="n">
-        <x:v>38909</x:v>
+        <x:v>38854</x:v>
       </x:c>
       <x:c r="D63" s="31" t="n">
-        <x:v>79768</x:v>
+        <x:v>79532</x:v>
       </x:c>
       <x:c r="E63" s="31" t="n">
-        <x:v>39609</x:v>
+        <x:v>39484</x:v>
       </x:c>
       <x:c r="F63" s="31" t="n">
-        <x:v>40159</x:v>
+        <x:v>40048</x:v>
       </x:c>
       <x:c r="G63" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H63" s="32" t="n">
-        <x:v>-20</x:v>
+        <x:v>-131</x:v>
       </x:c>
       <x:c r="I63" s="33" t="n">
-        <x:v>-0.02506643</x:v>
+        <x:v>-0.1644427</x:v>
       </x:c>
       <x:c r="J63" s="32" t="n">
-        <x:v>-628</x:v>
+        <x:v>-722</x:v>
       </x:c>
       <x:c r="K63" s="33" t="n">
-        <x:v>-0.7811334</x:v>
+        <x:v>-0.8996437</x:v>
       </x:c>
       <x:c r="L63" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="M63" s="31" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="N63" s="32" t="n">
+        <x:v>-64</x:v>
+      </x:c>
+      <x:c r="O63" s="31" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="P63" s="31" t="n">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="Q63" s="31" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="R63" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S63" s="31" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="T63" s="31" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="U63" s="31" t="n">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="N63" s="32" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="V63" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W63" s="32" t="n">
-        <x:v>58</x:v>
+        <x:v>-67</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:23">
       <x:c r="A64" s="25" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C64" s="30" t="n">
-        <x:v>17374</x:v>
+        <x:v>17337</x:v>
       </x:c>
       <x:c r="D64" s="31" t="n">
-        <x:v>37416</x:v>
+        <x:v>37298</x:v>
       </x:c>
       <x:c r="E64" s="31" t="n">
-        <x:v>18531</x:v>
+        <x:v>18473</x:v>
       </x:c>
       <x:c r="F64" s="31" t="n">
-        <x:v>18885</x:v>
+        <x:v>18825</x:v>
       </x:c>
       <x:c r="G64" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H64" s="32" t="n">
-        <x:v>-31</x:v>
+        <x:v>-80</x:v>
       </x:c>
       <x:c r="I64" s="33" t="n">
-        <x:v>-0.08278367</x:v>
+        <x:v>-0.2140296</x:v>
       </x:c>
       <x:c r="J64" s="32" t="n">
-        <x:v>-26</x:v>
+        <x:v>-113</x:v>
       </x:c>
       <x:c r="K64" s="33" t="n">
-        <x:v>-0.06944074</x:v>
+        <x:v>-0.3020502</x:v>
       </x:c>
       <x:c r="L64" s="31" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="M64" s="31" t="n">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N64" s="32" t="n">
-        <x:v>-46</x:v>
+        <x:v>-24</x:v>
       </x:c>
       <x:c r="O64" s="31" t="n">
-        <x:v>123</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P64" s="31" t="n">
-        <x:v>73</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q64" s="31" t="n">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="R64" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S64" s="31" t="n">
-        <x:v>108</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="T64" s="31" t="n">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U64" s="31" t="n">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="V64" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W64" s="32" t="n">
-        <x:v>15</x:v>
+        <x:v>-56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:23">
       <x:c r="A65" s="25" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B65" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C65" s="30" t="n">
-        <x:v>16426</x:v>
+        <x:v>16411</x:v>
       </x:c>
       <x:c r="D65" s="31" t="n">
-        <x:v>31760</x:v>
+        <x:v>31690</x:v>
       </x:c>
       <x:c r="E65" s="31" t="n">
-        <x:v>15827</x:v>
+        <x:v>15789</x:v>
       </x:c>
       <x:c r="F65" s="31" t="n">
-        <x:v>15933</x:v>
+        <x:v>15901</x:v>
       </x:c>
       <x:c r="G65" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H65" s="32" t="n">
-        <x:v>13</x:v>
+        <x:v>-31</x:v>
       </x:c>
       <x:c r="I65" s="33" t="n">
-        <x:v>0.04094875</x:v>
+        <x:v>-0.09772706</x:v>
       </x:c>
       <x:c r="J65" s="32" t="n">
-        <x:v>-402</x:v>
+        <x:v>-392</x:v>
       </x:c>
       <x:c r="K65" s="33" t="n">
-        <x:v>-1.249922</x:v>
+        <x:v>-1.221869</x:v>
       </x:c>
       <x:c r="L65" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="M65" s="31" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="N65" s="32" t="n">
+        <x:v>-29</x:v>
+      </x:c>
+      <x:c r="O65" s="31" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="P65" s="31" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="Q65" s="31" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="R65" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S65" s="31" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="T65" s="31" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="U65" s="31" t="n">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="N65" s="32" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="V65" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W65" s="32" t="n">
-        <x:v>38</x:v>
+        <x:v>-2</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:23">
       <x:c r="A66" s="25" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C66" s="30" t="n">
-        <x:v>5109</x:v>
+        <x:v>5106</x:v>
       </x:c>
       <x:c r="D66" s="31" t="n">
-        <x:v>10592</x:v>
+        <x:v>10544</x:v>
       </x:c>
       <x:c r="E66" s="31" t="n">
-        <x:v>5251</x:v>
+        <x:v>5222</x:v>
       </x:c>
       <x:c r="F66" s="31" t="n">
-        <x:v>5341</x:v>
+        <x:v>5322</x:v>
       </x:c>
       <x:c r="G66" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H66" s="32" t="n">
-        <x:v>-2</x:v>
+        <x:v>-20</x:v>
       </x:c>
       <x:c r="I66" s="33" t="n">
-        <x:v>-0.01887861</x:v>
+        <x:v>-0.1893222</x:v>
       </x:c>
       <x:c r="J66" s="32" t="n">
-        <x:v>-200</x:v>
+        <x:v>-217</x:v>
       </x:c>
       <x:c r="K66" s="33" t="n">
-        <x:v>-1.853225</x:v>
+        <x:v>-2.016541</x:v>
       </x:c>
       <x:c r="L66" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="M66" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="N66" s="32" t="n">
-        <x:v>-7</x:v>
+        <x:v>-11</x:v>
       </x:c>
       <x:c r="O66" s="31" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P66" s="31" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="Q66" s="31" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="R66" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S66" s="31" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="T66" s="31" t="n">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="P66" s="31" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="U66" s="31" t="n">
-        <x:v>8</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="V66" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W66" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>-9</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:23">
       <x:c r="A67" s="25" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B67" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C67" s="30" t="n">
-        <x:v>57346</x:v>
+        <x:v>57411</x:v>
       </x:c>
       <x:c r="D67" s="31" t="n">
-        <x:v>122710</x:v>
+        <x:v>122543</x:v>
       </x:c>
       <x:c r="E67" s="31" t="n">
-        <x:v>61705</x:v>
+        <x:v>61628</x:v>
       </x:c>
       <x:c r="F67" s="31" t="n">
-        <x:v>61005</x:v>
+        <x:v>60915</x:v>
       </x:c>
       <x:c r="G67" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H67" s="32" t="n">
-        <x:v>-110</x:v>
+        <x:v>-76</x:v>
       </x:c>
       <x:c r="I67" s="33" t="n">
-        <x:v>-0.08956196</x:v>
+        <x:v>-0.06198061</x:v>
       </x:c>
       <x:c r="J67" s="32" t="n">
-        <x:v>-1456</x:v>
+        <x:v>-1437</x:v>
       </x:c>
       <x:c r="K67" s="33" t="n">
-        <x:v>-1.172624</x:v>
+        <x:v>-1.159058</x:v>
       </x:c>
       <x:c r="L67" s="31" t="n">
-        <x:v>25</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="31" t="n">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="N67" s="32" t="n">
+        <x:v>-130</x:v>
+      </x:c>
+      <x:c r="O67" s="31" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="P67" s="31" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="Q67" s="31" t="n">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="R67" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S67" s="31" t="n">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="T67" s="31" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="U67" s="31" t="n">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="N67" s="32" t="n">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="V67" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W67" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:23">
       <x:c r="A68" s="25" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C68" s="30" t="n">
-        <x:v>8523</x:v>
+        <x:v>8569</x:v>
       </x:c>
       <x:c r="D68" s="31" t="n">
-        <x:v>19721</x:v>
+        <x:v>19762</x:v>
       </x:c>
       <x:c r="E68" s="31" t="n">
-        <x:v>10069</x:v>
+        <x:v>10100</x:v>
       </x:c>
       <x:c r="F68" s="31" t="n">
-        <x:v>9652</x:v>
+        <x:v>9662</x:v>
       </x:c>
       <x:c r="G68" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H68" s="32" t="n">
-        <x:v>12</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I68" s="33" t="n">
-        <x:v>0.06088589</x:v>
+        <x:v>0.1165206</x:v>
       </x:c>
       <x:c r="J68" s="32" t="n">
-        <x:v>-12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="K68" s="33" t="n">
-        <x:v>-0.06081184</x:v>
+        <x:v>0.02024496</x:v>
       </x:c>
       <x:c r="L68" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="M68" s="31" t="n">
-        <x:v>11</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="N68" s="32" t="n">
-        <x:v>-8</x:v>
+        <x:v>-11</x:v>
       </x:c>
       <x:c r="O68" s="31" t="n">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P68" s="31" t="n">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q68" s="31" t="n">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R68" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S68" s="31" t="n">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="T68" s="31" t="n">
-        <x:v>26</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="U68" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="V68" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W68" s="32" t="n">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:23">
       <x:c r="A69" s="25" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B69" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C69" s="30" t="n">
-        <x:v>8556</x:v>
+        <x:v>8557</x:v>
       </x:c>
       <x:c r="D69" s="31" t="n">
-        <x:v>17285</x:v>
+        <x:v>17237</x:v>
       </x:c>
       <x:c r="E69" s="31" t="n">
-        <x:v>8575</x:v>
+        <x:v>8562</x:v>
       </x:c>
       <x:c r="F69" s="31" t="n">
-        <x:v>8710</x:v>
+        <x:v>8675</x:v>
       </x:c>
       <x:c r="G69" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H69" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>-33</x:v>
       </x:c>
       <x:c r="I69" s="33" t="n">
-        <x:v>0.005785698</x:v>
+        <x:v>-0.1910828</x:v>
       </x:c>
       <x:c r="J69" s="32" t="n">
-        <x:v>-99</x:v>
+        <x:v>-121</x:v>
       </x:c>
       <x:c r="K69" s="33" t="n">
-        <x:v>-0.5694892</x:v>
+        <x:v>-0.6970849</x:v>
       </x:c>
       <x:c r="L69" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="M69" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="N69" s="32" t="n">
-        <x:v>-18</x:v>
+        <x:v>-17</x:v>
       </x:c>
       <x:c r="O69" s="31" t="n">
-        <x:v>75</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P69" s="31" t="n">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="Q69" s="31" t="n">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="R69" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S69" s="31" t="n">
-        <x:v>56</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="T69" s="31" t="n">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="U69" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="V69" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W69" s="32" t="n">
-        <x:v>19</x:v>
+        <x:v>-16</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:23">
       <x:c r="A70" s="25" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C70" s="30" t="n">
-        <x:v>13100</x:v>
+        <x:v>13118</x:v>
       </x:c>
       <x:c r="D70" s="31" t="n">
-        <x:v>27066</x:v>
+        <x:v>27047</x:v>
       </x:c>
       <x:c r="E70" s="31" t="n">
-        <x:v>13482</x:v>
+        <x:v>13477</x:v>
       </x:c>
       <x:c r="F70" s="31" t="n">
-        <x:v>13584</x:v>
+        <x:v>13570</x:v>
       </x:c>
       <x:c r="G70" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H70" s="32" t="n">
-        <x:v>-41</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="I70" s="33" t="n">
-        <x:v>-0.1512524</x:v>
+        <x:v>0.01848976</x:v>
       </x:c>
       <x:c r="J70" s="32" t="n">
-        <x:v>-490</x:v>
+        <x:v>-425</x:v>
       </x:c>
       <x:c r="K70" s="33" t="n">
-        <x:v>-1.778197</x:v>
+        <x:v>-1.54703</x:v>
       </x:c>
       <x:c r="L70" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="M70" s="31" t="n">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="32" t="n">
-        <x:v>-32</x:v>
+        <x:v>-22</x:v>
       </x:c>
       <x:c r="O70" s="31" t="n">
-        <x:v>53</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P70" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q70" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R70" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S70" s="31" t="n">
-        <x:v>62</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="T70" s="31" t="n">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="U70" s="31" t="n">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="V70" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W70" s="32" t="n">
-        <x:v>-9</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:23">
       <x:c r="A71" s="25" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B71" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C71" s="30" t="n">
-        <x:v>8364</x:v>
+        <x:v>8377</x:v>
       </x:c>
       <x:c r="D71" s="31" t="n">
-        <x:v>18529</x:v>
+        <x:v>18506</x:v>
       </x:c>
       <x:c r="E71" s="31" t="n">
-        <x:v>9481</x:v>
+        <x:v>9462</x:v>
       </x:c>
       <x:c r="F71" s="31" t="n">
-        <x:v>9048</x:v>
+        <x:v>9044</x:v>
       </x:c>
       <x:c r="G71" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H71" s="32" t="n">
-        <x:v>-19</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="I71" s="33" t="n">
-        <x:v>-0.1024369</x:v>
+        <x:v>-0.02701097</x:v>
       </x:c>
       <x:c r="J71" s="32" t="n">
-        <x:v>-204</x:v>
+        <x:v>-196</x:v>
       </x:c>
       <x:c r="K71" s="33" t="n">
-        <x:v>-1.088987</x:v>
+        <x:v>-1.048016</x:v>
       </x:c>
       <x:c r="L71" s="31" t="n">
-        <x:v>9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M71" s="31" t="n">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="N71" s="32" t="n">
-        <x:v>-8</x:v>
+        <x:v>-21</x:v>
       </x:c>
       <x:c r="O71" s="31" t="n">
-        <x:v>45</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P71" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="Q71" s="31" t="n">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="R71" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S71" s="31" t="n">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="T71" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="U71" s="31" t="n">
-        <x:v>26</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="V71" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W71" s="32" t="n">
-        <x:v>-11</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:23">
       <x:c r="A72" s="25" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C72" s="30" t="n">
         <x:v>7967</x:v>
       </x:c>
       <x:c r="D72" s="31" t="n">
-        <x:v>17369</x:v>
+        <x:v>17328</x:v>
       </x:c>
       <x:c r="E72" s="31" t="n">
-        <x:v>8772</x:v>
+        <x:v>8751</x:v>
       </x:c>
       <x:c r="F72" s="31" t="n">
-        <x:v>8597</x:v>
+        <x:v>8577</x:v>
       </x:c>
       <x:c r="G72" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H72" s="32" t="n">
         <x:v>-41</x:v>
       </x:c>
       <x:c r="I72" s="33" t="n">
-        <x:v>-0.2354968</x:v>
+        <x:v>-0.2360527</x:v>
       </x:c>
       <x:c r="J72" s="32" t="n">
-        <x:v>-318</x:v>
+        <x:v>-322</x:v>
       </x:c>
       <x:c r="K72" s="33" t="n">
-        <x:v>-1.797931</x:v>
+        <x:v>-1.824363</x:v>
       </x:c>
       <x:c r="L72" s="31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M72" s="31" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="32" t="n">
         <x:v>-24</x:v>
       </x:c>
       <x:c r="O72" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="Q72" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="R72" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S72" s="31" t="n">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="T72" s="31" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="U72" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="V72" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W72" s="32" t="n">
         <x:v>-17</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:23">
       <x:c r="A73" s="25" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B73" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C73" s="30" t="n">
-        <x:v>6075</x:v>
+        <x:v>6065</x:v>
       </x:c>
       <x:c r="D73" s="31" t="n">
-        <x:v>12587</x:v>
+        <x:v>12534</x:v>
       </x:c>
       <x:c r="E73" s="31" t="n">
-        <x:v>6173</x:v>
+        <x:v>6145</x:v>
       </x:c>
       <x:c r="F73" s="31" t="n">
-        <x:v>6414</x:v>
+        <x:v>6389</x:v>
       </x:c>
       <x:c r="G73" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H73" s="32" t="n">
-        <x:v>-23</x:v>
+        <x:v>-15</x:v>
       </x:c>
       <x:c r="I73" s="33" t="n">
-        <x:v>-0.1823949</x:v>
+        <x:v>-0.1195314</x:v>
       </x:c>
       <x:c r="J73" s="32" t="n">
-        <x:v>-230</x:v>
+        <x:v>-280</x:v>
       </x:c>
       <x:c r="K73" s="33" t="n">
-        <x:v>-1.794492</x:v>
+        <x:v>-2.18511</x:v>
       </x:c>
       <x:c r="L73" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="M73" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="N73" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>-22</x:v>
       </x:c>
       <x:c r="O73" s="31" t="n">
-        <x:v>19</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="P73" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="Q73" s="31" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="R73" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S73" s="31" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="T73" s="31" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="U73" s="31" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="V73" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W73" s="32" t="n">
         <x:v>7</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:23">
       <x:c r="A74" s="25" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C74" s="30" t="n">
-        <x:v>4761</x:v>
+        <x:v>4758</x:v>
       </x:c>
       <x:c r="D74" s="31" t="n">
-        <x:v>10153</x:v>
+        <x:v>10129</x:v>
       </x:c>
       <x:c r="E74" s="31" t="n">
-        <x:v>5153</x:v>
+        <x:v>5131</x:v>
       </x:c>
       <x:c r="F74" s="31" t="n">
-        <x:v>5000</x:v>
+        <x:v>4998</x:v>
       </x:c>
       <x:c r="G74" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H74" s="32" t="n">
+        <x:v>-10</x:v>
+      </x:c>
+      <x:c r="I74" s="33" t="n">
+        <x:v>-0.09862906</x:v>
+      </x:c>
+      <x:c r="J74" s="32" t="n">
+        <x:v>-97</x:v>
+      </x:c>
+      <x:c r="K74" s="33" t="n">
+        <x:v>-0.9485625</x:v>
+      </x:c>
+      <x:c r="L74" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I74" s="33" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="M74" s="31" t="n">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="N74" s="32" t="n">
-        <x:v>-8</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="O74" s="31" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="P74" s="31" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="Q74" s="31" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="R74" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S74" s="31" t="n">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="P74" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="T74" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="U74" s="31" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="V74" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W74" s="32" t="n">
-        <x:v>9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:23">
       <x:c r="A75" s="25" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B75" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C75" s="30" t="n">
-        <x:v>15635</x:v>
+        <x:v>15596</x:v>
       </x:c>
       <x:c r="D75" s="31" t="n">
-        <x:v>34723</x:v>
+        <x:v>34620</x:v>
       </x:c>
       <x:c r="E75" s="31" t="n">
-        <x:v>17238</x:v>
+        <x:v>17192</x:v>
       </x:c>
       <x:c r="F75" s="31" t="n">
-        <x:v>17485</x:v>
+        <x:v>17428</x:v>
       </x:c>
       <x:c r="G75" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H75" s="32" t="n">
-        <x:v>-63</x:v>
+        <x:v>-60</x:v>
       </x:c>
       <x:c r="I75" s="33" t="n">
-        <x:v>-0.1811073</x:v>
+        <x:v>-0.1730104</x:v>
       </x:c>
       <x:c r="J75" s="32" t="n">
-        <x:v>-768</x:v>
+        <x:v>-750</x:v>
       </x:c>
       <x:c r="K75" s="33" t="n">
-        <x:v>-2.163929</x:v>
+        <x:v>-2.120441</x:v>
       </x:c>
       <x:c r="L75" s="31" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M75" s="31" t="n">
-        <x:v>62</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N75" s="32" t="n">
-        <x:v>-54</x:v>
+        <x:v>-37</x:v>
       </x:c>
       <x:c r="O75" s="31" t="n">
-        <x:v>49</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P75" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="Q75" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="R75" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S75" s="31" t="n">
-        <x:v>58</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="T75" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U75" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="V75" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W75" s="32" t="n">
-        <x:v>-9</x:v>
+        <x:v>-23</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:23">
       <x:c r="A76" s="25" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C76" s="30" t="n">
-        <x:v>3319</x:v>
+        <x:v>3322</x:v>
       </x:c>
       <x:c r="D76" s="31" t="n">
-        <x:v>7496</x:v>
+        <x:v>7499</x:v>
       </x:c>
       <x:c r="E76" s="31" t="n">
-        <x:v>3719</x:v>
+        <x:v>3723</x:v>
       </x:c>
       <x:c r="F76" s="31" t="n">
-        <x:v>3777</x:v>
+        <x:v>3776</x:v>
       </x:c>
       <x:c r="G76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H76" s="32" t="n">
-        <x:v>-6</x:v>
+        <x:v>-17</x:v>
       </x:c>
       <x:c r="I76" s="33" t="n">
-        <x:v>-0.07997867</x:v>
+        <x:v>-0.2261841</x:v>
       </x:c>
       <x:c r="J76" s="32" t="n">
-        <x:v>-123</x:v>
+        <x:v>-105</x:v>
       </x:c>
       <x:c r="K76" s="33" t="n">
-        <x:v>-1.614385</x:v>
+        <x:v>-1.380852</x:v>
       </x:c>
       <x:c r="L76" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="M76" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="N76" s="32" t="n">
-        <x:v>-10</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="O76" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="P76" s="31" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="Q76" s="31" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="R76" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S76" s="31" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="T76" s="31" t="n">
         <x:v>9</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>3</x:v>
       </x:c>
       <x:c r="U76" s="31" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="V76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W76" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>-9</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:23">
       <x:c r="A77" s="25" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B77" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C77" s="30" t="n">
-        <x:v>3959</x:v>
+        <x:v>3937</x:v>
       </x:c>
       <x:c r="D77" s="31" t="n">
-        <x:v>8757</x:v>
+        <x:v>8715</x:v>
       </x:c>
       <x:c r="E77" s="31" t="n">
-        <x:v>4347</x:v>
+        <x:v>4327</x:v>
       </x:c>
       <x:c r="F77" s="31" t="n">
-        <x:v>4410</x:v>
+        <x:v>4388</x:v>
       </x:c>
       <x:c r="G77" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H77" s="32" t="n">
-        <x:v>-18</x:v>
+        <x:v>-9</x:v>
       </x:c>
       <x:c r="I77" s="33" t="n">
-        <x:v>-0.2051282</x:v>
+        <x:v>-0.1031637</x:v>
       </x:c>
       <x:c r="J77" s="32" t="n">
-        <x:v>-191</x:v>
+        <x:v>-183</x:v>
       </x:c>
       <x:c r="K77" s="33" t="n">
-        <x:v>-2.134555</x:v>
+        <x:v>-2.056642</x:v>
       </x:c>
       <x:c r="L77" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M77" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="N77" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>-12</x:v>
       </x:c>
       <x:c r="O77" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="P77" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="Q77" s="31" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="R77" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S77" s="31" t="n">
-        <x:v>19</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="T77" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="U77" s="31" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="V77" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W77" s="32" t="n">
         <x:v>3</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>-3</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:23">
       <x:c r="A78" s="25" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C78" s="30" t="n">
-        <x:v>2854</x:v>
+        <x:v>2847</x:v>
       </x:c>
       <x:c r="D78" s="31" t="n">
-        <x:v>6259</x:v>
+        <x:v>6234</x:v>
       </x:c>
       <x:c r="E78" s="31" t="n">
-        <x:v>3092</x:v>
+        <x:v>3079</x:v>
       </x:c>
       <x:c r="F78" s="31" t="n">
-        <x:v>3167</x:v>
+        <x:v>3155</x:v>
       </x:c>
       <x:c r="G78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H78" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="I78" s="33" t="n">
-        <x:v>-0.2390819</x:v>
+        <x:v>-0.1281641</x:v>
       </x:c>
       <x:c r="J78" s="32" t="n">
-        <x:v>-142</x:v>
+        <x:v>-144</x:v>
       </x:c>
       <x:c r="K78" s="33" t="n">
-        <x:v>-2.218403</x:v>
+        <x:v>-2.257761</x:v>
       </x:c>
       <x:c r="L78" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="M78" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="N78" s="32" t="n">
-        <x:v>-12</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="O78" s="31" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="P78" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="Q78" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S78" s="31" t="n">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="T78" s="31" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="U78" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="V78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W78" s="32" t="n">
-        <x:v>-3</x:v>
+        <x:v>-2</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:23">
       <x:c r="A79" s="25" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B79" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C79" s="30" t="n">
-        <x:v>4467</x:v>
+        <x:v>4453</x:v>
       </x:c>
       <x:c r="D79" s="31" t="n">
-        <x:v>9866</x:v>
+        <x:v>9840</x:v>
       </x:c>
       <x:c r="E79" s="31" t="n">
-        <x:v>4914</x:v>
+        <x:v>4903</x:v>
       </x:c>
       <x:c r="F79" s="31" t="n">
-        <x:v>4952</x:v>
+        <x:v>4937</x:v>
       </x:c>
       <x:c r="G79" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H79" s="32" t="n">
-        <x:v>-19</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="I79" s="33" t="n">
-        <x:v>-0.1922104</x:v>
+        <x:v>-0.1623377</x:v>
       </x:c>
       <x:c r="J79" s="32" t="n">
-        <x:v>-240</x:v>
+        <x:v>-242</x:v>
       </x:c>
       <x:c r="K79" s="33" t="n">
-        <x:v>-2.374827</x:v>
+        <x:v>-2.400317</x:v>
       </x:c>
       <x:c r="L79" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="M79" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="N79" s="32" t="n">
-        <x:v>-13</x:v>
+        <x:v>-10</x:v>
       </x:c>
       <x:c r="O79" s="31" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="P79" s="31" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="Q79" s="31" t="n">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="Q79" s="31" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R79" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S79" s="31" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="T79" s="31" t="n">
-        <x:v>6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="U79" s="31" t="n">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="V79" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W79" s="32" t="n">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:23">
       <x:c r="A80" s="25" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C80" s="30" t="n">
-        <x:v>1036</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="D80" s="31" t="n">
-        <x:v>2345</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="E80" s="31" t="n">
-        <x:v>1166</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="F80" s="31" t="n">
-        <x:v>1179</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="G80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H80" s="32" t="n">
-        <x:v>-5</x:v>
+        <x:v>-10</x:v>
       </x:c>
       <x:c r="I80" s="33" t="n">
-        <x:v>-0.212766</x:v>
+        <x:v>-0.4269855</x:v>
       </x:c>
       <x:c r="J80" s="32" t="n">
-        <x:v>-72</x:v>
+        <x:v>-76</x:v>
       </x:c>
       <x:c r="K80" s="33" t="n">
-        <x:v>-2.978899</x:v>
+        <x:v>-3.156146</x:v>
       </x:c>
       <x:c r="L80" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M80" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="M80" s="31" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N80" s="32" t="n">
-        <x:v>-4</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="O80" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="P80" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="Q80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="R80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S80" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="T80" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="U80" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="V80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W80" s="32" t="n">
-        <x:v>-1</x:v>
+        <x:v>-9</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:23">
       <x:c r="A81" s="25" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B81" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C81" s="30" t="n">
-        <x:v>24461</x:v>
+        <x:v>24498</x:v>
       </x:c>
       <x:c r="D81" s="31" t="n">
-        <x:v>53662</x:v>
+        <x:v>53635</x:v>
       </x:c>
       <x:c r="E81" s="31" t="n">
-        <x:v>27003</x:v>
+        <x:v>26979</x:v>
       </x:c>
       <x:c r="F81" s="31" t="n">
-        <x:v>26659</x:v>
+        <x:v>26656</x:v>
       </x:c>
       <x:c r="G81" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H81" s="32" t="n">
+        <x:v>-1</x:v>
+      </x:c>
+      <x:c r="I81" s="33" t="n">
+        <x:v>-0.001864419</x:v>
+      </x:c>
+      <x:c r="J81" s="32" t="n">
+        <x:v>-408</x:v>
+      </x:c>
+      <x:c r="K81" s="33" t="n">
+        <x:v>-0.7549544</x:v>
+      </x:c>
+      <x:c r="L81" s="31" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="M81" s="31" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="N81" s="32" t="n">
         <x:v>-51</x:v>
       </x:c>
-      <x:c r="I81" s="33" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="O81" s="31" t="n">
-        <x:v>165</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P81" s="31" t="n">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q81" s="31" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="R81" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S81" s="31" t="n">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="T81" s="31" t="n">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="R81" s="31" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U81" s="31" t="n">
-        <x:v>84</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="V81" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W81" s="32" t="n">
-        <x:v>-4</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:23">
       <x:c r="A82" s="25" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C82" s="30" t="n">
-        <x:v>4608</x:v>
+        <x:v>4621</x:v>
       </x:c>
       <x:c r="D82" s="31" t="n">
-        <x:v>10590</x:v>
+        <x:v>10586</x:v>
       </x:c>
       <x:c r="E82" s="31" t="n">
-        <x:v>5357</x:v>
+        <x:v>5358</x:v>
       </x:c>
       <x:c r="F82" s="31" t="n">
-        <x:v>5233</x:v>
+        <x:v>5228</x:v>
       </x:c>
       <x:c r="G82" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H82" s="32" t="n">
-        <x:v>-21</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="I82" s="33" t="n">
-        <x:v>-0.1979078</x:v>
+        <x:v>-0.05664653</x:v>
       </x:c>
       <x:c r="J82" s="32" t="n">
-        <x:v>-140</x:v>
+        <x:v>-141</x:v>
       </x:c>
       <x:c r="K82" s="33" t="n">
-        <x:v>-1.304753</x:v>
+        <x:v>-1.31444</x:v>
       </x:c>
       <x:c r="L82" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="M82" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="N82" s="32" t="n">
-        <x:v>-17</x:v>
+        <x:v>-19</x:v>
       </x:c>
       <x:c r="O82" s="31" t="n">
-        <x:v>19</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="Q82" s="31" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="R82" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S82" s="31" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="T82" s="31" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="U82" s="31" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="R82" s="31" t="n">
-[...5 lines deleted...]
-      <x:c r="T82" s="31" t="n">
+      <x:c r="V82" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W82" s="32" t="n">
         <x:v>13</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:23">
       <x:c r="A83" s="25" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B83" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C83" s="30" t="n">
-        <x:v>5970</x:v>
+        <x:v>5991</x:v>
       </x:c>
       <x:c r="D83" s="31" t="n">
-        <x:v>12635</x:v>
+        <x:v>12646</x:v>
       </x:c>
       <x:c r="E83" s="31" t="n">
-        <x:v>6459</x:v>
+        <x:v>6457</x:v>
       </x:c>
       <x:c r="F83" s="31" t="n">
-        <x:v>6176</x:v>
+        <x:v>6189</x:v>
       </x:c>
       <x:c r="G83" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H83" s="32" t="n">
-        <x:v>-21</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="I83" s="33" t="n">
-        <x:v>-0.1659292</x:v>
+        <x:v>0.1584033</x:v>
       </x:c>
       <x:c r="J83" s="32" t="n">
-        <x:v>-149</x:v>
+        <x:v>-112</x:v>
       </x:c>
       <x:c r="K83" s="33" t="n">
-        <x:v>-1.165519</x:v>
+        <x:v>-0.8778806</x:v>
       </x:c>
       <x:c r="L83" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="M83" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="N83" s="32" t="n">
-        <x:v>-20</x:v>
+        <x:v>-10</x:v>
       </x:c>
       <x:c r="O83" s="31" t="n">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P83" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="Q83" s="31" t="n">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R83" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S83" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="T83" s="31" t="n">
-        <x:v>25</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="U83" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="V83" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W83" s="32" t="n">
-        <x:v>-1</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:23">
       <x:c r="A84" s="25" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C84" s="30" t="n">
-        <x:v>13883</x:v>
+        <x:v>13886</x:v>
       </x:c>
       <x:c r="D84" s="31" t="n">
-        <x:v>30437</x:v>
+        <x:v>30403</x:v>
       </x:c>
       <x:c r="E84" s="31" t="n">
-        <x:v>15187</x:v>
+        <x:v>15164</x:v>
       </x:c>
       <x:c r="F84" s="31" t="n">
-        <x:v>15250</x:v>
+        <x:v>15239</x:v>
       </x:c>
       <x:c r="G84" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H84" s="32" t="n">
-        <x:v>-9</x:v>
+        <x:v>-15</x:v>
       </x:c>
       <x:c r="I84" s="33" t="n">
-        <x:v>-0.02956053</x:v>
+        <x:v>-0.04931291</x:v>
       </x:c>
       <x:c r="J84" s="32" t="n">
-        <x:v>-86</x:v>
+        <x:v>-155</x:v>
       </x:c>
       <x:c r="K84" s="33" t="n">
-        <x:v>-0.2817547</x:v>
+        <x:v>-0.5072321</x:v>
       </x:c>
       <x:c r="L84" s="31" t="n">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="M84" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N84" s="32" t="n">
-        <x:v>-10</x:v>
+        <x:v>-22</x:v>
       </x:c>
       <x:c r="O84" s="31" t="n">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P84" s="31" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q84" s="31" t="n">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R84" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S84" s="31" t="n">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="T84" s="31" t="n">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U84" s="31" t="n">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="V84" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W84" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:23">
       <x:c r="A85" s="25" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B85" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C85" s="30" t="n">
-        <x:v>15290</x:v>
+        <x:v>15315</x:v>
       </x:c>
       <x:c r="D85" s="31" t="n">
-        <x:v>31429</x:v>
+        <x:v>31420</x:v>
       </x:c>
       <x:c r="E85" s="31" t="n">
-        <x:v>15661</x:v>
+        <x:v>15651</x:v>
       </x:c>
       <x:c r="F85" s="31" t="n">
-        <x:v>15768</x:v>
+        <x:v>15769</x:v>
       </x:c>
       <x:c r="G85" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H85" s="32" t="n">
-        <x:v>7</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="I85" s="33" t="n">
-        <x:v>0.02227738</x:v>
+        <x:v>-0.05089706</x:v>
       </x:c>
       <x:c r="J85" s="32" t="n">
-        <x:v>-311</x:v>
+        <x:v>-313</x:v>
       </x:c>
       <x:c r="K85" s="33" t="n">
-        <x:v>-0.9798362</x:v>
+        <x:v>-0.9863549</x:v>
       </x:c>
       <x:c r="L85" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="M85" s="31" t="n">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N85" s="32" t="n">
-        <x:v>-29</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="O85" s="31" t="n">
-        <x:v>124</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P85" s="31" t="n">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q85" s="31" t="n">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R85" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S85" s="31" t="n">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="T85" s="31" t="n">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U85" s="31" t="n">
-        <x:v>48</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="V85" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W85" s="32" t="n">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:23">
       <x:c r="A86" s="25" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C86" s="30" t="n">
-        <x:v>15290</x:v>
+        <x:v>15315</x:v>
       </x:c>
       <x:c r="D86" s="31" t="n">
-        <x:v>31429</x:v>
+        <x:v>31420</x:v>
       </x:c>
       <x:c r="E86" s="31" t="n">
-        <x:v>15661</x:v>
+        <x:v>15651</x:v>
       </x:c>
       <x:c r="F86" s="31" t="n">
-        <x:v>15768</x:v>
+        <x:v>15769</x:v>
       </x:c>
       <x:c r="G86" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H86" s="32" t="n">
-        <x:v>7</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="I86" s="33" t="n">
-        <x:v>0.02227738</x:v>
+        <x:v>-0.05089706</x:v>
       </x:c>
       <x:c r="J86" s="32" t="n">
-        <x:v>-311</x:v>
+        <x:v>-313</x:v>
       </x:c>
       <x:c r="K86" s="33" t="n">
-        <x:v>-0.9798362</x:v>
+        <x:v>-0.9863549</x:v>
       </x:c>
       <x:c r="L86" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="M86" s="31" t="n">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N86" s="32" t="n">
-        <x:v>-29</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="O86" s="31" t="n">
-        <x:v>124</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P86" s="31" t="n">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q86" s="31" t="n">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R86" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S86" s="31" t="n">
-        <x:v>88</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="T86" s="31" t="n">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U86" s="31" t="n">
-        <x:v>48</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="V86" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W86" s="32" t="n">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:23">
       <x:c r="A87" s="25" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B87" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C87" s="30" t="n">
-        <x:v>15896</x:v>
+        <x:v>15942</x:v>
       </x:c>
       <x:c r="D87" s="31" t="n">
-        <x:v>33313</x:v>
+        <x:v>33303</x:v>
       </x:c>
       <x:c r="E87" s="31" t="n">
-        <x:v>16628</x:v>
+        <x:v>16613</x:v>
       </x:c>
       <x:c r="F87" s="31" t="n">
-        <x:v>16685</x:v>
+        <x:v>16690</x:v>
       </x:c>
       <x:c r="G87" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H87" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="I87" s="33" t="n">
-        <x:v>-0.0450072</x:v>
+        <x:v>0.03304097</x:v>
       </x:c>
       <x:c r="J87" s="32" t="n">
-        <x:v>-77</x:v>
+        <x:v>-164</x:v>
       </x:c>
       <x:c r="K87" s="33" t="n">
-        <x:v>-0.230608</x:v>
+        <x:v>-0.490035</x:v>
       </x:c>
       <x:c r="L87" s="31" t="n">
-        <x:v>13</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="M87" s="31" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="N87" s="32" t="n">
+        <x:v>-28</x:v>
+      </x:c>
+      <x:c r="O87" s="31" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="P87" s="31" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="Q87" s="31" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="R87" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S87" s="31" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="T87" s="31" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="U87" s="31" t="n">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="N87" s="32" t="n">
-[...20 lines deleted...]
-      <x:c r="U87" s="31" t="n">
+      <x:c r="V87" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W87" s="32" t="n">
         <x:v>39</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:23">
       <x:c r="A88" s="25" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C88" s="30" t="n">
-        <x:v>15896</x:v>
+        <x:v>15942</x:v>
       </x:c>
       <x:c r="D88" s="31" t="n">
-        <x:v>33313</x:v>
+        <x:v>33303</x:v>
       </x:c>
       <x:c r="E88" s="31" t="n">
-        <x:v>16628</x:v>
+        <x:v>16613</x:v>
       </x:c>
       <x:c r="F88" s="31" t="n">
-        <x:v>16685</x:v>
+        <x:v>16690</x:v>
       </x:c>
       <x:c r="G88" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H88" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="I88" s="33" t="n">
-        <x:v>-0.0450072</x:v>
+        <x:v>0.03304097</x:v>
       </x:c>
       <x:c r="J88" s="32" t="n">
-        <x:v>-77</x:v>
+        <x:v>-164</x:v>
       </x:c>
       <x:c r="K88" s="33" t="n">
-        <x:v>-0.230608</x:v>
+        <x:v>-0.490035</x:v>
       </x:c>
       <x:c r="L88" s="31" t="n">
-        <x:v>13</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="M88" s="31" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="N88" s="32" t="n">
+        <x:v>-28</x:v>
+      </x:c>
+      <x:c r="O88" s="31" t="n">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="P88" s="31" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="Q88" s="31" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="R88" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S88" s="31" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="T88" s="31" t="n">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="U88" s="31" t="n">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="N88" s="32" t="n">
-[...20 lines deleted...]
-      <x:c r="U88" s="31" t="n">
+      <x:c r="V88" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W88" s="32" t="n">
         <x:v>39</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:23">
       <x:c r="A89" s="25" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B89" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C89" s="30" t="n">
-        <x:v>32914</x:v>
+        <x:v>32966</x:v>
       </x:c>
       <x:c r="D89" s="31" t="n">
-        <x:v>70861</x:v>
+        <x:v>70837</x:v>
       </x:c>
       <x:c r="E89" s="31" t="n">
-        <x:v>35542</x:v>
+        <x:v>35537</x:v>
       </x:c>
       <x:c r="F89" s="31" t="n">
-        <x:v>35319</x:v>
+        <x:v>35300</x:v>
       </x:c>
       <x:c r="G89" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H89" s="32" t="n">
-        <x:v>-97</x:v>
+        <x:v>-43</x:v>
       </x:c>
       <x:c r="I89" s="33" t="n">
-        <x:v>-0.1367006</x:v>
+        <x:v>-0.06066591</x:v>
       </x:c>
       <x:c r="J89" s="32" t="n">
-        <x:v>-709</x:v>
+        <x:v>-655</x:v>
       </x:c>
       <x:c r="K89" s="33" t="n">
-        <x:v>-0.9906386</x:v>
+        <x:v>-0.9161865</x:v>
       </x:c>
       <x:c r="L89" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="31" t="n">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N89" s="32" t="n">
-        <x:v>-36</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="O89" s="31" t="n">
-        <x:v>130</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P89" s="31" t="n">
-        <x:v>69</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q89" s="31" t="n">
-        <x:v>61</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R89" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S89" s="31" t="n">
-        <x:v>191</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="T89" s="31" t="n">
-        <x:v>115</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U89" s="31" t="n">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="V89" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W89" s="32" t="n">
-        <x:v>-61</x:v>
+        <x:v>-5</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:23">
       <x:c r="A90" s="25" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C90" s="30" t="n">
-        <x:v>20379</x:v>
+        <x:v>20400</x:v>
       </x:c>
       <x:c r="D90" s="31" t="n">
-        <x:v>43225</x:v>
+        <x:v>43172</x:v>
       </x:c>
       <x:c r="E90" s="31" t="n">
-        <x:v>21553</x:v>
+        <x:v>21525</x:v>
       </x:c>
       <x:c r="F90" s="31" t="n">
-        <x:v>21672</x:v>
+        <x:v>21647</x:v>
       </x:c>
       <x:c r="G90" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H90" s="32" t="n">
-        <x:v>-74</x:v>
+        <x:v>-34</x:v>
       </x:c>
       <x:c r="I90" s="33" t="n">
-        <x:v>-0.1709046</x:v>
+        <x:v>-0.07869277</x:v>
       </x:c>
       <x:c r="J90" s="32" t="n">
-        <x:v>-452</x:v>
+        <x:v>-451</x:v>
       </x:c>
       <x:c r="K90" s="33" t="n">
-        <x:v>-1.03487</x:v>
+        <x:v>-1.033858</x:v>
       </x:c>
       <x:c r="L90" s="31" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M90" s="31" t="n">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N90" s="32" t="n">
-        <x:v>-30</x:v>
+        <x:v>-25</x:v>
       </x:c>
       <x:c r="O90" s="31" t="n">
-        <x:v>65</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P90" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q90" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R90" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S90" s="31" t="n">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="T90" s="31" t="n">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U90" s="31" t="n">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="V90" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W90" s="32" t="n">
-        <x:v>-44</x:v>
+        <x:v>-9</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:23">
       <x:c r="A91" s="34" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B91" s="19" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C91" s="30" t="n">
-        <x:v>12535</x:v>
+        <x:v>12566</x:v>
       </x:c>
       <x:c r="D91" s="31" t="n">
-        <x:v>27636</x:v>
+        <x:v>27665</x:v>
       </x:c>
       <x:c r="E91" s="31" t="n">
-        <x:v>13989</x:v>
+        <x:v>14012</x:v>
       </x:c>
       <x:c r="F91" s="31" t="n">
-        <x:v>13647</x:v>
+        <x:v>13653</x:v>
       </x:c>
       <x:c r="G91" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H91" s="32" t="n">
-        <x:v>-23</x:v>
+        <x:v>-9</x:v>
       </x:c>
       <x:c r="I91" s="33" t="n">
-        <x:v>-0.08315557</x:v>
+        <x:v>-0.0325215</x:v>
       </x:c>
       <x:c r="J91" s="32" t="n">
-        <x:v>-257</x:v>
+        <x:v>-204</x:v>
       </x:c>
       <x:c r="K91" s="33" t="n">
-        <x:v>-0.9213781</x:v>
+        <x:v>-0.7319961</x:v>
       </x:c>
       <x:c r="L91" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="M91" s="31" t="n">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="32" t="n">
-        <x:v>-6</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="O91" s="31" t="n">
-        <x:v>65</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P91" s="31" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="Q91" s="31" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="R91" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S91" s="31" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="T91" s="31" t="n">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="Q91" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U91" s="31" t="n">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="V91" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W91" s="32" t="n">
-        <x:v>-17</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:23">
       <x:c r="B92" s="2" t="s"/>
     </x:row>
     <x:row r="93" spans="1:23">
       <x:c r="B93" s="2" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:W93"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
@@ -8046,5835 +8046,5835 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="S7" s="21" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="T7" s="21" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U7" s="21" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="V7" s="21" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="W7" s="24" t="s"/>
     </x:row>
     <x:row r="8" spans="1:23">
       <x:c r="A8" s="25" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C8" s="35" t="s"/>
       <x:c r="D8" s="27" t="n">
-        <x:v>7091296</x:v>
+        <x:v>7085397</x:v>
       </x:c>
       <x:c r="E8" s="27" t="n">
-        <x:v>3528620</x:v>
+        <x:v>3525442</x:v>
       </x:c>
       <x:c r="F8" s="27" t="n">
-        <x:v>3562676</x:v>
+        <x:v>3559955</x:v>
       </x:c>
       <x:c r="G8" s="27" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H8" s="28" t="n">
-        <x:v>-3319</x:v>
+        <x:v>-3689</x:v>
       </x:c>
       <x:c r="I8" s="29" t="n">
-        <x:v>-0.04678196</x:v>
+        <x:v>-0.05203774</x:v>
       </x:c>
       <x:c r="J8" s="28" t="n">
-        <x:v>-34770</x:v>
+        <x:v>-35018</x:v>
       </x:c>
       <x:c r="K8" s="29" t="n">
-        <x:v>-0.487927</x:v>
+        <x:v>-0.4917972</x:v>
       </x:c>
       <x:c r="L8" s="27" t="n">
-        <x:v>3427</x:v>
+        <x:v>3201</x:v>
       </x:c>
       <x:c r="M8" s="27" t="n">
-        <x:v>6776</x:v>
+        <x:v>6758</x:v>
       </x:c>
       <x:c r="N8" s="28" t="n">
-        <x:v>-3349</x:v>
+        <x:v>-3557</x:v>
       </x:c>
       <x:c r="O8" s="27" t="n">
-        <x:v>20660</x:v>
+        <x:v>18533</x:v>
       </x:c>
       <x:c r="P8" s="27" t="n">
-        <x:v>11000</x:v>
+        <x:v>9721</x:v>
       </x:c>
       <x:c r="Q8" s="27" t="n">
-        <x:v>9659</x:v>
+        <x:v>8812</x:v>
       </x:c>
       <x:c r="R8" s="27" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="S8" s="27" t="n">
-        <x:v>20630</x:v>
+        <x:v>18665</x:v>
       </x:c>
       <x:c r="T8" s="27" t="n">
-        <x:v>10974</x:v>
+        <x:v>9598</x:v>
       </x:c>
       <x:c r="U8" s="27" t="n">
-        <x:v>9655</x:v>
+        <x:v>9067</x:v>
       </x:c>
       <x:c r="V8" s="27" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="W8" s="28" t="n">
-        <x:v>30</x:v>
+        <x:v>-132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:23">
       <x:c r="A9" s="25" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="36" t="s"/>
       <x:c r="D9" s="31" t="n">
-        <x:v>6632802</x:v>
+        <x:v>6627760</x:v>
       </x:c>
       <x:c r="E9" s="31" t="n">
-        <x:v>3299414</x:v>
+        <x:v>3296686</x:v>
       </x:c>
       <x:c r="F9" s="31" t="n">
-        <x:v>3333388</x:v>
+        <x:v>3331074</x:v>
       </x:c>
       <x:c r="G9" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H9" s="32" t="n">
-        <x:v>-2804</x:v>
+        <x:v>-3247</x:v>
       </x:c>
       <x:c r="I9" s="33" t="n">
-        <x:v>-0.04225688</x:v>
+        <x:v>-0.04896692</x:v>
       </x:c>
       <x:c r="J9" s="32" t="n">
-        <x:v>-28982</x:v>
+        <x:v>-29119</x:v>
       </x:c>
       <x:c r="K9" s="33" t="n">
-        <x:v>-0.4350486</x:v>
+        <x:v>-0.4374272</x:v>
       </x:c>
       <x:c r="L9" s="31" t="n">
-        <x:v>3271</x:v>
+        <x:v>3056</x:v>
       </x:c>
       <x:c r="M9" s="31" t="n">
-        <x:v>6230</x:v>
+        <x:v>6198</x:v>
       </x:c>
       <x:c r="N9" s="32" t="n">
-        <x:v>-2959</x:v>
+        <x:v>-3142</x:v>
       </x:c>
       <x:c r="O9" s="31" t="n">
-        <x:v>19784</x:v>
+        <x:v>17628</x:v>
       </x:c>
       <x:c r="P9" s="31" t="n">
-        <x:v>10528</x:v>
+        <x:v>9252</x:v>
       </x:c>
       <x:c r="Q9" s="31" t="n">
-        <x:v>9255</x:v>
+        <x:v>8376</x:v>
       </x:c>
       <x:c r="R9" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="S9" s="31" t="n">
-        <x:v>19629</x:v>
+        <x:v>17733</x:v>
       </x:c>
       <x:c r="T9" s="31" t="n">
-        <x:v>10450</x:v>
+        <x:v>9106</x:v>
       </x:c>
       <x:c r="U9" s="31" t="n">
-        <x:v>9178</x:v>
+        <x:v>8627</x:v>
       </x:c>
       <x:c r="V9" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="W9" s="32" t="n">
-        <x:v>155</x:v>
+        <x:v>-105</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:23">
       <x:c r="A10" s="25" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="36" t="s"/>
       <x:c r="D10" s="31" t="n">
-        <x:v>458494</x:v>
+        <x:v>457637</x:v>
       </x:c>
       <x:c r="E10" s="31" t="n">
-        <x:v>229206</x:v>
+        <x:v>228756</x:v>
       </x:c>
       <x:c r="F10" s="31" t="n">
-        <x:v>229288</x:v>
+        <x:v>228881</x:v>
       </x:c>
       <x:c r="G10" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H10" s="32" t="n">
-        <x:v>-515</x:v>
+        <x:v>-442</x:v>
       </x:c>
       <x:c r="I10" s="33" t="n">
-        <x:v>-0.1121982</x:v>
+        <x:v>-0.09648991</x:v>
       </x:c>
       <x:c r="J10" s="32" t="n">
-        <x:v>-5788</x:v>
+        <x:v>-5899</x:v>
       </x:c>
       <x:c r="K10" s="33" t="n">
-        <x:v>-1.246656</x:v>
+        <x:v>-1.272609</x:v>
       </x:c>
       <x:c r="L10" s="31" t="n">
-        <x:v>156</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="M10" s="31" t="n">
-        <x:v>546</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="N10" s="32" t="n">
-        <x:v>-390</x:v>
+        <x:v>-415</x:v>
       </x:c>
       <x:c r="O10" s="31" t="n">
-        <x:v>876</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="P10" s="31" t="n">
-        <x:v>472</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q10" s="31" t="n">
-        <x:v>404</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R10" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S10" s="31" t="n">
-        <x:v>1001</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="T10" s="31" t="n">
-        <x:v>524</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U10" s="31" t="n">
-        <x:v>477</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="V10" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W10" s="32" t="n">
-        <x:v>-125</x:v>
+        <x:v>-27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:23">
       <x:c r="A11" s="25" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C11" s="36" t="s"/>
       <x:c r="D11" s="31" t="n">
-        <x:v>1317685</x:v>
+        <x:v>1317629</x:v>
       </x:c>
       <x:c r="E11" s="31" t="n">
-        <x:v>652074</x:v>
+        <x:v>652101</x:v>
       </x:c>
       <x:c r="F11" s="31" t="n">
-        <x:v>665611</x:v>
+        <x:v>665528</x:v>
       </x:c>
       <x:c r="G11" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H11" s="32" t="n">
-        <x:v>-39</x:v>
+        <x:v>-290</x:v>
       </x:c>
       <x:c r="I11" s="33" t="n">
-        <x:v>-0.002959649</x:v>
+        <x:v>-0.02200439</x:v>
       </x:c>
       <x:c r="J11" s="32" t="n">
-        <x:v>1680</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="K11" s="33" t="n">
-        <x:v>0.1276591</x:v>
+        <x:v>0.1305559</x:v>
       </x:c>
       <x:c r="L11" s="31" t="n">
-        <x:v>800</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="M11" s="31" t="n">
-        <x:v>1038</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="N11" s="32" t="n">
-        <x:v>-238</x:v>
+        <x:v>-348</x:v>
       </x:c>
       <x:c r="O11" s="31" t="n">
-        <x:v>5137</x:v>
+        <x:v>4556</x:v>
       </x:c>
       <x:c r="P11" s="31" t="n">
-        <x:v>2634</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="Q11" s="31" t="n">
-        <x:v>2502</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="R11" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="S11" s="31" t="n">
-        <x:v>4938</x:v>
+        <x:v>4498</x:v>
       </x:c>
       <x:c r="T11" s="31" t="n">
-        <x:v>2630</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="U11" s="31" t="n">
-        <x:v>2307</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="V11" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="W11" s="32" t="n">
-        <x:v>199</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:23">
       <x:c r="A12" s="25" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C12" s="36" t="s"/>
       <x:c r="D12" s="31" t="n">
-        <x:v>94128</x:v>
+        <x:v>94113</x:v>
       </x:c>
       <x:c r="E12" s="31" t="n">
-        <x:v>46420</x:v>
+        <x:v>46430</x:v>
       </x:c>
       <x:c r="F12" s="31" t="n">
-        <x:v>47708</x:v>
+        <x:v>47683</x:v>
       </x:c>
       <x:c r="G12" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H12" s="32" t="n">
-        <x:v>41</x:v>
+        <x:v>-41</x:v>
       </x:c>
       <x:c r="I12" s="33" t="n">
-        <x:v>0.04357669</x:v>
+        <x:v>-0.04354568</x:v>
       </x:c>
       <x:c r="J12" s="32" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="K12" s="33" t="n">
+        <x:v>0.1116926</x:v>
+      </x:c>
+      <x:c r="L12" s="31" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="M12" s="31" t="n">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="N12" s="32" t="n">
+        <x:v>-37</x:v>
+      </x:c>
+      <x:c r="O12" s="31" t="n">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="P12" s="31" t="n">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="K12" s="33" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q12" s="31" t="n">
-        <x:v>171</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R12" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S12" s="31" t="n">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="T12" s="31" t="n">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U12" s="31" t="n">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="V12" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W12" s="32" t="n">
-        <x:v>43</x:v>
+        <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:23">
       <x:c r="A13" s="25" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B13" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="36" t="s"/>
       <x:c r="D13" s="31" t="n">
-        <x:v>148463</x:v>
+        <x:v>148667</x:v>
       </x:c>
       <x:c r="E13" s="31" t="n">
-        <x:v>73434</x:v>
+        <x:v>73567</x:v>
       </x:c>
       <x:c r="F13" s="31" t="n">
-        <x:v>75029</x:v>
+        <x:v>75100</x:v>
       </x:c>
       <x:c r="G13" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H13" s="32" t="n">
-        <x:v>-152</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="I13" s="33" t="n">
-        <x:v>-0.1022777</x:v>
+        <x:v>0.01480036</x:v>
       </x:c>
       <x:c r="J13" s="32" t="n">
-        <x:v>578</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="K13" s="33" t="n">
-        <x:v>0.3908442</x:v>
+        <x:v>0.4466035</x:v>
       </x:c>
       <x:c r="L13" s="31" t="n">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M13" s="31" t="n">
-        <x:v>137</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N13" s="32" t="n">
-        <x:v>-61</x:v>
+        <x:v>-33</x:v>
       </x:c>
       <x:c r="O13" s="31" t="n">
-        <x:v>639</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P13" s="31" t="n">
-        <x:v>326</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q13" s="31" t="n">
-        <x:v>313</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R13" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S13" s="31" t="n">
-        <x:v>730</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="T13" s="31" t="n">
-        <x:v>419</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U13" s="31" t="n">
-        <x:v>311</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="V13" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W13" s="32" t="n">
-        <x:v>-91</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:23">
       <x:c r="A14" s="25" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="36" t="s"/>
       <x:c r="D14" s="31" t="n">
-        <x:v>123751</x:v>
+        <x:v>123736</x:v>
       </x:c>
       <x:c r="E14" s="31" t="n">
-        <x:v>61534</x:v>
+        <x:v>61549</x:v>
       </x:c>
       <x:c r="F14" s="31" t="n">
-        <x:v>62217</x:v>
+        <x:v>62187</x:v>
       </x:c>
       <x:c r="G14" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H14" s="32" t="n">
-        <x:v>-74</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="I14" s="33" t="n">
-        <x:v>-0.05976176</x:v>
+        <x:v>0.008890685</x:v>
       </x:c>
       <x:c r="J14" s="32" t="n">
-        <x:v>1046</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="K14" s="33" t="n">
-        <x:v>0.852451</x:v>
+        <x:v>0.7893001</x:v>
       </x:c>
       <x:c r="L14" s="31" t="n">
-        <x:v>83</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="M14" s="31" t="n">
-        <x:v>95</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N14" s="32" t="n">
-        <x:v>-12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="O14" s="31" t="n">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="P14" s="31" t="n">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q14" s="31" t="n">
-        <x:v>247</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R14" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="S14" s="31" t="n">
-        <x:v>602</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="T14" s="31" t="n">
-        <x:v>315</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U14" s="31" t="n">
-        <x:v>286</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="V14" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="W14" s="32" t="n">
-        <x:v>-62</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:23">
       <x:c r="A15" s="25" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="36" t="s"/>
       <x:c r="D15" s="31" t="n">
-        <x:v>161592</x:v>
+        <x:v>161613</x:v>
       </x:c>
       <x:c r="E15" s="31" t="n">
-        <x:v>79754</x:v>
+        <x:v>79798</x:v>
       </x:c>
       <x:c r="F15" s="31" t="n">
-        <x:v>81838</x:v>
+        <x:v>81815</x:v>
       </x:c>
       <x:c r="G15" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H15" s="32" t="n">
-        <x:v>11</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="I15" s="33" t="n">
-        <x:v>0.006807731</x:v>
+        <x:v>-0.003712435</x:v>
       </x:c>
       <x:c r="J15" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K15" s="33" t="n">
-        <x:v>0.002475431</x:v>
+        <x:v>0.04023572</x:v>
       </x:c>
       <x:c r="L15" s="31" t="n">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="M15" s="31" t="n">
-        <x:v>147</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="N15" s="32" t="n">
-        <x:v>-59</x:v>
+        <x:v>-67</x:v>
       </x:c>
       <x:c r="O15" s="31" t="n">
-        <x:v>528</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="P15" s="31" t="n">
-        <x:v>274</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q15" s="31" t="n">
-        <x:v>254</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R15" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S15" s="31" t="n">
-        <x:v>458</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="T15" s="31" t="n">
-        <x:v>241</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U15" s="31" t="n">
-        <x:v>217</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="V15" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W15" s="32" t="n">
-        <x:v>70</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:23">
       <x:c r="A16" s="25" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="36" t="s"/>
       <x:c r="D16" s="31" t="n">
-        <x:v>100920</x:v>
+        <x:v>100919</x:v>
       </x:c>
       <x:c r="E16" s="31" t="n">
-        <x:v>49770</x:v>
+        <x:v>49753</x:v>
       </x:c>
       <x:c r="F16" s="31" t="n">
-        <x:v>51150</x:v>
+        <x:v>51166</x:v>
       </x:c>
       <x:c r="G16" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H16" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>-45</x:v>
       </x:c>
       <x:c r="I16" s="33" t="n">
-        <x:v>0.004954665</x:v>
+        <x:v>-0.04457034</x:v>
       </x:c>
       <x:c r="J16" s="32" t="n">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K16" s="33" t="n">
-        <x:v>0.03865941</x:v>
+        <x:v>0.03667651</x:v>
       </x:c>
       <x:c r="L16" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M16" s="31" t="n">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N16" s="32" t="n">
-        <x:v>-12</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="O16" s="31" t="n">
-        <x:v>475</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="P16" s="31" t="n">
-        <x:v>239</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q16" s="31" t="n">
-        <x:v>236</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R16" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S16" s="31" t="n">
-        <x:v>458</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="T16" s="31" t="n">
-        <x:v>245</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U16" s="31" t="n">
-        <x:v>213</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="V16" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W16" s="32" t="n">
-        <x:v>17</x:v>
+        <x:v>-29</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:23">
       <x:c r="A17" s="25" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C17" s="36" t="s"/>
       <x:c r="D17" s="31" t="n">
-        <x:v>92341</x:v>
+        <x:v>92281</x:v>
       </x:c>
       <x:c r="E17" s="31" t="n">
-        <x:v>46551</x:v>
+        <x:v>46539</x:v>
       </x:c>
       <x:c r="F17" s="31" t="n">
-        <x:v>45790</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="G17" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H17" s="32" t="n">
-        <x:v>-33</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="I17" s="33" t="n">
-        <x:v>-0.03572434</x:v>
+        <x:v>-0.003250834</x:v>
       </x:c>
       <x:c r="J17" s="32" t="n">
-        <x:v>-600</x:v>
+        <x:v>-521</x:v>
       </x:c>
       <x:c r="K17" s="33" t="n">
-        <x:v>-0.6455709</x:v>
+        <x:v>-0.5614103</x:v>
       </x:c>
       <x:c r="L17" s="31" t="n">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M17" s="31" t="n">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N17" s="32" t="n">
-        <x:v>-35</x:v>
+        <x:v>-39</x:v>
       </x:c>
       <x:c r="O17" s="31" t="n">
-        <x:v>360</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P17" s="31" t="n">
-        <x:v>174</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q17" s="31" t="n">
-        <x:v>186</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R17" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S17" s="31" t="n">
-        <x:v>358</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="T17" s="31" t="n">
-        <x:v>187</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U17" s="31" t="n">
-        <x:v>171</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="V17" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W17" s="32" t="n">
-        <x:v>2</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:23">
       <x:c r="A18" s="25" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C18" s="36" t="s"/>
       <x:c r="D18" s="31" t="n">
-        <x:v>165946</x:v>
+        <x:v>165844</x:v>
       </x:c>
       <x:c r="E18" s="31" t="n">
-        <x:v>80234</x:v>
+        <x:v>80154</x:v>
       </x:c>
       <x:c r="F18" s="31" t="n">
-        <x:v>85712</x:v>
+        <x:v>85690</x:v>
       </x:c>
       <x:c r="G18" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H18" s="32" t="n">
-        <x:v>23</x:v>
+        <x:v>-123</x:v>
       </x:c>
       <x:c r="I18" s="33" t="n">
-        <x:v>0.01386185</x:v>
+        <x:v>-0.07411112</x:v>
       </x:c>
       <x:c r="J18" s="32" t="n">
-        <x:v>101</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K18" s="33" t="n">
-        <x:v>0.06090024</x:v>
+        <x:v>0.03739851</x:v>
       </x:c>
       <x:c r="L18" s="31" t="n">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="M18" s="31" t="n">
-        <x:v>95</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="N18" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>-48</x:v>
       </x:c>
       <x:c r="O18" s="31" t="n">
-        <x:v>684</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="P18" s="31" t="n">
-        <x:v>329</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q18" s="31" t="n">
-        <x:v>355</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R18" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S18" s="31" t="n">
-        <x:v>665</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="T18" s="31" t="n">
-        <x:v>352</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U18" s="31" t="n">
-        <x:v>313</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="V18" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W18" s="32" t="n">
-        <x:v>19</x:v>
+        <x:v>-75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:23">
       <x:c r="A19" s="25" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B19" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C19" s="36" t="s"/>
       <x:c r="D19" s="31" t="n">
-        <x:v>188865</x:v>
+        <x:v>188633</x:v>
       </x:c>
       <x:c r="E19" s="31" t="n">
-        <x:v>94404</x:v>
+        <x:v>94247</x:v>
       </x:c>
       <x:c r="F19" s="31" t="n">
-        <x:v>94461</x:v>
+        <x:v>94386</x:v>
       </x:c>
       <x:c r="G19" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H19" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>-156</x:v>
       </x:c>
       <x:c r="I19" s="33" t="n">
-        <x:v>0.001588461</x:v>
+        <x:v>-0.08263193</x:v>
       </x:c>
       <x:c r="J19" s="32" t="n">
-        <x:v>-59</x:v>
+        <x:v>-162</x:v>
       </x:c>
       <x:c r="K19" s="33" t="n">
-        <x:v>-0.03122949</x:v>
+        <x:v>-0.08580736</x:v>
       </x:c>
       <x:c r="L19" s="31" t="n">
-        <x:v>137</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="M19" s="31" t="n">
-        <x:v>130</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="N19" s="32" t="n">
-        <x:v>7</x:v>
+        <x:v>-23</x:v>
       </x:c>
       <x:c r="O19" s="31" t="n">
-        <x:v>730</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="P19" s="31" t="n">
-        <x:v>389</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q19" s="31" t="n">
-        <x:v>341</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R19" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S19" s="31" t="n">
-        <x:v>734</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="T19" s="31" t="n">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U19" s="31" t="n">
-        <x:v>350</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="V19" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W19" s="32" t="n">
-        <x:v>-4</x:v>
+        <x:v>-133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:23">
       <x:c r="A20" s="25" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C20" s="36" t="s"/>
       <x:c r="D20" s="31" t="n">
-        <x:v>133185</x:v>
+        <x:v>133384</x:v>
       </x:c>
       <x:c r="E20" s="31" t="n">
-        <x:v>65664</x:v>
+        <x:v>65789</x:v>
       </x:c>
       <x:c r="F20" s="31" t="n">
-        <x:v>67521</x:v>
+        <x:v>67595</x:v>
       </x:c>
       <x:c r="G20" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H20" s="32" t="n">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I20" s="33" t="n">
-        <x:v>0.07739589</x:v>
+        <x:v>0.0735261</x:v>
       </x:c>
       <x:c r="J20" s="32" t="n">
-        <x:v>1054</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="K20" s="33" t="n">
-        <x:v>0.7976932</x:v>
+        <x:v>0.8109681</x:v>
       </x:c>
       <x:c r="L20" s="31" t="n">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M20" s="31" t="n">
-        <x:v>116</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N20" s="32" t="n">
-        <x:v>-27</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="O20" s="31" t="n">
-        <x:v>510</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="P20" s="31" t="n">
-        <x:v>268</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q20" s="31" t="n">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R20" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S20" s="31" t="n">
-        <x:v>380</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="T20" s="31" t="n">
-        <x:v>207</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U20" s="31" t="n">
-        <x:v>173</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="V20" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W20" s="32" t="n">
-        <x:v>130</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:23">
       <x:c r="A21" s="25" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C21" s="36" t="s"/>
       <x:c r="D21" s="31" t="n">
-        <x:v>108494</x:v>
+        <x:v>108439</x:v>
       </x:c>
       <x:c r="E21" s="31" t="n">
-        <x:v>54309</x:v>
+        <x:v>54275</x:v>
       </x:c>
       <x:c r="F21" s="31" t="n">
-        <x:v>54185</x:v>
+        <x:v>54164</x:v>
       </x:c>
       <x:c r="G21" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H21" s="32" t="n">
-        <x:v>34</x:v>
+        <x:v>-47</x:v>
       </x:c>
       <x:c r="I21" s="33" t="n">
-        <x:v>0.03134796</x:v>
+        <x:v>-0.04332356</x:v>
       </x:c>
       <x:c r="J21" s="32" t="n">
-        <x:v>-634</x:v>
+        <x:v>-571</x:v>
       </x:c>
       <x:c r="K21" s="33" t="n">
-        <x:v>-0.5809692</x:v>
+        <x:v>-0.5238051</x:v>
       </x:c>
       <x:c r="L21" s="31" t="n">
-        <x:v>63</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M21" s="31" t="n">
-        <x:v>104</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N21" s="32" t="n">
-        <x:v>-41</x:v>
+        <x:v>-88</x:v>
       </x:c>
       <x:c r="O21" s="31" t="n">
-        <x:v>338</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P21" s="31" t="n">
-        <x:v>181</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q21" s="31" t="n">
-        <x:v>157</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R21" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S21" s="31" t="n">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="T21" s="31" t="n">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U21" s="31" t="n">
-        <x:v>123</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="V21" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W21" s="32" t="n">
-        <x:v>75</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:23">
       <x:c r="A22" s="25" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C22" s="36" t="s"/>
       <x:c r="D22" s="31" t="n">
-        <x:v>340562</x:v>
+        <x:v>340220</x:v>
       </x:c>
       <x:c r="E22" s="31" t="n">
-        <x:v>169057</x:v>
+        <x:v>168837</x:v>
       </x:c>
       <x:c r="F22" s="31" t="n">
-        <x:v>171505</x:v>
+        <x:v>171383</x:v>
       </x:c>
       <x:c r="G22" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H22" s="32" t="n">
-        <x:v>-144</x:v>
+        <x:v>-175</x:v>
       </x:c>
       <x:c r="I22" s="33" t="n">
-        <x:v>-0.04226518</x:v>
+        <x:v>-0.05141086</x:v>
       </x:c>
       <x:c r="J22" s="32" t="n">
-        <x:v>-1336</x:v>
+        <x:v>-1359</x:v>
       </x:c>
       <x:c r="K22" s="33" t="n">
-        <x:v>-0.3907598</x:v>
+        <x:v>-0.3978582</x:v>
       </x:c>
       <x:c r="L22" s="31" t="n">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="M22" s="31" t="n">
-        <x:v>329</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="N22" s="32" t="n">
-        <x:v>-191</x:v>
+        <x:v>-193</x:v>
       </x:c>
       <x:c r="O22" s="31" t="n">
-        <x:v>935</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="P22" s="31" t="n">
-        <x:v>515</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q22" s="31" t="n">
-        <x:v>420</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R22" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S22" s="31" t="n">
-        <x:v>888</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="T22" s="31" t="n">
-        <x:v>473</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U22" s="31" t="n">
-        <x:v>415</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="V22" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W22" s="32" t="n">
-        <x:v>47</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:23">
       <x:c r="A23" s="25" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B23" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C23" s="36" t="s"/>
       <x:c r="D23" s="31" t="n">
-        <x:v>184368</x:v>
+        <x:v>184051</x:v>
       </x:c>
       <x:c r="E23" s="31" t="n">
-        <x:v>92122</x:v>
+        <x:v>91953</x:v>
       </x:c>
       <x:c r="F23" s="31" t="n">
-        <x:v>92246</x:v>
+        <x:v>92098</x:v>
       </x:c>
       <x:c r="G23" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H23" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>-180</x:v>
       </x:c>
       <x:c r="I23" s="33" t="n">
-        <x:v>-0.008135241</x:v>
+        <x:v>-0.09770343</x:v>
       </x:c>
       <x:c r="J23" s="32" t="n">
-        <x:v>-1715</x:v>
+        <x:v>-1811</x:v>
       </x:c>
       <x:c r="K23" s="33" t="n">
-        <x:v>-0.9216318</x:v>
+        <x:v>-0.9743788</x:v>
       </x:c>
       <x:c r="L23" s="31" t="n">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="M23" s="31" t="n">
-        <x:v>202</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N23" s="32" t="n">
-        <x:v>-118</x:v>
+        <x:v>-131</x:v>
       </x:c>
       <x:c r="O23" s="31" t="n">
-        <x:v>521</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="P23" s="31" t="n">
-        <x:v>309</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q23" s="31" t="n">
-        <x:v>212</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R23" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S23" s="31" t="n">
-        <x:v>418</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="T23" s="31" t="n">
-        <x:v>244</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U23" s="31" t="n">
-        <x:v>174</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="V23" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W23" s="32" t="n">
-        <x:v>103</x:v>
+        <x:v>-49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:23">
       <x:c r="A24" s="25" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C24" s="36" t="s"/>
       <x:c r="D24" s="31" t="n">
-        <x:v>556011</x:v>
+        <x:v>555188</x:v>
       </x:c>
       <x:c r="E24" s="31" t="n">
-        <x:v>280730</x:v>
+        <x:v>280227</x:v>
       </x:c>
       <x:c r="F24" s="31" t="n">
-        <x:v>275281</x:v>
+        <x:v>274961</x:v>
       </x:c>
       <x:c r="G24" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H24" s="32" t="n">
-        <x:v>-517</x:v>
+        <x:v>-495</x:v>
       </x:c>
       <x:c r="I24" s="33" t="n">
-        <x:v>-0.09289739</x:v>
+        <x:v>-0.08907957</x:v>
       </x:c>
       <x:c r="J24" s="32" t="n">
-        <x:v>-4709</x:v>
+        <x:v>-4696</x:v>
       </x:c>
       <x:c r="K24" s="33" t="n">
-        <x:v>-0.8398131</x:v>
+        <x:v>-0.8387452</x:v>
       </x:c>
       <x:c r="L24" s="31" t="n">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="M24" s="31" t="n">
-        <x:v>495</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="N24" s="32" t="n">
-        <x:v>-225</x:v>
+        <x:v>-265</x:v>
       </x:c>
       <x:c r="O24" s="31" t="n">
-        <x:v>1392</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="P24" s="31" t="n">
-        <x:v>757</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q24" s="31" t="n">
-        <x:v>635</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="R24" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S24" s="31" t="n">
-        <x:v>1684</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="T24" s="31" t="n">
-        <x:v>905</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="U24" s="31" t="n">
-        <x:v>779</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="V24" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W24" s="32" t="n">
-        <x:v>-292</x:v>
+        <x:v>-230</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:23">
       <x:c r="A25" s="25" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B25" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C25" s="36" t="s"/>
       <x:c r="D25" s="31" t="n">
-        <x:v>74877</x:v>
+        <x:v>74793</x:v>
       </x:c>
       <x:c r="E25" s="31" t="n">
-        <x:v>37016</x:v>
+        <x:v>36950</x:v>
       </x:c>
       <x:c r="F25" s="31" t="n">
-        <x:v>37861</x:v>
+        <x:v>37843</x:v>
       </x:c>
       <x:c r="G25" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H25" s="32" t="n">
-        <x:v>-67</x:v>
+        <x:v>-55</x:v>
       </x:c>
       <x:c r="I25" s="33" t="n">
-        <x:v>-0.08940008</x:v>
+        <x:v>-0.07348226</x:v>
       </x:c>
       <x:c r="J25" s="32" t="n">
-        <x:v>-844</x:v>
+        <x:v>-766</x:v>
       </x:c>
       <x:c r="K25" s="33" t="n">
-        <x:v>-1.114618</x:v>
+        <x:v>-1.013777</x:v>
       </x:c>
       <x:c r="L25" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="M25" s="31" t="n">
-        <x:v>109</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N25" s="32" t="n">
-        <x:v>-89</x:v>
+        <x:v>-55</x:v>
       </x:c>
       <x:c r="O25" s="31" t="n">
-        <x:v>191</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P25" s="31" t="n">
-        <x:v>100</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q25" s="31" t="n">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R25" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S25" s="31" t="n">
-        <x:v>169</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="T25" s="31" t="n">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U25" s="31" t="n">
-        <x:v>88</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="V25" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W25" s="32" t="n">
-        <x:v>22</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:23">
       <x:c r="A26" s="25" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C26" s="36" t="s"/>
       <x:c r="D26" s="31" t="n">
-        <x:v>55642</x:v>
+        <x:v>55467</x:v>
       </x:c>
       <x:c r="E26" s="31" t="n">
-        <x:v>27310</x:v>
+        <x:v>27212</x:v>
       </x:c>
       <x:c r="F26" s="31" t="n">
-        <x:v>28332</x:v>
+        <x:v>28255</x:v>
       </x:c>
       <x:c r="G26" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H26" s="32" t="n">
-        <x:v>-70</x:v>
+        <x:v>-94</x:v>
       </x:c>
       <x:c r="I26" s="33" t="n">
-        <x:v>-0.1256462</x:v>
+        <x:v>-0.1691834</x:v>
       </x:c>
       <x:c r="J26" s="32" t="n">
-        <x:v>-981</x:v>
+        <x:v>-1063</x:v>
       </x:c>
       <x:c r="K26" s="33" t="n">
-        <x:v>-1.732512</x:v>
+        <x:v>-1.880417</x:v>
       </x:c>
       <x:c r="L26" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="M26" s="31" t="n">
-        <x:v>69</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="N26" s="32" t="n">
-        <x:v>-55</x:v>
+        <x:v>-69</x:v>
       </x:c>
       <x:c r="O26" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P26" s="31" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q26" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="R26" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S26" s="31" t="n">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="T26" s="31" t="n">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U26" s="31" t="n">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="V26" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W26" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>-25</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:23">
       <x:c r="A27" s="25" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B27" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C27" s="36" t="s"/>
       <x:c r="D27" s="31" t="n">
-        <x:v>333920</x:v>
+        <x:v>333664</x:v>
       </x:c>
       <x:c r="E27" s="31" t="n">
-        <x:v>164252</x:v>
+        <x:v>164135</x:v>
       </x:c>
       <x:c r="F27" s="31" t="n">
-        <x:v>169668</x:v>
+        <x:v>169529</x:v>
       </x:c>
       <x:c r="G27" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H27" s="32" t="n">
-        <x:v>-172</x:v>
+        <x:v>-118</x:v>
       </x:c>
       <x:c r="I27" s="33" t="n">
-        <x:v>-0.05148283</x:v>
+        <x:v>-0.03535242</x:v>
       </x:c>
       <x:c r="J27" s="32" t="n">
-        <x:v>-1088</x:v>
+        <x:v>-1163</x:v>
       </x:c>
       <x:c r="K27" s="33" t="n">
-        <x:v>-0.3247684</x:v>
+        <x:v>-0.3473436</x:v>
       </x:c>
       <x:c r="L27" s="31" t="n">
-        <x:v>172</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="M27" s="31" t="n">
-        <x:v>330</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="N27" s="32" t="n">
-        <x:v>-158</x:v>
+        <x:v>-148</x:v>
       </x:c>
       <x:c r="O27" s="31" t="n">
-        <x:v>906</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="P27" s="31" t="n">
-        <x:v>445</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q27" s="31" t="n">
-        <x:v>461</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R27" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S27" s="31" t="n">
-        <x:v>920</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="T27" s="31" t="n">
-        <x:v>468</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U27" s="31" t="n">
-        <x:v>452</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="V27" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W27" s="32" t="n">
-        <x:v>-14</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:23">
       <x:c r="A28" s="25" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C28" s="36" t="s"/>
       <x:c r="D28" s="31" t="n">
-        <x:v>75949</x:v>
+        <x:v>75786</x:v>
       </x:c>
       <x:c r="E28" s="31" t="n">
-        <x:v>37880</x:v>
+        <x:v>37791</x:v>
       </x:c>
       <x:c r="F28" s="31" t="n">
-        <x:v>38069</x:v>
+        <x:v>37995</x:v>
       </x:c>
       <x:c r="G28" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H28" s="32" t="n">
-        <x:v>-109</x:v>
+        <x:v>-80</x:v>
       </x:c>
       <x:c r="I28" s="33" t="n">
-        <x:v>-0.1433117</x:v>
+        <x:v>-0.1054491</x:v>
       </x:c>
       <x:c r="J28" s="32" t="n">
-        <x:v>-657</x:v>
+        <x:v>-706</x:v>
       </x:c>
       <x:c r="K28" s="33" t="n">
-        <x:v>-0.8576352</x:v>
+        <x:v>-0.9229723</x:v>
       </x:c>
       <x:c r="L28" s="31" t="n">
-        <x:v>36</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M28" s="31" t="n">
-        <x:v>68</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N28" s="32" t="n">
-        <x:v>-32</x:v>
+        <x:v>-45</x:v>
       </x:c>
       <x:c r="O28" s="31" t="n">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P28" s="31" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="Q28" s="31" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="R28" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S28" s="31" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="T28" s="31" t="n">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="Q28" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U28" s="31" t="n">
-        <x:v>101</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="V28" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W28" s="32" t="n">
-        <x:v>-77</x:v>
+        <x:v>-35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:23">
       <x:c r="A29" s="25" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B29" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C29" s="36" t="s"/>
       <x:c r="D29" s="31" t="n">
-        <x:v>107654</x:v>
+        <x:v>107546</x:v>
       </x:c>
       <x:c r="E29" s="31" t="n">
-        <x:v>54104</x:v>
+        <x:v>54044</x:v>
       </x:c>
       <x:c r="F29" s="31" t="n">
-        <x:v>53550</x:v>
+        <x:v>53502</x:v>
       </x:c>
       <x:c r="G29" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H29" s="32" t="n">
-        <x:v>-78</x:v>
+        <x:v>-82</x:v>
       </x:c>
       <x:c r="I29" s="33" t="n">
-        <x:v>-0.07240189</x:v>
+        <x:v>-0.07618836</x:v>
       </x:c>
       <x:c r="J29" s="32" t="n">
-        <x:v>-571</x:v>
+        <x:v>-670</x:v>
       </x:c>
       <x:c r="K29" s="33" t="n">
-        <x:v>-0.5276045</x:v>
+        <x:v>-0.6191321</x:v>
       </x:c>
       <x:c r="L29" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M29" s="31" t="n">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N29" s="32" t="n">
-        <x:v>-91</x:v>
+        <x:v>-72</x:v>
       </x:c>
       <x:c r="O29" s="31" t="n">
-        <x:v>241</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="P29" s="31" t="n">
-        <x:v>131</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q29" s="31" t="n">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R29" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S29" s="31" t="n">
-        <x:v>228</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="T29" s="31" t="n">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U29" s="31" t="n">
-        <x:v>114</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="V29" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W29" s="32" t="n">
-        <x:v>13</x:v>
+        <x:v>-10</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:23">
       <x:c r="A30" s="25" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C30" s="36" t="s"/>
       <x:c r="D30" s="31" t="n">
-        <x:v>72787</x:v>
+        <x:v>72709</x:v>
       </x:c>
       <x:c r="E30" s="31" t="n">
-        <x:v>36289</x:v>
+        <x:v>36272</x:v>
       </x:c>
       <x:c r="F30" s="31" t="n">
-        <x:v>36498</x:v>
+        <x:v>36437</x:v>
       </x:c>
       <x:c r="G30" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H30" s="32" t="n">
-        <x:v>-36</x:v>
+        <x:v>-48</x:v>
       </x:c>
       <x:c r="I30" s="33" t="n">
-        <x:v>-0.04943493</x:v>
+        <x:v>-0.06597304</x:v>
       </x:c>
       <x:c r="J30" s="32" t="n">
-        <x:v>-830</x:v>
+        <x:v>-832</x:v>
       </x:c>
       <x:c r="K30" s="33" t="n">
-        <x:v>-1.127457</x:v>
+        <x:v>-1.131342</x:v>
       </x:c>
       <x:c r="L30" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="M30" s="31" t="n">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N30" s="32" t="n">
-        <x:v>-55</x:v>
+        <x:v>-34</x:v>
       </x:c>
       <x:c r="O30" s="31" t="n">
-        <x:v>201</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P30" s="31" t="n">
-        <x:v>109</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q30" s="31" t="n">
-        <x:v>92</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R30" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S30" s="31" t="n">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="T30" s="31" t="n">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U30" s="31" t="n">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="V30" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W30" s="32" t="n">
-        <x:v>19</x:v>
+        <x:v>-14</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:23">
       <x:c r="A31" s="25" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B31" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C31" s="36" t="s"/>
       <x:c r="D31" s="31" t="n">
-        <x:v>86865</x:v>
+        <x:v>86796</x:v>
       </x:c>
       <x:c r="E31" s="31" t="n">
-        <x:v>43423</x:v>
+        <x:v>43381</x:v>
       </x:c>
       <x:c r="F31" s="31" t="n">
-        <x:v>43442</x:v>
+        <x:v>43415</x:v>
       </x:c>
       <x:c r="G31" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H31" s="32" t="n">
-        <x:v>-40</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="I31" s="33" t="n">
-        <x:v>-0.04602727</x:v>
+        <x:v>0.009217864</x:v>
       </x:c>
       <x:c r="J31" s="32" t="n">
-        <x:v>-383</x:v>
+        <x:v>-430</x:v>
       </x:c>
       <x:c r="K31" s="33" t="n">
-        <x:v>-0.4389786</x:v>
+        <x:v>-0.4929723</x:v>
       </x:c>
       <x:c r="L31" s="31" t="n">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="M31" s="31" t="n">
-        <x:v>95</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N31" s="32" t="n">
-        <x:v>-50</x:v>
+        <x:v>-32</x:v>
       </x:c>
       <x:c r="O31" s="31" t="n">
-        <x:v>211</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P31" s="31" t="n">
-        <x:v>112</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q31" s="31" t="n">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R31" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S31" s="31" t="n">
-        <x:v>201</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="T31" s="31" t="n">
-        <x:v>106</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U31" s="31" t="n">
-        <x:v>95</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="V31" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W31" s="32" t="n">
-        <x:v>10</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:23">
       <x:c r="A32" s="25" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="36" t="s"/>
       <x:c r="D32" s="31" t="n">
-        <x:v>221782</x:v>
+        <x:v>221496</x:v>
       </x:c>
       <x:c r="E32" s="31" t="n">
-        <x:v>109572</x:v>
+        <x:v>109425</x:v>
       </x:c>
       <x:c r="F32" s="31" t="n">
-        <x:v>112210</x:v>
+        <x:v>112071</x:v>
       </x:c>
       <x:c r="G32" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H32" s="32" t="n">
-        <x:v>-108</x:v>
+        <x:v>-161</x:v>
       </x:c>
       <x:c r="I32" s="33" t="n">
-        <x:v>-0.04867277</x:v>
+        <x:v>-0.07263475</x:v>
       </x:c>
       <x:c r="J32" s="32" t="n">
-        <x:v>-1973</x:v>
+        <x:v>-1914</x:v>
       </x:c>
       <x:c r="K32" s="33" t="n">
-        <x:v>-0.881768</x:v>
+        <x:v>-0.8567208</x:v>
       </x:c>
       <x:c r="L32" s="31" t="n">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="M32" s="31" t="n">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="N32" s="32" t="n">
-        <x:v>-162</x:v>
+        <x:v>-183</x:v>
       </x:c>
       <x:c r="O32" s="31" t="n">
-        <x:v>540</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="P32" s="31" t="n">
-        <x:v>294</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q32" s="31" t="n">
-        <x:v>246</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R32" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S32" s="31" t="n">
-        <x:v>486</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="T32" s="31" t="n">
-        <x:v>265</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U32" s="31" t="n">
-        <x:v>221</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="V32" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W32" s="32" t="n">
-        <x:v>54</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:23">
       <x:c r="A33" s="25" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B33" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C33" s="36" t="s"/>
       <x:c r="D33" s="31" t="n">
-        <x:v>143436</x:v>
+        <x:v>143387</x:v>
       </x:c>
       <x:c r="E33" s="31" t="n">
-        <x:v>71409</x:v>
+        <x:v>71360</x:v>
       </x:c>
       <x:c r="F33" s="31" t="n">
         <x:v>72027</x:v>
       </x:c>
       <x:c r="G33" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H33" s="32" t="n">
-        <x:v>-55</x:v>
+        <x:v>-57</x:v>
       </x:c>
       <x:c r="I33" s="33" t="n">
-        <x:v>-0.03832993</x:v>
+        <x:v>-0.03973676</x:v>
       </x:c>
       <x:c r="J33" s="32" t="n">
-        <x:v>-1285</x:v>
+        <x:v>-1186</x:v>
       </x:c>
       <x:c r="K33" s="33" t="n">
-        <x:v>-0.8879154</x:v>
+        <x:v>-0.8203468</x:v>
       </x:c>
       <x:c r="L33" s="31" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M33" s="31" t="n">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N33" s="32" t="n">
-        <x:v>-102</x:v>
+        <x:v>-103</x:v>
       </x:c>
       <x:c r="O33" s="31" t="n">
-        <x:v>402</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P33" s="31" t="n">
-        <x:v>222</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q33" s="31" t="n">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R33" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S33" s="31" t="n">
-        <x:v>355</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="T33" s="31" t="n">
-        <x:v>185</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U33" s="31" t="n">
-        <x:v>170</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="V33" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W33" s="32" t="n">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:23">
       <x:c r="A34" s="25" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C34" s="36" t="s"/>
       <x:c r="D34" s="31" t="n">
-        <x:v>50791</x:v>
+        <x:v>50773</x:v>
       </x:c>
       <x:c r="E34" s="31" t="n">
-        <x:v>25380</x:v>
+        <x:v>25376</x:v>
       </x:c>
       <x:c r="F34" s="31" t="n">
-        <x:v>25411</x:v>
+        <x:v>25397</x:v>
       </x:c>
       <x:c r="G34" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H34" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>-32</x:v>
       </x:c>
       <x:c r="I34" s="33" t="n">
-        <x:v>0.009845233</x:v>
+        <x:v>-0.06298593</x:v>
       </x:c>
       <x:c r="J34" s="32" t="n">
-        <x:v>-411</x:v>
+        <x:v>-365</x:v>
       </x:c>
       <x:c r="K34" s="33" t="n">
-        <x:v>-0.802703</x:v>
+        <x:v>-0.713755</x:v>
       </x:c>
       <x:c r="L34" s="31" t="n">
-        <x:v>25</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="M34" s="31" t="n">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N34" s="32" t="n">
-        <x:v>-17</x:v>
+        <x:v>-32</x:v>
       </x:c>
       <x:c r="O34" s="31" t="n">
-        <x:v>134</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P34" s="31" t="n">
-        <x:v>70</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q34" s="31" t="n">
-        <x:v>64</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R34" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S34" s="31" t="n">
-        <x:v>112</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="T34" s="31" t="n">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U34" s="31" t="n">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="V34" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W34" s="32" t="n">
-        <x:v>22</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:23">
       <x:c r="A35" s="25" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B35" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C35" s="36" t="s"/>
       <x:c r="D35" s="31" t="n">
-        <x:v>114578</x:v>
+        <x:v>114451</x:v>
       </x:c>
       <x:c r="E35" s="31" t="n">
-        <x:v>56541</x:v>
+        <x:v>56461</x:v>
       </x:c>
       <x:c r="F35" s="31" t="n">
-        <x:v>58037</x:v>
+        <x:v>57990</x:v>
       </x:c>
       <x:c r="G35" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H35" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>-85</x:v>
       </x:c>
       <x:c r="I35" s="33" t="n">
-        <x:v>0.0008727755</x:v>
+        <x:v>-0.07421248</x:v>
       </x:c>
       <x:c r="J35" s="32" t="n">
-        <x:v>-265</x:v>
+        <x:v>-263</x:v>
       </x:c>
       <x:c r="K35" s="33" t="n">
-        <x:v>-0.2307498</x:v>
+        <x:v>-0.2292658</x:v>
       </x:c>
       <x:c r="L35" s="31" t="n">
-        <x:v>60</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M35" s="31" t="n">
-        <x:v>116</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N35" s="32" t="n">
-        <x:v>-56</x:v>
+        <x:v>-81</x:v>
       </x:c>
       <x:c r="O35" s="31" t="n">
-        <x:v>311</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="P35" s="31" t="n">
-        <x:v>156</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q35" s="31" t="n">
-        <x:v>155</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R35" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S35" s="31" t="n">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="T35" s="31" t="n">
-        <x:v>146</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U35" s="31" t="n">
-        <x:v>108</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="V35" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W35" s="32" t="n">
-        <x:v>57</x:v>
+        <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:23">
       <x:c r="A36" s="25" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C36" s="36" t="s"/>
       <x:c r="D36" s="31" t="n">
-        <x:v>135919</x:v>
+        <x:v>135798</x:v>
       </x:c>
       <x:c r="E36" s="31" t="n">
-        <x:v>67743</x:v>
+        <x:v>67710</x:v>
       </x:c>
       <x:c r="F36" s="31" t="n">
-        <x:v>68176</x:v>
+        <x:v>68088</x:v>
       </x:c>
       <x:c r="G36" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H36" s="32" t="n">
-        <x:v>-75</x:v>
+        <x:v>-41</x:v>
       </x:c>
       <x:c r="I36" s="33" t="n">
-        <x:v>-0.05514949</x:v>
+        <x:v>-0.03018279</x:v>
       </x:c>
       <x:c r="J36" s="32" t="n">
-        <x:v>-971</x:v>
+        <x:v>-921</x:v>
       </x:c>
       <x:c r="K36" s="33" t="n">
-        <x:v>-0.7093287</x:v>
+        <x:v>-0.6736445</x:v>
       </x:c>
       <x:c r="L36" s="31" t="n">
-        <x:v>76</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M36" s="31" t="n">
-        <x:v>151</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="N36" s="32" t="n">
-        <x:v>-75</x:v>
+        <x:v>-102</x:v>
       </x:c>
       <x:c r="O36" s="31" t="n">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="P36" s="31" t="n">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q36" s="31" t="n">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R36" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S36" s="31" t="n">
-        <x:v>278</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="T36" s="31" t="n">
-        <x:v>157</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U36" s="31" t="n">
-        <x:v>121</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="V36" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W36" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:23">
       <x:c r="A37" s="25" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B37" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C37" s="36" t="s"/>
       <x:c r="D37" s="31" t="n">
-        <x:v>224426</x:v>
+        <x:v>224277</x:v>
       </x:c>
       <x:c r="E37" s="31" t="n">
-        <x:v>110902</x:v>
+        <x:v>110833</x:v>
       </x:c>
       <x:c r="F37" s="31" t="n">
-        <x:v>113524</x:v>
+        <x:v>113444</x:v>
       </x:c>
       <x:c r="G37" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H37" s="32" t="n">
-        <x:v>-40</x:v>
+        <x:v>-82</x:v>
       </x:c>
       <x:c r="I37" s="33" t="n">
-        <x:v>-0.01782007</x:v>
+        <x:v>-0.03654857</x:v>
       </x:c>
       <x:c r="J37" s="32" t="n">
-        <x:v>-369</x:v>
+        <x:v>-367</x:v>
       </x:c>
       <x:c r="K37" s="33" t="n">
-        <x:v>-0.1641496</x:v>
+        <x:v>-0.1633696</x:v>
       </x:c>
       <x:c r="L37" s="31" t="n">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="M37" s="31" t="n">
-        <x:v>261</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="N37" s="32" t="n">
-        <x:v>-146</x:v>
+        <x:v>-118</x:v>
       </x:c>
       <x:c r="O37" s="31" t="n">
-        <x:v>657</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="P37" s="31" t="n">
-        <x:v>341</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q37" s="31" t="n">
-        <x:v>316</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R37" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S37" s="31" t="n">
-        <x:v>551</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="T37" s="31" t="n">
-        <x:v>288</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U37" s="31" t="n">
-        <x:v>263</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="V37" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W37" s="32" t="n">
-        <x:v>106</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:23">
       <x:c r="A38" s="25" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C38" s="36" t="s"/>
       <x:c r="D38" s="31" t="n">
-        <x:v>239930</x:v>
+        <x:v>239672</x:v>
       </x:c>
       <x:c r="E38" s="31" t="n">
-        <x:v>120472</x:v>
+        <x:v>120338</x:v>
       </x:c>
       <x:c r="F38" s="31" t="n">
-        <x:v>119458</x:v>
+        <x:v>119334</x:v>
       </x:c>
       <x:c r="G38" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H38" s="32" t="n">
-        <x:v>-85</x:v>
+        <x:v>-164</x:v>
       </x:c>
       <x:c r="I38" s="33" t="n">
-        <x:v>-0.03541445</x:v>
+        <x:v>-0.06838006</x:v>
       </x:c>
       <x:c r="J38" s="32" t="n">
-        <x:v>-813</x:v>
+        <x:v>-1006</x:v>
       </x:c>
       <x:c r="K38" s="33" t="n">
-        <x:v>-0.3377045</x:v>
+        <x:v>-0.4179859</x:v>
       </x:c>
       <x:c r="L38" s="31" t="n">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M38" s="31" t="n">
-        <x:v>223</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="N38" s="32" t="n">
-        <x:v>-107</x:v>
+        <x:v>-68</x:v>
       </x:c>
       <x:c r="O38" s="31" t="n">
-        <x:v>701</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="P38" s="31" t="n">
-        <x:v>387</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q38" s="31" t="n">
-        <x:v>314</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R38" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S38" s="31" t="n">
-        <x:v>679</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="T38" s="31" t="n">
-        <x:v>376</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U38" s="31" t="n">
-        <x:v>303</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="V38" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W38" s="32" t="n">
-        <x:v>22</x:v>
+        <x:v>-96</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:23">
       <x:c r="A39" s="25" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B39" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C39" s="36" t="s"/>
       <x:c r="D39" s="31" t="n">
-        <x:v>331783</x:v>
+        <x:v>331524</x:v>
       </x:c>
       <x:c r="E39" s="31" t="n">
-        <x:v>163750</x:v>
+        <x:v>163638</x:v>
       </x:c>
       <x:c r="F39" s="31" t="n">
-        <x:v>168033</x:v>
+        <x:v>167886</x:v>
       </x:c>
       <x:c r="G39" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H39" s="32" t="n">
-        <x:v>-210</x:v>
+        <x:v>-196</x:v>
       </x:c>
       <x:c r="I39" s="33" t="n">
-        <x:v>-0.06325435</x:v>
+        <x:v>-0.05908598</x:v>
       </x:c>
       <x:c r="J39" s="32" t="n">
-        <x:v>-1669</x:v>
+        <x:v>-1740</x:v>
       </x:c>
       <x:c r="K39" s="33" t="n">
-        <x:v>-0.5005218</x:v>
+        <x:v>-0.5221086</x:v>
       </x:c>
       <x:c r="L39" s="31" t="n">
-        <x:v>136</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="M39" s="31" t="n">
-        <x:v>297</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="N39" s="32" t="n">
-        <x:v>-161</x:v>
+        <x:v>-168</x:v>
       </x:c>
       <x:c r="O39" s="31" t="n">
-        <x:v>824</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="P39" s="31" t="n">
-        <x:v>435</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q39" s="31" t="n">
-        <x:v>389</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="R39" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S39" s="31" t="n">
-        <x:v>873</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="T39" s="31" t="n">
-        <x:v>452</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U39" s="31" t="n">
-        <x:v>421</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="V39" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W39" s="32" t="n">
-        <x:v>-49</x:v>
+        <x:v>-28</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:23">
       <x:c r="A40" s="25" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C40" s="36" t="s"/>
       <x:c r="D40" s="31" t="n">
-        <x:v>66509</x:v>
+        <x:v>66371</x:v>
       </x:c>
       <x:c r="E40" s="31" t="n">
-        <x:v>33644</x:v>
+        <x:v>33603</x:v>
       </x:c>
       <x:c r="F40" s="31" t="n">
-        <x:v>32865</x:v>
+        <x:v>32768</x:v>
       </x:c>
       <x:c r="G40" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H40" s="32" t="n">
-        <x:v>-71</x:v>
+        <x:v>-79</x:v>
       </x:c>
       <x:c r="I40" s="33" t="n">
-        <x:v>-0.1066386</x:v>
+        <x:v>-0.1188864</x:v>
       </x:c>
       <x:c r="J40" s="32" t="n">
-        <x:v>-600</x:v>
+        <x:v>-546</x:v>
       </x:c>
       <x:c r="K40" s="33" t="n">
-        <x:v>-0.8940679</x:v>
+        <x:v>-0.8159361</x:v>
       </x:c>
       <x:c r="L40" s="31" t="n">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M40" s="31" t="n">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N40" s="32" t="n">
-        <x:v>-31</x:v>
+        <x:v>-26</x:v>
       </x:c>
       <x:c r="O40" s="31" t="n">
-        <x:v>265</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="P40" s="31" t="n">
-        <x:v>153</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q40" s="31" t="n">
-        <x:v>112</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R40" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S40" s="31" t="n">
-        <x:v>305</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="T40" s="31" t="n">
-        <x:v>175</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U40" s="31" t="n">
-        <x:v>130</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="V40" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W40" s="32" t="n">
-        <x:v>-40</x:v>
+        <x:v>-53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:23">
       <x:c r="A41" s="25" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B41" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C41" s="36" t="s"/>
       <x:c r="D41" s="31" t="n">
-        <x:v>133153</x:v>
+        <x:v>133121</x:v>
       </x:c>
       <x:c r="E41" s="31" t="n">
-        <x:v>67618</x:v>
+        <x:v>67569</x:v>
       </x:c>
       <x:c r="F41" s="31" t="n">
-        <x:v>65535</x:v>
+        <x:v>65552</x:v>
       </x:c>
       <x:c r="G41" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H41" s="32" t="n">
-        <x:v>-27</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="I41" s="33" t="n">
-        <x:v>-0.02027331</x:v>
+        <x:v>0.004507381</x:v>
       </x:c>
       <x:c r="J41" s="32" t="n">
-        <x:v>-274</x:v>
+        <x:v>-103</x:v>
       </x:c>
       <x:c r="K41" s="33" t="n">
-        <x:v>-0.2053557</x:v>
+        <x:v>-0.07731339</x:v>
       </x:c>
       <x:c r="L41" s="31" t="n">
-        <x:v>59</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M41" s="31" t="n">
-        <x:v>84</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N41" s="32" t="n">
-        <x:v>-25</x:v>
+        <x:v>-26</x:v>
       </x:c>
       <x:c r="O41" s="31" t="n">
-        <x:v>532</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="P41" s="31" t="n">
-        <x:v>282</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q41" s="31" t="n">
-        <x:v>250</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R41" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S41" s="31" t="n">
-        <x:v>534</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="T41" s="31" t="n">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U41" s="31" t="n">
-        <x:v>272</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="V41" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W41" s="32" t="n">
-        <x:v>-2</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:23">
       <x:c r="A42" s="25" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C42" s="36" t="s"/>
       <x:c r="D42" s="31" t="n">
-        <x:v>138848</x:v>
+        <x:v>138778</x:v>
       </x:c>
       <x:c r="E42" s="31" t="n">
-        <x:v>68386</x:v>
+        <x:v>68339</x:v>
       </x:c>
       <x:c r="F42" s="31" t="n">
-        <x:v>70462</x:v>
+        <x:v>70439</x:v>
       </x:c>
       <x:c r="G42" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H42" s="32" t="n">
-        <x:v>-146</x:v>
+        <x:v>-54</x:v>
       </x:c>
       <x:c r="I42" s="33" t="n">
-        <x:v>-0.1050405</x:v>
+        <x:v>-0.03889593</x:v>
       </x:c>
       <x:c r="J42" s="32" t="n">
-        <x:v>-1656</x:v>
+        <x:v>-1445</x:v>
       </x:c>
       <x:c r="K42" s="33" t="n">
-        <x:v>-1.178614</x:v>
+        <x:v>-1.030501</x:v>
       </x:c>
       <x:c r="L42" s="31" t="n">
-        <x:v>46</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M42" s="31" t="n">
-        <x:v>156</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="N42" s="32" t="n">
-        <x:v>-110</x:v>
+        <x:v>-92</x:v>
       </x:c>
       <x:c r="O42" s="31" t="n">
-        <x:v>309</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P42" s="31" t="n">
-        <x:v>168</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q42" s="31" t="n">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R42" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S42" s="31" t="n">
-        <x:v>345</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="T42" s="31" t="n">
-        <x:v>186</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U42" s="31" t="n">
-        <x:v>159</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="V42" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W42" s="32" t="n">
-        <x:v>-36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:23">
       <x:c r="A43" s="25" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B43" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C43" s="36" t="s"/>
       <x:c r="D43" s="31" t="n">
-        <x:v>141054</x:v>
+        <x:v>141034</x:v>
       </x:c>
       <x:c r="E43" s="31" t="n">
-        <x:v>70893</x:v>
+        <x:v>70889</x:v>
       </x:c>
       <x:c r="F43" s="31" t="n">
-        <x:v>70161</x:v>
+        <x:v>70145</x:v>
       </x:c>
       <x:c r="G43" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H43" s="32" t="n">
-        <x:v>-23</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="I43" s="33" t="n">
-        <x:v>-0.01630315</x:v>
+        <x:v>-0.002127101</x:v>
       </x:c>
       <x:c r="J43" s="32" t="n">
-        <x:v>49</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="K43" s="33" t="n">
-        <x:v>0.03475054</x:v>
+        <x:v>0.02127599</x:v>
       </x:c>
       <x:c r="L43" s="31" t="n">
-        <x:v>106</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="M43" s="31" t="n">
-        <x:v>106</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N43" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O43" s="31" t="n">
-        <x:v>486</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="P43" s="31" t="n">
-        <x:v>270</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q43" s="31" t="n">
-        <x:v>216</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R43" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S43" s="31" t="n">
-        <x:v>509</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="T43" s="31" t="n">
-        <x:v>246</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U43" s="31" t="n">
-        <x:v>263</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="V43" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W43" s="32" t="n">
-        <x:v>-23</x:v>
+        <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:23">
       <x:c r="A44" s="25" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C44" s="36" t="s"/>
       <x:c r="D44" s="31" t="n">
-        <x:v>73614</x:v>
+        <x:v>73556</x:v>
       </x:c>
       <x:c r="E44" s="31" t="n">
-        <x:v>36334</x:v>
+        <x:v>36310</x:v>
       </x:c>
       <x:c r="F44" s="31" t="n">
-        <x:v>37280</x:v>
+        <x:v>37246</x:v>
       </x:c>
       <x:c r="G44" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H44" s="32" t="n">
-        <x:v>-61</x:v>
+        <x:v>-25</x:v>
       </x:c>
       <x:c r="I44" s="33" t="n">
-        <x:v>-0.08279607</x:v>
+        <x:v>-0.03397616</x:v>
       </x:c>
       <x:c r="J44" s="32" t="n">
-        <x:v>-265</x:v>
+        <x:v>-316</x:v>
       </x:c>
       <x:c r="K44" s="33" t="n">
-        <x:v>-0.3586946</x:v>
+        <x:v>-0.4277669</x:v>
       </x:c>
       <x:c r="L44" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M44" s="31" t="n">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N44" s="32" t="n">
-        <x:v>-22</x:v>
+        <x:v>-30</x:v>
       </x:c>
       <x:c r="O44" s="31" t="n">
-        <x:v>226</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P44" s="31" t="n">
-        <x:v>103</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q44" s="31" t="n">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R44" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S44" s="31" t="n">
-        <x:v>265</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="T44" s="31" t="n">
-        <x:v>140</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U44" s="31" t="n">
-        <x:v>125</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="V44" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W44" s="32" t="n">
-        <x:v>-39</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:23">
       <x:c r="A45" s="25" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B45" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C45" s="36" t="s"/>
       <x:c r="D45" s="31" t="n">
-        <x:v>81698</x:v>
+        <x:v>81571</x:v>
       </x:c>
       <x:c r="E45" s="31" t="n">
-        <x:v>41785</x:v>
+        <x:v>41715</x:v>
       </x:c>
       <x:c r="F45" s="31" t="n">
-        <x:v>39913</x:v>
+        <x:v>39856</x:v>
       </x:c>
       <x:c r="G45" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H45" s="32" t="n">
-        <x:v>-133</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="I45" s="33" t="n">
-        <x:v>-0.1625301</x:v>
+        <x:v>-0.04656349</x:v>
       </x:c>
       <x:c r="J45" s="32" t="n">
-        <x:v>-313</x:v>
+        <x:v>-355</x:v>
       </x:c>
       <x:c r="K45" s="33" t="n">
-        <x:v>-0.3816561</x:v>
+        <x:v>-0.4333179</x:v>
       </x:c>
       <x:c r="L45" s="31" t="n">
-        <x:v>61</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M45" s="31" t="n">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N45" s="32" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="O45" s="31" t="n">
-        <x:v>374</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="P45" s="31" t="n">
-        <x:v>218</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q45" s="31" t="n">
-        <x:v>156</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R45" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S45" s="31" t="n">
-        <x:v>518</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="T45" s="31" t="n">
-        <x:v>342</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U45" s="31" t="n">
         <x:v>176</x:v>
       </x:c>
       <x:c r="V45" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W45" s="32" t="n">
-        <x:v>-144</x:v>
+        <x:v>-41</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:23">
       <x:c r="A46" s="25" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C46" s="36" t="s"/>
       <x:c r="D46" s="31" t="n">
-        <x:v>160928</x:v>
+        <x:v>160802</x:v>
       </x:c>
       <x:c r="E46" s="31" t="n">
-        <x:v>79872</x:v>
+        <x:v>79790</x:v>
       </x:c>
       <x:c r="F46" s="31" t="n">
-        <x:v>81056</x:v>
+        <x:v>81012</x:v>
       </x:c>
       <x:c r="G46" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H46" s="32" t="n">
-        <x:v>-128</x:v>
+        <x:v>-65</x:v>
       </x:c>
       <x:c r="I46" s="33" t="n">
-        <x:v>-0.07947546</x:v>
+        <x:v>-0.04040605</x:v>
       </x:c>
       <x:c r="J46" s="32" t="n">
-        <x:v>-598</x:v>
+        <x:v>-585</x:v>
       </x:c>
       <x:c r="K46" s="33" t="n">
-        <x:v>-0.370219</x:v>
+        <x:v>-0.3624827</x:v>
       </x:c>
       <x:c r="L46" s="31" t="n">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="M46" s="31" t="n">
-        <x:v>153</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="N46" s="32" t="n">
-        <x:v>-72</x:v>
+        <x:v>-64</x:v>
       </x:c>
       <x:c r="O46" s="31" t="n">
-        <x:v>427</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="P46" s="31" t="n">
-        <x:v>232</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q46" s="31" t="n">
-        <x:v>195</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R46" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S46" s="31" t="n">
-        <x:v>483</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="T46" s="31" t="n">
-        <x:v>236</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U46" s="31" t="n">
-        <x:v>247</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="V46" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W46" s="32" t="n">
-        <x:v>-56</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:23">
       <x:c r="A47" s="25" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B47" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C47" s="36" t="s"/>
       <x:c r="D47" s="31" t="n">
-        <x:v>72655</x:v>
+        <x:v>72670</x:v>
       </x:c>
       <x:c r="E47" s="31" t="n">
-        <x:v>35677</x:v>
+        <x:v>35689</x:v>
       </x:c>
       <x:c r="F47" s="31" t="n">
-        <x:v>36978</x:v>
+        <x:v>36981</x:v>
       </x:c>
       <x:c r="G47" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H47" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="I47" s="33" t="n">
-        <x:v>0.004129274</x:v>
+        <x:v>-0.02201249</x:v>
       </x:c>
       <x:c r="J47" s="32" t="n">
-        <x:v>-157</x:v>
+        <x:v>-153</x:v>
       </x:c>
       <x:c r="K47" s="33" t="n">
-        <x:v>-0.2156238</x:v>
+        <x:v>-0.2100985</x:v>
       </x:c>
       <x:c r="L47" s="31" t="n">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="31" t="n">
-        <x:v>71</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="N47" s="32" t="n">
-        <x:v>-40</x:v>
+        <x:v>-67</x:v>
       </x:c>
       <x:c r="O47" s="31" t="n">
-        <x:v>243</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P47" s="31" t="n">
-        <x:v>129</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q47" s="31" t="n">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R47" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S47" s="31" t="n">
-        <x:v>200</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="T47" s="31" t="n">
-        <x:v>96</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U47" s="31" t="n">
-        <x:v>104</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="V47" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W47" s="32" t="n">
-        <x:v>43</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:23">
       <x:c r="A48" s="25" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C48" s="36" t="s"/>
       <x:c r="D48" s="31" t="n">
-        <x:v>146004</x:v>
+        <x:v>145929</x:v>
       </x:c>
       <x:c r="E48" s="31" t="n">
-        <x:v>72664</x:v>
+        <x:v>72622</x:v>
       </x:c>
       <x:c r="F48" s="31" t="n">
-        <x:v>73340</x:v>
+        <x:v>73307</x:v>
       </x:c>
       <x:c r="G48" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H48" s="32" t="n">
-        <x:v>-66</x:v>
+        <x:v>-52</x:v>
       </x:c>
       <x:c r="I48" s="33" t="n">
-        <x:v>-0.04518382</x:v>
+        <x:v>-0.03562107</x:v>
       </x:c>
       <x:c r="J48" s="32" t="n">
-        <x:v>-696</x:v>
+        <x:v>-711</x:v>
       </x:c>
       <x:c r="K48" s="33" t="n">
-        <x:v>-0.4744376</x:v>
+        <x:v>-0.4848609</x:v>
       </x:c>
       <x:c r="L48" s="31" t="n">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M48" s="31" t="n">
-        <x:v>158</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="N48" s="32" t="n">
-        <x:v>-97</x:v>
+        <x:v>-78</x:v>
       </x:c>
       <x:c r="O48" s="31" t="n">
-        <x:v>363</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="P48" s="31" t="n">
-        <x:v>207</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q48" s="31" t="n">
-        <x:v>156</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R48" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S48" s="31" t="n">
-        <x:v>332</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="T48" s="31" t="n">
-        <x:v>173</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U48" s="31" t="n">
-        <x:v>159</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="V48" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W48" s="32" t="n">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:23">
       <x:c r="A49" s="25" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B49" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C49" s="36" t="s"/>
       <x:c r="D49" s="31" t="n">
-        <x:v>63840</x:v>
+        <x:v>63763</x:v>
       </x:c>
       <x:c r="E49" s="31" t="n">
-        <x:v>31473</x:v>
+        <x:v>31445</x:v>
       </x:c>
       <x:c r="F49" s="31" t="n">
-        <x:v>32367</x:v>
+        <x:v>32318</x:v>
       </x:c>
       <x:c r="G49" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H49" s="32" t="n">
-        <x:v>33</x:v>
+        <x:v>-71</x:v>
       </x:c>
       <x:c r="I49" s="33" t="n">
-        <x:v>0.05171846</x:v>
+        <x:v>-0.111226</x:v>
       </x:c>
       <x:c r="J49" s="32" t="n">
-        <x:v>-447</x:v>
+        <x:v>-450</x:v>
       </x:c>
       <x:c r="K49" s="33" t="n">
-        <x:v>-0.6953194</x:v>
+        <x:v>-0.7007927</x:v>
       </x:c>
       <x:c r="L49" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="M49" s="31" t="n">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N49" s="32" t="n">
-        <x:v>-40</x:v>
+        <x:v>-58</x:v>
       </x:c>
       <x:c r="O49" s="31" t="n">
-        <x:v>210</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P49" s="31" t="n">
-        <x:v>101</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q49" s="31" t="n">
-        <x:v>109</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R49" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S49" s="31" t="n">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="T49" s="31" t="n">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U49" s="31" t="n">
-        <x:v>68</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="V49" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W49" s="32" t="n">
-        <x:v>73</x:v>
+        <x:v>-13</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:23">
       <x:c r="A50" s="25" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C50" s="36" t="s"/>
       <x:c r="D50" s="31" t="n">
-        <x:v>88381</x:v>
+        <x:v>88345</x:v>
       </x:c>
       <x:c r="E50" s="31" t="n">
-        <x:v>45605</x:v>
+        <x:v>45550</x:v>
       </x:c>
       <x:c r="F50" s="31" t="n">
-        <x:v>42776</x:v>
+        <x:v>42795</x:v>
       </x:c>
       <x:c r="G50" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H50" s="32" t="n">
-        <x:v>-95</x:v>
+        <x:v>-11</x:v>
       </x:c>
       <x:c r="I50" s="33" t="n">
-        <x:v>-0.1073738</x:v>
+        <x:v>-0.01244964</x:v>
       </x:c>
       <x:c r="J50" s="32" t="n">
-        <x:v>-97</x:v>
+        <x:v>-166</x:v>
       </x:c>
       <x:c r="K50" s="33" t="n">
-        <x:v>-0.1096318</x:v>
+        <x:v>-0.1875473</x:v>
       </x:c>
       <x:c r="L50" s="31" t="n">
-        <x:v>53</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M50" s="31" t="n">
-        <x:v>82</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N50" s="32" t="n">
-        <x:v>-29</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O50" s="31" t="n">
-        <x:v>271</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="P50" s="31" t="n">
-        <x:v>157</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q50" s="31" t="n">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R50" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S50" s="31" t="n">
-        <x:v>337</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="T50" s="31" t="n">
-        <x:v>183</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U50" s="31" t="n">
-        <x:v>154</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="V50" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W50" s="32" t="n">
-        <x:v>-66</x:v>
+        <x:v>-12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:23">
       <x:c r="A51" s="25" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B51" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C51" s="36" t="s"/>
       <x:c r="D51" s="31" t="n">
-        <x:v>109774</x:v>
+        <x:v>109817</x:v>
       </x:c>
       <x:c r="E51" s="31" t="n">
-        <x:v>53817</x:v>
+        <x:v>53855</x:v>
       </x:c>
       <x:c r="F51" s="31" t="n">
-        <x:v>55957</x:v>
+        <x:v>55962</x:v>
       </x:c>
       <x:c r="G51" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H51" s="32" t="n">
-        <x:v>18</x:v>
+        <x:v>-14</x:v>
       </x:c>
       <x:c r="I51" s="33" t="n">
-        <x:v>0.01640001</x:v>
+        <x:v>-0.01274686</x:v>
       </x:c>
       <x:c r="J51" s="32" t="n">
-        <x:v>-57</x:v>
+        <x:v>-25</x:v>
       </x:c>
       <x:c r="K51" s="33" t="n">
-        <x:v>-0.05189792</x:v>
+        <x:v>-0.02275996</x:v>
       </x:c>
       <x:c r="L51" s="31" t="n">
-        <x:v>84</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M51" s="31" t="n">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N51" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>-26</x:v>
       </x:c>
       <x:c r="O51" s="31" t="n">
-        <x:v>377</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="P51" s="31" t="n">
-        <x:v>190</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q51" s="31" t="n">
-        <x:v>187</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R51" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S51" s="31" t="n">
-        <x:v>360</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="T51" s="31" t="n">
-        <x:v>182</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U51" s="31" t="n">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="V51" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W51" s="32" t="n">
-        <x:v>17</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:23">
       <x:c r="A52" s="25" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C52" s="36" t="s"/>
       <x:c r="D52" s="31" t="n">
-        <x:v>134309</x:v>
+        <x:v>134109</x:v>
       </x:c>
       <x:c r="E52" s="31" t="n">
-        <x:v>67357</x:v>
+        <x:v>67252</x:v>
       </x:c>
       <x:c r="F52" s="31" t="n">
-        <x:v>66952</x:v>
+        <x:v>66857</x:v>
       </x:c>
       <x:c r="G52" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H52" s="32" t="n">
-        <x:v>-54</x:v>
+        <x:v>-80</x:v>
       </x:c>
       <x:c r="I52" s="33" t="n">
-        <x:v>-0.04018964</x:v>
+        <x:v>-0.0596174</x:v>
       </x:c>
       <x:c r="J52" s="32" t="n">
-        <x:v>-1067</x:v>
+        <x:v>-1180</x:v>
       </x:c>
       <x:c r="K52" s="33" t="n">
-        <x:v>-0.7881752</x:v>
+        <x:v>-0.8722069</x:v>
       </x:c>
       <x:c r="L52" s="31" t="n">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M52" s="31" t="n">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="N52" s="32" t="n">
-        <x:v>-67</x:v>
+        <x:v>-65</x:v>
       </x:c>
       <x:c r="O52" s="31" t="n">
-        <x:v>371</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P52" s="31" t="n">
-        <x:v>219</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q52" s="31" t="n">
-        <x:v>152</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R52" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S52" s="31" t="n">
-        <x:v>358</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="T52" s="31" t="n">
-        <x:v>194</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U52" s="31" t="n">
-        <x:v>164</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="V52" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W52" s="32" t="n">
-        <x:v>13</x:v>
+        <x:v>-15</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:23">
       <x:c r="A53" s="25" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B53" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C53" s="36" t="s"/>
       <x:c r="D53" s="31" t="n">
-        <x:v>59837</x:v>
+        <x:v>59786</x:v>
       </x:c>
       <x:c r="E53" s="31" t="n">
-        <x:v>29534</x:v>
+        <x:v>29512</x:v>
       </x:c>
       <x:c r="F53" s="31" t="n">
-        <x:v>30303</x:v>
+        <x:v>30274</x:v>
       </x:c>
       <x:c r="G53" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H53" s="32" t="n">
-        <x:v>-5</x:v>
+        <x:v>-23</x:v>
       </x:c>
       <x:c r="I53" s="33" t="n">
-        <x:v>-0.008355335</x:v>
+        <x:v>-0.03845575</x:v>
       </x:c>
       <x:c r="J53" s="32" t="n">
-        <x:v>-347</x:v>
+        <x:v>-337</x:v>
       </x:c>
       <x:c r="K53" s="33" t="n">
-        <x:v>-0.5765652</x:v>
+        <x:v>-0.5605176</x:v>
       </x:c>
       <x:c r="L53" s="31" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="31" t="n">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N53" s="32" t="n">
-        <x:v>-33</x:v>
+        <x:v>-41</x:v>
       </x:c>
       <x:c r="O53" s="31" t="n">
-        <x:v>168</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P53" s="31" t="n">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q53" s="31" t="n">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R53" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S53" s="31" t="n">
-        <x:v>140</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="T53" s="31" t="n">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U53" s="31" t="n">
-        <x:v>65</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="V53" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W53" s="32" t="n">
-        <x:v>28</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:23">
       <x:c r="A54" s="25" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C54" s="36" t="s"/>
       <x:c r="D54" s="31" t="n">
-        <x:v>95276</x:v>
+        <x:v>95189</x:v>
       </x:c>
       <x:c r="E54" s="31" t="n">
-        <x:v>47350</x:v>
+        <x:v>47308</x:v>
       </x:c>
       <x:c r="F54" s="31" t="n">
-        <x:v>47926</x:v>
+        <x:v>47881</x:v>
       </x:c>
       <x:c r="G54" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H54" s="32" t="n">
-        <x:v>-104</x:v>
+        <x:v>-47</x:v>
       </x:c>
       <x:c r="I54" s="33" t="n">
-        <x:v>-0.1090375</x:v>
+        <x:v>-0.04935108</x:v>
       </x:c>
       <x:c r="J54" s="32" t="n">
-        <x:v>-695</x:v>
+        <x:v>-649</x:v>
       </x:c>
       <x:c r="K54" s="33" t="n">
-        <x:v>-0.7241771</x:v>
+        <x:v>-0.6771844</x:v>
       </x:c>
       <x:c r="L54" s="31" t="n">
-        <x:v>39</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="M54" s="31" t="n">
-        <x:v>119</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N54" s="32" t="n">
-        <x:v>-80</x:v>
+        <x:v>-61</x:v>
       </x:c>
       <x:c r="O54" s="31" t="n">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P54" s="31" t="n">
-        <x:v>111</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q54" s="31" t="n">
-        <x:v>112</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R54" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S54" s="31" t="n">
-        <x:v>247</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="T54" s="31" t="n">
-        <x:v>146</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U54" s="31" t="n">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="V54" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W54" s="32" t="n">
-        <x:v>-24</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:23">
       <x:c r="A55" s="25" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B55" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C55" s="36" t="s"/>
       <x:c r="D55" s="31" t="n">
-        <x:v>46779</x:v>
+        <x:v>46777</x:v>
       </x:c>
       <x:c r="E55" s="31" t="n">
-        <x:v>23518</x:v>
+        <x:v>23501</x:v>
       </x:c>
       <x:c r="F55" s="31" t="n">
-        <x:v>23261</x:v>
+        <x:v>23276</x:v>
       </x:c>
       <x:c r="G55" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H55" s="32" t="n">
-        <x:v>-31</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="I55" s="33" t="n">
-        <x:v>-0.06622516</x:v>
+        <x:v>-0.01496238</x:v>
       </x:c>
       <x:c r="J55" s="32" t="n">
-        <x:v>-474</x:v>
+        <x:v>-401</x:v>
       </x:c>
       <x:c r="K55" s="33" t="n">
-        <x:v>-1.003111</x:v>
+        <x:v>-0.8499724</x:v>
       </x:c>
       <x:c r="L55" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="M55" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N55" s="32" t="n">
-        <x:v>-38</x:v>
+        <x:v>-47</x:v>
       </x:c>
       <x:c r="O55" s="31" t="n">
-        <x:v>113</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P55" s="31" t="n">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q55" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R55" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S55" s="31" t="n">
-        <x:v>106</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="T55" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U55" s="31" t="n">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="V55" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W55" s="32" t="n">
-        <x:v>7</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:23">
       <x:c r="A56" s="25" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C56" s="36" t="s"/>
       <x:c r="D56" s="31" t="n">
-        <x:v>67381</x:v>
+        <x:v>67295</x:v>
       </x:c>
       <x:c r="E56" s="31" t="n">
-        <x:v>33286</x:v>
+        <x:v>33228</x:v>
       </x:c>
       <x:c r="F56" s="31" t="n">
-        <x:v>34095</x:v>
+        <x:v>34067</x:v>
       </x:c>
       <x:c r="G56" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H56" s="32" t="n">
-        <x:v>27</x:v>
+        <x:v>-50</x:v>
       </x:c>
       <x:c r="I56" s="33" t="n">
-        <x:v>0.04008671</x:v>
+        <x:v>-0.07424456</x:v>
       </x:c>
       <x:c r="J56" s="32" t="n">
-        <x:v>-396</x:v>
+        <x:v>-489</x:v>
       </x:c>
       <x:c r="K56" s="33" t="n">
-        <x:v>-0.584269</x:v>
+        <x:v>-0.7214092</x:v>
       </x:c>
       <x:c r="L56" s="31" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="M56" s="31" t="n">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N56" s="32" t="n">
-        <x:v>-29</x:v>
+        <x:v>-41</x:v>
       </x:c>
       <x:c r="O56" s="31" t="n">
-        <x:v>231</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P56" s="31" t="n">
-        <x:v>124</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q56" s="31" t="n">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R56" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S56" s="31" t="n">
-        <x:v>175</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="T56" s="31" t="n">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U56" s="31" t="n">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="V56" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W56" s="32" t="n">
-        <x:v>56</x:v>
+        <x:v>-9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:23">
       <x:c r="A57" s="25" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B57" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C57" s="36" t="s"/>
       <x:c r="D57" s="31" t="n">
-        <x:v>52458</x:v>
+        <x:v>52362</x:v>
       </x:c>
       <x:c r="E57" s="31" t="n">
-        <x:v>26041</x:v>
+        <x:v>25999</x:v>
       </x:c>
       <x:c r="F57" s="31" t="n">
-        <x:v>26417</x:v>
+        <x:v>26363</x:v>
       </x:c>
       <x:c r="G57" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H57" s="32" t="n">
-        <x:v>-40</x:v>
+        <x:v>-54</x:v>
       </x:c>
       <x:c r="I57" s="33" t="n">
-        <x:v>-0.07619338</x:v>
+        <x:v>-0.103022</x:v>
       </x:c>
       <x:c r="J57" s="32" t="n">
-        <x:v>-518</x:v>
+        <x:v>-570</x:v>
       </x:c>
       <x:c r="K57" s="33" t="n">
-        <x:v>-0.9778013</x:v>
+        <x:v>-1.076853</x:v>
       </x:c>
       <x:c r="L57" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="M57" s="31" t="n">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N57" s="32" t="n">
-        <x:v>-43</x:v>
+        <x:v>-50</x:v>
       </x:c>
       <x:c r="O57" s="31" t="n">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P57" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q57" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R57" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S57" s="31" t="n">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="T57" s="31" t="n">
-        <x:v>55</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U57" s="31" t="n">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="V57" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W57" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:23">
       <x:c r="A58" s="25" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C58" s="36" t="s"/>
       <x:c r="D58" s="31" t="n">
-        <x:v>69665</x:v>
+        <x:v>69601</x:v>
       </x:c>
       <x:c r="E58" s="31" t="n">
-        <x:v>34736</x:v>
+        <x:v>34722</x:v>
       </x:c>
       <x:c r="F58" s="31" t="n">
-        <x:v>34929</x:v>
+        <x:v>34879</x:v>
       </x:c>
       <x:c r="G58" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H58" s="32" t="n">
-        <x:v>-77</x:v>
+        <x:v>-47</x:v>
       </x:c>
       <x:c r="I58" s="33" t="n">
-        <x:v>-0.1104069</x:v>
+        <x:v>-0.0674822</x:v>
       </x:c>
       <x:c r="J58" s="32" t="n">
-        <x:v>-414</x:v>
+        <x:v>-405</x:v>
       </x:c>
       <x:c r="K58" s="33" t="n">
-        <x:v>-0.5907618</x:v>
+        <x:v>-0.5785218</x:v>
       </x:c>
       <x:c r="L58" s="31" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="M58" s="31" t="n">
-        <x:v>55</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N58" s="32" t="n">
-        <x:v>-23</x:v>
+        <x:v>-18</x:v>
       </x:c>
       <x:c r="O58" s="31" t="n">
-        <x:v>162</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P58" s="31" t="n">
-        <x:v>87</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q58" s="31" t="n">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R58" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S58" s="31" t="n">
-        <x:v>216</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="T58" s="31" t="n">
-        <x:v>112</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U58" s="31" t="n">
-        <x:v>104</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="V58" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W58" s="32" t="n">
-        <x:v>-54</x:v>
+        <x:v>-29</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:23">
       <x:c r="A59" s="25" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B59" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C59" s="36" t="s"/>
       <x:c r="D59" s="31" t="n">
-        <x:v>110406</x:v>
+        <x:v>110434</x:v>
       </x:c>
       <x:c r="E59" s="31" t="n">
-        <x:v>54356</x:v>
+        <x:v>54340</x:v>
       </x:c>
       <x:c r="F59" s="31" t="n">
-        <x:v>56050</x:v>
+        <x:v>56094</x:v>
       </x:c>
       <x:c r="G59" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H59" s="32" t="n">
-        <x:v>33</x:v>
+        <x:v>-53</x:v>
       </x:c>
       <x:c r="I59" s="33" t="n">
-        <x:v>0.02989862</x:v>
+        <x:v>-0.04796945</x:v>
       </x:c>
       <x:c r="J59" s="32" t="n">
-        <x:v>-508</x:v>
+        <x:v>-479</x:v>
       </x:c>
       <x:c r="K59" s="33" t="n">
-        <x:v>-0.4580125</x:v>
+        <x:v>-0.43187</x:v>
       </x:c>
       <x:c r="L59" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M59" s="31" t="n">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="N59" s="32" t="n">
-        <x:v>-50</x:v>
+        <x:v>-70</x:v>
       </x:c>
       <x:c r="O59" s="31" t="n">
-        <x:v>406</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="P59" s="31" t="n">
-        <x:v>211</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q59" s="31" t="n">
-        <x:v>195</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R59" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S59" s="31" t="n">
-        <x:v>323</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="T59" s="31" t="n">
-        <x:v>166</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U59" s="31" t="n">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="V59" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W59" s="32" t="n">
-        <x:v>83</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:23">
       <x:c r="A60" s="25" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C60" s="36" t="s"/>
       <x:c r="D60" s="31" t="n">
-        <x:v>51268</x:v>
+        <x:v>51223</x:v>
       </x:c>
       <x:c r="E60" s="31" t="n">
-        <x:v>25442</x:v>
+        <x:v>25404</x:v>
       </x:c>
       <x:c r="F60" s="31" t="n">
-        <x:v>25826</x:v>
+        <x:v>25819</x:v>
       </x:c>
       <x:c r="G60" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H60" s="32" t="n">
-        <x:v>-3</x:v>
+        <x:v>-37</x:v>
       </x:c>
       <x:c r="I60" s="33" t="n">
-        <x:v>-0.005851261</x:v>
+        <x:v>-0.07218104</x:v>
       </x:c>
       <x:c r="J60" s="32" t="n">
-        <x:v>-262</x:v>
+        <x:v>-244</x:v>
       </x:c>
       <x:c r="K60" s="33" t="n">
-        <x:v>-0.5084417</x:v>
+        <x:v>-0.4740902</x:v>
       </x:c>
       <x:c r="L60" s="31" t="n">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="M60" s="31" t="n">
-        <x:v>48</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N60" s="32" t="n">
-        <x:v>-14</x:v>
+        <x:v>-40</x:v>
       </x:c>
       <x:c r="O60" s="31" t="n">
-        <x:v>147</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P60" s="31" t="n">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q60" s="31" t="n">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R60" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S60" s="31" t="n">
-        <x:v>136</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="T60" s="31" t="n">
-        <x:v>73</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U60" s="31" t="n">
-        <x:v>63</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="V60" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W60" s="32" t="n">
-        <x:v>11</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:23">
       <x:c r="A61" s="25" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B61" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C61" s="36" t="s"/>
       <x:c r="D61" s="31" t="n">
-        <x:v>43975</x:v>
+        <x:v>43916</x:v>
       </x:c>
       <x:c r="E61" s="31" t="n">
-        <x:v>22112</x:v>
+        <x:v>22076</x:v>
       </x:c>
       <x:c r="F61" s="31" t="n">
-        <x:v>21863</x:v>
+        <x:v>21840</x:v>
       </x:c>
       <x:c r="G61" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H61" s="32" t="n">
-        <x:v>-38</x:v>
+        <x:v>-27</x:v>
       </x:c>
       <x:c r="I61" s="33" t="n">
-        <x:v>-0.08633813</x:v>
+        <x:v>-0.06144323</x:v>
       </x:c>
       <x:c r="J61" s="32" t="n">
-        <x:v>-316</x:v>
+        <x:v>-335</x:v>
       </x:c>
       <x:c r="K61" s="33" t="n">
-        <x:v>-0.7134632</x:v>
+        <x:v>-0.757045</x:v>
       </x:c>
       <x:c r="L61" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="M61" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N61" s="32" t="n">
-        <x:v>-13</x:v>
+        <x:v>-25</x:v>
       </x:c>
       <x:c r="O61" s="31" t="n">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P61" s="31" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="Q61" s="31" t="n">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="Q61" s="31" t="n">
+      <x:c r="R61" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S61" s="31" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="T61" s="31" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="U61" s="31" t="n">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="R61" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="V61" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W61" s="32" t="n">
-        <x:v>-25</x:v>
+        <x:v>-2</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:23">
       <x:c r="A62" s="25" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C62" s="36" t="s"/>
       <x:c r="D62" s="31" t="n">
-        <x:v>43975</x:v>
+        <x:v>43916</x:v>
       </x:c>
       <x:c r="E62" s="31" t="n">
-        <x:v>22112</x:v>
+        <x:v>22076</x:v>
       </x:c>
       <x:c r="F62" s="31" t="n">
-        <x:v>21863</x:v>
+        <x:v>21840</x:v>
       </x:c>
       <x:c r="G62" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H62" s="32" t="n">
-        <x:v>-38</x:v>
+        <x:v>-27</x:v>
       </x:c>
       <x:c r="I62" s="33" t="n">
-        <x:v>-0.08633813</x:v>
+        <x:v>-0.06144323</x:v>
       </x:c>
       <x:c r="J62" s="32" t="n">
-        <x:v>-316</x:v>
+        <x:v>-335</x:v>
       </x:c>
       <x:c r="K62" s="33" t="n">
-        <x:v>-0.7134632</x:v>
+        <x:v>-0.757045</x:v>
       </x:c>
       <x:c r="L62" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="M62" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N62" s="32" t="n">
-        <x:v>-13</x:v>
+        <x:v>-25</x:v>
       </x:c>
       <x:c r="O62" s="31" t="n">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P62" s="31" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="Q62" s="31" t="n">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="Q62" s="31" t="n">
+      <x:c r="R62" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S62" s="31" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="T62" s="31" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="U62" s="31" t="n">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="R62" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="V62" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W62" s="32" t="n">
-        <x:v>-25</x:v>
+        <x:v>-2</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:23">
       <x:c r="A63" s="25" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B63" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C63" s="36" t="s"/>
       <x:c r="D63" s="31" t="n">
-        <x:v>77487</x:v>
+        <x:v>77238</x:v>
       </x:c>
       <x:c r="E63" s="31" t="n">
-        <x:v>38452</x:v>
+        <x:v>38330</x:v>
       </x:c>
       <x:c r="F63" s="31" t="n">
-        <x:v>39035</x:v>
+        <x:v>38908</x:v>
       </x:c>
       <x:c r="G63" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H63" s="32" t="n">
+        <x:v>-129</x:v>
+      </x:c>
+      <x:c r="I63" s="33" t="n">
+        <x:v>-0.1667378</x:v>
+      </x:c>
+      <x:c r="J63" s="32" t="n">
+        <x:v>-852</x:v>
+      </x:c>
+      <x:c r="K63" s="33" t="n">
+        <x:v>-1.091049</x:v>
+      </x:c>
+      <x:c r="L63" s="31" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="M63" s="31" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="N63" s="32" t="n">
         <x:v>-63</x:v>
       </x:c>
-      <x:c r="I63" s="33" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="O63" s="31" t="n">
-        <x:v>180</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P63" s="31" t="n">
-        <x:v>103</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q63" s="31" t="n">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R63" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S63" s="31" t="n">
-        <x:v>166</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="T63" s="31" t="n">
-        <x:v>84</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U63" s="31" t="n">
-        <x:v>82</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="V63" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W63" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>-66</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:23">
       <x:c r="A64" s="25" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C64" s="36" t="s"/>
       <x:c r="D64" s="31" t="n">
-        <x:v>36278</x:v>
+        <x:v>36168</x:v>
       </x:c>
       <x:c r="E64" s="31" t="n">
-        <x:v>17936</x:v>
+        <x:v>17889</x:v>
       </x:c>
       <x:c r="F64" s="31" t="n">
-        <x:v>18342</x:v>
+        <x:v>18279</x:v>
       </x:c>
       <x:c r="G64" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H64" s="32" t="n">
-        <x:v>-44</x:v>
+        <x:v>-67</x:v>
       </x:c>
       <x:c r="I64" s="33" t="n">
-        <x:v>-0.1211387</x:v>
+        <x:v>-0.1849041</x:v>
       </x:c>
       <x:c r="J64" s="32" t="n">
-        <x:v>-82</x:v>
+        <x:v>-148</x:v>
       </x:c>
       <x:c r="K64" s="33" t="n">
-        <x:v>-0.2255225</x:v>
+        <x:v>-0.4075339</x:v>
       </x:c>
       <x:c r="L64" s="31" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="M64" s="31" t="n">
-        <x:v>58</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N64" s="32" t="n">
-        <x:v>-45</x:v>
+        <x:v>-24</x:v>
       </x:c>
       <x:c r="O64" s="31" t="n">
-        <x:v>90</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P64" s="31" t="n">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q64" s="31" t="n">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R64" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S64" s="31" t="n">
-        <x:v>89</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="T64" s="31" t="n">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U64" s="31" t="n">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="V64" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W64" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>-43</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:23">
       <x:c r="A65" s="25" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B65" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C65" s="36" t="s"/>
       <x:c r="D65" s="31" t="n">
-        <x:v>30814</x:v>
+        <x:v>30724</x:v>
       </x:c>
       <x:c r="E65" s="31" t="n">
-        <x:v>15348</x:v>
+        <x:v>15303</x:v>
       </x:c>
       <x:c r="F65" s="31" t="n">
-        <x:v>15466</x:v>
+        <x:v>15421</x:v>
       </x:c>
       <x:c r="G65" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H65" s="32" t="n">
-        <x:v>-8</x:v>
+        <x:v>-44</x:v>
       </x:c>
       <x:c r="I65" s="33" t="n">
-        <x:v>-0.02595549</x:v>
+        <x:v>-0.1430057</x:v>
       </x:c>
       <x:c r="J65" s="32" t="n">
-        <x:v>-501</x:v>
+        <x:v>-494</x:v>
       </x:c>
       <x:c r="K65" s="33" t="n">
-        <x:v>-1.599872</x:v>
+        <x:v>-1.58242</x:v>
       </x:c>
       <x:c r="L65" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="M65" s="31" t="n">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N65" s="32" t="n">
-        <x:v>-25</x:v>
+        <x:v>-28</x:v>
       </x:c>
       <x:c r="O65" s="31" t="n">
-        <x:v>77</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P65" s="31" t="n">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q65" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R65" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S65" s="31" t="n">
-        <x:v>60</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="T65" s="31" t="n">
-        <x:v>28</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U65" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="V65" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W65" s="32" t="n">
-        <x:v>17</x:v>
+        <x:v>-16</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:23">
       <x:c r="A66" s="25" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C66" s="36" t="s"/>
       <x:c r="D66" s="31" t="n">
-        <x:v>10395</x:v>
+        <x:v>10346</x:v>
       </x:c>
       <x:c r="E66" s="31" t="n">
-        <x:v>5168</x:v>
+        <x:v>5138</x:v>
       </x:c>
       <x:c r="F66" s="31" t="n">
-        <x:v>5227</x:v>
+        <x:v>5208</x:v>
       </x:c>
       <x:c r="G66" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H66" s="32" t="n">
+        <x:v>-18</x:v>
+      </x:c>
+      <x:c r="I66" s="33" t="n">
+        <x:v>-0.1736781</x:v>
+      </x:c>
+      <x:c r="J66" s="32" t="n">
+        <x:v>-210</x:v>
+      </x:c>
+      <x:c r="K66" s="33" t="n">
+        <x:v>-1.98939</x:v>
+      </x:c>
+      <x:c r="L66" s="31" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="M66" s="31" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="N66" s="32" t="n">
         <x:v>-11</x:v>
       </x:c>
-      <x:c r="I66" s="33" t="n">
-[...14 lines deleted...]
-      <x:c r="N66" s="32" t="n">
+      <x:c r="O66" s="31" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P66" s="31" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="Q66" s="31" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="R66" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S66" s="31" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="T66" s="31" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="U66" s="31" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="V66" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W66" s="32" t="n">
         <x:v>-7</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:23">
       <x:c r="A67" s="25" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B67" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C67" s="36" t="s"/>
       <x:c r="D67" s="31" t="n">
-        <x:v>119386</x:v>
+        <x:v>119137</x:v>
       </x:c>
       <x:c r="E67" s="31" t="n">
-        <x:v>59939</x:v>
+        <x:v>59814</x:v>
       </x:c>
       <x:c r="F67" s="31" t="n">
-        <x:v>59447</x:v>
+        <x:v>59323</x:v>
       </x:c>
       <x:c r="G67" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H67" s="32" t="n">
-        <x:v>-146</x:v>
+        <x:v>-118</x:v>
       </x:c>
       <x:c r="I67" s="33" t="n">
-        <x:v>-0.122143</x:v>
+        <x:v>-0.09894764</x:v>
       </x:c>
       <x:c r="J67" s="32" t="n">
-        <x:v>-1823</x:v>
+        <x:v>-1858</x:v>
       </x:c>
       <x:c r="K67" s="33" t="n">
-        <x:v>-1.504014</x:v>
+        <x:v>-1.535601</x:v>
       </x:c>
       <x:c r="L67" s="31" t="n">
-        <x:v>25</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="31" t="n">
-        <x:v>138</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="N67" s="32" t="n">
-        <x:v>-113</x:v>
+        <x:v>-130</x:v>
       </x:c>
       <x:c r="O67" s="31" t="n">
-        <x:v>211</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P67" s="31" t="n">
-        <x:v>114</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q67" s="31" t="n">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R67" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S67" s="31" t="n">
-        <x:v>244</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="T67" s="31" t="n">
-        <x:v>124</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U67" s="31" t="n">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="V67" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W67" s="32" t="n">
-        <x:v>-33</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:23">
       <x:c r="A68" s="25" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C68" s="36" t="s"/>
       <x:c r="D68" s="31" t="n">
-        <x:v>18992</x:v>
+        <x:v>18994</x:v>
       </x:c>
       <x:c r="E68" s="31" t="n">
-        <x:v>9669</x:v>
+        <x:v>9673</x:v>
       </x:c>
       <x:c r="F68" s="31" t="n">
-        <x:v>9323</x:v>
+        <x:v>9321</x:v>
       </x:c>
       <x:c r="G68" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H68" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="I68" s="33" t="n">
-        <x:v>0.07376963</x:v>
+        <x:v>0.04213631</x:v>
       </x:c>
       <x:c r="J68" s="32" t="n">
-        <x:v>-82</x:v>
+        <x:v>-103</x:v>
       </x:c>
       <x:c r="K68" s="33" t="n">
-        <x:v>-0.4299046</x:v>
+        <x:v>-0.5393517</x:v>
       </x:c>
       <x:c r="L68" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="M68" s="31" t="n">
-        <x:v>11</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="N68" s="32" t="n">
-        <x:v>-8</x:v>
+        <x:v>-11</x:v>
       </x:c>
       <x:c r="O68" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P68" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="Q68" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="R68" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S68" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="T68" s="31" t="n">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="U68" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="V68" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W68" s="32" t="n">
-        <x:v>22</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:23">
       <x:c r="A69" s="25" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B69" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C69" s="36" t="s"/>
       <x:c r="D69" s="31" t="n">
-        <x:v>16426</x:v>
+        <x:v>16381</x:v>
       </x:c>
       <x:c r="E69" s="31" t="n">
-        <x:v>8168</x:v>
+        <x:v>8149</x:v>
       </x:c>
       <x:c r="F69" s="31" t="n">
-        <x:v>8258</x:v>
+        <x:v>8232</x:v>
       </x:c>
       <x:c r="G69" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H69" s="32" t="n">
-        <x:v>-13</x:v>
+        <x:v>-25</x:v>
       </x:c>
       <x:c r="I69" s="33" t="n">
-        <x:v>-0.07908024</x:v>
+        <x:v>-0.1523833</x:v>
       </x:c>
       <x:c r="J69" s="32" t="n">
-        <x:v>-232</x:v>
+        <x:v>-239</x:v>
       </x:c>
       <x:c r="K69" s="33" t="n">
-        <x:v>-1.392724</x:v>
+        <x:v>-1.438026</x:v>
       </x:c>
       <x:c r="L69" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="M69" s="31" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="N69" s="32" t="n">
+        <x:v>-17</x:v>
+      </x:c>
+      <x:c r="O69" s="31" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="P69" s="31" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="Q69" s="31" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="R69" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S69" s="31" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="T69" s="31" t="n">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="N69" s="32" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="U69" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="V69" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W69" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:23">
       <x:c r="A70" s="25" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C70" s="36" t="s"/>
       <x:c r="D70" s="31" t="n">
-        <x:v>26550</x:v>
+        <x:v>26517</x:v>
       </x:c>
       <x:c r="E70" s="31" t="n">
-        <x:v>13198</x:v>
+        <x:v>13180</x:v>
       </x:c>
       <x:c r="F70" s="31" t="n">
-        <x:v>13352</x:v>
+        <x:v>13337</x:v>
       </x:c>
       <x:c r="G70" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H70" s="32" t="n">
-        <x:v>-50</x:v>
+        <x:v>-12</x:v>
       </x:c>
       <x:c r="I70" s="33" t="n">
-        <x:v>-0.1879699</x:v>
+        <x:v>-0.04523352</x:v>
       </x:c>
       <x:c r="J70" s="32" t="n">
-        <x:v>-571</x:v>
+        <x:v>-518</x:v>
       </x:c>
       <x:c r="K70" s="33" t="n">
-        <x:v>-2.10538</x:v>
+        <x:v>-1.916035</x:v>
       </x:c>
       <x:c r="L70" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="M70" s="31" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N70" s="32" t="n">
+        <x:v>-22</x:v>
+      </x:c>
+      <x:c r="O70" s="31" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="P70" s="31" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="Q70" s="31" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="R70" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S70" s="31" t="n">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="N70" s="32" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="T70" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="U70" s="31" t="n">
-        <x:v>26</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="V70" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W70" s="32" t="n">
-        <x:v>-18</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:23">
       <x:c r="A71" s="25" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B71" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C71" s="36" t="s"/>
       <x:c r="D71" s="31" t="n">
-        <x:v>17991</x:v>
+        <x:v>17959</x:v>
       </x:c>
       <x:c r="E71" s="31" t="n">
-        <x:v>9190</x:v>
+        <x:v>9170</x:v>
       </x:c>
       <x:c r="F71" s="31" t="n">
-        <x:v>8801</x:v>
+        <x:v>8789</x:v>
       </x:c>
       <x:c r="G71" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H71" s="32" t="n">
-        <x:v>-29</x:v>
+        <x:v>-15</x:v>
       </x:c>
       <x:c r="I71" s="33" t="n">
-        <x:v>-0.1609323</x:v>
+        <x:v>-0.08345388</x:v>
       </x:c>
       <x:c r="J71" s="32" t="n">
-        <x:v>-267</x:v>
+        <x:v>-255</x:v>
       </x:c>
       <x:c r="K71" s="33" t="n">
-        <x:v>-1.462373</x:v>
+        <x:v>-1.400022</x:v>
       </x:c>
       <x:c r="L71" s="31" t="n">
-        <x:v>9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M71" s="31" t="n">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="N71" s="32" t="n">
-        <x:v>-8</x:v>
+        <x:v>-21</x:v>
       </x:c>
       <x:c r="O71" s="31" t="n">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P71" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="Q71" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="R71" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S71" s="31" t="n">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="T71" s="31" t="n">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="U71" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="V71" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W71" s="32" t="n">
-        <x:v>-21</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:23">
       <x:c r="A72" s="25" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C72" s="36" t="s"/>
       <x:c r="D72" s="31" t="n">
-        <x:v>17113</x:v>
+        <x:v>17065</x:v>
       </x:c>
       <x:c r="E72" s="31" t="n">
-        <x:v>8632</x:v>
+        <x:v>8610</x:v>
       </x:c>
       <x:c r="F72" s="31" t="n">
-        <x:v>8481</x:v>
+        <x:v>8455</x:v>
       </x:c>
       <x:c r="G72" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H72" s="32" t="n">
-        <x:v>-39</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="I72" s="33" t="n">
-        <x:v>-0.2273787</x:v>
+        <x:v>-0.2221832</x:v>
       </x:c>
       <x:c r="J72" s="32" t="n">
-        <x:v>-325</x:v>
+        <x:v>-328</x:v>
       </x:c>
       <x:c r="K72" s="33" t="n">
-        <x:v>-1.863746</x:v>
+        <x:v>-1.885816</x:v>
       </x:c>
       <x:c r="L72" s="31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M72" s="31" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="32" t="n">
         <x:v>-24</x:v>
       </x:c>
       <x:c r="O72" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="Q72" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="R72" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S72" s="31" t="n">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="T72" s="31" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="U72" s="31" t="n">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="V72" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W72" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>-14</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:23">
       <x:c r="A73" s="25" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B73" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C73" s="36" t="s"/>
       <x:c r="D73" s="31" t="n">
-        <x:v>12417</x:v>
+        <x:v>12359</x:v>
       </x:c>
       <x:c r="E73" s="31" t="n">
-        <x:v>6111</x:v>
+        <x:v>6082</x:v>
       </x:c>
       <x:c r="F73" s="31" t="n">
-        <x:v>6306</x:v>
+        <x:v>6277</x:v>
       </x:c>
       <x:c r="G73" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H73" s="32" t="n">
+        <x:v>-18</x:v>
+      </x:c>
+      <x:c r="I73" s="33" t="n">
+        <x:v>-0.145431</x:v>
+      </x:c>
+      <x:c r="J73" s="32" t="n">
+        <x:v>-289</x:v>
+      </x:c>
+      <x:c r="K73" s="33" t="n">
+        <x:v>-2.284946</x:v>
+      </x:c>
+      <x:c r="L73" s="31" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="M73" s="31" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="N73" s="32" t="n">
         <x:v>-22</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>-15</x:v>
       </x:c>
       <x:c r="O73" s="31" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="P73" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="Q73" s="31" t="n">
-        <x:v>6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="R73" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S73" s="31" t="n">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="T73" s="31" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="U73" s="31" t="n">
-        <x:v>17</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="V73" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W73" s="32" t="n">
-        <x:v>-7</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:23">
       <x:c r="A74" s="25" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C74" s="36" t="s"/>
       <x:c r="D74" s="31" t="n">
-        <x:v>9897</x:v>
+        <x:v>9862</x:v>
       </x:c>
       <x:c r="E74" s="31" t="n">
-        <x:v>4971</x:v>
+        <x:v>4950</x:v>
       </x:c>
       <x:c r="F74" s="31" t="n">
-        <x:v>4926</x:v>
+        <x:v>4912</x:v>
       </x:c>
       <x:c r="G74" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H74" s="32" t="n">
-        <x:v>-7</x:v>
+        <x:v>-18</x:v>
       </x:c>
       <x:c r="I74" s="33" t="n">
-        <x:v>-0.07067852</x:v>
+        <x:v>-0.1821862</x:v>
       </x:c>
       <x:c r="J74" s="32" t="n">
-        <x:v>-108</x:v>
+        <x:v>-126</x:v>
       </x:c>
       <x:c r="K74" s="33" t="n">
-        <x:v>-1.07946</x:v>
+        <x:v>-1.261514</x:v>
       </x:c>
       <x:c r="L74" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M74" s="31" t="n">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="N74" s="32" t="n">
-        <x:v>-8</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="O74" s="31" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="P74" s="31" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="Q74" s="31" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="R74" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S74" s="31" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="T74" s="31" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="U74" s="31" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="P74" s="31" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="V74" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W74" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>-5</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:23">
       <x:c r="A75" s="25" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B75" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C75" s="36" t="s"/>
       <x:c r="D75" s="31" t="n">
-        <x:v>34294</x:v>
+        <x:v>34193</x:v>
       </x:c>
       <x:c r="E75" s="31" t="n">
-        <x:v>17033</x:v>
+        <x:v>16992</x:v>
       </x:c>
       <x:c r="F75" s="31" t="n">
-        <x:v>17261</x:v>
+        <x:v>17201</x:v>
       </x:c>
       <x:c r="G75" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H75" s="32" t="n">
-        <x:v>-60</x:v>
+        <x:v>-57</x:v>
       </x:c>
       <x:c r="I75" s="33" t="n">
-        <x:v>-0.1746521</x:v>
+        <x:v>-0.1664234</x:v>
       </x:c>
       <x:c r="J75" s="32" t="n">
-        <x:v>-781</x:v>
+        <x:v>-757</x:v>
       </x:c>
       <x:c r="K75" s="33" t="n">
-        <x:v>-2.226657</x:v>
+        <x:v>-2.165951</x:v>
       </x:c>
       <x:c r="L75" s="31" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M75" s="31" t="n">
-        <x:v>62</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N75" s="32" t="n">
-        <x:v>-54</x:v>
+        <x:v>-37</x:v>
       </x:c>
       <x:c r="O75" s="31" t="n">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P75" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="Q75" s="31" t="n">
-        <x:v>18</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="R75" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S75" s="31" t="n">
-        <x:v>47</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="T75" s="31" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="U75" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="V75" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W75" s="32" t="n">
-        <x:v>-6</x:v>
+        <x:v>-20</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:23">
       <x:c r="A76" s="25" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C76" s="36" t="s"/>
       <x:c r="D76" s="31" t="n">
-        <x:v>7415</x:v>
+        <x:v>7414</x:v>
       </x:c>
       <x:c r="E76" s="31" t="n">
-        <x:v>3702</x:v>
+        <x:v>3705</x:v>
       </x:c>
       <x:c r="F76" s="31" t="n">
-        <x:v>3713</x:v>
+        <x:v>3709</x:v>
       </x:c>
       <x:c r="G76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H76" s="32" t="n">
+        <x:v>-16</x:v>
+      </x:c>
+      <x:c r="I76" s="33" t="n">
+        <x:v>-0.2153432</x:v>
+      </x:c>
+      <x:c r="J76" s="32" t="n">
+        <x:v>-101</x:v>
+      </x:c>
+      <x:c r="K76" s="33" t="n">
+        <x:v>-1.343979</x:v>
+      </x:c>
+      <x:c r="L76" s="31" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="M76" s="31" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="N76" s="32" t="n">
         <x:v>-8</x:v>
       </x:c>
-      <x:c r="I76" s="33" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="O76" s="31" t="n">
-        <x:v>13</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="P76" s="31" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="Q76" s="31" t="n">
-        <x:v>7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="R76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S76" s="31" t="n">
-        <x:v>11</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="T76" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="U76" s="31" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="V76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W76" s="32" t="n">
-        <x:v>2</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:23">
       <x:c r="A77" s="25" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B77" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C77" s="36" t="s"/>
       <x:c r="D77" s="31" t="n">
-        <x:v>8630</x:v>
+        <x:v>8599</x:v>
       </x:c>
       <x:c r="E77" s="31" t="n">
-        <x:v>4277</x:v>
+        <x:v>4263</x:v>
       </x:c>
       <x:c r="F77" s="31" t="n">
-        <x:v>4353</x:v>
+        <x:v>4336</x:v>
       </x:c>
       <x:c r="G77" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H77" s="32" t="n">
-        <x:v>-14</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="I77" s="33" t="n">
-        <x:v>-0.161962</x:v>
+        <x:v>-0.0929476</x:v>
       </x:c>
       <x:c r="J77" s="32" t="n">
-        <x:v>-201</x:v>
+        <x:v>-188</x:v>
       </x:c>
       <x:c r="K77" s="33" t="n">
-        <x:v>-2.276073</x:v>
+        <x:v>-2.139524</x:v>
       </x:c>
       <x:c r="L77" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M77" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="N77" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>-12</x:v>
       </x:c>
       <x:c r="O77" s="31" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="P77" s="31" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="Q77" s="31" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="Q77" s="31" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R77" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S77" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="T77" s="31" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="U77" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="V77" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W77" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:23">
       <x:c r="A78" s="25" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C78" s="36" t="s"/>
       <x:c r="D78" s="31" t="n">
-        <x:v>6206</x:v>
+        <x:v>6182</x:v>
       </x:c>
       <x:c r="E78" s="31" t="n">
-        <x:v>3059</x:v>
+        <x:v>3047</x:v>
       </x:c>
       <x:c r="F78" s="31" t="n">
-        <x:v>3147</x:v>
+        <x:v>3135</x:v>
       </x:c>
       <x:c r="G78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H78" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="I78" s="33" t="n">
-        <x:v>-0.2411188</x:v>
+        <x:v>-0.1131039</x:v>
       </x:c>
       <x:c r="J78" s="32" t="n">
         <x:v>-147</x:v>
       </x:c>
       <x:c r="K78" s="33" t="n">
-        <x:v>-2.313868</x:v>
+        <x:v>-2.322642</x:v>
       </x:c>
       <x:c r="L78" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="M78" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="N78" s="32" t="n">
-        <x:v>-12</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="O78" s="31" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="P78" s="31" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="P78" s="31" t="n">
+      <x:c r="Q78" s="31" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="Q78" s="31" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S78" s="31" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="T78" s="31" t="n">
-        <x:v>7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="U78" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="V78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W78" s="32" t="n">
-        <x:v>-3</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:23">
       <x:c r="A79" s="25" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B79" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C79" s="36" t="s"/>
       <x:c r="D79" s="31" t="n">
-        <x:v>9710</x:v>
+        <x:v>9678</x:v>
       </x:c>
       <x:c r="E79" s="31" t="n">
-        <x:v>4834</x:v>
+        <x:v>4822</x:v>
       </x:c>
       <x:c r="F79" s="31" t="n">
-        <x:v>4876</x:v>
+        <x:v>4856</x:v>
       </x:c>
       <x:c r="G79" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H79" s="32" t="n">
-        <x:v>-18</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="I79" s="33" t="n">
-        <x:v>-0.1850329</x:v>
+        <x:v>-0.1650506</x:v>
       </x:c>
       <x:c r="J79" s="32" t="n">
         <x:v>-243</x:v>
       </x:c>
       <x:c r="K79" s="33" t="n">
-        <x:v>-2.441475</x:v>
+        <x:v>-2.44935</x:v>
       </x:c>
       <x:c r="L79" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="M79" s="31" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="N79" s="32" t="n">
+        <x:v>-10</x:v>
+      </x:c>
+      <x:c r="O79" s="31" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="P79" s="31" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="Q79" s="31" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="R79" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S79" s="31" t="n">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="N79" s="32" t="n">
-[...5 lines deleted...]
-      <x:c r="P79" s="31" t="n">
+      <x:c r="T79" s="31" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="U79" s="31" t="n">
         <x:v>8</x:v>
       </x:c>
-      <x:c r="Q79" s="31" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="V79" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W79" s="32" t="n">
-        <x:v>-5</x:v>
+        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:23">
       <x:c r="A80" s="25" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C80" s="36" t="s"/>
       <x:c r="D80" s="31" t="n">
-        <x:v>2333</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="E80" s="31" t="n">
-        <x:v>1161</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="F80" s="31" t="n">
-        <x:v>1172</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="G80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H80" s="32" t="n">
-        <x:v>-5</x:v>
+        <x:v>-10</x:v>
       </x:c>
       <x:c r="I80" s="33" t="n">
-        <x:v>-0.213858</x:v>
+        <x:v>-0.4291846</x:v>
       </x:c>
       <x:c r="J80" s="32" t="n">
-        <x:v>-73</x:v>
+        <x:v>-78</x:v>
       </x:c>
       <x:c r="K80" s="33" t="n">
-        <x:v>-3.034081</x:v>
+        <x:v>-3.252711</x:v>
       </x:c>
       <x:c r="L80" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M80" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="M80" s="31" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N80" s="32" t="n">
-        <x:v>-4</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="O80" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="P80" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="Q80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="R80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S80" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="T80" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="U80" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="V80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W80" s="32" t="n">
-        <x:v>-1</x:v>
+        <x:v>-9</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:23">
       <x:c r="A81" s="25" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B81" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C81" s="36" t="s"/>
       <x:c r="D81" s="31" t="n">
-        <x:v>51188</x:v>
+        <x:v>51131</x:v>
       </x:c>
       <x:c r="E81" s="31" t="n">
-        <x:v>25637</x:v>
+        <x:v>25594</x:v>
       </x:c>
       <x:c r="F81" s="31" t="n">
-        <x:v>25551</x:v>
+        <x:v>25537</x:v>
       </x:c>
       <x:c r="G81" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H81" s="32" t="n">
-        <x:v>-74</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="I81" s="33" t="n">
-        <x:v>-0.1443564</x:v>
+        <x:v>-0.01173319</x:v>
       </x:c>
       <x:c r="J81" s="32" t="n">
-        <x:v>-524</x:v>
+        <x:v>-538</x:v>
       </x:c>
       <x:c r="K81" s="33" t="n">
-        <x:v>-1.013304</x:v>
+        <x:v>-1.041243</x:v>
       </x:c>
       <x:c r="L81" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="M81" s="31" t="n">
-        <x:v>66</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N81" s="32" t="n">
-        <x:v>-51</x:v>
+        <x:v>-53</x:v>
       </x:c>
       <x:c r="O81" s="31" t="n">
-        <x:v>94</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P81" s="31" t="n">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q81" s="31" t="n">
-        <x:v>43</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R81" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S81" s="31" t="n">
-        <x:v>117</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="T81" s="31" t="n">
-        <x:v>62</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U81" s="31" t="n">
-        <x:v>55</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="V81" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W81" s="32" t="n">
-        <x:v>-23</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:23">
       <x:c r="A82" s="25" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C82" s="36" t="s"/>
       <x:c r="D82" s="31" t="n">
-        <x:v>10340</x:v>
+        <x:v>10330</x:v>
       </x:c>
       <x:c r="E82" s="31" t="n">
-        <x:v>5191</x:v>
+        <x:v>5187</x:v>
       </x:c>
       <x:c r="F82" s="31" t="n">
-        <x:v>5149</x:v>
+        <x:v>5143</x:v>
       </x:c>
       <x:c r="G82" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H82" s="32" t="n">
-        <x:v>-23</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="I82" s="33" t="n">
-        <x:v>-0.2219435</x:v>
+        <x:v>-0.0773844</x:v>
       </x:c>
       <x:c r="J82" s="32" t="n">
         <x:v>-154</x:v>
       </x:c>
       <x:c r="K82" s="33" t="n">
-        <x:v>-1.467505</x:v>
+        <x:v>-1.468905</x:v>
       </x:c>
       <x:c r="L82" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="M82" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="N82" s="32" t="n">
-        <x:v>-17</x:v>
+        <x:v>-19</x:v>
       </x:c>
       <x:c r="O82" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P82" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="Q82" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="R82" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S82" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="T82" s="31" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="U82" s="31" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="V82" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W82" s="32" t="n">
         <x:v>11</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:23">
       <x:c r="A83" s="25" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B83" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C83" s="36" t="s"/>
       <x:c r="D83" s="31" t="n">
-        <x:v>11941</x:v>
+        <x:v>11922</x:v>
       </x:c>
       <x:c r="E83" s="31" t="n">
-        <x:v>6069</x:v>
+        <x:v>6057</x:v>
       </x:c>
       <x:c r="F83" s="31" t="n">
-        <x:v>5872</x:v>
+        <x:v>5865</x:v>
       </x:c>
       <x:c r="G83" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H83" s="32" t="n">
-        <x:v>-24</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I83" s="33" t="n">
-        <x:v>-0.200585</x:v>
+        <x:v>0.0251699</x:v>
       </x:c>
       <x:c r="J83" s="32" t="n">
-        <x:v>-194</x:v>
+        <x:v>-184</x:v>
       </x:c>
       <x:c r="K83" s="33" t="n">
-        <x:v>-1.598681</x:v>
+        <x:v>-1.519907</x:v>
       </x:c>
       <x:c r="L83" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="M83" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="N83" s="32" t="n">
-        <x:v>-23</x:v>
+        <x:v>-12</x:v>
       </x:c>
       <x:c r="O83" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P83" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="Q83" s="31" t="n">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="R83" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S83" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="T83" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="U83" s="31" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="V83" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W83" s="32" t="n">
-        <x:v>-1</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:23">
       <x:c r="A84" s="25" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C84" s="36" t="s"/>
       <x:c r="D84" s="31" t="n">
-        <x:v>28907</x:v>
+        <x:v>28879</x:v>
       </x:c>
       <x:c r="E84" s="31" t="n">
-        <x:v>14377</x:v>
+        <x:v>14350</x:v>
       </x:c>
       <x:c r="F84" s="31" t="n">
-        <x:v>14530</x:v>
+        <x:v>14529</x:v>
       </x:c>
       <x:c r="G84" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H84" s="32" t="n">
-        <x:v>-27</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="I84" s="33" t="n">
-        <x:v>-0.09331582</x:v>
+        <x:v>-0.003462604</x:v>
       </x:c>
       <x:c r="J84" s="32" t="n">
-        <x:v>-176</x:v>
+        <x:v>-200</x:v>
       </x:c>
       <x:c r="K84" s="33" t="n">
-        <x:v>-0.6051645</x:v>
+        <x:v>-0.6877816</x:v>
       </x:c>
       <x:c r="L84" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="M84" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N84" s="32" t="n">
-        <x:v>-11</x:v>
+        <x:v>-22</x:v>
       </x:c>
       <x:c r="O84" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P84" s="31" t="n">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q84" s="31" t="n">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R84" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S84" s="31" t="n">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="T84" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="U84" s="31" t="n">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="V84" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W84" s="32" t="n">
-        <x:v>-16</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:23">
       <x:c r="A85" s="25" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B85" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C85" s="36" t="s"/>
       <x:c r="D85" s="31" t="n">
-        <x:v>30304</x:v>
+        <x:v>30264</x:v>
       </x:c>
       <x:c r="E85" s="31" t="n">
-        <x:v>15143</x:v>
+        <x:v>15125</x:v>
       </x:c>
       <x:c r="F85" s="31" t="n">
-        <x:v>15161</x:v>
+        <x:v>15139</x:v>
       </x:c>
       <x:c r="G85" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H85" s="32" t="n">
-        <x:v>-7</x:v>
+        <x:v>-34</x:v>
       </x:c>
       <x:c r="I85" s="33" t="n">
-        <x:v>-0.02309393</x:v>
+        <x:v>-0.1122186</x:v>
       </x:c>
       <x:c r="J85" s="32" t="n">
-        <x:v>-524</x:v>
+        <x:v>-485</x:v>
       </x:c>
       <x:c r="K85" s="33" t="n">
-        <x:v>-1.699754</x:v>
+        <x:v>-1.577287</x:v>
       </x:c>
       <x:c r="L85" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="M85" s="31" t="n">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N85" s="32" t="n">
-        <x:v>-29</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="O85" s="31" t="n">
-        <x:v>75</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P85" s="31" t="n">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q85" s="31" t="n">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R85" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S85" s="31" t="n">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="T85" s="31" t="n">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="U85" s="31" t="n">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="V85" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W85" s="32" t="n">
-        <x:v>22</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:23">
       <x:c r="A86" s="25" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C86" s="36" t="s"/>
       <x:c r="D86" s="31" t="n">
-        <x:v>30304</x:v>
+        <x:v>30264</x:v>
       </x:c>
       <x:c r="E86" s="31" t="n">
-        <x:v>15143</x:v>
+        <x:v>15125</x:v>
       </x:c>
       <x:c r="F86" s="31" t="n">
-        <x:v>15161</x:v>
+        <x:v>15139</x:v>
       </x:c>
       <x:c r="G86" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H86" s="32" t="n">
-        <x:v>-7</x:v>
+        <x:v>-34</x:v>
       </x:c>
       <x:c r="I86" s="33" t="n">
-        <x:v>-0.02309393</x:v>
+        <x:v>-0.1122186</x:v>
       </x:c>
       <x:c r="J86" s="32" t="n">
-        <x:v>-524</x:v>
+        <x:v>-485</x:v>
       </x:c>
       <x:c r="K86" s="33" t="n">
-        <x:v>-1.699754</x:v>
+        <x:v>-1.577287</x:v>
       </x:c>
       <x:c r="L86" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="M86" s="31" t="n">
-        <x:v>43</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N86" s="32" t="n">
-        <x:v>-29</x:v>
+        <x:v>-38</x:v>
       </x:c>
       <x:c r="O86" s="31" t="n">
-        <x:v>75</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P86" s="31" t="n">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q86" s="31" t="n">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R86" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S86" s="31" t="n">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="T86" s="31" t="n">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="U86" s="31" t="n">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="V86" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W86" s="32" t="n">
-        <x:v>22</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:23">
       <x:c r="A87" s="25" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B87" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C87" s="36" t="s"/>
       <x:c r="D87" s="31" t="n">
-        <x:v>32674</x:v>
+        <x:v>32632</x:v>
       </x:c>
       <x:c r="E87" s="31" t="n">
-        <x:v>16298</x:v>
+        <x:v>16264</x:v>
       </x:c>
       <x:c r="F87" s="31" t="n">
-        <x:v>16376</x:v>
+        <x:v>16368</x:v>
       </x:c>
       <x:c r="G87" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H87" s="32" t="n">
-        <x:v>-29</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="I87" s="33" t="n">
-        <x:v>-0.08867688</x:v>
+        <x:v>-0.03982233</x:v>
       </x:c>
       <x:c r="J87" s="32" t="n">
-        <x:v>-130</x:v>
+        <x:v>-237</x:v>
       </x:c>
       <x:c r="K87" s="33" t="n">
-        <x:v>-0.3962931</x:v>
+        <x:v>-0.7210441</x:v>
       </x:c>
       <x:c r="L87" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="M87" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N87" s="32" t="n">
-        <x:v>-17</x:v>
+        <x:v>-30</x:v>
       </x:c>
       <x:c r="O87" s="31" t="n">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P87" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q87" s="31" t="n">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R87" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S87" s="31" t="n">
-        <x:v>84</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="T87" s="31" t="n">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U87" s="31" t="n">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="V87" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W87" s="32" t="n">
-        <x:v>-12</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:23">
       <x:c r="A88" s="25" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C88" s="36" t="s"/>
       <x:c r="D88" s="31" t="n">
-        <x:v>32674</x:v>
+        <x:v>32632</x:v>
       </x:c>
       <x:c r="E88" s="31" t="n">
-        <x:v>16298</x:v>
+        <x:v>16264</x:v>
       </x:c>
       <x:c r="F88" s="31" t="n">
-        <x:v>16376</x:v>
+        <x:v>16368</x:v>
       </x:c>
       <x:c r="G88" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H88" s="32" t="n">
-        <x:v>-29</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="I88" s="33" t="n">
-        <x:v>-0.08867688</x:v>
+        <x:v>-0.03982233</x:v>
       </x:c>
       <x:c r="J88" s="32" t="n">
-        <x:v>-130</x:v>
+        <x:v>-237</x:v>
       </x:c>
       <x:c r="K88" s="33" t="n">
-        <x:v>-0.3962931</x:v>
+        <x:v>-0.7210441</x:v>
       </x:c>
       <x:c r="L88" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="M88" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N88" s="32" t="n">
-        <x:v>-17</x:v>
+        <x:v>-30</x:v>
       </x:c>
       <x:c r="O88" s="31" t="n">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P88" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q88" s="31" t="n">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R88" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S88" s="31" t="n">
-        <x:v>84</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="T88" s="31" t="n">
-        <x:v>48</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U88" s="31" t="n">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="V88" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W88" s="32" t="n">
-        <x:v>-12</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:23">
       <x:c r="A89" s="25" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B89" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C89" s="36" t="s"/>
       <x:c r="D89" s="31" t="n">
-        <x:v>69186</x:v>
+        <x:v>69126</x:v>
       </x:c>
       <x:c r="E89" s="31" t="n">
-        <x:v>34592</x:v>
+        <x:v>34561</x:v>
       </x:c>
       <x:c r="F89" s="31" t="n">
-        <x:v>34594</x:v>
+        <x:v>34565</x:v>
       </x:c>
       <x:c r="G89" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H89" s="32" t="n">
-        <x:v>-98</x:v>
+        <x:v>-58</x:v>
       </x:c>
       <x:c r="I89" s="33" t="n">
-        <x:v>-0.1414468</x:v>
+        <x:v>-0.08383441</x:v>
       </x:c>
       <x:c r="J89" s="32" t="n">
-        <x:v>-918</x:v>
+        <x:v>-837</x:v>
       </x:c>
       <x:c r="K89" s="33" t="n">
-        <x:v>-1.309483</x:v>
+        <x:v>-1.196347</x:v>
       </x:c>
       <x:c r="L89" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="31" t="n">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N89" s="32" t="n">
-        <x:v>-36</x:v>
+        <x:v>-39</x:v>
       </x:c>
       <x:c r="O89" s="31" t="n">
-        <x:v>102</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P89" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q89" s="31" t="n">
-        <x:v>48</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R89" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S89" s="31" t="n">
-        <x:v>164</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="T89" s="31" t="n">
-        <x:v>98</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U89" s="31" t="n">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="V89" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W89" s="32" t="n">
-        <x:v>-62</x:v>
+        <x:v>-19</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:23">
       <x:c r="A90" s="25" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C90" s="36" t="s"/>
       <x:c r="D90" s="31" t="n">
-        <x:v>42302</x:v>
+        <x:v>42243</x:v>
       </x:c>
       <x:c r="E90" s="31" t="n">
-        <x:v>21030</x:v>
+        <x:v>20996</x:v>
       </x:c>
       <x:c r="F90" s="31" t="n">
-        <x:v>21272</x:v>
+        <x:v>21247</x:v>
       </x:c>
       <x:c r="G90" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H90" s="32" t="n">
-        <x:v>-77</x:v>
+        <x:v>-36</x:v>
       </x:c>
       <x:c r="I90" s="33" t="n">
-        <x:v>-0.1816938</x:v>
+        <x:v>-0.08514865</x:v>
       </x:c>
       <x:c r="J90" s="32" t="n">
-        <x:v>-543</x:v>
+        <x:v>-531</x:v>
       </x:c>
       <x:c r="K90" s="33" t="n">
-        <x:v>-1.267359</x:v>
+        <x:v>-1.241408</x:v>
       </x:c>
       <x:c r="L90" s="31" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M90" s="31" t="n">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N90" s="32" t="n">
-        <x:v>-30</x:v>
+        <x:v>-25</x:v>
       </x:c>
       <x:c r="O90" s="31" t="n">
-        <x:v>51</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P90" s="31" t="n">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q90" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R90" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S90" s="31" t="n">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="T90" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U90" s="31" t="n">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="V90" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W90" s="32" t="n">
-        <x:v>-47</x:v>
+        <x:v>-11</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:23">
       <x:c r="A91" s="34" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B91" s="19" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C91" s="36" t="s"/>
       <x:c r="D91" s="31" t="n">
-        <x:v>26884</x:v>
+        <x:v>26883</x:v>
       </x:c>
       <x:c r="E91" s="31" t="n">
-        <x:v>13562</x:v>
+        <x:v>13565</x:v>
       </x:c>
       <x:c r="F91" s="31" t="n">
-        <x:v>13322</x:v>
+        <x:v>13318</x:v>
       </x:c>
       <x:c r="G91" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H91" s="32" t="n">
-        <x:v>-21</x:v>
+        <x:v>-22</x:v>
       </x:c>
       <x:c r="I91" s="33" t="n">
-        <x:v>-0.07805241</x:v>
+        <x:v>-0.08176919</x:v>
       </x:c>
       <x:c r="J91" s="32" t="n">
-        <x:v>-375</x:v>
+        <x:v>-306</x:v>
       </x:c>
       <x:c r="K91" s="33" t="n">
-        <x:v>-1.375692</x:v>
+        <x:v>-1.125455</x:v>
       </x:c>
       <x:c r="L91" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="M91" s="31" t="n">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="32" t="n">
-        <x:v>-6</x:v>
+        <x:v>-14</x:v>
       </x:c>
       <x:c r="O91" s="31" t="n">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P91" s="31" t="n">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="Q91" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R91" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S91" s="31" t="n">
-        <x:v>66</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="T91" s="31" t="n">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="U91" s="31" t="n">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="V91" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W91" s="32" t="n">
-        <x:v>-15</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:23">
       <x:c r="B92" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:23">
       <x:c r="B93" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -14132,5835 +14132,5835 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="S7" s="21" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="T7" s="21" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U7" s="21" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="V7" s="21" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="W7" s="24" t="s"/>
     </x:row>
     <x:row r="8" spans="1:23">
       <x:c r="A8" s="25" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C8" s="35" t="s"/>
       <x:c r="D8" s="27" t="n">
-        <x:v>279181</x:v>
+        <x:v>284809</x:v>
       </x:c>
       <x:c r="E8" s="27" t="n">
-        <x:v>145523</x:v>
+        <x:v>148491</x:v>
       </x:c>
       <x:c r="F8" s="27" t="n">
-        <x:v>133657</x:v>
+        <x:v>136317</x:v>
       </x:c>
       <x:c r="G8" s="27" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H8" s="28" t="n">
-        <x:v>2849</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="I8" s="29" t="n">
-        <x:v>1.031006</x:v>
+        <x:v>0.6470467</x:v>
       </x:c>
       <x:c r="J8" s="28" t="n">
-        <x:v>28161</x:v>
+        <x:v>28095</x:v>
       </x:c>
       <x:c r="K8" s="29" t="n">
-        <x:v>11.21863</x:v>
+        <x:v>10.94409</x:v>
       </x:c>
       <x:c r="L8" s="27" t="n">
-        <x:v>192</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="M8" s="27" t="n">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N8" s="28" t="n">
-        <x:v>162</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="O8" s="27" t="n">
-        <x:v>7714</x:v>
+        <x:v>6197</x:v>
       </x:c>
       <x:c r="P8" s="27" t="n">
-        <x:v>4542</x:v>
+        <x:v>3544</x:v>
       </x:c>
       <x:c r="Q8" s="27" t="n">
-        <x:v>3172</x:v>
+        <x:v>2653</x:v>
       </x:c>
       <x:c r="R8" s="27" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S8" s="27" t="n">
-        <x:v>5027</x:v>
+        <x:v>4494</x:v>
       </x:c>
       <x:c r="T8" s="27" t="n">
-        <x:v>3016</x:v>
+        <x:v>2759</x:v>
       </x:c>
       <x:c r="U8" s="27" t="n">
-        <x:v>2011</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="V8" s="27" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W8" s="28" t="n">
-        <x:v>2687</x:v>
+        <x:v>1703</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:23">
       <x:c r="A9" s="25" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="36" t="s"/>
       <x:c r="D9" s="31" t="n">
-        <x:v>266332</x:v>
+        <x:v>271711</x:v>
       </x:c>
       <x:c r="E9" s="31" t="n">
-        <x:v>138738</x:v>
+        <x:v>141594</x:v>
       </x:c>
       <x:c r="F9" s="31" t="n">
-        <x:v>127593</x:v>
+        <x:v>130116</x:v>
       </x:c>
       <x:c r="G9" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H9" s="32" t="n">
-        <x:v>2717</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="I9" s="33" t="n">
-        <x:v>1.03067</x:v>
+        <x:v>0.6363128</x:v>
       </x:c>
       <x:c r="J9" s="32" t="n">
-        <x:v>26880</x:v>
+        <x:v>26851</x:v>
       </x:c>
       <x:c r="K9" s="33" t="n">
-        <x:v>11.22563</x:v>
+        <x:v>10.96586</x:v>
       </x:c>
       <x:c r="L9" s="31" t="n">
-        <x:v>187</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="M9" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N9" s="32" t="n">
-        <x:v>158</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="O9" s="31" t="n">
-        <x:v>7296</x:v>
+        <x:v>5814</x:v>
       </x:c>
       <x:c r="P9" s="31" t="n">
-        <x:v>4305</x:v>
+        <x:v>3341</x:v>
       </x:c>
       <x:c r="Q9" s="31" t="n">
-        <x:v>2991</x:v>
+        <x:v>2473</x:v>
       </x:c>
       <x:c r="R9" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S9" s="31" t="n">
-        <x:v>4737</x:v>
+        <x:v>4221</x:v>
       </x:c>
       <x:c r="T9" s="31" t="n">
-        <x:v>2852</x:v>
+        <x:v>2584</x:v>
       </x:c>
       <x:c r="U9" s="31" t="n">
-        <x:v>1885</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="V9" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W9" s="32" t="n">
-        <x:v>2559</x:v>
+        <x:v>1593</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:23">
       <x:c r="A10" s="25" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="36" t="s"/>
       <x:c r="D10" s="31" t="n">
-        <x:v>12849</x:v>
+        <x:v>13098</x:v>
       </x:c>
       <x:c r="E10" s="31" t="n">
-        <x:v>6785</x:v>
+        <x:v>6897</x:v>
       </x:c>
       <x:c r="F10" s="31" t="n">
-        <x:v>6064</x:v>
+        <x:v>6201</x:v>
       </x:c>
       <x:c r="G10" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H10" s="32" t="n">
-        <x:v>132</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I10" s="33" t="n">
-        <x:v>1.037981</x:v>
+        <x:v>0.8702349</x:v>
       </x:c>
       <x:c r="J10" s="32" t="n">
-        <x:v>1281</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="K10" s="33" t="n">
-        <x:v>11.07365</x:v>
+        <x:v>10.49435</x:v>
       </x:c>
       <x:c r="L10" s="31" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="M10" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="N10" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="O10" s="31" t="n">
-        <x:v>418</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P10" s="31" t="n">
-        <x:v>237</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q10" s="31" t="n">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R10" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S10" s="31" t="n">
-        <x:v>290</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="T10" s="31" t="n">
-        <x:v>164</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U10" s="31" t="n">
-        <x:v>126</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="V10" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W10" s="32" t="n">
-        <x:v>128</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:23">
       <x:c r="A11" s="25" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C11" s="36" t="s"/>
       <x:c r="D11" s="31" t="n">
-        <x:v>37325</x:v>
+        <x:v>38040</x:v>
       </x:c>
       <x:c r="E11" s="31" t="n">
-        <x:v>18706</x:v>
+        <x:v>19096</x:v>
       </x:c>
       <x:c r="F11" s="31" t="n">
-        <x:v>18619</x:v>
+        <x:v>18944</x:v>
       </x:c>
       <x:c r="G11" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H11" s="32" t="n">
-        <x:v>592</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I11" s="33" t="n">
-        <x:v>1.61163</x:v>
+        <x:v>0.6695424</x:v>
       </x:c>
       <x:c r="J11" s="32" t="n">
-        <x:v>3283</x:v>
+        <x:v>3344</x:v>
       </x:c>
       <x:c r="K11" s="33" t="n">
-        <x:v>9.64397</x:v>
+        <x:v>9.637999</x:v>
       </x:c>
       <x:c r="L11" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="M11" s="31" t="n">
-        <x:v>8</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="N11" s="32" t="n">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="O11" s="31" t="n">
-        <x:v>1174</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="P11" s="31" t="n">
-        <x:v>598</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q11" s="31" t="n">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="R11" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S11" s="31" t="n">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="R11" s="31" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="T11" s="31" t="n">
-        <x:v>354</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U11" s="31" t="n">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="V11" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W11" s="32" t="n">
-        <x:v>577</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:23">
       <x:c r="A12" s="25" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C12" s="36" t="s"/>
       <x:c r="D12" s="31" t="n">
-        <x:v>1754</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="E12" s="31" t="n">
-        <x:v>917</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="F12" s="31" t="n">
-        <x:v>837</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="G12" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H12" s="32" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="I12" s="33" t="n">
+        <x:v>0.676819</x:v>
+      </x:c>
+      <x:c r="J12" s="32" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="K12" s="33" t="n">
+        <x:v>10.52632</x:v>
+      </x:c>
+      <x:c r="L12" s="31" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="M12" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N12" s="32" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="O12" s="31" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="P12" s="31" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="Q12" s="31" t="n">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="I12" s="33" t="n">
-[...20 lines deleted...]
-      <x:c r="P12" s="31" t="n">
+      <x:c r="R12" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S12" s="31" t="n">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="Q12" s="31" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="T12" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="U12" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="V12" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W12" s="32" t="n">
-        <x:v>22</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:23">
       <x:c r="A13" s="25" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B13" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="36" t="s"/>
       <x:c r="D13" s="31" t="n">
-        <x:v>3230</x:v>
+        <x:v>3289</x:v>
       </x:c>
       <x:c r="E13" s="31" t="n">
-        <x:v>1503</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="F13" s="31" t="n">
-        <x:v>1727</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="G13" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H13" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="I13" s="33" t="n">
-        <x:v>0.4353234</x:v>
+        <x:v>0.951504</x:v>
       </x:c>
       <x:c r="J13" s="32" t="n">
-        <x:v>302</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="K13" s="33" t="n">
-        <x:v>10.31421</x:v>
+        <x:v>9.926471</x:v>
       </x:c>
       <x:c r="L13" s="31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M13" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N13" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="O13" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P13" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="Q13" s="31" t="n">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R13" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S13" s="31" t="n">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="T13" s="31" t="n">
-        <x:v>26</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="U13" s="31" t="n">
-        <x:v>18</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="V13" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W13" s="32" t="n">
-        <x:v>13</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:23">
       <x:c r="A14" s="25" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="36" t="s"/>
       <x:c r="D14" s="31" t="n">
-        <x:v>3890</x:v>
+        <x:v>3934</x:v>
       </x:c>
       <x:c r="E14" s="31" t="n">
-        <x:v>1907</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="F14" s="31" t="n">
-        <x:v>1983</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="G14" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H14" s="32" t="n">
-        <x:v>27</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="33" t="n">
-        <x:v>0.6989387</x:v>
+        <x:v>0.4340056</x:v>
       </x:c>
       <x:c r="J14" s="32" t="n">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="K14" s="33" t="n">
-        <x:v>9.980209</x:v>
+        <x:v>10.01119</x:v>
       </x:c>
       <x:c r="L14" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M14" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="M14" s="31" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N14" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="O14" s="31" t="n">
-        <x:v>95</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P14" s="31" t="n">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q14" s="31" t="n">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R14" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S14" s="31" t="n">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="T14" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U14" s="31" t="n">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="V14" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W14" s="32" t="n">
-        <x:v>26</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:23">
       <x:c r="A15" s="25" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="36" t="s"/>
       <x:c r="D15" s="31" t="n">
-        <x:v>4178</x:v>
+        <x:v>4270</x:v>
       </x:c>
       <x:c r="E15" s="31" t="n">
-        <x:v>2056</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="F15" s="31" t="n">
-        <x:v>2122</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="G15" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H15" s="32" t="n">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I15" s="33" t="n">
-        <x:v>1.358564</x:v>
+        <x:v>0.683801</x:v>
       </x:c>
       <x:c r="J15" s="32" t="n">
-        <x:v>298</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="K15" s="33" t="n">
-        <x:v>7.680412</x:v>
+        <x:v>8.485772</x:v>
       </x:c>
       <x:c r="L15" s="31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M15" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N15" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O15" s="31" t="n">
-        <x:v>121</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P15" s="31" t="n">
-        <x:v>65</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q15" s="31" t="n">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="R15" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S15" s="31" t="n">
-        <x:v>66</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="T15" s="31" t="n">
-        <x:v>37</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="U15" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="V15" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W15" s="32" t="n">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:23">
       <x:c r="A16" s="25" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="36" t="s"/>
       <x:c r="D16" s="31" t="n">
-        <x:v>2450</x:v>
+        <x:v>2501</x:v>
       </x:c>
       <x:c r="E16" s="31" t="n">
-        <x:v>1157</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="F16" s="31" t="n">
-        <x:v>1293</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="G16" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H16" s="32" t="n">
-        <x:v>38</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="I16" s="33" t="n">
-        <x:v>1.575456</x:v>
+        <x:v>0.3208985</x:v>
       </x:c>
       <x:c r="J16" s="32" t="n">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="K16" s="33" t="n">
-        <x:v>11.01042</x:v>
+        <x:v>10.61477</x:v>
       </x:c>
       <x:c r="L16" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M16" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N16" s="32" t="n">
-        <x:v>-1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O16" s="31" t="n">
-        <x:v>83</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P16" s="31" t="n">
-        <x:v>44</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="Q16" s="31" t="n">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="R16" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S16" s="31" t="n">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="T16" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="U16" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="V16" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W16" s="32" t="n">
-        <x:v>39</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:23">
       <x:c r="A17" s="25" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C17" s="36" t="s"/>
       <x:c r="D17" s="31" t="n">
-        <x:v>4026</x:v>
+        <x:v>4069</x:v>
       </x:c>
       <x:c r="E17" s="31" t="n">
-        <x:v>2108</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="F17" s="31" t="n">
-        <x:v>1918</x:v>
+        <x:v>1933</x:v>
       </x:c>
       <x:c r="G17" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H17" s="32" t="n">
-        <x:v>164</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I17" s="33" t="n">
-        <x:v>4.246504</x:v>
+        <x:v>0.5933251</x:v>
       </x:c>
       <x:c r="J17" s="32" t="n">
-        <x:v>182</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="K17" s="33" t="n">
-        <x:v>4.734652</x:v>
+        <x:v>5.935954</x:v>
       </x:c>
       <x:c r="L17" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M17" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N17" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O17" s="31" t="n">
-        <x:v>229</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P17" s="31" t="n">
-        <x:v>103</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q17" s="31" t="n">
-        <x:v>126</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R17" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S17" s="31" t="n">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="T17" s="31" t="n">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U17" s="31" t="n">
-        <x:v>28</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="V17" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W17" s="32" t="n">
-        <x:v>160</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:23">
       <x:c r="A18" s="25" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C18" s="36" t="s"/>
       <x:c r="D18" s="31" t="n">
-        <x:v>4439</x:v>
+        <x:v>4458</x:v>
       </x:c>
       <x:c r="E18" s="31" t="n">
-        <x:v>2063</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="F18" s="31" t="n">
-        <x:v>2376</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="G18" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H18" s="32" t="n">
-        <x:v>134</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="I18" s="33" t="n">
-        <x:v>3.11266</x:v>
+        <x:v>-0.1567749</x:v>
       </x:c>
       <x:c r="J18" s="32" t="n">
-        <x:v>424</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K18" s="33" t="n">
-        <x:v>10.5604</x:v>
+        <x:v>8.811325</x:v>
       </x:c>
       <x:c r="L18" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M18" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N18" s="32" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="O18" s="31" t="n">
-        <x:v>191</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P18" s="31" t="n">
-        <x:v>92</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q18" s="31" t="n">
-        <x:v>99</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R18" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S18" s="31" t="n">
-        <x:v>58</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="T18" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U18" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="V18" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W18" s="32" t="n">
-        <x:v>133</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:23">
       <x:c r="A19" s="25" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B19" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C19" s="36" t="s"/>
       <x:c r="D19" s="31" t="n">
-        <x:v>7247</x:v>
+        <x:v>7441</x:v>
       </x:c>
       <x:c r="E19" s="31" t="n">
-        <x:v>3656</x:v>
+        <x:v>3788</x:v>
       </x:c>
       <x:c r="F19" s="31" t="n">
-        <x:v>3591</x:v>
+        <x:v>3653</x:v>
       </x:c>
       <x:c r="G19" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H19" s="32" t="n">
-        <x:v>64</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I19" s="33" t="n">
-        <x:v>0.8909926</x:v>
+        <x:v>0.5812382</x:v>
       </x:c>
       <x:c r="J19" s="32" t="n">
-        <x:v>589</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="K19" s="33" t="n">
-        <x:v>8.8465</x:v>
+        <x:v>9.378216</x:v>
       </x:c>
       <x:c r="L19" s="31" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="M19" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N19" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O19" s="31" t="n">
-        <x:v>197</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P19" s="31" t="n">
-        <x:v>112</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q19" s="31" t="n">
-        <x:v>85</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R19" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S19" s="31" t="n">
-        <x:v>138</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="T19" s="31" t="n">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U19" s="31" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="V19" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W19" s="32" t="n">
-        <x:v>59</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:23">
       <x:c r="A20" s="25" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C20" s="36" t="s"/>
       <x:c r="D20" s="31" t="n">
-        <x:v>2681</x:v>
+        <x:v>2745</x:v>
       </x:c>
       <x:c r="E20" s="31" t="n">
-        <x:v>1337</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="F20" s="31" t="n">
-        <x:v>1344</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="G20" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H20" s="32" t="n">
-        <x:v>32</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I20" s="33" t="n">
-        <x:v>1.208003</x:v>
+        <x:v>1.104972</x:v>
       </x:c>
       <x:c r="J20" s="32" t="n">
-        <x:v>334</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="K20" s="33" t="n">
-        <x:v>14.23093</x:v>
+        <x:v>14.08978</x:v>
       </x:c>
       <x:c r="L20" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M20" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="N20" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O20" s="31" t="n">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P20" s="31" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q20" s="31" t="n">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R20" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S20" s="31" t="n">
-        <x:v>33</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="T20" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="U20" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="V20" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W20" s="32" t="n">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:23">
       <x:c r="A21" s="25" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C21" s="36" t="s"/>
       <x:c r="D21" s="31" t="n">
-        <x:v>3430</x:v>
+        <x:v>3548</x:v>
       </x:c>
       <x:c r="E21" s="31" t="n">
-        <x:v>2002</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="F21" s="31" t="n">
-        <x:v>1428</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="G21" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H21" s="32" t="n">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I21" s="33" t="n">
-        <x:v>1.179941</x:v>
+        <x:v>1.895462</x:v>
       </x:c>
       <x:c r="J21" s="32" t="n">
-        <x:v>395</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="K21" s="33" t="n">
-        <x:v>13.01483</x:v>
+        <x:v>11.95961</x:v>
       </x:c>
       <x:c r="L21" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M21" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N21" s="32" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="N21" s="32" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="O21" s="31" t="n">
-        <x:v>99</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P21" s="31" t="n">
-        <x:v>45</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q21" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R21" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S21" s="31" t="n">
-        <x:v>58</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="T21" s="31" t="n">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U21" s="31" t="n">
-        <x:v>18</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="V21" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W21" s="32" t="n">
-        <x:v>41</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:23">
       <x:c r="A22" s="25" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C22" s="36" t="s"/>
       <x:c r="D22" s="31" t="n">
-        <x:v>12108</x:v>
+        <x:v>12408</x:v>
       </x:c>
       <x:c r="E22" s="31" t="n">
-        <x:v>6218</x:v>
+        <x:v>6392</x:v>
       </x:c>
       <x:c r="F22" s="31" t="n">
-        <x:v>5889</x:v>
+        <x:v>6015</x:v>
       </x:c>
       <x:c r="G22" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H22" s="32" t="n">
-        <x:v>17</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I22" s="33" t="n">
-        <x:v>0.1406004</x:v>
+        <x:v>0.5999676</x:v>
       </x:c>
       <x:c r="J22" s="32" t="n">
-        <x:v>972</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="K22" s="33" t="n">
-        <x:v>8.728448</x:v>
+        <x:v>9.446943</x:v>
       </x:c>
       <x:c r="L22" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="M22" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N22" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="O22" s="31" t="n">
-        <x:v>262</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="P22" s="31" t="n">
-        <x:v>157</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q22" s="31" t="n">
-        <x:v>105</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R22" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S22" s="31" t="n">
-        <x:v>250</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="T22" s="31" t="n">
-        <x:v>140</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U22" s="31" t="n">
-        <x:v>110</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="V22" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W22" s="32" t="n">
-        <x:v>12</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:23">
       <x:c r="A23" s="25" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B23" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C23" s="36" t="s"/>
       <x:c r="D23" s="31" t="n">
-        <x:v>5876</x:v>
+        <x:v>6035</x:v>
       </x:c>
       <x:c r="E23" s="31" t="n">
-        <x:v>3155</x:v>
+        <x:v>3225</x:v>
       </x:c>
       <x:c r="F23" s="31" t="n">
-        <x:v>2721</x:v>
+        <x:v>2810</x:v>
       </x:c>
       <x:c r="G23" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H23" s="32" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="I23" s="33" t="n">
+        <x:v>0.8354219</x:v>
+      </x:c>
+      <x:c r="J23" s="32" t="n">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="K23" s="33" t="n">
+        <x:v>15.04003</x:v>
+      </x:c>
+      <x:c r="L23" s="31" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="M23" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N23" s="32" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="O23" s="31" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="P23" s="31" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="Q23" s="31" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="R23" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S23" s="31" t="n">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="T23" s="31" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="U23" s="31" t="n">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="I23" s="33" t="n">
-[...37 lines deleted...]
-      </x:c>
       <x:c r="V23" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W23" s="32" t="n">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:23">
       <x:c r="A24" s="25" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C24" s="36" t="s"/>
       <x:c r="D24" s="31" t="n">
-        <x:v>52349</x:v>
+        <x:v>53532</x:v>
       </x:c>
       <x:c r="E24" s="31" t="n">
-        <x:v>27719</x:v>
+        <x:v>28369</x:v>
       </x:c>
       <x:c r="F24" s="31" t="n">
-        <x:v>24630</x:v>
+        <x:v>25163</x:v>
       </x:c>
       <x:c r="G24" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H24" s="32" t="n">
-        <x:v>557</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="I24" s="33" t="n">
-        <x:v>1.075456</x:v>
+        <x:v>0.6808351</x:v>
       </x:c>
       <x:c r="J24" s="32" t="n">
-        <x:v>5418</x:v>
+        <x:v>5578</x:v>
       </x:c>
       <x:c r="K24" s="33" t="n">
-        <x:v>11.54461</x:v>
+        <x:v>11.63198</x:v>
       </x:c>
       <x:c r="L24" s="31" t="n">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M24" s="31" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="N24" s="32" t="n">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="O24" s="31" t="n">
-        <x:v>1312</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="P24" s="31" t="n">
-        <x:v>802</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q24" s="31" t="n">
-        <x:v>510</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="R24" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S24" s="31" t="n">
-        <x:v>798</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="T24" s="31" t="n">
-        <x:v>503</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U24" s="31" t="n">
-        <x:v>295</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="V24" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W24" s="32" t="n">
-        <x:v>514</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:23">
       <x:c r="A25" s="25" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B25" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C25" s="36" t="s"/>
       <x:c r="D25" s="31" t="n">
-        <x:v>2548</x:v>
+        <x:v>2637</x:v>
       </x:c>
       <x:c r="E25" s="31" t="n">
-        <x:v>1338</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="F25" s="31" t="n">
-        <x:v>1210</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="G25" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H25" s="32" t="n">
-        <x:v>45</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="I25" s="33" t="n">
-        <x:v>1.797843</x:v>
+        <x:v>0.4954268</x:v>
       </x:c>
       <x:c r="J25" s="32" t="n">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K25" s="33" t="n">
-        <x:v>9.122056</x:v>
+        <x:v>8.876961</x:v>
       </x:c>
       <x:c r="L25" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M25" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N25" s="32" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="O25" s="31" t="n">
-        <x:v>100</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P25" s="31" t="n">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q25" s="31" t="n">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="R25" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S25" s="31" t="n">
-        <x:v>56</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="T25" s="31" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U25" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="V25" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W25" s="32" t="n">
-        <x:v>44</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:23">
       <x:c r="A26" s="25" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C26" s="36" t="s"/>
       <x:c r="D26" s="31" t="n">
-        <x:v>833</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E26" s="31" t="n">
-        <x:v>368</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F26" s="31" t="n">
-        <x:v>465</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="G26" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H26" s="32" t="n">
-        <x:v>11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="I26" s="33" t="n">
-        <x:v>1.338199</x:v>
+        <x:v>0.7042254</x:v>
       </x:c>
       <x:c r="J26" s="32" t="n">
-        <x:v>68</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K26" s="33" t="n">
-        <x:v>8.888889</x:v>
+        <x:v>12.01044</x:v>
       </x:c>
       <x:c r="L26" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="M26" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N26" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="O26" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="P26" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="Q26" s="31" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="R26" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S26" s="31" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="T26" s="31" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="U26" s="31" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="R26" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="V26" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W26" s="32" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:23">
       <x:c r="A27" s="25" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B27" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C27" s="36" t="s"/>
       <x:c r="D27" s="31" t="n">
-        <x:v>8695</x:v>
+        <x:v>8892</x:v>
       </x:c>
       <x:c r="E27" s="31" t="n">
-        <x:v>4467</x:v>
+        <x:v>4577</x:v>
       </x:c>
       <x:c r="F27" s="31" t="n">
-        <x:v>4228</x:v>
+        <x:v>4315</x:v>
       </x:c>
       <x:c r="G27" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H27" s="32" t="n">
-        <x:v>105</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I27" s="33" t="n">
-        <x:v>1.222352</x:v>
+        <x:v>0.6679497</x:v>
       </x:c>
       <x:c r="J27" s="32" t="n">
-        <x:v>1083</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="K27" s="33" t="n">
-        <x:v>14.22754</x:v>
+        <x:v>13.30275</x:v>
       </x:c>
       <x:c r="L27" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M27" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N27" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O27" s="31" t="n">
-        <x:v>252</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P27" s="31" t="n">
-        <x:v>148</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q27" s="31" t="n">
-        <x:v>104</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R27" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S27" s="31" t="n">
-        <x:v>152</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="T27" s="31" t="n">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U27" s="31" t="n">
-        <x:v>72</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="V27" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W27" s="32" t="n">
-        <x:v>100</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:23">
       <x:c r="A28" s="25" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C28" s="36" t="s"/>
       <x:c r="D28" s="31" t="n">
-        <x:v>1610</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="E28" s="31" t="n">
-        <x:v>876</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="F28" s="31" t="n">
-        <x:v>734</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G28" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H28" s="32" t="n">
-        <x:v>-2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="I28" s="33" t="n">
-        <x:v>-0.1240695</x:v>
+        <x:v>0.247678</x:v>
       </x:c>
       <x:c r="J28" s="32" t="n">
-        <x:v>150</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K28" s="33" t="n">
-        <x:v>10.27397</x:v>
+        <x:v>6.864686</x:v>
       </x:c>
       <x:c r="L28" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M28" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N28" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O28" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="P28" s="31" t="n">
-        <x:v>17</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="Q28" s="31" t="n">
-        <x:v>13</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="R28" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S28" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="T28" s="31" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="U28" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="V28" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W28" s="32" t="n">
-        <x:v>-2</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:23">
       <x:c r="A29" s="25" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B29" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C29" s="36" t="s"/>
       <x:c r="D29" s="31" t="n">
-        <x:v>4157</x:v>
+        <x:v>4282</x:v>
       </x:c>
       <x:c r="E29" s="31" t="n">
-        <x:v>2307</x:v>
+        <x:v>2382</x:v>
       </x:c>
       <x:c r="F29" s="31" t="n">
-        <x:v>1850</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="G29" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H29" s="32" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="I29" s="33" t="n">
-        <x:v>0.4348876</x:v>
+        <x:v>0.4221388</x:v>
       </x:c>
       <x:c r="J29" s="32" t="n">
-        <x:v>428</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="K29" s="33" t="n">
-        <x:v>11.47761</x:v>
+        <x:v>11.48139</x:v>
       </x:c>
       <x:c r="L29" s="31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M29" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="N29" s="32" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O29" s="31" t="n">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P29" s="31" t="n">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q29" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R29" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S29" s="31" t="n">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="T29" s="31" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U29" s="31" t="n">
-        <x:v>21</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="V29" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W29" s="32" t="n">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:23">
       <x:c r="A30" s="25" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C30" s="36" t="s"/>
       <x:c r="D30" s="31" t="n">
-        <x:v>3444</x:v>
+        <x:v>3460</x:v>
       </x:c>
       <x:c r="E30" s="31" t="n">
-        <x:v>1824</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="F30" s="31" t="n">
-        <x:v>1620</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="G30" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H30" s="32" t="n">
-        <x:v>10</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="I30" s="33" t="n">
-        <x:v>0.2912056</x:v>
+        <x:v>-0.02889338</x:v>
       </x:c>
       <x:c r="J30" s="32" t="n">
-        <x:v>238</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K30" s="33" t="n">
-        <x:v>7.423581</x:v>
+        <x:v>5.90756</x:v>
       </x:c>
       <x:c r="L30" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M30" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N30" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O30" s="31" t="n">
-        <x:v>64</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P30" s="31" t="n">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q30" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R30" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S30" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="T30" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U30" s="31" t="n">
-        <x:v>19</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="V30" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W30" s="32" t="n">
-        <x:v>10</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:23">
       <x:c r="A31" s="25" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B31" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C31" s="36" t="s"/>
       <x:c r="D31" s="31" t="n">
-        <x:v>4397</x:v>
+        <x:v>4433</x:v>
       </x:c>
       <x:c r="E31" s="31" t="n">
-        <x:v>2314</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="F31" s="31" t="n">
-        <x:v>2083</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="G31" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H31" s="32" t="n">
-        <x:v>17</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="I31" s="33" t="n">
-        <x:v>0.3881279</x:v>
+        <x:v>0.2034358</x:v>
       </x:c>
       <x:c r="J31" s="32" t="n">
-        <x:v>568</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K31" s="33" t="n">
-        <x:v>14.83416</x:v>
+        <x:v>9.836472</x:v>
       </x:c>
       <x:c r="L31" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M31" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="N31" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="O31" s="31" t="n">
-        <x:v>122</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P31" s="31" t="n">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q31" s="31" t="n">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R31" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S31" s="31" t="n">
-        <x:v>108</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="T31" s="31" t="n">
-        <x:v>61</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U31" s="31" t="n">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="V31" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W31" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:23">
       <x:c r="A32" s="25" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="36" t="s"/>
       <x:c r="D32" s="31" t="n">
-        <x:v>7146</x:v>
+        <x:v>7302</x:v>
       </x:c>
       <x:c r="E32" s="31" t="n">
-        <x:v>3650</x:v>
+        <x:v>3749</x:v>
       </x:c>
       <x:c r="F32" s="31" t="n">
-        <x:v>3496</x:v>
+        <x:v>3553</x:v>
       </x:c>
       <x:c r="G32" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H32" s="32" t="n">
-        <x:v>112</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I32" s="33" t="n">
-        <x:v>1.592266</x:v>
+        <x:v>0.247117</x:v>
       </x:c>
       <x:c r="J32" s="32" t="n">
-        <x:v>964</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="K32" s="33" t="n">
-        <x:v>15.59366</x:v>
+        <x:v>15.04648</x:v>
       </x:c>
       <x:c r="L32" s="31" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="M32" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="N32" s="32" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="O32" s="31" t="n">
-        <x:v>199</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P32" s="31" t="n">
-        <x:v>127</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q32" s="31" t="n">
-        <x:v>72</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R32" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S32" s="31" t="n">
-        <x:v>94</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="T32" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U32" s="31" t="n">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="V32" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W32" s="32" t="n">
-        <x:v>105</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:23">
       <x:c r="A33" s="25" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B33" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C33" s="36" t="s"/>
       <x:c r="D33" s="31" t="n">
-        <x:v>3984</x:v>
+        <x:v>4047</x:v>
       </x:c>
       <x:c r="E33" s="31" t="n">
-        <x:v>1975</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="F33" s="31" t="n">
-        <x:v>2009</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="G33" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H33" s="32" t="n">
-        <x:v>39</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I33" s="33" t="n">
-        <x:v>0.9885932</x:v>
+        <x:v>0.5965697</x:v>
       </x:c>
       <x:c r="J33" s="32" t="n">
-        <x:v>298</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="K33" s="33" t="n">
-        <x:v>8.084644</x:v>
+        <x:v>6.781003</x:v>
       </x:c>
       <x:c r="L33" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M33" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N33" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="O33" s="31" t="n">
-        <x:v>99</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P33" s="31" t="n">
-        <x:v>61</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q33" s="31" t="n">
-        <x:v>38</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R33" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S33" s="31" t="n">
-        <x:v>61</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="T33" s="31" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U33" s="31" t="n">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="V33" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W33" s="32" t="n">
-        <x:v>38</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:23">
       <x:c r="A34" s="25" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C34" s="36" t="s"/>
       <x:c r="D34" s="31" t="n">
-        <x:v>2770</x:v>
+        <x:v>2806</x:v>
       </x:c>
       <x:c r="E34" s="31" t="n">
-        <x:v>1587</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="F34" s="31" t="n">
-        <x:v>1183</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="G34" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H34" s="32" t="n">
-        <x:v>21</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I34" s="33" t="n">
-        <x:v>0.7639142</x:v>
+        <x:v>0.6817366</x:v>
       </x:c>
       <x:c r="J34" s="32" t="n">
-        <x:v>243</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K34" s="33" t="n">
-        <x:v>9.616146</x:v>
+        <x:v>10.12559</x:v>
       </x:c>
       <x:c r="L34" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M34" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N34" s="32" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O34" s="31" t="n">
-        <x:v>86</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P34" s="31" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="Q34" s="31" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="R34" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S34" s="31" t="n">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="Q34" s="31" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="T34" s="31" t="n">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U34" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="V34" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W34" s="32" t="n">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:23">
       <x:c r="A35" s="25" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B35" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C35" s="36" t="s"/>
       <x:c r="D35" s="31" t="n">
-        <x:v>3100</x:v>
+        <x:v>3154</x:v>
       </x:c>
       <x:c r="E35" s="31" t="n">
-        <x:v>1596</x:v>
+        <x:v>1612</x:v>
       </x:c>
       <x:c r="F35" s="31" t="n">
-        <x:v>1504</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="G35" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H35" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I35" s="33" t="n">
-        <x:v>0.129199</x:v>
+        <x:v>0.4778592</x:v>
       </x:c>
       <x:c r="J35" s="32" t="n">
-        <x:v>408</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="K35" s="33" t="n">
-        <x:v>15.15602</x:v>
+        <x:v>12.16216</x:v>
       </x:c>
       <x:c r="L35" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M35" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N35" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O35" s="31" t="n">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P35" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q35" s="31" t="n">
-        <x:v>28</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R35" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S35" s="31" t="n">
-        <x:v>62</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="T35" s="31" t="n">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="U35" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="V35" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W35" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:23">
       <x:c r="A36" s="25" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C36" s="36" t="s"/>
       <x:c r="D36" s="31" t="n">
-        <x:v>4431</x:v>
+        <x:v>4490</x:v>
       </x:c>
       <x:c r="E36" s="31" t="n">
-        <x:v>2461</x:v>
+        <x:v>2469</x:v>
       </x:c>
       <x:c r="F36" s="31" t="n">
-        <x:v>1970</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="G36" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H36" s="32" t="n">
-        <x:v>34</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="I36" s="33" t="n">
-        <x:v>0.7732545</x:v>
+        <x:v>0.1114827</x:v>
       </x:c>
       <x:c r="J36" s="32" t="n">
-        <x:v>404</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="K36" s="33" t="n">
-        <x:v>10.03228</x:v>
+        <x:v>8.980582</x:v>
       </x:c>
       <x:c r="L36" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="M36" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N36" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="O36" s="31" t="n">
-        <x:v>99</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P36" s="31" t="n">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q36" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R36" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S36" s="31" t="n">
-        <x:v>70</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="T36" s="31" t="n">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U36" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="V36" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W36" s="32" t="n">
-        <x:v>29</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:23">
       <x:c r="A37" s="25" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B37" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C37" s="36" t="s"/>
       <x:c r="D37" s="31" t="n">
-        <x:v>6192</x:v>
+        <x:v>6272</x:v>
       </x:c>
       <x:c r="E37" s="31" t="n">
-        <x:v>2974</x:v>
+        <x:v>2992</x:v>
       </x:c>
       <x:c r="F37" s="31" t="n">
-        <x:v>3218</x:v>
+        <x:v>3280</x:v>
       </x:c>
       <x:c r="G37" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H37" s="32" t="n">
-        <x:v>70</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I37" s="33" t="n">
-        <x:v>1.143417</x:v>
+        <x:v>0.3680589</x:v>
       </x:c>
       <x:c r="J37" s="32" t="n">
-        <x:v>864</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="K37" s="33" t="n">
-        <x:v>16.21622</x:v>
+        <x:v>15.8478</x:v>
       </x:c>
       <x:c r="L37" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="M37" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N37" s="32" t="n">
-        <x:v>2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="O37" s="31" t="n">
-        <x:v>143</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="P37" s="31" t="n">
-        <x:v>90</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q37" s="31" t="n">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R37" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S37" s="31" t="n">
-        <x:v>75</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="T37" s="31" t="n">
-        <x:v>39</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U37" s="31" t="n">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="V37" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W37" s="32" t="n">
-        <x:v>68</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:23">
       <x:c r="A38" s="25" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C38" s="36" t="s"/>
       <x:c r="D38" s="31" t="n">
-        <x:v>12504</x:v>
+        <x:v>12781</x:v>
       </x:c>
       <x:c r="E38" s="31" t="n">
-        <x:v>6634</x:v>
+        <x:v>6792</x:v>
       </x:c>
       <x:c r="F38" s="31" t="n">
-        <x:v>5870</x:v>
+        <x:v>5989</x:v>
       </x:c>
       <x:c r="G38" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H38" s="32" t="n">
-        <x:v>162</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I38" s="33" t="n">
-        <x:v>1.312591</x:v>
+        <x:v>0.7726879</x:v>
       </x:c>
       <x:c r="J38" s="32" t="n">
-        <x:v>1568</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="K38" s="33" t="n">
-        <x:v>14.33797</x:v>
+        <x:v>12.97622</x:v>
       </x:c>
       <x:c r="L38" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="M38" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="N38" s="32" t="n">
-        <x:v>10</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="O38" s="31" t="n">
-        <x:v>390</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="P38" s="31" t="n">
-        <x:v>225</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q38" s="31" t="n">
-        <x:v>165</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R38" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S38" s="31" t="n">
-        <x:v>238</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="T38" s="31" t="n">
-        <x:v>148</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U38" s="31" t="n">
-        <x:v>90</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="V38" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W38" s="32" t="n">
-        <x:v>152</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:23">
       <x:c r="A39" s="25" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B39" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C39" s="36" t="s"/>
       <x:c r="D39" s="31" t="n">
-        <x:v>9873</x:v>
+        <x:v>10082</x:v>
       </x:c>
       <x:c r="E39" s="31" t="n">
-        <x:v>5121</x:v>
+        <x:v>5225</x:v>
       </x:c>
       <x:c r="F39" s="31" t="n">
-        <x:v>4752</x:v>
+        <x:v>4857</x:v>
       </x:c>
       <x:c r="G39" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H39" s="32" t="n">
-        <x:v>58</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I39" s="33" t="n">
-        <x:v>0.5909323</x:v>
+        <x:v>0.8704352</x:v>
       </x:c>
       <x:c r="J39" s="32" t="n">
-        <x:v>928</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="K39" s="33" t="n">
-        <x:v>10.37451</x:v>
+        <x:v>9.9215</x:v>
       </x:c>
       <x:c r="L39" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="M39" s="31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N39" s="32" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="O39" s="31" t="n">
-        <x:v>218</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="P39" s="31" t="n">
-        <x:v>157</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q39" s="31" t="n">
-        <x:v>61</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R39" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S39" s="31" t="n">
-        <x:v>168</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="T39" s="31" t="n">
-        <x:v>102</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U39" s="31" t="n">
-        <x:v>66</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="V39" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W39" s="32" t="n">
-        <x:v>50</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:23">
       <x:c r="A40" s="25" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C40" s="36" t="s"/>
       <x:c r="D40" s="31" t="n">
-        <x:v>10674</x:v>
+        <x:v>10845</x:v>
       </x:c>
       <x:c r="E40" s="31" t="n">
-        <x:v>5665</x:v>
+        <x:v>5743</x:v>
       </x:c>
       <x:c r="F40" s="31" t="n">
-        <x:v>5009</x:v>
+        <x:v>5102</x:v>
       </x:c>
       <x:c r="G40" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H40" s="32" t="n">
-        <x:v>130</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I40" s="33" t="n">
-        <x:v>1.232929</x:v>
+        <x:v>0.7150818</x:v>
       </x:c>
       <x:c r="J40" s="32" t="n">
-        <x:v>1362</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="K40" s="33" t="n">
-        <x:v>14.62629</x:v>
+        <x:v>14.19396</x:v>
       </x:c>
       <x:c r="L40" s="31" t="n">
-        <x:v>11</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="M40" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N40" s="32" t="n">
-        <x:v>11</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="O40" s="31" t="n">
-        <x:v>353</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="P40" s="31" t="n">
-        <x:v>220</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q40" s="31" t="n">
-        <x:v>133</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R40" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S40" s="31" t="n">
-        <x:v>234</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="T40" s="31" t="n">
-        <x:v>150</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U40" s="31" t="n">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="V40" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W40" s="32" t="n">
-        <x:v>119</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:23">
       <x:c r="A41" s="25" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B41" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C41" s="36" t="s"/>
       <x:c r="D41" s="31" t="n">
-        <x:v>9384</x:v>
+        <x:v>9617</x:v>
       </x:c>
       <x:c r="E41" s="31" t="n">
-        <x:v>4797</x:v>
+        <x:v>4937</x:v>
       </x:c>
       <x:c r="F41" s="31" t="n">
-        <x:v>4587</x:v>
+        <x:v>4680</x:v>
       </x:c>
       <x:c r="G41" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H41" s="32" t="n">
-        <x:v>49</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="33" t="n">
-        <x:v>0.5249063</x:v>
+        <x:v>0.1770833</x:v>
       </x:c>
       <x:c r="J41" s="32" t="n">
-        <x:v>786</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="K41" s="33" t="n">
-        <x:v>9.141661</x:v>
+        <x:v>9.234439</x:v>
       </x:c>
       <x:c r="L41" s="31" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="M41" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="N41" s="32" t="n">
-        <x:v>7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="O41" s="31" t="n">
-        <x:v>238</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P41" s="31" t="n">
-        <x:v>147</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q41" s="31" t="n">
-        <x:v>91</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R41" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S41" s="31" t="n">
-        <x:v>196</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="T41" s="31" t="n">
-        <x:v>104</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U41" s="31" t="n">
-        <x:v>92</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="V41" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W41" s="32" t="n">
-        <x:v>42</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:23">
       <x:c r="A42" s="25" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C42" s="36" t="s"/>
       <x:c r="D42" s="31" t="n">
-        <x:v>3608</x:v>
+        <x:v>3635</x:v>
       </x:c>
       <x:c r="E42" s="31" t="n">
-        <x:v>1830</x:v>
+        <x:v>1839</x:v>
       </x:c>
       <x:c r="F42" s="31" t="n">
-        <x:v>1778</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="G42" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H42" s="32" t="n">
-        <x:v>18</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="I42" s="33" t="n">
-        <x:v>0.5013928</x:v>
+        <x:v>0.1653348</x:v>
       </x:c>
       <x:c r="J42" s="32" t="n">
-        <x:v>343</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="K42" s="33" t="n">
-        <x:v>10.50536</x:v>
+        <x:v>8.055886</x:v>
       </x:c>
       <x:c r="L42" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M42" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="M42" s="31" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="N42" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="O42" s="31" t="n">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P42" s="31" t="n">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q42" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R42" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S42" s="31" t="n">
-        <x:v>68</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="T42" s="31" t="n">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U42" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="V42" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W42" s="32" t="n">
-        <x:v>17</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:23">
       <x:c r="A43" s="25" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B43" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C43" s="36" t="s"/>
       <x:c r="D43" s="31" t="n">
-        <x:v>5425</x:v>
+        <x:v>5484</x:v>
       </x:c>
       <x:c r="E43" s="31" t="n">
-        <x:v>2834</x:v>
+        <x:v>2880</x:v>
       </x:c>
       <x:c r="F43" s="31" t="n">
-        <x:v>2591</x:v>
+        <x:v>2604</x:v>
       </x:c>
       <x:c r="G43" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H43" s="32" t="n">
-        <x:v>56</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I43" s="33" t="n">
-        <x:v>1.043025</x:v>
+        <x:v>0.2742732</x:v>
       </x:c>
       <x:c r="J43" s="32" t="n">
-        <x:v>528</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K43" s="33" t="n">
-        <x:v>10.78211</x:v>
+        <x:v>9.767815</x:v>
       </x:c>
       <x:c r="L43" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M43" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N43" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O43" s="31" t="n">
-        <x:v>157</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P43" s="31" t="n">
-        <x:v>81</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q43" s="31" t="n">
-        <x:v>76</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R43" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S43" s="31" t="n">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="T43" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U43" s="31" t="n">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="V43" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W43" s="32" t="n">
-        <x:v>56</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:23">
       <x:c r="A44" s="25" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C44" s="36" t="s"/>
       <x:c r="D44" s="31" t="n">
-        <x:v>2575</x:v>
+        <x:v>2618</x:v>
       </x:c>
       <x:c r="E44" s="31" t="n">
-        <x:v>1286</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="F44" s="31" t="n">
-        <x:v>1289</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="G44" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H44" s="32" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I44" s="33" t="n">
+        <x:v>0.03821169</x:v>
+      </x:c>
+      <x:c r="J44" s="32" t="n">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="K44" s="33" t="n">
+        <x:v>10.27801</x:v>
+      </x:c>
+      <x:c r="L44" s="31" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="M44" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N44" s="32" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="O44" s="31" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="P44" s="31" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="Q44" s="31" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="R44" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S44" s="31" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="T44" s="31" t="n">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="I44" s="33" t="n">
-[...23 lines deleted...]
-      <x:c r="Q44" s="31" t="n">
+      <x:c r="U44" s="31" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="R44" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="V44" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W44" s="32" t="n">
-        <x:v>25</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:23">
       <x:c r="A45" s="25" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B45" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C45" s="36" t="s"/>
       <x:c r="D45" s="31" t="n">
-        <x:v>3315</x:v>
+        <x:v>3386</x:v>
       </x:c>
       <x:c r="E45" s="31" t="n">
-        <x:v>1837</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="F45" s="31" t="n">
-        <x:v>1478</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="G45" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H45" s="32" t="n">
-        <x:v>56</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I45" s="33" t="n">
-        <x:v>1.718318</x:v>
+        <x:v>1.104807</x:v>
       </x:c>
       <x:c r="J45" s="32" t="n">
-        <x:v>272</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="K45" s="33" t="n">
-        <x:v>8.938547</x:v>
+        <x:v>10.79843</x:v>
       </x:c>
       <x:c r="L45" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M45" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N45" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O45" s="31" t="n">
-        <x:v>119</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P45" s="31" t="n">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q45" s="31" t="n">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R45" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S45" s="31" t="n">
-        <x:v>67</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="T45" s="31" t="n">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="U45" s="31" t="n">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="V45" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W45" s="32" t="n">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:23">
       <x:c r="A46" s="25" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C46" s="36" t="s"/>
       <x:c r="D46" s="31" t="n">
-        <x:v>5441</x:v>
+        <x:v>5574</x:v>
       </x:c>
       <x:c r="E46" s="31" t="n">
-        <x:v>2982</x:v>
+        <x:v>3045</x:v>
       </x:c>
       <x:c r="F46" s="31" t="n">
-        <x:v>2459</x:v>
+        <x:v>2529</x:v>
       </x:c>
       <x:c r="G46" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H46" s="32" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I46" s="33" t="n">
+        <x:v>1.051487</x:v>
+      </x:c>
+      <x:c r="J46" s="32" t="n">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="K46" s="33" t="n">
+        <x:v>11.2797</x:v>
+      </x:c>
+      <x:c r="L46" s="31" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="M46" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N46" s="32" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="O46" s="31" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="P46" s="31" t="n">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q46" s="31" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="R46" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S46" s="31" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="T46" s="31" t="n">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="I46" s="33" t="n">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="U46" s="31" t="n">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="V46" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W46" s="32" t="n">
-        <x:v>45</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:23">
       <x:c r="A47" s="25" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B47" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C47" s="36" t="s"/>
       <x:c r="D47" s="31" t="n">
-        <x:v>1429</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="E47" s="31" t="n">
-        <x:v>812</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="F47" s="31" t="n">
-        <x:v>617</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="G47" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H47" s="32" t="n">
-        <x:v>-3</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="I47" s="33" t="n">
-        <x:v>-0.2094972</x:v>
+        <x:v>-0.3528582</x:v>
       </x:c>
       <x:c r="J47" s="32" t="n">
-        <x:v>136</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K47" s="33" t="n">
-        <x:v>10.51818</x:v>
+        <x:v>6.485671</x:v>
       </x:c>
       <x:c r="L47" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="M47" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N47" s="32" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="O47" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="P47" s="31" t="n">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="Q47" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="R47" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S47" s="31" t="n">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="T47" s="31" t="n">
-        <x:v>28</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="U47" s="31" t="n">
-        <x:v>6</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="V47" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W47" s="32" t="n">
         <x:v>-5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:23">
       <x:c r="A48" s="25" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C48" s="36" t="s"/>
       <x:c r="D48" s="31" t="n">
-        <x:v>4772</x:v>
+        <x:v>4930</x:v>
       </x:c>
       <x:c r="E48" s="31" t="n">
-        <x:v>2401</x:v>
+        <x:v>2468</x:v>
       </x:c>
       <x:c r="F48" s="31" t="n">
-        <x:v>2371</x:v>
+        <x:v>2462</x:v>
       </x:c>
       <x:c r="G48" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H48" s="32" t="n">
-        <x:v>7</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I48" s="33" t="n">
-        <x:v>0.1469045</x:v>
+        <x:v>1.398601</x:v>
       </x:c>
       <x:c r="J48" s="32" t="n">
-        <x:v>450</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="K48" s="33" t="n">
-        <x:v>10.41185</x:v>
+        <x:v>11.69008</x:v>
       </x:c>
       <x:c r="L48" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M48" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N48" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O48" s="31" t="n">
-        <x:v>123</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P48" s="31" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="Q48" s="31" t="n">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="R48" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S48" s="31" t="n">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="T48" s="31" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="U48" s="31" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="V48" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W48" s="32" t="n">
         <x:v>66</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:23">
       <x:c r="A49" s="25" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B49" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C49" s="36" t="s"/>
       <x:c r="D49" s="31" t="n">
-        <x:v>1217</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="E49" s="31" t="n">
-        <x:v>548</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F49" s="31" t="n">
-        <x:v>669</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="G49" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H49" s="32" t="n">
-        <x:v>25</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="I49" s="33" t="n">
-        <x:v>2.097316</x:v>
+        <x:v>0.9592326</x:v>
       </x:c>
       <x:c r="J49" s="32" t="n">
-        <x:v>153</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="K49" s="33" t="n">
-        <x:v>14.3797</x:v>
+        <x:v>16.51291</x:v>
       </x:c>
       <x:c r="L49" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="M49" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="N49" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="O49" s="31" t="n">
-        <x:v>58</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P49" s="31" t="n">
-        <x:v>39</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="Q49" s="31" t="n">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="R49" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S49" s="31" t="n">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="T49" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="U49" s="31" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="V49" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W49" s="32" t="n">
         <x:v>14</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:23">
       <x:c r="A50" s="25" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C50" s="36" t="s"/>
       <x:c r="D50" s="31" t="n">
-        <x:v>5398</x:v>
+        <x:v>5461</x:v>
       </x:c>
       <x:c r="E50" s="31" t="n">
-        <x:v>3008</x:v>
+        <x:v>3054</x:v>
       </x:c>
       <x:c r="F50" s="31" t="n">
-        <x:v>2390</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="G50" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H50" s="32" t="n">
-        <x:v>17</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="I50" s="33" t="n">
-        <x:v>0.3159264</x:v>
+        <x:v>0.4968716</x:v>
       </x:c>
       <x:c r="J50" s="32" t="n">
-        <x:v>478</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="K50" s="33" t="n">
-        <x:v>9.715447</x:v>
+        <x:v>8.806535</x:v>
       </x:c>
       <x:c r="L50" s="31" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="M50" s="31" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="N50" s="32" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="M50" s="31" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="O50" s="31" t="n">
-        <x:v>116</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P50" s="31" t="n">
-        <x:v>76</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q50" s="31" t="n">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R50" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S50" s="31" t="n">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="T50" s="31" t="n">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U50" s="31" t="n">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="V50" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W50" s="32" t="n">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:23">
       <x:c r="A51" s="25" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B51" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C51" s="36" t="s"/>
       <x:c r="D51" s="31" t="n">
-        <x:v>3841</x:v>
+        <x:v>3896</x:v>
       </x:c>
       <x:c r="E51" s="31" t="n">
-        <x:v>1877</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="F51" s="31" t="n">
-        <x:v>1964</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="G51" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H51" s="32" t="n">
-        <x:v>78</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="I51" s="33" t="n">
-        <x:v>2.072814</x:v>
+        <x:v>0.1542417</x:v>
       </x:c>
       <x:c r="J51" s="32" t="n">
-        <x:v>285</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="K51" s="33" t="n">
-        <x:v>8.014624</x:v>
+        <x:v>7.773167</x:v>
       </x:c>
       <x:c r="L51" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M51" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="N51" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="O51" s="31" t="n">
-        <x:v>151</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P51" s="31" t="n">
-        <x:v>92</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q51" s="31" t="n">
-        <x:v>59</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R51" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S51" s="31" t="n">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="T51" s="31" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U51" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="V51" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W51" s="32" t="n">
-        <x:v>75</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:23">
       <x:c r="A52" s="25" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C52" s="36" t="s"/>
       <x:c r="D52" s="31" t="n">
-        <x:v>7660</x:v>
+        <x:v>7844</x:v>
       </x:c>
       <x:c r="E52" s="31" t="n">
-        <x:v>4203</x:v>
+        <x:v>4307</x:v>
       </x:c>
       <x:c r="F52" s="31" t="n">
-        <x:v>3457</x:v>
+        <x:v>3537</x:v>
       </x:c>
       <x:c r="G52" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H52" s="32" t="n">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I52" s="33" t="n">
-        <x:v>1.295953</x:v>
+        <x:v>1.265169</x:v>
       </x:c>
       <x:c r="J52" s="32" t="n">
-        <x:v>821</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="K52" s="33" t="n">
-        <x:v>12.00468</x:v>
+        <x:v>12.66877</x:v>
       </x:c>
       <x:c r="L52" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="M52" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="N52" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="O52" s="31" t="n">
-        <x:v>227</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P52" s="31" t="n">
-        <x:v>120</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q52" s="31" t="n">
-        <x:v>107</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R52" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S52" s="31" t="n">
-        <x:v>134</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="T52" s="31" t="n">
-        <x:v>83</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U52" s="31" t="n">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="V52" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W52" s="32" t="n">
-        <x:v>93</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:23">
       <x:c r="A53" s="25" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B53" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C53" s="36" t="s"/>
       <x:c r="D53" s="31" t="n">
-        <x:v>1101</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E53" s="31" t="n">
-        <x:v>607</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F53" s="31" t="n">
-        <x:v>494</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="G53" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H53" s="32" t="n">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I53" s="33" t="n">
-        <x:v>0.8241758</x:v>
+        <x:v>1.319261</x:v>
       </x:c>
       <x:c r="J53" s="32" t="n">
-        <x:v>108</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K53" s="33" t="n">
-        <x:v>10.87613</x:v>
+        <x:v>14.28571</x:v>
       </x:c>
       <x:c r="L53" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M53" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N53" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O53" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P53" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="Q53" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="R53" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S53" s="31" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="T53" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="U53" s="31" t="n">
-        <x:v>8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="V53" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W53" s="32" t="n">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:23">
       <x:c r="A54" s="25" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C54" s="36" t="s"/>
       <x:c r="D54" s="31" t="n">
-        <x:v>4229</x:v>
+        <x:v>4246</x:v>
       </x:c>
       <x:c r="E54" s="31" t="n">
-        <x:v>2151</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="F54" s="31" t="n">
-        <x:v>2078</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="G54" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H54" s="32" t="n">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="I54" s="33" t="n">
-        <x:v>1.854528</x:v>
+        <x:v>0.7354686</x:v>
       </x:c>
       <x:c r="J54" s="32" t="n">
-        <x:v>379</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="K54" s="33" t="n">
-        <x:v>9.844156</x:v>
+        <x:v>9.574194</x:v>
       </x:c>
       <x:c r="L54" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M54" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N54" s="32" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="O54" s="31" t="n">
-        <x:v>168</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P54" s="31" t="n">
-        <x:v>89</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q54" s="31" t="n">
-        <x:v>79</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R54" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S54" s="31" t="n">
-        <x:v>92</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="T54" s="31" t="n">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U54" s="31" t="n">
-        <x:v>38</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="V54" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W54" s="32" t="n">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:23">
       <x:c r="A55" s="25" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B55" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C55" s="36" t="s"/>
       <x:c r="D55" s="31" t="n">
-        <x:v>1719</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="E55" s="31" t="n">
-        <x:v>905</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="F55" s="31" t="n">
-        <x:v>814</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="G55" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H55" s="32" t="n">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I55" s="33" t="n">
-        <x:v>1.535735</x:v>
+        <x:v>1.430206</x:v>
       </x:c>
       <x:c r="J55" s="32" t="n">
-        <x:v>126</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="K55" s="33" t="n">
-        <x:v>7.909605</x:v>
+        <x:v>8.639706</x:v>
       </x:c>
       <x:c r="L55" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="M55" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N55" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="O55" s="31" t="n">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P55" s="31" t="n">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q55" s="31" t="n">
-        <x:v>19</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="R55" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S55" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="T55" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="U55" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="V55" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W55" s="32" t="n">
-        <x:v>26</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:23">
       <x:c r="A56" s="25" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C56" s="36" t="s"/>
       <x:c r="D56" s="31" t="n">
-        <x:v>2296</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="E56" s="31" t="n">
-        <x:v>1125</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="F56" s="31" t="n">
-        <x:v>1171</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="G56" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H56" s="32" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I56" s="33" t="n">
+        <x:v>1.637931</x:v>
+      </x:c>
+      <x:c r="J56" s="32" t="n">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="K56" s="33" t="n">
+        <x:v>12.5</x:v>
+      </x:c>
+      <x:c r="L56" s="31" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="M56" s="31" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="N56" s="32" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O56" s="31" t="n">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="P56" s="31" t="n">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="Q56" s="31" t="n">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="I56" s="33" t="n">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="R56" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S56" s="31" t="n">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="T56" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="U56" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="V56" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W56" s="32" t="n">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:23">
       <x:c r="A57" s="25" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B57" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C57" s="36" t="s"/>
       <x:c r="D57" s="31" t="n">
-        <x:v>1372</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="E57" s="31" t="n">
-        <x:v>704</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="F57" s="31" t="n">
-        <x:v>668</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="G57" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H57" s="32" t="n">
-        <x:v>18</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="I57" s="33" t="n">
-        <x:v>1.329394</x:v>
+        <x:v>0.5726557</x:v>
       </x:c>
       <x:c r="J57" s="32" t="n">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K57" s="33" t="n">
-        <x:v>7.523511</x:v>
+        <x:v>8.076923</x:v>
       </x:c>
       <x:c r="L57" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M57" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N57" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O57" s="31" t="n">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P57" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="Q57" s="31" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="R57" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S57" s="31" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="T57" s="31" t="n">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="R57" s="31" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U57" s="31" t="n">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="V57" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W57" s="32" t="n">
-        <x:v>18</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:23">
       <x:c r="A58" s="25" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C58" s="36" t="s"/>
       <x:c r="D58" s="31" t="n">
-        <x:v>2541</x:v>
+        <x:v>2566</x:v>
       </x:c>
       <x:c r="E58" s="31" t="n">
-        <x:v>1245</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="F58" s="31" t="n">
-        <x:v>1296</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="G58" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H58" s="32" t="n">
-        <x:v>24</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I58" s="33" t="n">
-        <x:v>0.9535161</x:v>
+        <x:v>0.5485893</x:v>
       </x:c>
       <x:c r="J58" s="32" t="n">
-        <x:v>205</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="K58" s="33" t="n">
-        <x:v>8.775685</x:v>
+        <x:v>7.408958</x:v>
       </x:c>
       <x:c r="L58" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M58" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N58" s="32" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="N58" s="32" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="O58" s="31" t="n">
-        <x:v>68</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P58" s="31" t="n">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q58" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="R58" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S58" s="31" t="n">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="T58" s="31" t="n">
-        <x:v>22</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="U58" s="31" t="n">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="V58" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W58" s="32" t="n">
-        <x:v>26</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:23">
       <x:c r="A59" s="25" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B59" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C59" s="36" t="s"/>
       <x:c r="D59" s="31" t="n">
-        <x:v>3990</x:v>
+        <x:v>4096</x:v>
       </x:c>
       <x:c r="E59" s="31" t="n">
-        <x:v>2145</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="F59" s="31" t="n">
-        <x:v>1845</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="G59" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H59" s="32" t="n">
-        <x:v>30</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I59" s="33" t="n">
-        <x:v>0.7575758</x:v>
+        <x:v>0.367557</x:v>
       </x:c>
       <x:c r="J59" s="32" t="n">
-        <x:v>434</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="K59" s="33" t="n">
-        <x:v>12.20472</x:v>
+        <x:v>12.09633</x:v>
       </x:c>
       <x:c r="L59" s="31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M59" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="N59" s="32" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="O59" s="31" t="n">
-        <x:v>109</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P59" s="31" t="n">
-        <x:v>70</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q59" s="31" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="R59" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S59" s="31" t="n">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="T59" s="31" t="n">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="R59" s="31" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U59" s="31" t="n">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="V59" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W59" s="32" t="n">
-        <x:v>28</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:23">
       <x:c r="A60" s="25" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C60" s="36" t="s"/>
       <x:c r="D60" s="31" t="n">
-        <x:v>1003</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="E60" s="31" t="n">
-        <x:v>486</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F60" s="31" t="n">
         <x:v>517</x:v>
       </x:c>
       <x:c r="G60" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H60" s="32" t="n">
-        <x:v>-4</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="I60" s="33" t="n">
-        <x:v>-0.3972194</x:v>
+        <x:v>1.898102</x:v>
       </x:c>
       <x:c r="J60" s="32" t="n">
-        <x:v>65</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K60" s="33" t="n">
-        <x:v>6.929637</x:v>
+        <x:v>8.280254</x:v>
       </x:c>
       <x:c r="L60" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M60" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N60" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O60" s="31" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="P60" s="31" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="Q60" s="31" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="R60" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S60" s="31" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="T60" s="31" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="U60" s="31" t="n">
         <x:v>12</x:v>
       </x:c>
-      <x:c r="P60" s="31" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="V60" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W60" s="32" t="n">
-        <x:v>-4</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:23">
       <x:c r="A61" s="25" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B61" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C61" s="36" t="s"/>
       <x:c r="D61" s="31" t="n">
-        <x:v>902</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E61" s="31" t="n">
         <x:v>493</x:v>
       </x:c>
       <x:c r="F61" s="31" t="n">
-        <x:v>409</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G61" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H61" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I61" s="33" t="n">
-        <x:v>0.4454343</x:v>
+        <x:v>1.530055</x:v>
       </x:c>
       <x:c r="J61" s="32" t="n">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="K61" s="33" t="n">
-        <x:v>17.29519</x:v>
+        <x:v>16.125</x:v>
       </x:c>
       <x:c r="L61" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M61" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="N61" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="O61" s="31" t="n">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P61" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="Q61" s="31" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="R61" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S61" s="31" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="T61" s="31" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="U61" s="31" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="V61" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W61" s="32" t="n">
         <x:v>15</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:23">
       <x:c r="A62" s="25" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C62" s="36" t="s"/>
       <x:c r="D62" s="31" t="n">
-        <x:v>902</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E62" s="31" t="n">
         <x:v>493</x:v>
       </x:c>
       <x:c r="F62" s="31" t="n">
-        <x:v>409</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G62" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H62" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I62" s="33" t="n">
-        <x:v>0.4454343</x:v>
+        <x:v>1.530055</x:v>
       </x:c>
       <x:c r="J62" s="32" t="n">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="K62" s="33" t="n">
-        <x:v>17.29519</x:v>
+        <x:v>16.125</x:v>
       </x:c>
       <x:c r="L62" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M62" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="N62" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="O62" s="31" t="n">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="P62" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="Q62" s="31" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="R62" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S62" s="31" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="T62" s="31" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="U62" s="31" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="V62" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W62" s="32" t="n">
         <x:v>15</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:23">
       <x:c r="A63" s="25" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B63" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C63" s="36" t="s"/>
       <x:c r="D63" s="31" t="n">
-        <x:v>2281</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="E63" s="31" t="n">
-        <x:v>1157</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="F63" s="31" t="n">
-        <x:v>1124</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="G63" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H63" s="32" t="n">
-        <x:v>43</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="I63" s="33" t="n">
-        <x:v>1.921358</x:v>
+        <x:v>-0.08710802</x:v>
       </x:c>
       <x:c r="J63" s="32" t="n">
-        <x:v>144</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K63" s="33" t="n">
-        <x:v>6.738419</x:v>
+        <x:v>6.007394</x:v>
       </x:c>
       <x:c r="L63" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M63" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N63" s="32" t="n">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="O63" s="31" t="n">
-        <x:v>79</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P63" s="31" t="n">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="Q63" s="31" t="n">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="R63" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S63" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="T63" s="31" t="n">
-        <x:v>18</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U63" s="31" t="n">
-        <x:v>17</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="V63" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W63" s="32" t="n">
-        <x:v>44</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:23">
       <x:c r="A64" s="25" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C64" s="36" t="s"/>
       <x:c r="D64" s="31" t="n">
-        <x:v>1138</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="E64" s="31" t="n">
-        <x:v>595</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="F64" s="31" t="n">
-        <x:v>543</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G64" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H64" s="32" t="n">
-        <x:v>13</x:v>
+        <x:v>-13</x:v>
       </x:c>
       <x:c r="I64" s="33" t="n">
-        <x:v>1.155556</x:v>
+        <x:v>-1.137358</x:v>
       </x:c>
       <x:c r="J64" s="32" t="n">
-        <x:v>56</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K64" s="33" t="n">
-        <x:v>5.175601</x:v>
+        <x:v>3.196347</x:v>
       </x:c>
       <x:c r="L64" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M64" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N64" s="32" t="n">
-        <x:v>-1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="O64" s="31" t="n">
-        <x:v>33</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="P64" s="31" t="n">
-        <x:v>24</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="Q64" s="31" t="n">
-        <x:v>9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="R64" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S64" s="31" t="n">
-        <x:v>19</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="T64" s="31" t="n">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="U64" s="31" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="V64" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W64" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>-13</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:23">
       <x:c r="A65" s="25" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B65" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C65" s="36" t="s"/>
       <x:c r="D65" s="31" t="n">
-        <x:v>946</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="E65" s="31" t="n">
-        <x:v>479</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F65" s="31" t="n">
-        <x:v>467</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="G65" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H65" s="32" t="n">
-        <x:v>21</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="I65" s="33" t="n">
-        <x:v>2.27027</x:v>
+        <x:v>1.364113</x:v>
       </x:c>
       <x:c r="J65" s="32" t="n">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K65" s="33" t="n">
-        <x:v>11.68831</x:v>
+        <x:v>11.80556</x:v>
       </x:c>
       <x:c r="L65" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M65" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="N65" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="O65" s="31" t="n">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P65" s="31" t="n">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="Q65" s="31" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="R65" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S65" s="31" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="T65" s="31" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="R65" s="31" t="n">
-[...2 lines deleted...]
-      <x:c r="S65" s="31" t="n">
+      <x:c r="U65" s="31" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="V65" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W65" s="32" t="n">
         <x:v>14</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:23">
       <x:c r="A66" s="25" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C66" s="36" t="s"/>
       <x:c r="D66" s="31" t="n">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E66" s="31" t="n">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F66" s="31" t="n">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G66" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H66" s="32" t="n">
-        <x:v>9</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="I66" s="33" t="n">
-        <x:v>4.787234</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="J66" s="32" t="n">
-        <x:v>-11</x:v>
+        <x:v>-7</x:v>
       </x:c>
       <x:c r="K66" s="33" t="n">
-        <x:v>-5.288462</x:v>
+        <x:v>-3.414634</x:v>
       </x:c>
       <x:c r="L66" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M66" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N66" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O66" s="31" t="n">
-        <x:v>11</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="P66" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="Q66" s="31" t="n">
-        <x:v>9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="R66" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S66" s="31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T66" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="U66" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="V66" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W66" s="32" t="n">
-        <x:v>9</x:v>
+        <x:v>-2</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:23">
       <x:c r="A67" s="25" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B67" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C67" s="36" t="s"/>
       <x:c r="D67" s="31" t="n">
-        <x:v>3324</x:v>
+        <x:v>3406</x:v>
       </x:c>
       <x:c r="E67" s="31" t="n">
-        <x:v>1766</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="F67" s="31" t="n">
-        <x:v>1558</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="G67" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H67" s="32" t="n">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I67" s="33" t="n">
-        <x:v>1.09489</x:v>
+        <x:v>1.248514</x:v>
       </x:c>
       <x:c r="J67" s="32" t="n">
-        <x:v>367</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K67" s="33" t="n">
-        <x:v>12.41123</x:v>
+        <x:v>14.10385</x:v>
       </x:c>
       <x:c r="L67" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M67" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N67" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O67" s="31" t="n">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P67" s="31" t="n">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="Q67" s="31" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R67" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S67" s="31" t="n">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="Q67" s="31" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="T67" s="31" t="n">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U67" s="31" t="n">
-        <x:v>34</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="V67" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W67" s="32" t="n">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:23">
       <x:c r="A68" s="25" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C68" s="36" t="s"/>
       <x:c r="D68" s="31" t="n">
-        <x:v>729</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E68" s="31" t="n">
-        <x:v>400</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F68" s="31" t="n">
-        <x:v>329</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="G68" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H68" s="32" t="n">
-        <x:v>-2</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I68" s="33" t="n">
-        <x:v>-0.2735978</x:v>
+        <x:v>1.992032</x:v>
       </x:c>
       <x:c r="J68" s="32" t="n">
-        <x:v>70</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="K68" s="33" t="n">
-        <x:v>10.62216</x:v>
+        <x:v>16.1876</x:v>
       </x:c>
       <x:c r="L68" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M68" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N68" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O68" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="31" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="Q68" s="31" t="n">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="Q68" s="31" t="n">
+      <x:c r="R68" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S68" s="31" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="T68" s="31" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="U68" s="31" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="R68" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="V68" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W68" s="32" t="n">
-        <x:v>-2</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:23">
       <x:c r="A69" s="25" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B69" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C69" s="36" t="s"/>
       <x:c r="D69" s="31" t="n">
-        <x:v>859</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="E69" s="31" t="n">
-        <x:v>407</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F69" s="31" t="n">
-        <x:v>452</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="G69" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H69" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>-8</x:v>
       </x:c>
       <x:c r="I69" s="33" t="n">
-        <x:v>1.656805</x:v>
+        <x:v>-0.9259259</x:v>
       </x:c>
       <x:c r="J69" s="32" t="n">
-        <x:v>133</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K69" s="33" t="n">
-        <x:v>18.31956</x:v>
+        <x:v>15.98916</x:v>
       </x:c>
       <x:c r="L69" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M69" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N69" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O69" s="31" t="n">
-        <x:v>37</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="P69" s="31" t="n">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="Q69" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="R69" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S69" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="T69" s="31" t="n">
-        <x:v>13</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="U69" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="V69" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W69" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>-8</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:23">
       <x:c r="A70" s="25" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C70" s="36" t="s"/>
       <x:c r="D70" s="31" t="n">
-        <x:v>516</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E70" s="31" t="n">
-        <x:v>284</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F70" s="31" t="n">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G70" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H70" s="32" t="n">
-        <x:v>9</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="33" t="n">
-        <x:v>1.775148</x:v>
+        <x:v>3.31384</x:v>
       </x:c>
       <x:c r="J70" s="32" t="n">
-        <x:v>81</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K70" s="33" t="n">
-        <x:v>18.62069</x:v>
+        <x:v>21.28146</x:v>
       </x:c>
       <x:c r="L70" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M70" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N70" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O70" s="31" t="n">
-        <x:v>16</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P70" s="31" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Q70" s="31" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="R70" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S70" s="31" t="n">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="Q70" s="31" t="n">
+      <x:c r="T70" s="31" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="U70" s="31" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="R70" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="V70" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W70" s="32" t="n">
-        <x:v>9</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:23">
       <x:c r="A71" s="25" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B71" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C71" s="36" t="s"/>
       <x:c r="D71" s="31" t="n">
-        <x:v>538</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="E71" s="31" t="n">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F71" s="31" t="n">
-        <x:v>247</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G71" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H71" s="32" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="I71" s="33" t="n">
-        <x:v>1.893939</x:v>
+        <x:v>1.862197</x:v>
       </x:c>
       <x:c r="J71" s="32" t="n">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K71" s="33" t="n">
-        <x:v>13.26316</x:v>
+        <x:v>12.09016</x:v>
       </x:c>
       <x:c r="L71" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M71" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N71" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O71" s="31" t="n">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="P71" s="31" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="Q71" s="31" t="n">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="R71" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S71" s="31" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="T71" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="U71" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="V71" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W71" s="32" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:23">
       <x:c r="A72" s="25" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C72" s="36" t="s"/>
       <x:c r="D72" s="31" t="n">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E72" s="31" t="n">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F72" s="31" t="n">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G72" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H72" s="32" t="n">
-        <x:v>-2</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="I72" s="33" t="n">
-        <x:v>-0.7751938</x:v>
+        <x:v>-1.12782</x:v>
       </x:c>
       <x:c r="J72" s="32" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="K72" s="33" t="n">
-        <x:v>2.811245</x:v>
+        <x:v>2.33463</x:v>
       </x:c>
       <x:c r="L72" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M72" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N72" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O72" s="31" t="n">
-        <x:v>8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="P72" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="Q72" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R72" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S72" s="31" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="R72" s="31" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="T72" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="U72" s="31" t="n">
-        <x:v>6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="V72" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W72" s="32" t="n">
-        <x:v>-2</x:v>
+        <x:v>-3</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:23">
       <x:c r="A73" s="25" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B73" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C73" s="36" t="s"/>
       <x:c r="D73" s="31" t="n">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E73" s="31" t="n">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F73" s="31" t="n">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G73" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H73" s="32" t="n">
-        <x:v>-1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I73" s="33" t="n">
-        <x:v>-0.5847953</x:v>
+        <x:v>1.744186</x:v>
       </x:c>
       <x:c r="J73" s="32" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="K73" s="33" t="n">
-        <x:v>4.938272</x:v>
+        <x:v>5.421687</x:v>
       </x:c>
       <x:c r="L73" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M73" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N73" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O73" s="31" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="P73" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="P73" s="31" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q73" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="R73" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S73" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="T73" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="U73" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="V73" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W73" s="32" t="n">
-        <x:v>-1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:23">
       <x:c r="A74" s="25" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C74" s="36" t="s"/>
       <x:c r="D74" s="31" t="n">
-        <x:v>256</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E74" s="31" t="n">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="F74" s="31" t="n">
-        <x:v>74</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G74" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H74" s="32" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I74" s="33" t="n">
-        <x:v>3.225806</x:v>
+        <x:v>3.088803</x:v>
       </x:c>
       <x:c r="J74" s="32" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="K74" s="33" t="n">
+        <x:v>12.18487</x:v>
+      </x:c>
+      <x:c r="L74" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M74" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N74" s="32" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O74" s="31" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="P74" s="31" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="K74" s="33" t="n">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q74" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="R74" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S74" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="T74" s="31" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="U74" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="V74" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W74" s="32" t="n">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:23">
       <x:c r="A75" s="25" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B75" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C75" s="36" t="s"/>
       <x:c r="D75" s="31" t="n">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E75" s="31" t="n">
-        <x:v>205</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F75" s="31" t="n">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G75" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H75" s="32" t="n">
         <x:v>-3</x:v>
       </x:c>
       <x:c r="I75" s="33" t="n">
-        <x:v>-0.6944444</x:v>
+        <x:v>-0.6976744</x:v>
       </x:c>
       <x:c r="J75" s="32" t="n">
-        <x:v>13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="K75" s="33" t="n">
-        <x:v>3.125</x:v>
+        <x:v>1.666667</x:v>
       </x:c>
       <x:c r="L75" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M75" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N75" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O75" s="31" t="n">
-        <x:v>8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="P75" s="31" t="n">
-        <x:v>6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="Q75" s="31" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="R75" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S75" s="31" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="T75" s="31" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="U75" s="31" t="n">
         <x:v>2</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1</x:v>
       </x:c>
       <x:c r="V75" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W75" s="32" t="n">
         <x:v>-3</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:23">
       <x:c r="A76" s="25" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C76" s="36" t="s"/>
       <x:c r="D76" s="31" t="n">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E76" s="31" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F76" s="31" t="n">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H76" s="32" t="n">
-        <x:v>2</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="I76" s="33" t="n">
-        <x:v>2.531646</x:v>
+        <x:v>-1.162791</x:v>
       </x:c>
       <x:c r="J76" s="32" t="n">
-        <x:v>-6</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="K76" s="33" t="n">
-        <x:v>-6.896552</x:v>
+        <x:v>-4.494382</x:v>
       </x:c>
       <x:c r="L76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N76" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O76" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="P76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Q76" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="R76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S76" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="T76" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="U76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="V76" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W76" s="32" t="n">
-        <x:v>2</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:23">
       <x:c r="A77" s="25" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B77" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C77" s="36" t="s"/>
       <x:c r="D77" s="31" t="n">
-        <x:v>127</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E77" s="31" t="n">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F77" s="31" t="n">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G77" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H77" s="32" t="n">
-        <x:v>-4</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="I77" s="33" t="n">
-        <x:v>-3.053435</x:v>
+        <x:v>-0.8547009</x:v>
       </x:c>
       <x:c r="J77" s="32" t="n">
-        <x:v>10</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="K77" s="33" t="n">
-        <x:v>8.547009</x:v>
+        <x:v>4.504505</x:v>
       </x:c>
       <x:c r="L77" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M77" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N77" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O77" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="P77" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="Q77" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="R77" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S77" s="31" t="n">
-        <x:v>9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="T77" s="31" t="n">
-        <x:v>9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="U77" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="V77" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W77" s="32" t="n">
-        <x:v>-4</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:23">
       <x:c r="A78" s="25" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C78" s="36" t="s"/>
       <x:c r="D78" s="31" t="n">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E78" s="31" t="n">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F78" s="31" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H78" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="I78" s="33" t="n">
-        <x:v>0</x:v>
+        <x:v>-1.886792</x:v>
       </x:c>
       <x:c r="J78" s="32" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="K78" s="33" t="n">
-        <x:v>10.41667</x:v>
+        <x:v>6.122449</x:v>
       </x:c>
       <x:c r="L78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N78" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O78" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="P78" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="Q78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="R78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S78" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T78" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="U78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="V78" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W78" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:23">
       <x:c r="A79" s="25" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B79" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C79" s="36" t="s"/>
       <x:c r="D79" s="31" t="n">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E79" s="31" t="n">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F79" s="31" t="n">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G79" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H79" s="32" t="n">
-        <x:v>-1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I79" s="33" t="n">
-        <x:v>-0.6369427</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J79" s="32" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="K79" s="33" t="n">
+        <x:v>0.621118</x:v>
+      </x:c>
+      <x:c r="L79" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M79" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N79" s="32" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O79" s="31" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="K79" s="33" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="P79" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Q79" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="R79" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S79" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="T79" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="U79" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="V79" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W79" s="32" t="n">
-        <x:v>-1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:23">
       <x:c r="A80" s="25" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C80" s="36" t="s"/>
       <x:c r="D80" s="31" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E80" s="31" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F80" s="31" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H80" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I80" s="33" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J80" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K80" s="33" t="n">
-        <x:v>9.090909</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="L80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N80" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="P80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Q80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="R80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="V80" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W80" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:23">
       <x:c r="A81" s="25" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B81" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C81" s="36" t="s"/>
       <x:c r="D81" s="31" t="n">
-        <x:v>2474</x:v>
+        <x:v>2504</x:v>
       </x:c>
       <x:c r="E81" s="31" t="n">
-        <x:v>1366</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="F81" s="31" t="n">
-        <x:v>1108</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="G81" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H81" s="32" t="n">
-        <x:v>23</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="I81" s="33" t="n">
-        <x:v>0.9383925</x:v>
+        <x:v>0.20008</x:v>
       </x:c>
       <x:c r="J81" s="32" t="n">
-        <x:v>149</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K81" s="33" t="n">
-        <x:v>6.408602</x:v>
+        <x:v>5.47599</x:v>
       </x:c>
       <x:c r="L81" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M81" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N81" s="32" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O81" s="31" t="n">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P81" s="31" t="n">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q81" s="31" t="n">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="R81" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S81" s="31" t="n">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="T81" s="31" t="n">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U81" s="31" t="n">
-        <x:v>29</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="V81" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W81" s="32" t="n">
-        <x:v>19</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:23">
       <x:c r="A82" s="25" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C82" s="36" t="s"/>
       <x:c r="D82" s="31" t="n">
-        <x:v>250</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E82" s="31" t="n">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F82" s="31" t="n">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G82" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H82" s="32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I82" s="33" t="n">
-        <x:v>0.8064516</x:v>
+        <x:v>0.7874016</x:v>
       </x:c>
       <x:c r="J82" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="K82" s="33" t="n">
-        <x:v>5.932203</x:v>
+        <x:v>5.349794</x:v>
       </x:c>
       <x:c r="L82" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M82" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N82" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O82" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="P82" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="Q82" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R82" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S82" s="31" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="T82" s="31" t="n">
         <x:v>3</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2</x:v>
       </x:c>
       <x:c r="U82" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="V82" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W82" s="32" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:23">
       <x:c r="A83" s="25" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B83" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C83" s="36" t="s"/>
       <x:c r="D83" s="31" t="n">
-        <x:v>694</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E83" s="31" t="n">
-        <x:v>390</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F83" s="31" t="n">
-        <x:v>304</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G83" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H83" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="33" t="n">
-        <x:v>0.4341534</x:v>
+        <x:v>2.404526</x:v>
       </x:c>
       <x:c r="J83" s="32" t="n">
-        <x:v>45</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K83" s="33" t="n">
-        <x:v>6.933744</x:v>
+        <x:v>11.04294</x:v>
       </x:c>
       <x:c r="L83" s="31" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M83" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N83" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O83" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="P83" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="Q83" s="31" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="R83" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S83" s="31" t="n">
-        <x:v>30</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="T83" s="31" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="U83" s="31" t="n">
-        <x:v>21</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="V83" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W83" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:23">
       <x:c r="A84" s="25" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C84" s="36" t="s"/>
       <x:c r="D84" s="31" t="n">
-        <x:v>1530</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="E84" s="31" t="n">
-        <x:v>810</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="F84" s="31" t="n">
-        <x:v>720</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="G84" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H84" s="32" t="n">
-        <x:v>18</x:v>
+        <x:v>-14</x:v>
       </x:c>
       <x:c r="I84" s="33" t="n">
-        <x:v>1.190476</x:v>
+        <x:v>-0.9102731</x:v>
       </x:c>
       <x:c r="J84" s="32" t="n">
-        <x:v>90</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K84" s="33" t="n">
-        <x:v>6.25</x:v>
+        <x:v>3.042596</x:v>
       </x:c>
       <x:c r="L84" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="M84" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N84" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="O84" s="31" t="n">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="P84" s="31" t="n">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="Q84" s="31" t="n">
-        <x:v>19</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="R84" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S84" s="31" t="n">
-        <x:v>19</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="T84" s="31" t="n">
-        <x:v>12</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="U84" s="31" t="n">
-        <x:v>7</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="V84" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W84" s="32" t="n">
-        <x:v>17</x:v>
+        <x:v>-14</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:23">
       <x:c r="A85" s="25" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B85" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C85" s="36" t="s"/>
       <x:c r="D85" s="31" t="n">
-        <x:v>1125</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="E85" s="31" t="n">
-        <x:v>518</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F85" s="31" t="n">
-        <x:v>607</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="G85" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H85" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I85" s="33" t="n">
-        <x:v>1.260126</x:v>
+        <x:v>1.581722</x:v>
       </x:c>
       <x:c r="J85" s="32" t="n">
-        <x:v>213</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K85" s="33" t="n">
-        <x:v>23.35526</x:v>
+        <x:v>17.47968</x:v>
       </x:c>
       <x:c r="L85" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M85" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N85" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O85" s="31" t="n">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P85" s="31" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Q85" s="31" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="R85" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S85" s="31" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="T85" s="31" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="U85" s="31" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="V85" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W85" s="32" t="n">
         <x:v>18</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:23">
       <x:c r="A86" s="25" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C86" s="36" t="s"/>
       <x:c r="D86" s="31" t="n">
-        <x:v>1125</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="E86" s="31" t="n">
-        <x:v>518</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F86" s="31" t="n">
-        <x:v>607</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="G86" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H86" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="I86" s="33" t="n">
-        <x:v>1.260126</x:v>
+        <x:v>1.581722</x:v>
       </x:c>
       <x:c r="J86" s="32" t="n">
-        <x:v>213</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K86" s="33" t="n">
-        <x:v>23.35526</x:v>
+        <x:v>17.47968</x:v>
       </x:c>
       <x:c r="L86" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M86" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N86" s="32" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O86" s="31" t="n">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P86" s="31" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="Q86" s="31" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="R86" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S86" s="31" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="T86" s="31" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="U86" s="31" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="V86" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W86" s="32" t="n">
         <x:v>18</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:23">
       <x:c r="A87" s="25" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B87" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C87" s="36" t="s"/>
       <x:c r="D87" s="31" t="n">
-        <x:v>639</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E87" s="31" t="n">
-        <x:v>330</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F87" s="31" t="n">
-        <x:v>309</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G87" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H87" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I87" s="33" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.709428</x:v>
       </x:c>
       <x:c r="J87" s="32" t="n">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K87" s="33" t="n">
-        <x:v>9.044369</x:v>
+        <x:v>12.20736</x:v>
       </x:c>
       <x:c r="L87" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M87" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N87" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O87" s="31" t="n">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="Q87" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="R87" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S87" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="T87" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="U87" s="31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="V87" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W87" s="32" t="n">
-        <x:v>13</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:23">
       <x:c r="A88" s="25" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C88" s="36" t="s"/>
       <x:c r="D88" s="31" t="n">
-        <x:v>639</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E88" s="31" t="n">
-        <x:v>330</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F88" s="31" t="n">
-        <x:v>309</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G88" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H88" s="32" t="n">
-        <x:v>14</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I88" s="33" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.709428</x:v>
       </x:c>
       <x:c r="J88" s="32" t="n">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K88" s="33" t="n">
-        <x:v>9.044369</x:v>
+        <x:v>12.20736</x:v>
       </x:c>
       <x:c r="L88" s="31" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M88" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N88" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="O88" s="31" t="n">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P88" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="Q88" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="R88" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S88" s="31" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="T88" s="31" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="U88" s="31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="V88" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W88" s="32" t="n">
-        <x:v>13</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:23">
       <x:c r="A89" s="25" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B89" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C89" s="36" t="s"/>
       <x:c r="D89" s="31" t="n">
-        <x:v>1675</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="E89" s="31" t="n">
-        <x:v>950</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="F89" s="31" t="n">
-        <x:v>725</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="G89" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H89" s="32" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="I89" s="33" t="n">
+        <x:v>0.884434</x:v>
+      </x:c>
+      <x:c r="J89" s="32" t="n">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="K89" s="33" t="n">
+        <x:v>11.9032</x:v>
+      </x:c>
+      <x:c r="L89" s="31" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I89" s="33" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="M89" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N89" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O89" s="31" t="n">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P89" s="31" t="n">
-        <x:v>15</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="Q89" s="31" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="R89" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S89" s="31" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="T89" s="31" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="R89" s="31" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U89" s="31" t="n">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="V89" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W89" s="32" t="n">
-        <x:v>1</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:23">
       <x:c r="A90" s="25" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C90" s="36" t="s"/>
       <x:c r="D90" s="31" t="n">
-        <x:v>923</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E90" s="31" t="n">
-        <x:v>523</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F90" s="31" t="n">
         <x:v>400</x:v>
       </x:c>
       <x:c r="G90" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H90" s="32" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="I90" s="33" t="n">
+        <x:v>0.2157497</x:v>
+      </x:c>
+      <x:c r="J90" s="32" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="K90" s="33" t="n">
+        <x:v>9.422851</x:v>
+      </x:c>
+      <x:c r="L90" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M90" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N90" s="32" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O90" s="31" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="P90" s="31" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="Q90" s="31" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="I90" s="33" t="n">
-[...17 lines deleted...]
-      <x:c r="O90" s="31" t="n">
+      <x:c r="R90" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S90" s="31" t="n">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="P90" s="31" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="T90" s="31" t="n">
-        <x:v>7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="U90" s="31" t="n">
-        <x:v>4</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="V90" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W90" s="32" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:23">
       <x:c r="A91" s="34" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B91" s="19" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C91" s="36" t="s"/>
       <x:c r="D91" s="31" t="n">
-        <x:v>752</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E91" s="31" t="n">
-        <x:v>427</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F91" s="31" t="n">
-        <x:v>325</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G91" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H91" s="32" t="n">
-        <x:v>-2</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="I91" s="33" t="n">
-        <x:v>-0.265252</x:v>
+        <x:v>1.690507</x:v>
       </x:c>
       <x:c r="J91" s="32" t="n">
-        <x:v>118</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K91" s="33" t="n">
-        <x:v>18.61199</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L91" s="31" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M91" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N91" s="32" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="O91" s="31" t="n">
-        <x:v>14</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="P91" s="31" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="Q91" s="31" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="R91" s="31" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S91" s="31" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="T91" s="31" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="U91" s="31" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="Q91" s="31" t="n">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="V91" s="31" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="W91" s="32" t="n">
-        <x:v>-2</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:23">
       <x:c r="B92" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:23">
       <x:c r="B93" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>