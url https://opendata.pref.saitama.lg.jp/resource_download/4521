--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -4,71 +4,71 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\110 HP時系列\R7\01 各月\R709\（参考）住民基本台帳に基づく人口（総人口・日本人人口・外国人人口）\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\110 HP時系列\R7\01 各月\R711\（参考）住民基本台帳に基づく人口（総人口・日本人人口・外国人人口）\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2B81E08E-5906-488F-BA02-1D851DC74E64}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C221F21-FA93-4D66-821E-CE2AA0489375}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="総人口(2024.2.1～)" sheetId="2" r:id="rId1"/>
     <sheet name="日本人人口(2024.2.1～)" sheetId="3" r:id="rId2"/>
     <sheet name="外国人人口(2024.2.1～)" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'総人口(2024.2.1～)'!$B:$E</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="579" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="585" uniqueCount="198">
   <si>
     <t>住民基本台帳に基づく人口（総人口）</t>
   </si>
   <si>
     <t>Population Estimates of Saitama Prefecture</t>
   </si>
   <si>
     <t>市町村</t>
   </si>
   <si>
     <t>Cities,
 Towns and Villages</t>
   </si>
   <si>
     <t>総　計</t>
   </si>
   <si>
     <t>市　計</t>
   </si>
   <si>
     <t>郡　計</t>
   </si>
   <si>
     <t>さいたま市</t>
   </si>
@@ -615,50 +615,56 @@
     <t>令和7年1月1日</t>
   </si>
   <si>
     <t>令和7年2月1日</t>
   </si>
   <si>
     <t>令和7年3月1日</t>
   </si>
   <si>
     <t>令和7年4月1日</t>
   </si>
   <si>
     <t>令和7年5月1日</t>
   </si>
   <si>
     <t>令和7年6月1日</t>
   </si>
   <si>
     <t>令和7年7月1日</t>
   </si>
   <si>
     <t>令和7年8月1日</t>
   </si>
   <si>
     <t>令和7年9月1日</t>
+  </si>
+  <si>
+    <t>令和7年10月1日</t>
+  </si>
+  <si>
+    <t>令和7年11月1日</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
@@ -1453,58 +1459,58 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CI27"/>
+  <dimension ref="A1:CI29"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="7" topLeftCell="D23" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="3" ySplit="7" topLeftCell="D26" activePane="bottomRight" state="frozenSplit"/>
       <selection activeCell="G11" sqref="G11"/>
       <selection pane="topRight" activeCell="G11" sqref="G11"/>
       <selection pane="bottomLeft" activeCell="G11" sqref="G11"/>
-      <selection pane="bottomRight" activeCell="F36" sqref="F36"/>
+      <selection pane="bottomRight" activeCell="D31" sqref="D31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.81640625" style="1" customWidth="1"/>
     <col min="2" max="3" width="18.81640625" style="1" customWidth="1"/>
     <col min="4" max="7" width="12.1796875" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.453125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="10.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:87" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -7400,334 +7406,856 @@
       <c r="CB26" s="28">
         <v>30435</v>
       </c>
       <c r="CC26" s="29">
         <v>31439</v>
       </c>
       <c r="CD26" s="28">
         <v>31439</v>
       </c>
       <c r="CE26" s="29">
         <v>33355</v>
       </c>
       <c r="CF26" s="28">
         <v>33355</v>
       </c>
       <c r="CG26" s="29">
         <v>70998</v>
       </c>
       <c r="CH26" s="29">
         <v>43309</v>
       </c>
       <c r="CI26" s="39">
         <v>27689</v>
       </c>
     </row>
-    <row r="27" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B27" s="19" t="s">
+    <row r="27" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A27" s="2"/>
+      <c r="B27" s="30" t="s">
         <v>195</v>
       </c>
-      <c r="C27" s="38">
+      <c r="C27" s="23">
         <v>45901</v>
       </c>
-      <c r="D27" s="31">
+      <c r="D27" s="28">
         <v>7370947</v>
       </c>
-      <c r="E27" s="33">
+      <c r="E27" s="28">
         <v>6899221</v>
       </c>
-      <c r="F27" s="33">
+      <c r="F27" s="28">
         <v>471726</v>
       </c>
-      <c r="G27" s="35">
+      <c r="G27" s="29">
         <v>1354457</v>
       </c>
-      <c r="H27" s="34">
+      <c r="H27" s="29">
         <v>95818</v>
       </c>
-      <c r="I27" s="32">
+      <c r="I27" s="29">
         <v>151831</v>
       </c>
-      <c r="J27" s="32">
+      <c r="J27" s="29">
         <v>127688</v>
       </c>
-      <c r="K27" s="32">
+      <c r="K27" s="29">
         <v>165703</v>
       </c>
-      <c r="L27" s="32">
+      <c r="L27" s="29">
         <v>103327</v>
       </c>
-      <c r="M27" s="32">
+      <c r="M27" s="29">
         <v>96236</v>
       </c>
-      <c r="N27" s="32">
+      <c r="N27" s="29">
         <v>170228</v>
       </c>
-      <c r="O27" s="32">
+      <c r="O27" s="29">
         <v>196045</v>
       </c>
-      <c r="P27" s="32">
+      <c r="P27" s="29">
         <v>135731</v>
       </c>
-      <c r="Q27" s="36">
+      <c r="Q27" s="28">
         <v>111850</v>
       </c>
-      <c r="R27" s="35">
+      <c r="R27" s="29">
         <v>352797</v>
       </c>
-      <c r="S27" s="32">
+      <c r="S27" s="29">
         <v>190228</v>
       </c>
-      <c r="T27" s="32">
+      <c r="T27" s="29">
         <v>608320</v>
       </c>
-      <c r="U27" s="32">
+      <c r="U27" s="29">
         <v>77447</v>
       </c>
-      <c r="V27" s="32">
+      <c r="V27" s="29">
         <v>56534</v>
       </c>
-      <c r="W27" s="32">
+      <c r="W27" s="29">
         <v>342682</v>
       </c>
-      <c r="X27" s="32">
+      <c r="X27" s="29">
         <v>77670</v>
       </c>
-      <c r="Y27" s="32">
+      <c r="Y27" s="29">
         <v>111871</v>
       </c>
-      <c r="Z27" s="32">
+      <c r="Z27" s="29">
         <v>76257</v>
       </c>
-      <c r="AA27" s="32">
+      <c r="AA27" s="29">
         <v>91285</v>
       </c>
-      <c r="AB27" s="32">
+      <c r="AB27" s="29">
         <v>228924</v>
       </c>
-      <c r="AC27" s="32">
+      <c r="AC27" s="29">
         <v>147436</v>
       </c>
-      <c r="AD27" s="32">
+      <c r="AD27" s="29">
         <v>53535</v>
       </c>
-      <c r="AE27" s="32">
+      <c r="AE27" s="29">
         <v>117673</v>
       </c>
-      <c r="AF27" s="32">
+      <c r="AF27" s="29">
         <v>140391</v>
       </c>
-      <c r="AG27" s="32">
+      <c r="AG27" s="29">
         <v>230588</v>
       </c>
-      <c r="AH27" s="32">
+      <c r="AH27" s="29">
         <v>252357</v>
       </c>
-      <c r="AI27" s="32">
+      <c r="AI27" s="29">
         <v>341808</v>
       </c>
-      <c r="AJ27" s="32">
+      <c r="AJ27" s="29">
         <v>77124</v>
       </c>
-      <c r="AK27" s="32">
+      <c r="AK27" s="29">
         <v>142515</v>
       </c>
-      <c r="AL27" s="32">
+      <c r="AL27" s="29">
         <v>142584</v>
       </c>
-      <c r="AM27" s="32">
+      <c r="AM27" s="29">
         <v>146446</v>
       </c>
-      <c r="AN27" s="32">
+      <c r="AN27" s="29">
         <v>76224</v>
       </c>
-      <c r="AO27" s="32">
+      <c r="AO27" s="29">
         <v>85090</v>
       </c>
-      <c r="AP27" s="32">
+      <c r="AP27" s="29">
         <v>166450</v>
       </c>
-      <c r="AQ27" s="32">
+      <c r="AQ27" s="29">
         <v>74084</v>
       </c>
-      <c r="AR27" s="32">
+      <c r="AR27" s="29">
         <v>150835</v>
       </c>
-      <c r="AS27" s="32">
+      <c r="AS27" s="29">
         <v>64999</v>
       </c>
-      <c r="AT27" s="32">
+      <c r="AT27" s="29">
         <v>93857</v>
       </c>
-      <c r="AU27" s="32">
+      <c r="AU27" s="29">
         <v>113519</v>
       </c>
-      <c r="AV27" s="32">
+      <c r="AV27" s="29">
         <v>141925</v>
       </c>
-      <c r="AW27" s="32">
+      <c r="AW27" s="29">
         <v>60934</v>
       </c>
-      <c r="AX27" s="32">
+      <c r="AX27" s="29">
         <v>99532</v>
       </c>
-      <c r="AY27" s="32">
+      <c r="AY27" s="29">
         <v>48503</v>
       </c>
-      <c r="AZ27" s="32">
+      <c r="AZ27" s="29">
         <v>69618</v>
       </c>
-      <c r="BA27" s="32">
+      <c r="BA27" s="29">
         <v>53852</v>
       </c>
-      <c r="BB27" s="32">
+      <c r="BB27" s="29">
         <v>72259</v>
       </c>
-      <c r="BC27" s="32">
+      <c r="BC27" s="29">
         <v>114333</v>
       </c>
-      <c r="BD27" s="31">
+      <c r="BD27" s="28">
         <v>52278</v>
       </c>
-      <c r="BE27" s="32">
+      <c r="BE27" s="29">
         <v>44911</v>
       </c>
-      <c r="BF27" s="31">
+      <c r="BF27" s="28">
         <v>44911</v>
       </c>
-      <c r="BG27" s="32">
+      <c r="BG27" s="29">
         <v>79788</v>
       </c>
-      <c r="BH27" s="32">
+      <c r="BH27" s="29">
         <v>37447</v>
       </c>
-      <c r="BI27" s="32">
+      <c r="BI27" s="29">
         <v>31747</v>
       </c>
-      <c r="BJ27" s="31">
+      <c r="BJ27" s="28">
         <v>10594</v>
       </c>
-      <c r="BK27" s="32">
+      <c r="BK27" s="29">
         <v>122820</v>
       </c>
-      <c r="BL27" s="32">
+      <c r="BL27" s="29">
         <v>19709</v>
       </c>
-      <c r="BM27" s="32">
+      <c r="BM27" s="29">
         <v>17284</v>
       </c>
-      <c r="BN27" s="32">
+      <c r="BN27" s="29">
         <v>27107</v>
       </c>
-      <c r="BO27" s="32">
+      <c r="BO27" s="29">
         <v>18548</v>
       </c>
-      <c r="BP27" s="32">
+      <c r="BP27" s="29">
         <v>17410</v>
       </c>
-      <c r="BQ27" s="32">
+      <c r="BQ27" s="29">
         <v>12610</v>
       </c>
-      <c r="BR27" s="31">
+      <c r="BR27" s="28">
         <v>10152</v>
       </c>
-      <c r="BS27" s="32">
+      <c r="BS27" s="29">
         <v>34786</v>
       </c>
-      <c r="BT27" s="32">
+      <c r="BT27" s="29">
         <v>7502</v>
       </c>
-      <c r="BU27" s="32">
+      <c r="BU27" s="29">
         <v>8775</v>
       </c>
-      <c r="BV27" s="32">
+      <c r="BV27" s="29">
         <v>6274</v>
       </c>
-      <c r="BW27" s="32">
+      <c r="BW27" s="29">
         <v>9885</v>
       </c>
-      <c r="BX27" s="31">
+      <c r="BX27" s="28">
         <v>2350</v>
       </c>
-      <c r="BY27" s="32">
+      <c r="BY27" s="29">
         <v>53713</v>
       </c>
-      <c r="BZ27" s="32">
+      <c r="BZ27" s="29">
         <v>10611</v>
       </c>
-      <c r="CA27" s="32">
+      <c r="CA27" s="29">
         <v>12656</v>
       </c>
-      <c r="CB27" s="31">
+      <c r="CB27" s="28">
         <v>30446</v>
       </c>
-      <c r="CC27" s="32">
+      <c r="CC27" s="29">
         <v>31422</v>
       </c>
-      <c r="CD27" s="31">
+      <c r="CD27" s="28">
         <v>31422</v>
       </c>
-      <c r="CE27" s="32">
+      <c r="CE27" s="29">
         <v>33328</v>
       </c>
-      <c r="CF27" s="31">
+      <c r="CF27" s="28">
         <v>33328</v>
       </c>
-      <c r="CG27" s="32">
+      <c r="CG27" s="29">
         <v>70958</v>
       </c>
-      <c r="CH27" s="32">
+      <c r="CH27" s="29">
         <v>43299</v>
       </c>
-      <c r="CI27" s="36">
+      <c r="CI27" s="39">
         <v>27659</v>
+      </c>
+    </row>
+    <row r="28" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A28" s="2"/>
+      <c r="B28" s="30" t="s">
+        <v>196</v>
+      </c>
+      <c r="C28" s="23">
+        <v>45931</v>
+      </c>
+      <c r="D28" s="28">
+        <v>7370477</v>
+      </c>
+      <c r="E28" s="28">
+        <v>6899134</v>
+      </c>
+      <c r="F28" s="28">
+        <v>471343</v>
+      </c>
+      <c r="G28" s="29">
+        <v>1355010</v>
+      </c>
+      <c r="H28" s="29">
+        <v>95882</v>
+      </c>
+      <c r="I28" s="29">
+        <v>151693</v>
+      </c>
+      <c r="J28" s="29">
+        <v>127641</v>
+      </c>
+      <c r="K28" s="29">
+        <v>165770</v>
+      </c>
+      <c r="L28" s="29">
+        <v>103370</v>
+      </c>
+      <c r="M28" s="29">
+        <v>96367</v>
+      </c>
+      <c r="N28" s="29">
+        <v>170385</v>
+      </c>
+      <c r="O28" s="29">
+        <v>196112</v>
+      </c>
+      <c r="P28" s="29">
+        <v>135866</v>
+      </c>
+      <c r="Q28" s="28">
+        <v>111924</v>
+      </c>
+      <c r="R28" s="29">
+        <v>352670</v>
+      </c>
+      <c r="S28" s="29">
+        <v>190244</v>
+      </c>
+      <c r="T28" s="29">
+        <v>608360</v>
+      </c>
+      <c r="U28" s="29">
+        <v>77425</v>
+      </c>
+      <c r="V28" s="29">
+        <v>56475</v>
+      </c>
+      <c r="W28" s="29">
+        <v>342615</v>
+      </c>
+      <c r="X28" s="29">
+        <v>77559</v>
+      </c>
+      <c r="Y28" s="29">
+        <v>111811</v>
+      </c>
+      <c r="Z28" s="29">
+        <v>76231</v>
+      </c>
+      <c r="AA28" s="29">
+        <v>91262</v>
+      </c>
+      <c r="AB28" s="29">
+        <v>228928</v>
+      </c>
+      <c r="AC28" s="29">
+        <v>147420</v>
+      </c>
+      <c r="AD28" s="29">
+        <v>53561</v>
+      </c>
+      <c r="AE28" s="29">
+        <v>117678</v>
+      </c>
+      <c r="AF28" s="29">
+        <v>140350</v>
+      </c>
+      <c r="AG28" s="29">
+        <v>230618</v>
+      </c>
+      <c r="AH28" s="29">
+        <v>252434</v>
+      </c>
+      <c r="AI28" s="29">
+        <v>341656</v>
+      </c>
+      <c r="AJ28" s="29">
+        <v>77183</v>
+      </c>
+      <c r="AK28" s="29">
+        <v>142537</v>
+      </c>
+      <c r="AL28" s="29">
+        <v>142456</v>
+      </c>
+      <c r="AM28" s="29">
+        <v>146479</v>
+      </c>
+      <c r="AN28" s="29">
+        <v>76189</v>
+      </c>
+      <c r="AO28" s="29">
+        <v>85013</v>
+      </c>
+      <c r="AP28" s="29">
+        <v>166369</v>
+      </c>
+      <c r="AQ28" s="29">
+        <v>74084</v>
+      </c>
+      <c r="AR28" s="29">
+        <v>150776</v>
+      </c>
+      <c r="AS28" s="29">
+        <v>65057</v>
+      </c>
+      <c r="AT28" s="29">
+        <v>93779</v>
+      </c>
+      <c r="AU28" s="29">
+        <v>113615</v>
+      </c>
+      <c r="AV28" s="29">
+        <v>141969</v>
+      </c>
+      <c r="AW28" s="29">
+        <v>60938</v>
+      </c>
+      <c r="AX28" s="29">
+        <v>99505</v>
+      </c>
+      <c r="AY28" s="29">
+        <v>48498</v>
+      </c>
+      <c r="AZ28" s="29">
+        <v>69677</v>
+      </c>
+      <c r="BA28" s="29">
+        <v>53830</v>
+      </c>
+      <c r="BB28" s="29">
+        <v>72206</v>
+      </c>
+      <c r="BC28" s="29">
+        <v>114396</v>
+      </c>
+      <c r="BD28" s="28">
+        <v>52271</v>
+      </c>
+      <c r="BE28" s="29">
+        <v>44877</v>
+      </c>
+      <c r="BF28" s="28">
+        <v>44877</v>
+      </c>
+      <c r="BG28" s="29">
+        <v>79768</v>
+      </c>
+      <c r="BH28" s="29">
+        <v>37416</v>
+      </c>
+      <c r="BI28" s="29">
+        <v>31760</v>
+      </c>
+      <c r="BJ28" s="28">
+        <v>10592</v>
+      </c>
+      <c r="BK28" s="29">
+        <v>122710</v>
+      </c>
+      <c r="BL28" s="29">
+        <v>19721</v>
+      </c>
+      <c r="BM28" s="29">
+        <v>17285</v>
+      </c>
+      <c r="BN28" s="29">
+        <v>27066</v>
+      </c>
+      <c r="BO28" s="29">
+        <v>18529</v>
+      </c>
+      <c r="BP28" s="29">
+        <v>17369</v>
+      </c>
+      <c r="BQ28" s="29">
+        <v>12587</v>
+      </c>
+      <c r="BR28" s="28">
+        <v>10153</v>
+      </c>
+      <c r="BS28" s="29">
+        <v>34723</v>
+      </c>
+      <c r="BT28" s="29">
+        <v>7496</v>
+      </c>
+      <c r="BU28" s="29">
+        <v>8757</v>
+      </c>
+      <c r="BV28" s="29">
+        <v>6259</v>
+      </c>
+      <c r="BW28" s="29">
+        <v>9866</v>
+      </c>
+      <c r="BX28" s="28">
+        <v>2345</v>
+      </c>
+      <c r="BY28" s="29">
+        <v>53662</v>
+      </c>
+      <c r="BZ28" s="29">
+        <v>10590</v>
+      </c>
+      <c r="CA28" s="29">
+        <v>12635</v>
+      </c>
+      <c r="CB28" s="28">
+        <v>30437</v>
+      </c>
+      <c r="CC28" s="29">
+        <v>31429</v>
+      </c>
+      <c r="CD28" s="28">
+        <v>31429</v>
+      </c>
+      <c r="CE28" s="29">
+        <v>33313</v>
+      </c>
+      <c r="CF28" s="28">
+        <v>33313</v>
+      </c>
+      <c r="CG28" s="29">
+        <v>70861</v>
+      </c>
+      <c r="CH28" s="29">
+        <v>43225</v>
+      </c>
+      <c r="CI28" s="39">
+        <v>27636</v>
+      </c>
+    </row>
+    <row r="29" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="19" t="s">
+        <v>197</v>
+      </c>
+      <c r="C29" s="38">
+        <v>45962</v>
+      </c>
+      <c r="D29" s="31">
+        <v>7372064</v>
+      </c>
+      <c r="E29" s="33">
+        <v>6901000</v>
+      </c>
+      <c r="F29" s="33">
+        <v>471064</v>
+      </c>
+      <c r="G29" s="35">
+        <v>1355706</v>
+      </c>
+      <c r="H29" s="34">
+        <v>95927</v>
+      </c>
+      <c r="I29" s="32">
+        <v>151903</v>
+      </c>
+      <c r="J29" s="32">
+        <v>127642</v>
+      </c>
+      <c r="K29" s="32">
+        <v>165860</v>
+      </c>
+      <c r="L29" s="32">
+        <v>103457</v>
+      </c>
+      <c r="M29" s="32">
+        <v>96329</v>
+      </c>
+      <c r="N29" s="32">
+        <v>170432</v>
+      </c>
+      <c r="O29" s="32">
+        <v>196187</v>
+      </c>
+      <c r="P29" s="32">
+        <v>136001</v>
+      </c>
+      <c r="Q29" s="36">
+        <v>111968</v>
+      </c>
+      <c r="R29" s="35">
+        <v>352729</v>
+      </c>
+      <c r="S29" s="32">
+        <v>190216</v>
+      </c>
+      <c r="T29" s="32">
+        <v>608853</v>
+      </c>
+      <c r="U29" s="32">
+        <v>77472</v>
+      </c>
+      <c r="V29" s="32">
+        <v>56413</v>
+      </c>
+      <c r="W29" s="32">
+        <v>342615</v>
+      </c>
+      <c r="X29" s="32">
+        <v>77481</v>
+      </c>
+      <c r="Y29" s="32">
+        <v>111892</v>
+      </c>
+      <c r="Z29" s="32">
+        <v>76218</v>
+      </c>
+      <c r="AA29" s="32">
+        <v>91212</v>
+      </c>
+      <c r="AB29" s="32">
+        <v>228941</v>
+      </c>
+      <c r="AC29" s="32">
+        <v>147467</v>
+      </c>
+      <c r="AD29" s="32">
+        <v>53592</v>
+      </c>
+      <c r="AE29" s="32">
+        <v>117675</v>
+      </c>
+      <c r="AF29" s="32">
+        <v>140324</v>
+      </c>
+      <c r="AG29" s="32">
+        <v>230608</v>
+      </c>
+      <c r="AH29" s="32">
+        <v>252519</v>
+      </c>
+      <c r="AI29" s="32">
+        <v>341715</v>
+      </c>
+      <c r="AJ29" s="32">
+        <v>77218</v>
+      </c>
+      <c r="AK29" s="32">
+        <v>142715</v>
+      </c>
+      <c r="AL29" s="32">
+        <v>142461</v>
+      </c>
+      <c r="AM29" s="32">
+        <v>146506</v>
+      </c>
+      <c r="AN29" s="32">
+        <v>76198</v>
+      </c>
+      <c r="AO29" s="32">
+        <v>84958</v>
+      </c>
+      <c r="AP29" s="32">
+        <v>166383</v>
+      </c>
+      <c r="AQ29" s="32">
+        <v>74103</v>
+      </c>
+      <c r="AR29" s="32">
+        <v>150843</v>
+      </c>
+      <c r="AS29" s="32">
+        <v>65085</v>
+      </c>
+      <c r="AT29" s="32">
+        <v>93790</v>
+      </c>
+      <c r="AU29" s="32">
+        <v>113721</v>
+      </c>
+      <c r="AV29" s="32">
+        <v>141935</v>
+      </c>
+      <c r="AW29" s="32">
+        <v>60946</v>
+      </c>
+      <c r="AX29" s="32">
+        <v>99451</v>
+      </c>
+      <c r="AY29" s="32">
+        <v>48532</v>
+      </c>
+      <c r="AZ29" s="32">
+        <v>69665</v>
+      </c>
+      <c r="BA29" s="32">
+        <v>53813</v>
+      </c>
+      <c r="BB29" s="32">
+        <v>72200</v>
+      </c>
+      <c r="BC29" s="32">
+        <v>114568</v>
+      </c>
+      <c r="BD29" s="31">
+        <v>52261</v>
+      </c>
+      <c r="BE29" s="32">
+        <v>44858</v>
+      </c>
+      <c r="BF29" s="31">
+        <v>44858</v>
+      </c>
+      <c r="BG29" s="32">
+        <v>79663</v>
+      </c>
+      <c r="BH29" s="32">
+        <v>37378</v>
+      </c>
+      <c r="BI29" s="32">
+        <v>31721</v>
+      </c>
+      <c r="BJ29" s="31">
+        <v>10564</v>
+      </c>
+      <c r="BK29" s="32">
+        <v>122619</v>
+      </c>
+      <c r="BL29" s="32">
+        <v>19739</v>
+      </c>
+      <c r="BM29" s="32">
+        <v>17270</v>
+      </c>
+      <c r="BN29" s="32">
+        <v>27042</v>
+      </c>
+      <c r="BO29" s="32">
+        <v>18511</v>
+      </c>
+      <c r="BP29" s="32">
+        <v>17369</v>
+      </c>
+      <c r="BQ29" s="32">
+        <v>12549</v>
+      </c>
+      <c r="BR29" s="31">
+        <v>10139</v>
+      </c>
+      <c r="BS29" s="32">
+        <v>34680</v>
+      </c>
+      <c r="BT29" s="32">
+        <v>7516</v>
+      </c>
+      <c r="BU29" s="32">
+        <v>8724</v>
+      </c>
+      <c r="BV29" s="32">
+        <v>6242</v>
+      </c>
+      <c r="BW29" s="32">
+        <v>9856</v>
+      </c>
+      <c r="BX29" s="31">
+        <v>2342</v>
+      </c>
+      <c r="BY29" s="32">
+        <v>53636</v>
+      </c>
+      <c r="BZ29" s="32">
+        <v>10592</v>
+      </c>
+      <c r="CA29" s="32">
+        <v>12626</v>
+      </c>
+      <c r="CB29" s="31">
+        <v>30418</v>
+      </c>
+      <c r="CC29" s="32">
+        <v>31436</v>
+      </c>
+      <c r="CD29" s="31">
+        <v>31436</v>
+      </c>
+      <c r="CE29" s="32">
+        <v>33292</v>
+      </c>
+      <c r="CF29" s="31">
+        <v>33292</v>
+      </c>
+      <c r="CG29" s="32">
+        <v>70880</v>
+      </c>
+      <c r="CH29" s="32">
+        <v>43206</v>
+      </c>
+      <c r="CI29" s="36">
+        <v>27674</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:E3"/>
   </mergeCells>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.55118110236220474" right="0.35433070866141736" top="0.74803149606299213" bottom="0.51181102362204722" header="0.51181102362204722" footer="0.74803149606299213"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CI27"/>
+  <dimension ref="A1:CI29"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="3" ySplit="7" topLeftCell="BX23" activePane="bottomRight" state="frozenSplit"/>
       <selection activeCell="G11" sqref="G11"/>
       <selection pane="topRight" activeCell="G11" sqref="G11"/>
       <selection pane="bottomLeft" activeCell="G11" sqref="G11"/>
-      <selection pane="bottomRight" activeCell="BX29" sqref="BX29"/>
+      <selection pane="bottomRight" activeCell="A29" sqref="A29:XFD29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.81640625" style="1" customWidth="1"/>
     <col min="2" max="3" width="18.81640625" style="1" customWidth="1"/>
     <col min="4" max="7" width="12.1796875" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.453125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="10.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:87" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -13623,333 +14151,855 @@
       <c r="CB26" s="28">
         <v>28940</v>
       </c>
       <c r="CC26" s="29">
         <v>30347</v>
       </c>
       <c r="CD26" s="28">
         <v>30347</v>
       </c>
       <c r="CE26" s="29">
         <v>32727</v>
       </c>
       <c r="CF26" s="28">
         <v>32727</v>
       </c>
       <c r="CG26" s="29">
         <v>69345</v>
       </c>
       <c r="CH26" s="29">
         <v>42409</v>
       </c>
       <c r="CI26" s="28">
         <v>26936</v>
       </c>
     </row>
-    <row r="27" spans="1:87" ht="14.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B27" s="19" t="s">
+    <row r="27" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A27" s="2"/>
+      <c r="B27" s="30" t="s">
         <v>195</v>
       </c>
-      <c r="C27" s="38">
+      <c r="C27" s="23">
         <v>45901</v>
       </c>
-      <c r="D27" s="20">
+      <c r="D27" s="28">
         <v>7094615</v>
       </c>
-      <c r="E27" s="20">
+      <c r="E27" s="28">
         <v>6635606</v>
       </c>
-      <c r="F27" s="20">
+      <c r="F27" s="28">
         <v>459009</v>
       </c>
-      <c r="G27" s="21">
+      <c r="G27" s="29">
         <v>1317724</v>
       </c>
-      <c r="H27" s="21">
+      <c r="H27" s="29">
         <v>94087</v>
       </c>
-      <c r="I27" s="21">
+      <c r="I27" s="29">
         <v>148615</v>
       </c>
-      <c r="J27" s="21">
+      <c r="J27" s="29">
         <v>123825</v>
       </c>
-      <c r="K27" s="21">
+      <c r="K27" s="29">
         <v>161581</v>
       </c>
-      <c r="L27" s="21">
+      <c r="L27" s="29">
         <v>100915</v>
       </c>
-      <c r="M27" s="21">
+      <c r="M27" s="29">
         <v>92374</v>
       </c>
-      <c r="N27" s="21">
+      <c r="N27" s="29">
         <v>165923</v>
       </c>
-      <c r="O27" s="21">
+      <c r="O27" s="29">
         <v>188862</v>
       </c>
-      <c r="P27" s="21">
+      <c r="P27" s="29">
         <v>133082</v>
       </c>
-      <c r="Q27" s="20">
+      <c r="Q27" s="28">
         <v>108460</v>
       </c>
-      <c r="R27" s="21">
+      <c r="R27" s="29">
         <v>340706</v>
       </c>
-      <c r="S27" s="21">
+      <c r="S27" s="29">
         <v>184383</v>
       </c>
-      <c r="T27" s="21">
+      <c r="T27" s="29">
         <v>556528</v>
       </c>
-      <c r="U27" s="21">
+      <c r="U27" s="29">
         <v>74944</v>
       </c>
-      <c r="V27" s="21">
+      <c r="V27" s="29">
         <v>55712</v>
       </c>
-      <c r="W27" s="21">
+      <c r="W27" s="29">
         <v>334092</v>
       </c>
-      <c r="X27" s="21">
+      <c r="X27" s="29">
         <v>76058</v>
       </c>
-      <c r="Y27" s="21">
+      <c r="Y27" s="29">
         <v>107732</v>
       </c>
-      <c r="Z27" s="21">
+      <c r="Z27" s="29">
         <v>72823</v>
       </c>
-      <c r="AA27" s="21">
+      <c r="AA27" s="29">
         <v>86905</v>
       </c>
-      <c r="AB27" s="21">
+      <c r="AB27" s="29">
         <v>221890</v>
       </c>
-      <c r="AC27" s="21">
+      <c r="AC27" s="29">
         <v>143491</v>
       </c>
-      <c r="AD27" s="21">
+      <c r="AD27" s="29">
         <v>50786</v>
       </c>
-      <c r="AE27" s="21">
+      <c r="AE27" s="29">
         <v>114577</v>
       </c>
-      <c r="AF27" s="21">
+      <c r="AF27" s="29">
         <v>135994</v>
       </c>
-      <c r="AG27" s="21">
+      <c r="AG27" s="29">
         <v>224466</v>
       </c>
-      <c r="AH27" s="21">
+      <c r="AH27" s="29">
         <v>240015</v>
       </c>
-      <c r="AI27" s="21">
+      <c r="AI27" s="29">
         <v>331993</v>
       </c>
-      <c r="AJ27" s="21">
+      <c r="AJ27" s="29">
         <v>66580</v>
       </c>
-      <c r="AK27" s="21">
+      <c r="AK27" s="29">
         <v>133180</v>
       </c>
-      <c r="AL27" s="21">
+      <c r="AL27" s="29">
         <v>138994</v>
       </c>
-      <c r="AM27" s="21">
+      <c r="AM27" s="29">
         <v>141077</v>
       </c>
-      <c r="AN27" s="21">
+      <c r="AN27" s="29">
         <v>73675</v>
       </c>
-      <c r="AO27" s="21">
+      <c r="AO27" s="29">
         <v>81831</v>
       </c>
-      <c r="AP27" s="21">
+      <c r="AP27" s="29">
         <v>161056</v>
       </c>
-      <c r="AQ27" s="21">
+      <c r="AQ27" s="29">
         <v>72652</v>
       </c>
-      <c r="AR27" s="21">
+      <c r="AR27" s="29">
         <v>146070</v>
       </c>
-      <c r="AS27" s="21">
+      <c r="AS27" s="29">
         <v>63807</v>
       </c>
-      <c r="AT27" s="21">
+      <c r="AT27" s="29">
         <v>88476</v>
       </c>
-      <c r="AU27" s="21">
+      <c r="AU27" s="29">
         <v>109756</v>
       </c>
-      <c r="AV27" s="21">
+      <c r="AV27" s="29">
         <v>134363</v>
       </c>
-      <c r="AW27" s="21">
+      <c r="AW27" s="29">
         <v>59842</v>
       </c>
-      <c r="AX27" s="21">
+      <c r="AX27" s="29">
         <v>95380</v>
       </c>
-      <c r="AY27" s="21">
+      <c r="AY27" s="29">
         <v>46810</v>
       </c>
-      <c r="AZ27" s="21">
+      <c r="AZ27" s="29">
         <v>67354</v>
       </c>
-      <c r="BA27" s="21">
+      <c r="BA27" s="29">
         <v>52498</v>
       </c>
-      <c r="BB27" s="21">
+      <c r="BB27" s="29">
         <v>69742</v>
       </c>
-      <c r="BC27" s="21">
+      <c r="BC27" s="29">
         <v>110373</v>
       </c>
-      <c r="BD27" s="20">
+      <c r="BD27" s="28">
         <v>51271</v>
       </c>
-      <c r="BE27" s="21">
+      <c r="BE27" s="29">
         <v>44013</v>
       </c>
-      <c r="BF27" s="20">
+      <c r="BF27" s="28">
         <v>44013</v>
       </c>
-      <c r="BG27" s="21">
+      <c r="BG27" s="29">
         <v>77550</v>
       </c>
-      <c r="BH27" s="21">
+      <c r="BH27" s="29">
         <v>36322</v>
       </c>
-      <c r="BI27" s="21">
+      <c r="BI27" s="29">
         <v>30822</v>
       </c>
-      <c r="BJ27" s="20">
+      <c r="BJ27" s="28">
         <v>10406</v>
       </c>
-      <c r="BK27" s="21">
+      <c r="BK27" s="29">
         <v>119532</v>
       </c>
-      <c r="BL27" s="21">
+      <c r="BL27" s="29">
         <v>18978</v>
       </c>
-      <c r="BM27" s="21">
+      <c r="BM27" s="29">
         <v>16439</v>
       </c>
-      <c r="BN27" s="21">
+      <c r="BN27" s="29">
         <v>26600</v>
       </c>
-      <c r="BO27" s="21">
+      <c r="BO27" s="29">
         <v>18020</v>
       </c>
-      <c r="BP27" s="21">
+      <c r="BP27" s="29">
         <v>17152</v>
       </c>
-      <c r="BQ27" s="21">
+      <c r="BQ27" s="29">
         <v>12439</v>
       </c>
-      <c r="BR27" s="20">
+      <c r="BR27" s="28">
         <v>9904</v>
       </c>
-      <c r="BS27" s="21">
+      <c r="BS27" s="29">
         <v>34354</v>
       </c>
-      <c r="BT27" s="21">
+      <c r="BT27" s="29">
         <v>7423</v>
       </c>
-      <c r="BU27" s="21">
+      <c r="BU27" s="29">
         <v>8644</v>
       </c>
-      <c r="BV27" s="21">
+      <c r="BV27" s="29">
         <v>6221</v>
       </c>
-      <c r="BW27" s="21">
+      <c r="BW27" s="29">
         <v>9728</v>
       </c>
-      <c r="BX27" s="20">
+      <c r="BX27" s="28">
         <v>2338</v>
       </c>
-      <c r="BY27" s="21">
+      <c r="BY27" s="29">
         <v>51262</v>
       </c>
-      <c r="BZ27" s="21">
+      <c r="BZ27" s="29">
         <v>10363</v>
       </c>
-      <c r="CA27" s="21">
+      <c r="CA27" s="29">
         <v>11965</v>
       </c>
-      <c r="CB27" s="20">
+      <c r="CB27" s="28">
         <v>28934</v>
       </c>
-      <c r="CC27" s="21">
+      <c r="CC27" s="29">
         <v>30311</v>
       </c>
-      <c r="CD27" s="20">
+      <c r="CD27" s="28">
         <v>30311</v>
       </c>
-      <c r="CE27" s="21">
+      <c r="CE27" s="29">
         <v>32703</v>
       </c>
-      <c r="CF27" s="20">
+      <c r="CF27" s="28">
         <v>32703</v>
       </c>
-      <c r="CG27" s="21">
+      <c r="CG27" s="29">
         <v>69284</v>
       </c>
-      <c r="CH27" s="21">
+      <c r="CH27" s="29">
         <v>42379</v>
       </c>
-      <c r="CI27" s="20">
+      <c r="CI27" s="28">
+        <v>26905</v>
+      </c>
+    </row>
+    <row r="28" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A28" s="2"/>
+      <c r="B28" s="30" t="s">
+        <v>196</v>
+      </c>
+      <c r="C28" s="23">
+        <v>45931</v>
+      </c>
+      <c r="D28" s="28">
+        <v>7091296</v>
+      </c>
+      <c r="E28" s="28">
+        <v>6632802</v>
+      </c>
+      <c r="F28" s="28">
+        <v>458494</v>
+      </c>
+      <c r="G28" s="29">
+        <v>1317685</v>
+      </c>
+      <c r="H28" s="29">
+        <v>94128</v>
+      </c>
+      <c r="I28" s="29">
+        <v>148463</v>
+      </c>
+      <c r="J28" s="29">
+        <v>123751</v>
+      </c>
+      <c r="K28" s="29">
+        <v>161592</v>
+      </c>
+      <c r="L28" s="29">
+        <v>100920</v>
+      </c>
+      <c r="M28" s="29">
+        <v>92341</v>
+      </c>
+      <c r="N28" s="29">
+        <v>165946</v>
+      </c>
+      <c r="O28" s="29">
+        <v>188865</v>
+      </c>
+      <c r="P28" s="29">
+        <v>133185</v>
+      </c>
+      <c r="Q28" s="28">
+        <v>108494</v>
+      </c>
+      <c r="R28" s="29">
+        <v>340562</v>
+      </c>
+      <c r="S28" s="29">
+        <v>184368</v>
+      </c>
+      <c r="T28" s="29">
+        <v>556011</v>
+      </c>
+      <c r="U28" s="29">
+        <v>74877</v>
+      </c>
+      <c r="V28" s="29">
+        <v>55642</v>
+      </c>
+      <c r="W28" s="29">
+        <v>333920</v>
+      </c>
+      <c r="X28" s="29">
+        <v>75949</v>
+      </c>
+      <c r="Y28" s="29">
+        <v>107654</v>
+      </c>
+      <c r="Z28" s="29">
+        <v>72787</v>
+      </c>
+      <c r="AA28" s="29">
+        <v>86865</v>
+      </c>
+      <c r="AB28" s="29">
+        <v>221782</v>
+      </c>
+      <c r="AC28" s="29">
+        <v>143436</v>
+      </c>
+      <c r="AD28" s="29">
+        <v>50791</v>
+      </c>
+      <c r="AE28" s="29">
+        <v>114578</v>
+      </c>
+      <c r="AF28" s="29">
+        <v>135919</v>
+      </c>
+      <c r="AG28" s="29">
+        <v>224426</v>
+      </c>
+      <c r="AH28" s="29">
+        <v>239930</v>
+      </c>
+      <c r="AI28" s="29">
+        <v>331783</v>
+      </c>
+      <c r="AJ28" s="29">
+        <v>66509</v>
+      </c>
+      <c r="AK28" s="29">
+        <v>133153</v>
+      </c>
+      <c r="AL28" s="29">
+        <v>138848</v>
+      </c>
+      <c r="AM28" s="29">
+        <v>141054</v>
+      </c>
+      <c r="AN28" s="29">
+        <v>73614</v>
+      </c>
+      <c r="AO28" s="29">
+        <v>81698</v>
+      </c>
+      <c r="AP28" s="29">
+        <v>160928</v>
+      </c>
+      <c r="AQ28" s="29">
+        <v>72655</v>
+      </c>
+      <c r="AR28" s="29">
+        <v>146004</v>
+      </c>
+      <c r="AS28" s="29">
+        <v>63840</v>
+      </c>
+      <c r="AT28" s="29">
+        <v>88381</v>
+      </c>
+      <c r="AU28" s="29">
+        <v>109774</v>
+      </c>
+      <c r="AV28" s="29">
+        <v>134309</v>
+      </c>
+      <c r="AW28" s="29">
+        <v>59837</v>
+      </c>
+      <c r="AX28" s="29">
+        <v>95276</v>
+      </c>
+      <c r="AY28" s="29">
+        <v>46779</v>
+      </c>
+      <c r="AZ28" s="29">
+        <v>67381</v>
+      </c>
+      <c r="BA28" s="29">
+        <v>52458</v>
+      </c>
+      <c r="BB28" s="29">
+        <v>69665</v>
+      </c>
+      <c r="BC28" s="29">
+        <v>110406</v>
+      </c>
+      <c r="BD28" s="28">
+        <v>51268</v>
+      </c>
+      <c r="BE28" s="29">
+        <v>43975</v>
+      </c>
+      <c r="BF28" s="28">
+        <v>43975</v>
+      </c>
+      <c r="BG28" s="29">
+        <v>77487</v>
+      </c>
+      <c r="BH28" s="29">
+        <v>36278</v>
+      </c>
+      <c r="BI28" s="29">
+        <v>30814</v>
+      </c>
+      <c r="BJ28" s="28">
+        <v>10395</v>
+      </c>
+      <c r="BK28" s="29">
+        <v>119386</v>
+      </c>
+      <c r="BL28" s="29">
+        <v>18992</v>
+      </c>
+      <c r="BM28" s="29">
+        <v>16426</v>
+      </c>
+      <c r="BN28" s="29">
+        <v>26550</v>
+      </c>
+      <c r="BO28" s="29">
+        <v>17991</v>
+      </c>
+      <c r="BP28" s="29">
+        <v>17113</v>
+      </c>
+      <c r="BQ28" s="29">
+        <v>12417</v>
+      </c>
+      <c r="BR28" s="28">
+        <v>9897</v>
+      </c>
+      <c r="BS28" s="29">
+        <v>34294</v>
+      </c>
+      <c r="BT28" s="29">
+        <v>7415</v>
+      </c>
+      <c r="BU28" s="29">
+        <v>8630</v>
+      </c>
+      <c r="BV28" s="29">
+        <v>6206</v>
+      </c>
+      <c r="BW28" s="29">
+        <v>9710</v>
+      </c>
+      <c r="BX28" s="28">
+        <v>2333</v>
+      </c>
+      <c r="BY28" s="29">
+        <v>51188</v>
+      </c>
+      <c r="BZ28" s="29">
+        <v>10340</v>
+      </c>
+      <c r="CA28" s="29">
+        <v>11941</v>
+      </c>
+      <c r="CB28" s="28">
+        <v>28907</v>
+      </c>
+      <c r="CC28" s="29">
+        <v>30304</v>
+      </c>
+      <c r="CD28" s="28">
+        <v>30304</v>
+      </c>
+      <c r="CE28" s="29">
+        <v>32674</v>
+      </c>
+      <c r="CF28" s="28">
+        <v>32674</v>
+      </c>
+      <c r="CG28" s="29">
+        <v>69186</v>
+      </c>
+      <c r="CH28" s="29">
+        <v>42302</v>
+      </c>
+      <c r="CI28" s="28">
+        <v>26884</v>
+      </c>
+    </row>
+    <row r="29" spans="1:87" ht="14.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="19" t="s">
+        <v>197</v>
+      </c>
+      <c r="C29" s="38">
+        <v>45962</v>
+      </c>
+      <c r="D29" s="20">
+        <v>7089086</v>
+      </c>
+      <c r="E29" s="20">
+        <v>6631007</v>
+      </c>
+      <c r="F29" s="20">
+        <v>458079</v>
+      </c>
+      <c r="G29" s="21">
+        <v>1317919</v>
+      </c>
+      <c r="H29" s="21">
+        <v>94154</v>
+      </c>
+      <c r="I29" s="21">
+        <v>148645</v>
+      </c>
+      <c r="J29" s="21">
+        <v>123725</v>
+      </c>
+      <c r="K29" s="21">
+        <v>161619</v>
+      </c>
+      <c r="L29" s="21">
+        <v>100964</v>
+      </c>
+      <c r="M29" s="21">
+        <v>92284</v>
+      </c>
+      <c r="N29" s="21">
+        <v>165967</v>
+      </c>
+      <c r="O29" s="21">
+        <v>188789</v>
+      </c>
+      <c r="P29" s="21">
+        <v>133286</v>
+      </c>
+      <c r="Q29" s="20">
+        <v>108486</v>
+      </c>
+      <c r="R29" s="21">
+        <v>340395</v>
+      </c>
+      <c r="S29" s="21">
+        <v>184231</v>
+      </c>
+      <c r="T29" s="21">
+        <v>555683</v>
+      </c>
+      <c r="U29" s="21">
+        <v>74848</v>
+      </c>
+      <c r="V29" s="21">
+        <v>55561</v>
+      </c>
+      <c r="W29" s="21">
+        <v>333782</v>
+      </c>
+      <c r="X29" s="21">
+        <v>75866</v>
+      </c>
+      <c r="Y29" s="21">
+        <v>107628</v>
+      </c>
+      <c r="Z29" s="21">
+        <v>72757</v>
+      </c>
+      <c r="AA29" s="21">
+        <v>86788</v>
+      </c>
+      <c r="AB29" s="21">
+        <v>221657</v>
+      </c>
+      <c r="AC29" s="21">
+        <v>143444</v>
+      </c>
+      <c r="AD29" s="21">
+        <v>50805</v>
+      </c>
+      <c r="AE29" s="21">
+        <v>114536</v>
+      </c>
+      <c r="AF29" s="21">
+        <v>135839</v>
+      </c>
+      <c r="AG29" s="21">
+        <v>224359</v>
+      </c>
+      <c r="AH29" s="21">
+        <v>239836</v>
+      </c>
+      <c r="AI29" s="21">
+        <v>331720</v>
+      </c>
+      <c r="AJ29" s="21">
+        <v>66450</v>
+      </c>
+      <c r="AK29" s="21">
+        <v>133115</v>
+      </c>
+      <c r="AL29" s="21">
+        <v>138832</v>
+      </c>
+      <c r="AM29" s="21">
+        <v>141037</v>
+      </c>
+      <c r="AN29" s="21">
+        <v>73581</v>
+      </c>
+      <c r="AO29" s="21">
+        <v>81609</v>
+      </c>
+      <c r="AP29" s="21">
+        <v>160867</v>
+      </c>
+      <c r="AQ29" s="21">
+        <v>72686</v>
+      </c>
+      <c r="AR29" s="21">
+        <v>145981</v>
+      </c>
+      <c r="AS29" s="21">
+        <v>63834</v>
+      </c>
+      <c r="AT29" s="21">
+        <v>88356</v>
+      </c>
+      <c r="AU29" s="21">
+        <v>109831</v>
+      </c>
+      <c r="AV29" s="21">
+        <v>134189</v>
+      </c>
+      <c r="AW29" s="21">
+        <v>59809</v>
+      </c>
+      <c r="AX29" s="21">
+        <v>95236</v>
+      </c>
+      <c r="AY29" s="21">
+        <v>46784</v>
+      </c>
+      <c r="AZ29" s="21">
+        <v>67345</v>
+      </c>
+      <c r="BA29" s="21">
+        <v>52416</v>
+      </c>
+      <c r="BB29" s="21">
+        <v>69648</v>
+      </c>
+      <c r="BC29" s="21">
+        <v>110487</v>
+      </c>
+      <c r="BD29" s="20">
+        <v>51260</v>
+      </c>
+      <c r="BE29" s="21">
+        <v>43943</v>
+      </c>
+      <c r="BF29" s="20">
+        <v>43943</v>
+      </c>
+      <c r="BG29" s="21">
+        <v>77367</v>
+      </c>
+      <c r="BH29" s="21">
+        <v>36235</v>
+      </c>
+      <c r="BI29" s="21">
+        <v>30768</v>
+      </c>
+      <c r="BJ29" s="20">
+        <v>10364</v>
+      </c>
+      <c r="BK29" s="21">
+        <v>119255</v>
+      </c>
+      <c r="BL29" s="21">
+        <v>18986</v>
+      </c>
+      <c r="BM29" s="21">
+        <v>16406</v>
+      </c>
+      <c r="BN29" s="21">
+        <v>26529</v>
+      </c>
+      <c r="BO29" s="21">
+        <v>17974</v>
+      </c>
+      <c r="BP29" s="21">
+        <v>17103</v>
+      </c>
+      <c r="BQ29" s="21">
+        <v>12377</v>
+      </c>
+      <c r="BR29" s="20">
+        <v>9880</v>
+      </c>
+      <c r="BS29" s="21">
+        <v>34250</v>
+      </c>
+      <c r="BT29" s="21">
+        <v>7430</v>
+      </c>
+      <c r="BU29" s="21">
+        <v>8607</v>
+      </c>
+      <c r="BV29" s="21">
+        <v>6189</v>
+      </c>
+      <c r="BW29" s="21">
+        <v>9694</v>
+      </c>
+      <c r="BX29" s="20">
+        <v>2330</v>
+      </c>
+      <c r="BY29" s="21">
+        <v>51137</v>
+      </c>
+      <c r="BZ29" s="21">
+        <v>10338</v>
+      </c>
+      <c r="CA29" s="21">
+        <v>11919</v>
+      </c>
+      <c r="CB29" s="20">
+        <v>28880</v>
+      </c>
+      <c r="CC29" s="21">
+        <v>30298</v>
+      </c>
+      <c r="CD29" s="20">
+        <v>30298</v>
+      </c>
+      <c r="CE29" s="21">
+        <v>32645</v>
+      </c>
+      <c r="CF29" s="20">
+        <v>32645</v>
+      </c>
+      <c r="CG29" s="21">
+        <v>69184</v>
+      </c>
+      <c r="CH29" s="21">
+        <v>42279</v>
+      </c>
+      <c r="CI29" s="20">
         <v>26905</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:E3"/>
   </mergeCells>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CI27"/>
+  <dimension ref="A1:CI29"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="3" ySplit="7" topLeftCell="D23" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="C28" sqref="C28"/>
+      <selection pane="bottomRight" activeCell="A29" sqref="A29:XFD29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.81640625" style="1" customWidth="1"/>
     <col min="2" max="3" width="18.81640625" style="1" customWidth="1"/>
     <col min="4" max="7" width="12.1796875" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.453125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="10.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:87" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -19845,308 +20895,830 @@
       <c r="CB26" s="28">
         <v>1495</v>
       </c>
       <c r="CC26" s="29">
         <v>1092</v>
       </c>
       <c r="CD26" s="28">
         <v>1092</v>
       </c>
       <c r="CE26" s="29">
         <v>628</v>
       </c>
       <c r="CF26" s="28">
         <v>628</v>
       </c>
       <c r="CG26" s="29">
         <v>1653</v>
       </c>
       <c r="CH26" s="29">
         <v>900</v>
       </c>
       <c r="CI26" s="28">
         <v>753</v>
       </c>
     </row>
-    <row r="27" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B27" s="19" t="s">
+    <row r="27" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A27" s="2"/>
+      <c r="B27" s="30" t="s">
         <v>195</v>
       </c>
-      <c r="C27" s="38">
+      <c r="C27" s="23">
         <v>45901</v>
       </c>
-      <c r="D27" s="20">
+      <c r="D27" s="28">
         <v>276332</v>
       </c>
-      <c r="E27" s="20">
+      <c r="E27" s="28">
         <v>263615</v>
       </c>
-      <c r="F27" s="20">
+      <c r="F27" s="28">
         <v>12717</v>
       </c>
-      <c r="G27" s="21">
+      <c r="G27" s="29">
         <v>36733</v>
       </c>
-      <c r="H27" s="21">
+      <c r="H27" s="29">
         <v>1731</v>
       </c>
-      <c r="I27" s="21">
+      <c r="I27" s="29">
         <v>3216</v>
       </c>
-      <c r="J27" s="21">
+      <c r="J27" s="29">
         <v>3863</v>
       </c>
-      <c r="K27" s="21">
+      <c r="K27" s="29">
         <v>4122</v>
       </c>
-      <c r="L27" s="21">
+      <c r="L27" s="29">
         <v>2412</v>
       </c>
-      <c r="M27" s="21">
+      <c r="M27" s="29">
         <v>3862</v>
       </c>
-      <c r="N27" s="21">
+      <c r="N27" s="29">
         <v>4305</v>
       </c>
-      <c r="O27" s="21">
+      <c r="O27" s="29">
         <v>7183</v>
       </c>
-      <c r="P27" s="21">
+      <c r="P27" s="29">
         <v>2649</v>
       </c>
-      <c r="Q27" s="20">
+      <c r="Q27" s="28">
         <v>3390</v>
       </c>
-      <c r="R27" s="21">
+      <c r="R27" s="29">
         <v>12091</v>
       </c>
-      <c r="S27" s="21">
+      <c r="S27" s="29">
         <v>5845</v>
       </c>
-      <c r="T27" s="21">
+      <c r="T27" s="29">
         <v>51792</v>
       </c>
-      <c r="U27" s="21">
+      <c r="U27" s="29">
         <v>2503</v>
       </c>
-      <c r="V27" s="21">
+      <c r="V27" s="29">
         <v>822</v>
       </c>
-      <c r="W27" s="21">
+      <c r="W27" s="29">
         <v>8590</v>
       </c>
-      <c r="X27" s="21">
+      <c r="X27" s="29">
         <v>1612</v>
       </c>
-      <c r="Y27" s="21">
+      <c r="Y27" s="29">
         <v>4139</v>
       </c>
-      <c r="Z27" s="21">
+      <c r="Z27" s="29">
         <v>3434</v>
       </c>
-      <c r="AA27" s="21">
+      <c r="AA27" s="29">
         <v>4380</v>
       </c>
-      <c r="AB27" s="21">
+      <c r="AB27" s="29">
         <v>7034</v>
       </c>
-      <c r="AC27" s="21">
+      <c r="AC27" s="29">
         <v>3945</v>
       </c>
-      <c r="AD27" s="21">
+      <c r="AD27" s="29">
         <v>2749</v>
       </c>
-      <c r="AE27" s="21">
+      <c r="AE27" s="29">
         <v>3096</v>
       </c>
-      <c r="AF27" s="21">
+      <c r="AF27" s="29">
         <v>4397</v>
       </c>
-      <c r="AG27" s="21">
+      <c r="AG27" s="29">
         <v>6122</v>
       </c>
-      <c r="AH27" s="21">
+      <c r="AH27" s="29">
         <v>12342</v>
       </c>
-      <c r="AI27" s="21">
+      <c r="AI27" s="29">
         <v>9815</v>
       </c>
-      <c r="AJ27" s="21">
+      <c r="AJ27" s="29">
         <v>10544</v>
       </c>
-      <c r="AK27" s="21">
+      <c r="AK27" s="29">
         <v>9335</v>
       </c>
-      <c r="AL27" s="21">
+      <c r="AL27" s="29">
         <v>3590</v>
       </c>
-      <c r="AM27" s="21">
+      <c r="AM27" s="29">
         <v>5369</v>
       </c>
-      <c r="AN27" s="21">
+      <c r="AN27" s="29">
         <v>2549</v>
       </c>
-      <c r="AO27" s="21">
+      <c r="AO27" s="29">
         <v>3259</v>
       </c>
-      <c r="AP27" s="21">
+      <c r="AP27" s="29">
         <v>5394</v>
       </c>
-      <c r="AQ27" s="21">
+      <c r="AQ27" s="29">
         <v>1432</v>
       </c>
-      <c r="AR27" s="21">
+      <c r="AR27" s="29">
         <v>4765</v>
       </c>
-      <c r="AS27" s="21">
+      <c r="AS27" s="29">
         <v>1192</v>
       </c>
-      <c r="AT27" s="21">
+      <c r="AT27" s="29">
         <v>5381</v>
       </c>
-      <c r="AU27" s="21">
+      <c r="AU27" s="29">
         <v>3763</v>
       </c>
-      <c r="AV27" s="21">
+      <c r="AV27" s="29">
         <v>7562</v>
       </c>
-      <c r="AW27" s="21">
+      <c r="AW27" s="29">
         <v>1092</v>
       </c>
-      <c r="AX27" s="21">
+      <c r="AX27" s="29">
         <v>4152</v>
       </c>
-      <c r="AY27" s="21">
+      <c r="AY27" s="29">
         <v>1693</v>
       </c>
-      <c r="AZ27" s="21">
+      <c r="AZ27" s="29">
         <v>2264</v>
       </c>
-      <c r="BA27" s="21">
+      <c r="BA27" s="29">
         <v>1354</v>
       </c>
-      <c r="BB27" s="21">
+      <c r="BB27" s="29">
         <v>2517</v>
       </c>
-      <c r="BC27" s="21">
+      <c r="BC27" s="29">
         <v>3960</v>
       </c>
-      <c r="BD27" s="20">
+      <c r="BD27" s="28">
         <v>1007</v>
       </c>
-      <c r="BE27" s="21">
+      <c r="BE27" s="29">
         <v>898</v>
       </c>
-      <c r="BF27" s="20">
+      <c r="BF27" s="28">
         <v>898</v>
       </c>
-      <c r="BG27" s="21">
+      <c r="BG27" s="29">
         <v>2238</v>
       </c>
-      <c r="BH27" s="21">
+      <c r="BH27" s="29">
         <v>1125</v>
       </c>
-      <c r="BI27" s="21">
+      <c r="BI27" s="29">
         <v>925</v>
       </c>
-      <c r="BJ27" s="20">
+      <c r="BJ27" s="28">
         <v>188</v>
       </c>
-      <c r="BK27" s="21">
+      <c r="BK27" s="29">
         <v>3288</v>
       </c>
-      <c r="BL27" s="21">
+      <c r="BL27" s="29">
         <v>731</v>
       </c>
-      <c r="BM27" s="21">
+      <c r="BM27" s="29">
         <v>845</v>
       </c>
-      <c r="BN27" s="21">
+      <c r="BN27" s="29">
         <v>507</v>
       </c>
-      <c r="BO27" s="21">
+      <c r="BO27" s="29">
         <v>528</v>
       </c>
-      <c r="BP27" s="21">
+      <c r="BP27" s="29">
         <v>258</v>
       </c>
-      <c r="BQ27" s="21">
+      <c r="BQ27" s="29">
         <v>171</v>
       </c>
-      <c r="BR27" s="20">
+      <c r="BR27" s="28">
         <v>248</v>
       </c>
-      <c r="BS27" s="21">
+      <c r="BS27" s="29">
         <v>432</v>
       </c>
-      <c r="BT27" s="21">
+      <c r="BT27" s="29">
         <v>79</v>
       </c>
-      <c r="BU27" s="21">
+      <c r="BU27" s="29">
         <v>131</v>
       </c>
-      <c r="BV27" s="21">
+      <c r="BV27" s="29">
         <v>53</v>
       </c>
-      <c r="BW27" s="21">
+      <c r="BW27" s="29">
         <v>157</v>
       </c>
-      <c r="BX27" s="20">
+      <c r="BX27" s="28">
         <v>12</v>
       </c>
-      <c r="BY27" s="21">
+      <c r="BY27" s="29">
         <v>2451</v>
       </c>
-      <c r="BZ27" s="21">
+      <c r="BZ27" s="29">
         <v>248</v>
       </c>
-      <c r="CA27" s="21">
+      <c r="CA27" s="29">
         <v>691</v>
       </c>
-      <c r="CB27" s="20">
+      <c r="CB27" s="28">
         <v>1512</v>
       </c>
-      <c r="CC27" s="21">
+      <c r="CC27" s="29">
         <v>1111</v>
       </c>
-      <c r="CD27" s="20">
+      <c r="CD27" s="28">
         <v>1111</v>
       </c>
-      <c r="CE27" s="21">
+      <c r="CE27" s="29">
         <v>625</v>
       </c>
-      <c r="CF27" s="20">
+      <c r="CF27" s="28">
         <v>625</v>
       </c>
-      <c r="CG27" s="21">
+      <c r="CG27" s="29">
         <v>1674</v>
       </c>
-      <c r="CH27" s="21">
+      <c r="CH27" s="29">
         <v>920</v>
       </c>
-      <c r="CI27" s="20">
+      <c r="CI27" s="28">
         <v>754</v>
+      </c>
+    </row>
+    <row r="28" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A28" s="2"/>
+      <c r="B28" s="30" t="s">
+        <v>196</v>
+      </c>
+      <c r="C28" s="23">
+        <v>45931</v>
+      </c>
+      <c r="D28" s="28">
+        <v>279181</v>
+      </c>
+      <c r="E28" s="28">
+        <v>266332</v>
+      </c>
+      <c r="F28" s="28">
+        <v>12849</v>
+      </c>
+      <c r="G28" s="29">
+        <v>37325</v>
+      </c>
+      <c r="H28" s="29">
+        <v>1754</v>
+      </c>
+      <c r="I28" s="29">
+        <v>3230</v>
+      </c>
+      <c r="J28" s="29">
+        <v>3890</v>
+      </c>
+      <c r="K28" s="29">
+        <v>4178</v>
+      </c>
+      <c r="L28" s="29">
+        <v>2450</v>
+      </c>
+      <c r="M28" s="29">
+        <v>4026</v>
+      </c>
+      <c r="N28" s="29">
+        <v>4439</v>
+      </c>
+      <c r="O28" s="29">
+        <v>7247</v>
+      </c>
+      <c r="P28" s="29">
+        <v>2681</v>
+      </c>
+      <c r="Q28" s="28">
+        <v>3430</v>
+      </c>
+      <c r="R28" s="29">
+        <v>12108</v>
+      </c>
+      <c r="S28" s="29">
+        <v>5876</v>
+      </c>
+      <c r="T28" s="29">
+        <v>52349</v>
+      </c>
+      <c r="U28" s="29">
+        <v>2548</v>
+      </c>
+      <c r="V28" s="29">
+        <v>833</v>
+      </c>
+      <c r="W28" s="29">
+        <v>8695</v>
+      </c>
+      <c r="X28" s="29">
+        <v>1610</v>
+      </c>
+      <c r="Y28" s="29">
+        <v>4157</v>
+      </c>
+      <c r="Z28" s="29">
+        <v>3444</v>
+      </c>
+      <c r="AA28" s="29">
+        <v>4397</v>
+      </c>
+      <c r="AB28" s="29">
+        <v>7146</v>
+      </c>
+      <c r="AC28" s="29">
+        <v>3984</v>
+      </c>
+      <c r="AD28" s="29">
+        <v>2770</v>
+      </c>
+      <c r="AE28" s="29">
+        <v>3100</v>
+      </c>
+      <c r="AF28" s="29">
+        <v>4431</v>
+      </c>
+      <c r="AG28" s="29">
+        <v>6192</v>
+      </c>
+      <c r="AH28" s="29">
+        <v>12504</v>
+      </c>
+      <c r="AI28" s="29">
+        <v>9873</v>
+      </c>
+      <c r="AJ28" s="29">
+        <v>10674</v>
+      </c>
+      <c r="AK28" s="29">
+        <v>9384</v>
+      </c>
+      <c r="AL28" s="29">
+        <v>3608</v>
+      </c>
+      <c r="AM28" s="29">
+        <v>5425</v>
+      </c>
+      <c r="AN28" s="29">
+        <v>2575</v>
+      </c>
+      <c r="AO28" s="29">
+        <v>3315</v>
+      </c>
+      <c r="AP28" s="29">
+        <v>5441</v>
+      </c>
+      <c r="AQ28" s="29">
+        <v>1429</v>
+      </c>
+      <c r="AR28" s="29">
+        <v>4772</v>
+      </c>
+      <c r="AS28" s="29">
+        <v>1217</v>
+      </c>
+      <c r="AT28" s="29">
+        <v>5398</v>
+      </c>
+      <c r="AU28" s="29">
+        <v>3841</v>
+      </c>
+      <c r="AV28" s="29">
+        <v>7660</v>
+      </c>
+      <c r="AW28" s="29">
+        <v>1101</v>
+      </c>
+      <c r="AX28" s="29">
+        <v>4229</v>
+      </c>
+      <c r="AY28" s="29">
+        <v>1719</v>
+      </c>
+      <c r="AZ28" s="29">
+        <v>2296</v>
+      </c>
+      <c r="BA28" s="29">
+        <v>1372</v>
+      </c>
+      <c r="BB28" s="29">
+        <v>2541</v>
+      </c>
+      <c r="BC28" s="29">
+        <v>3990</v>
+      </c>
+      <c r="BD28" s="28">
+        <v>1003</v>
+      </c>
+      <c r="BE28" s="29">
+        <v>902</v>
+      </c>
+      <c r="BF28" s="28">
+        <v>902</v>
+      </c>
+      <c r="BG28" s="29">
+        <v>2281</v>
+      </c>
+      <c r="BH28" s="29">
+        <v>1138</v>
+      </c>
+      <c r="BI28" s="29">
+        <v>946</v>
+      </c>
+      <c r="BJ28" s="28">
+        <v>197</v>
+      </c>
+      <c r="BK28" s="29">
+        <v>3324</v>
+      </c>
+      <c r="BL28" s="29">
+        <v>729</v>
+      </c>
+      <c r="BM28" s="29">
+        <v>859</v>
+      </c>
+      <c r="BN28" s="29">
+        <v>516</v>
+      </c>
+      <c r="BO28" s="29">
+        <v>538</v>
+      </c>
+      <c r="BP28" s="29">
+        <v>256</v>
+      </c>
+      <c r="BQ28" s="29">
+        <v>170</v>
+      </c>
+      <c r="BR28" s="28">
+        <v>256</v>
+      </c>
+      <c r="BS28" s="29">
+        <v>429</v>
+      </c>
+      <c r="BT28" s="29">
+        <v>81</v>
+      </c>
+      <c r="BU28" s="29">
+        <v>127</v>
+      </c>
+      <c r="BV28" s="29">
+        <v>53</v>
+      </c>
+      <c r="BW28" s="29">
+        <v>156</v>
+      </c>
+      <c r="BX28" s="28">
+        <v>12</v>
+      </c>
+      <c r="BY28" s="29">
+        <v>2474</v>
+      </c>
+      <c r="BZ28" s="29">
+        <v>250</v>
+      </c>
+      <c r="CA28" s="29">
+        <v>694</v>
+      </c>
+      <c r="CB28" s="28">
+        <v>1530</v>
+      </c>
+      <c r="CC28" s="29">
+        <v>1125</v>
+      </c>
+      <c r="CD28" s="28">
+        <v>1125</v>
+      </c>
+      <c r="CE28" s="29">
+        <v>639</v>
+      </c>
+      <c r="CF28" s="28">
+        <v>639</v>
+      </c>
+      <c r="CG28" s="29">
+        <v>1675</v>
+      </c>
+      <c r="CH28" s="29">
+        <v>923</v>
+      </c>
+      <c r="CI28" s="28">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="29" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="19" t="s">
+        <v>197</v>
+      </c>
+      <c r="C29" s="38">
+        <v>45962</v>
+      </c>
+      <c r="D29" s="20">
+        <v>282978</v>
+      </c>
+      <c r="E29" s="20">
+        <v>269993</v>
+      </c>
+      <c r="F29" s="20">
+        <v>12985</v>
+      </c>
+      <c r="G29" s="21">
+        <v>37787</v>
+      </c>
+      <c r="H29" s="21">
+        <v>1773</v>
+      </c>
+      <c r="I29" s="21">
+        <v>3258</v>
+      </c>
+      <c r="J29" s="21">
+        <v>3917</v>
+      </c>
+      <c r="K29" s="21">
+        <v>4241</v>
+      </c>
+      <c r="L29" s="21">
+        <v>2493</v>
+      </c>
+      <c r="M29" s="21">
+        <v>4045</v>
+      </c>
+      <c r="N29" s="21">
+        <v>4465</v>
+      </c>
+      <c r="O29" s="21">
+        <v>7398</v>
+      </c>
+      <c r="P29" s="21">
+        <v>2715</v>
+      </c>
+      <c r="Q29" s="20">
+        <v>3482</v>
+      </c>
+      <c r="R29" s="21">
+        <v>12334</v>
+      </c>
+      <c r="S29" s="21">
+        <v>5985</v>
+      </c>
+      <c r="T29" s="21">
+        <v>53170</v>
+      </c>
+      <c r="U29" s="21">
+        <v>2624</v>
+      </c>
+      <c r="V29" s="21">
+        <v>852</v>
+      </c>
+      <c r="W29" s="21">
+        <v>8833</v>
+      </c>
+      <c r="X29" s="21">
+        <v>1615</v>
+      </c>
+      <c r="Y29" s="21">
+        <v>4264</v>
+      </c>
+      <c r="Z29" s="21">
+        <v>3461</v>
+      </c>
+      <c r="AA29" s="21">
+        <v>4424</v>
+      </c>
+      <c r="AB29" s="21">
+        <v>7284</v>
+      </c>
+      <c r="AC29" s="21">
+        <v>4023</v>
+      </c>
+      <c r="AD29" s="21">
+        <v>2787</v>
+      </c>
+      <c r="AE29" s="21">
+        <v>3139</v>
+      </c>
+      <c r="AF29" s="21">
+        <v>4485</v>
+      </c>
+      <c r="AG29" s="21">
+        <v>6249</v>
+      </c>
+      <c r="AH29" s="21">
+        <v>12683</v>
+      </c>
+      <c r="AI29" s="21">
+        <v>9995</v>
+      </c>
+      <c r="AJ29" s="21">
+        <v>10768</v>
+      </c>
+      <c r="AK29" s="21">
+        <v>9600</v>
+      </c>
+      <c r="AL29" s="21">
+        <v>3629</v>
+      </c>
+      <c r="AM29" s="21">
+        <v>5469</v>
+      </c>
+      <c r="AN29" s="21">
+        <v>2617</v>
+      </c>
+      <c r="AO29" s="21">
+        <v>3349</v>
+      </c>
+      <c r="AP29" s="21">
+        <v>5516</v>
+      </c>
+      <c r="AQ29" s="21">
+        <v>1417</v>
+      </c>
+      <c r="AR29" s="21">
+        <v>4862</v>
+      </c>
+      <c r="AS29" s="21">
+        <v>1251</v>
+      </c>
+      <c r="AT29" s="21">
+        <v>5434</v>
+      </c>
+      <c r="AU29" s="21">
+        <v>3890</v>
+      </c>
+      <c r="AV29" s="21">
+        <v>7746</v>
+      </c>
+      <c r="AW29" s="21">
+        <v>1137</v>
+      </c>
+      <c r="AX29" s="21">
+        <v>4215</v>
+      </c>
+      <c r="AY29" s="21">
+        <v>1748</v>
+      </c>
+      <c r="AZ29" s="21">
+        <v>2320</v>
+      </c>
+      <c r="BA29" s="21">
+        <v>1397</v>
+      </c>
+      <c r="BB29" s="21">
+        <v>2552</v>
+      </c>
+      <c r="BC29" s="21">
+        <v>4081</v>
+      </c>
+      <c r="BD29" s="20">
+        <v>1001</v>
+      </c>
+      <c r="BE29" s="21">
+        <v>915</v>
+      </c>
+      <c r="BF29" s="20">
+        <v>915</v>
+      </c>
+      <c r="BG29" s="21">
+        <v>2296</v>
+      </c>
+      <c r="BH29" s="21">
+        <v>1143</v>
+      </c>
+      <c r="BI29" s="21">
+        <v>953</v>
+      </c>
+      <c r="BJ29" s="20">
+        <v>200</v>
+      </c>
+      <c r="BK29" s="21">
+        <v>3364</v>
+      </c>
+      <c r="BL29" s="21">
+        <v>753</v>
+      </c>
+      <c r="BM29" s="21">
+        <v>864</v>
+      </c>
+      <c r="BN29" s="21">
+        <v>513</v>
+      </c>
+      <c r="BO29" s="21">
+        <v>537</v>
+      </c>
+      <c r="BP29" s="21">
+        <v>266</v>
+      </c>
+      <c r="BQ29" s="21">
+        <v>172</v>
+      </c>
+      <c r="BR29" s="20">
+        <v>259</v>
+      </c>
+      <c r="BS29" s="21">
+        <v>430</v>
+      </c>
+      <c r="BT29" s="21">
+        <v>86</v>
+      </c>
+      <c r="BU29" s="21">
+        <v>117</v>
+      </c>
+      <c r="BV29" s="21">
+        <v>53</v>
+      </c>
+      <c r="BW29" s="21">
+        <v>162</v>
+      </c>
+      <c r="BX29" s="20">
+        <v>12</v>
+      </c>
+      <c r="BY29" s="21">
+        <v>2499</v>
+      </c>
+      <c r="BZ29" s="21">
+        <v>254</v>
+      </c>
+      <c r="CA29" s="21">
+        <v>707</v>
+      </c>
+      <c r="CB29" s="20">
+        <v>1538</v>
+      </c>
+      <c r="CC29" s="21">
+        <v>1138</v>
+      </c>
+      <c r="CD29" s="20">
+        <v>1138</v>
+      </c>
+      <c r="CE29" s="21">
+        <v>647</v>
+      </c>
+      <c r="CF29" s="20">
+        <v>647</v>
+      </c>
+      <c r="CG29" s="21">
+        <v>1696</v>
+      </c>
+      <c r="CH29" s="21">
+        <v>927</v>
+      </c>
+      <c r="CI29" s="20">
+        <v>769</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:E3"/>
   </mergeCells>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>