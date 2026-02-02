--- v1 (2025-12-16)
+++ v2 (2026-02-02)
@@ -4,71 +4,71 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\110 HP時系列\R7\01 各月\R711\（参考）住民基本台帳に基づく人口（総人口・日本人人口・外国人人口）\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\110 HP時系列\R7\01 各月\R712\（参考）住民基本台帳に基づく人口（総人口・日本人人口・外国人人口）\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C221F21-FA93-4D66-821E-CE2AA0489375}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C816B3C3-A2B4-40C7-9924-975BF184E0C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="総人口(2024.2.1～)" sheetId="2" r:id="rId1"/>
     <sheet name="日本人人口(2024.2.1～)" sheetId="3" r:id="rId2"/>
     <sheet name="外国人人口(2024.2.1～)" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'総人口(2024.2.1～)'!$B:$E</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="585" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="199">
   <si>
     <t>住民基本台帳に基づく人口（総人口）</t>
   </si>
   <si>
     <t>Population Estimates of Saitama Prefecture</t>
   </si>
   <si>
     <t>市町村</t>
   </si>
   <si>
     <t>Cities,
 Towns and Villages</t>
   </si>
   <si>
     <t>総　計</t>
   </si>
   <si>
     <t>市　計</t>
   </si>
   <si>
     <t>郡　計</t>
   </si>
   <si>
     <t>さいたま市</t>
   </si>
@@ -621,50 +621,53 @@
     <t>令和7年3月1日</t>
   </si>
   <si>
     <t>令和7年4月1日</t>
   </si>
   <si>
     <t>令和7年5月1日</t>
   </si>
   <si>
     <t>令和7年6月1日</t>
   </si>
   <si>
     <t>令和7年7月1日</t>
   </si>
   <si>
     <t>令和7年8月1日</t>
   </si>
   <si>
     <t>令和7年9月1日</t>
   </si>
   <si>
     <t>令和7年10月1日</t>
   </si>
   <si>
     <t>令和7年11月1日</t>
+  </si>
+  <si>
+    <t>令和7年12月1日</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
@@ -1459,58 +1462,58 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CI29"/>
+  <dimension ref="A1:CI30"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="7" topLeftCell="D26" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="3" ySplit="7" topLeftCell="D23" activePane="bottomRight" state="frozenSplit"/>
       <selection activeCell="G11" sqref="G11"/>
       <selection pane="topRight" activeCell="G11" sqref="G11"/>
       <selection pane="bottomLeft" activeCell="G11" sqref="G11"/>
-      <selection pane="bottomRight" activeCell="D31" sqref="D31"/>
+      <selection pane="bottomRight" activeCell="F2" sqref="F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.81640625" style="1" customWidth="1"/>
     <col min="2" max="3" width="18.81640625" style="1" customWidth="1"/>
     <col min="4" max="7" width="12.1796875" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.453125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="10.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:87" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -7928,334 +7931,595 @@
       <c r="CB28" s="28">
         <v>30437</v>
       </c>
       <c r="CC28" s="29">
         <v>31429</v>
       </c>
       <c r="CD28" s="28">
         <v>31429</v>
       </c>
       <c r="CE28" s="29">
         <v>33313</v>
       </c>
       <c r="CF28" s="28">
         <v>33313</v>
       </c>
       <c r="CG28" s="29">
         <v>70861</v>
       </c>
       <c r="CH28" s="29">
         <v>43225</v>
       </c>
       <c r="CI28" s="39">
         <v>27636</v>
       </c>
     </row>
-    <row r="29" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B29" s="19" t="s">
+    <row r="29" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A29" s="2"/>
+      <c r="B29" s="30" t="s">
         <v>197</v>
       </c>
-      <c r="C29" s="38">
+      <c r="C29" s="23">
         <v>45962</v>
       </c>
-      <c r="D29" s="31">
+      <c r="D29" s="28">
         <v>7372064</v>
       </c>
-      <c r="E29" s="33">
+      <c r="E29" s="28">
         <v>6901000</v>
       </c>
-      <c r="F29" s="33">
+      <c r="F29" s="28">
         <v>471064</v>
       </c>
-      <c r="G29" s="35">
+      <c r="G29" s="29">
         <v>1355706</v>
       </c>
-      <c r="H29" s="34">
+      <c r="H29" s="29">
         <v>95927</v>
       </c>
-      <c r="I29" s="32">
+      <c r="I29" s="29">
         <v>151903</v>
       </c>
-      <c r="J29" s="32">
+      <c r="J29" s="29">
         <v>127642</v>
       </c>
-      <c r="K29" s="32">
+      <c r="K29" s="29">
         <v>165860</v>
       </c>
-      <c r="L29" s="32">
+      <c r="L29" s="29">
         <v>103457</v>
       </c>
-      <c r="M29" s="32">
+      <c r="M29" s="29">
         <v>96329</v>
       </c>
-      <c r="N29" s="32">
+      <c r="N29" s="29">
         <v>170432</v>
       </c>
-      <c r="O29" s="32">
+      <c r="O29" s="29">
         <v>196187</v>
       </c>
-      <c r="P29" s="32">
+      <c r="P29" s="29">
         <v>136001</v>
       </c>
-      <c r="Q29" s="36">
+      <c r="Q29" s="28">
         <v>111968</v>
       </c>
-      <c r="R29" s="35">
+      <c r="R29" s="29">
         <v>352729</v>
       </c>
-      <c r="S29" s="32">
+      <c r="S29" s="29">
         <v>190216</v>
       </c>
-      <c r="T29" s="32">
+      <c r="T29" s="29">
         <v>608853</v>
       </c>
-      <c r="U29" s="32">
+      <c r="U29" s="29">
         <v>77472</v>
       </c>
-      <c r="V29" s="32">
+      <c r="V29" s="29">
         <v>56413</v>
       </c>
-      <c r="W29" s="32">
+      <c r="W29" s="29">
         <v>342615</v>
       </c>
-      <c r="X29" s="32">
+      <c r="X29" s="29">
         <v>77481</v>
       </c>
-      <c r="Y29" s="32">
+      <c r="Y29" s="29">
         <v>111892</v>
       </c>
-      <c r="Z29" s="32">
+      <c r="Z29" s="29">
         <v>76218</v>
       </c>
-      <c r="AA29" s="32">
+      <c r="AA29" s="29">
         <v>91212</v>
       </c>
-      <c r="AB29" s="32">
+      <c r="AB29" s="29">
         <v>228941</v>
       </c>
-      <c r="AC29" s="32">
+      <c r="AC29" s="29">
         <v>147467</v>
       </c>
-      <c r="AD29" s="32">
+      <c r="AD29" s="29">
         <v>53592</v>
       </c>
-      <c r="AE29" s="32">
+      <c r="AE29" s="29">
         <v>117675</v>
       </c>
-      <c r="AF29" s="32">
+      <c r="AF29" s="29">
         <v>140324</v>
       </c>
-      <c r="AG29" s="32">
+      <c r="AG29" s="29">
         <v>230608</v>
       </c>
-      <c r="AH29" s="32">
+      <c r="AH29" s="29">
         <v>252519</v>
       </c>
-      <c r="AI29" s="32">
+      <c r="AI29" s="29">
         <v>341715</v>
       </c>
-      <c r="AJ29" s="32">
+      <c r="AJ29" s="29">
         <v>77218</v>
       </c>
-      <c r="AK29" s="32">
+      <c r="AK29" s="29">
         <v>142715</v>
       </c>
-      <c r="AL29" s="32">
+      <c r="AL29" s="29">
         <v>142461</v>
       </c>
-      <c r="AM29" s="32">
+      <c r="AM29" s="29">
         <v>146506</v>
       </c>
-      <c r="AN29" s="32">
+      <c r="AN29" s="29">
         <v>76198</v>
       </c>
-      <c r="AO29" s="32">
+      <c r="AO29" s="29">
         <v>84958</v>
       </c>
-      <c r="AP29" s="32">
+      <c r="AP29" s="29">
         <v>166383</v>
       </c>
-      <c r="AQ29" s="32">
+      <c r="AQ29" s="29">
         <v>74103</v>
       </c>
-      <c r="AR29" s="32">
+      <c r="AR29" s="29">
         <v>150843</v>
       </c>
-      <c r="AS29" s="32">
+      <c r="AS29" s="29">
         <v>65085</v>
       </c>
-      <c r="AT29" s="32">
+      <c r="AT29" s="29">
         <v>93790</v>
       </c>
-      <c r="AU29" s="32">
+      <c r="AU29" s="29">
         <v>113721</v>
       </c>
-      <c r="AV29" s="32">
+      <c r="AV29" s="29">
         <v>141935</v>
       </c>
-      <c r="AW29" s="32">
+      <c r="AW29" s="29">
         <v>60946</v>
       </c>
-      <c r="AX29" s="32">
+      <c r="AX29" s="29">
         <v>99451</v>
       </c>
-      <c r="AY29" s="32">
+      <c r="AY29" s="29">
         <v>48532</v>
       </c>
-      <c r="AZ29" s="32">
+      <c r="AZ29" s="29">
         <v>69665</v>
       </c>
-      <c r="BA29" s="32">
+      <c r="BA29" s="29">
         <v>53813</v>
       </c>
-      <c r="BB29" s="32">
+      <c r="BB29" s="29">
         <v>72200</v>
       </c>
-      <c r="BC29" s="32">
+      <c r="BC29" s="29">
         <v>114568</v>
       </c>
-      <c r="BD29" s="31">
+      <c r="BD29" s="28">
         <v>52261</v>
       </c>
-      <c r="BE29" s="32">
+      <c r="BE29" s="29">
         <v>44858</v>
       </c>
-      <c r="BF29" s="31">
+      <c r="BF29" s="28">
         <v>44858</v>
       </c>
-      <c r="BG29" s="32">
+      <c r="BG29" s="29">
         <v>79663</v>
       </c>
-      <c r="BH29" s="32">
+      <c r="BH29" s="29">
         <v>37378</v>
       </c>
-      <c r="BI29" s="32">
+      <c r="BI29" s="29">
         <v>31721</v>
       </c>
-      <c r="BJ29" s="31">
+      <c r="BJ29" s="28">
         <v>10564</v>
       </c>
-      <c r="BK29" s="32">
+      <c r="BK29" s="29">
         <v>122619</v>
       </c>
-      <c r="BL29" s="32">
+      <c r="BL29" s="29">
         <v>19739</v>
       </c>
-      <c r="BM29" s="32">
+      <c r="BM29" s="29">
         <v>17270</v>
       </c>
-      <c r="BN29" s="32">
+      <c r="BN29" s="29">
         <v>27042</v>
       </c>
-      <c r="BO29" s="32">
+      <c r="BO29" s="29">
         <v>18511</v>
       </c>
-      <c r="BP29" s="32">
+      <c r="BP29" s="29">
         <v>17369</v>
       </c>
-      <c r="BQ29" s="32">
+      <c r="BQ29" s="29">
         <v>12549</v>
       </c>
-      <c r="BR29" s="31">
+      <c r="BR29" s="28">
         <v>10139</v>
       </c>
-      <c r="BS29" s="32">
+      <c r="BS29" s="29">
         <v>34680</v>
       </c>
-      <c r="BT29" s="32">
+      <c r="BT29" s="29">
         <v>7516</v>
       </c>
-      <c r="BU29" s="32">
+      <c r="BU29" s="29">
         <v>8724</v>
       </c>
-      <c r="BV29" s="32">
+      <c r="BV29" s="29">
         <v>6242</v>
       </c>
-      <c r="BW29" s="32">
+      <c r="BW29" s="29">
         <v>9856</v>
       </c>
-      <c r="BX29" s="31">
+      <c r="BX29" s="28">
         <v>2342</v>
       </c>
-      <c r="BY29" s="32">
+      <c r="BY29" s="29">
         <v>53636</v>
       </c>
-      <c r="BZ29" s="32">
+      <c r="BZ29" s="29">
         <v>10592</v>
       </c>
-      <c r="CA29" s="32">
+      <c r="CA29" s="29">
         <v>12626</v>
       </c>
-      <c r="CB29" s="31">
+      <c r="CB29" s="28">
         <v>30418</v>
       </c>
-      <c r="CC29" s="32">
+      <c r="CC29" s="29">
         <v>31436</v>
       </c>
-      <c r="CD29" s="31">
+      <c r="CD29" s="28">
         <v>31436</v>
       </c>
-      <c r="CE29" s="32">
+      <c r="CE29" s="29">
         <v>33292</v>
       </c>
-      <c r="CF29" s="31">
+      <c r="CF29" s="28">
         <v>33292</v>
       </c>
-      <c r="CG29" s="32">
+      <c r="CG29" s="29">
         <v>70880</v>
       </c>
-      <c r="CH29" s="32">
+      <c r="CH29" s="29">
         <v>43206</v>
       </c>
-      <c r="CI29" s="36">
+      <c r="CI29" s="39">
         <v>27674</v>
+      </c>
+    </row>
+    <row r="30" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="C30" s="38">
+        <v>45992</v>
+      </c>
+      <c r="D30" s="31">
+        <v>7370206</v>
+      </c>
+      <c r="E30" s="33">
+        <v>6899471</v>
+      </c>
+      <c r="F30" s="33">
+        <v>470735</v>
+      </c>
+      <c r="G30" s="35">
+        <v>1355669</v>
+      </c>
+      <c r="H30" s="34">
+        <v>95898</v>
+      </c>
+      <c r="I30" s="32">
+        <v>151956</v>
+      </c>
+      <c r="J30" s="32">
+        <v>127670</v>
+      </c>
+      <c r="K30" s="32">
+        <v>165883</v>
+      </c>
+      <c r="L30" s="32">
+        <v>103420</v>
+      </c>
+      <c r="M30" s="32">
+        <v>96350</v>
+      </c>
+      <c r="N30" s="32">
+        <v>170302</v>
+      </c>
+      <c r="O30" s="32">
+        <v>196074</v>
+      </c>
+      <c r="P30" s="32">
+        <v>136129</v>
+      </c>
+      <c r="Q30" s="36">
+        <v>111987</v>
+      </c>
+      <c r="R30" s="35">
+        <v>352628</v>
+      </c>
+      <c r="S30" s="32">
+        <v>190086</v>
+      </c>
+      <c r="T30" s="32">
+        <v>608720</v>
+      </c>
+      <c r="U30" s="32">
+        <v>77430</v>
+      </c>
+      <c r="V30" s="32">
+        <v>56325</v>
+      </c>
+      <c r="W30" s="32">
+        <v>342556</v>
+      </c>
+      <c r="X30" s="32">
+        <v>77405</v>
+      </c>
+      <c r="Y30" s="32">
+        <v>111828</v>
+      </c>
+      <c r="Z30" s="32">
+        <v>76169</v>
+      </c>
+      <c r="AA30" s="32">
+        <v>91229</v>
+      </c>
+      <c r="AB30" s="32">
+        <v>228798</v>
+      </c>
+      <c r="AC30" s="32">
+        <v>147434</v>
+      </c>
+      <c r="AD30" s="32">
+        <v>53579</v>
+      </c>
+      <c r="AE30" s="32">
+        <v>117605</v>
+      </c>
+      <c r="AF30" s="32">
+        <v>140288</v>
+      </c>
+      <c r="AG30" s="32">
+        <v>230549</v>
+      </c>
+      <c r="AH30" s="32">
+        <v>252453</v>
+      </c>
+      <c r="AI30" s="32">
+        <v>341606</v>
+      </c>
+      <c r="AJ30" s="32">
+        <v>77216</v>
+      </c>
+      <c r="AK30" s="32">
+        <v>142738</v>
+      </c>
+      <c r="AL30" s="32">
+        <v>142413</v>
+      </c>
+      <c r="AM30" s="32">
+        <v>146518</v>
+      </c>
+      <c r="AN30" s="32">
+        <v>76174</v>
+      </c>
+      <c r="AO30" s="32">
+        <v>84957</v>
+      </c>
+      <c r="AP30" s="32">
+        <v>166376</v>
+      </c>
+      <c r="AQ30" s="32">
+        <v>74082</v>
+      </c>
+      <c r="AR30" s="32">
+        <v>150859</v>
+      </c>
+      <c r="AS30" s="32">
+        <v>65026</v>
+      </c>
+      <c r="AT30" s="32">
+        <v>93806</v>
+      </c>
+      <c r="AU30" s="32">
+        <v>113713</v>
+      </c>
+      <c r="AV30" s="32">
+        <v>141953</v>
+      </c>
+      <c r="AW30" s="32">
+        <v>60938</v>
+      </c>
+      <c r="AX30" s="32">
+        <v>99435</v>
+      </c>
+      <c r="AY30" s="32">
+        <v>48550</v>
+      </c>
+      <c r="AZ30" s="32">
+        <v>69653</v>
+      </c>
+      <c r="BA30" s="32">
+        <v>53767</v>
+      </c>
+      <c r="BB30" s="32">
+        <v>72167</v>
+      </c>
+      <c r="BC30" s="32">
+        <v>114530</v>
+      </c>
+      <c r="BD30" s="31">
+        <v>52243</v>
+      </c>
+      <c r="BE30" s="32">
+        <v>44845</v>
+      </c>
+      <c r="BF30" s="31">
+        <v>44845</v>
+      </c>
+      <c r="BG30" s="32">
+        <v>79532</v>
+      </c>
+      <c r="BH30" s="32">
+        <v>37298</v>
+      </c>
+      <c r="BI30" s="32">
+        <v>31690</v>
+      </c>
+      <c r="BJ30" s="31">
+        <v>10544</v>
+      </c>
+      <c r="BK30" s="32">
+        <v>122543</v>
+      </c>
+      <c r="BL30" s="32">
+        <v>19762</v>
+      </c>
+      <c r="BM30" s="32">
+        <v>17237</v>
+      </c>
+      <c r="BN30" s="32">
+        <v>27047</v>
+      </c>
+      <c r="BO30" s="32">
+        <v>18506</v>
+      </c>
+      <c r="BP30" s="32">
+        <v>17328</v>
+      </c>
+      <c r="BQ30" s="32">
+        <v>12534</v>
+      </c>
+      <c r="BR30" s="31">
+        <v>10129</v>
+      </c>
+      <c r="BS30" s="32">
+        <v>34620</v>
+      </c>
+      <c r="BT30" s="32">
+        <v>7499</v>
+      </c>
+      <c r="BU30" s="32">
+        <v>8715</v>
+      </c>
+      <c r="BV30" s="32">
+        <v>6234</v>
+      </c>
+      <c r="BW30" s="32">
+        <v>9840</v>
+      </c>
+      <c r="BX30" s="31">
+        <v>2332</v>
+      </c>
+      <c r="BY30" s="32">
+        <v>53635</v>
+      </c>
+      <c r="BZ30" s="32">
+        <v>10586</v>
+      </c>
+      <c r="CA30" s="32">
+        <v>12646</v>
+      </c>
+      <c r="CB30" s="31">
+        <v>30403</v>
+      </c>
+      <c r="CC30" s="32">
+        <v>31420</v>
+      </c>
+      <c r="CD30" s="31">
+        <v>31420</v>
+      </c>
+      <c r="CE30" s="32">
+        <v>33303</v>
+      </c>
+      <c r="CF30" s="31">
+        <v>33303</v>
+      </c>
+      <c r="CG30" s="32">
+        <v>70837</v>
+      </c>
+      <c r="CH30" s="32">
+        <v>43172</v>
+      </c>
+      <c r="CI30" s="36">
+        <v>27665</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:E3"/>
   </mergeCells>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.55118110236220474" right="0.35433070866141736" top="0.74803149606299213" bottom="0.51181102362204722" header="0.51181102362204722" footer="0.74803149606299213"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CI29"/>
+  <dimension ref="A1:CI30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="3" ySplit="7" topLeftCell="BX23" activePane="bottomRight" state="frozenSplit"/>
       <selection activeCell="G11" sqref="G11"/>
       <selection pane="topRight" activeCell="G11" sqref="G11"/>
       <selection pane="bottomLeft" activeCell="G11" sqref="G11"/>
-      <selection pane="bottomRight" activeCell="A29" sqref="A29:XFD29"/>
+      <selection pane="bottomRight" activeCell="BY33" sqref="BY33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.81640625" style="1" customWidth="1"/>
     <col min="2" max="3" width="18.81640625" style="1" customWidth="1"/>
     <col min="4" max="7" width="12.1796875" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.453125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="10.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:87" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -14673,333 +14937,594 @@
       <c r="CB28" s="28">
         <v>28907</v>
       </c>
       <c r="CC28" s="29">
         <v>30304</v>
       </c>
       <c r="CD28" s="28">
         <v>30304</v>
       </c>
       <c r="CE28" s="29">
         <v>32674</v>
       </c>
       <c r="CF28" s="28">
         <v>32674</v>
       </c>
       <c r="CG28" s="29">
         <v>69186</v>
       </c>
       <c r="CH28" s="29">
         <v>42302</v>
       </c>
       <c r="CI28" s="28">
         <v>26884</v>
       </c>
     </row>
-    <row r="29" spans="1:87" ht="14.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B29" s="19" t="s">
+    <row r="29" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A29" s="2"/>
+      <c r="B29" s="30" t="s">
         <v>197</v>
       </c>
-      <c r="C29" s="38">
+      <c r="C29" s="23">
         <v>45962</v>
       </c>
-      <c r="D29" s="20">
+      <c r="D29" s="28">
         <v>7089086</v>
       </c>
-      <c r="E29" s="20">
+      <c r="E29" s="28">
         <v>6631007</v>
       </c>
-      <c r="F29" s="20">
+      <c r="F29" s="28">
         <v>458079</v>
       </c>
-      <c r="G29" s="21">
+      <c r="G29" s="29">
         <v>1317919</v>
       </c>
-      <c r="H29" s="21">
+      <c r="H29" s="29">
         <v>94154</v>
       </c>
-      <c r="I29" s="21">
+      <c r="I29" s="29">
         <v>148645</v>
       </c>
-      <c r="J29" s="21">
+      <c r="J29" s="29">
         <v>123725</v>
       </c>
-      <c r="K29" s="21">
+      <c r="K29" s="29">
         <v>161619</v>
       </c>
-      <c r="L29" s="21">
+      <c r="L29" s="29">
         <v>100964</v>
       </c>
-      <c r="M29" s="21">
+      <c r="M29" s="29">
         <v>92284</v>
       </c>
-      <c r="N29" s="21">
+      <c r="N29" s="29">
         <v>165967</v>
       </c>
-      <c r="O29" s="21">
+      <c r="O29" s="29">
         <v>188789</v>
       </c>
-      <c r="P29" s="21">
+      <c r="P29" s="29">
         <v>133286</v>
       </c>
-      <c r="Q29" s="20">
+      <c r="Q29" s="28">
         <v>108486</v>
       </c>
-      <c r="R29" s="21">
+      <c r="R29" s="29">
         <v>340395</v>
       </c>
-      <c r="S29" s="21">
+      <c r="S29" s="29">
         <v>184231</v>
       </c>
-      <c r="T29" s="21">
+      <c r="T29" s="29">
         <v>555683</v>
       </c>
-      <c r="U29" s="21">
+      <c r="U29" s="29">
         <v>74848</v>
       </c>
-      <c r="V29" s="21">
+      <c r="V29" s="29">
         <v>55561</v>
       </c>
-      <c r="W29" s="21">
+      <c r="W29" s="29">
         <v>333782</v>
       </c>
-      <c r="X29" s="21">
+      <c r="X29" s="29">
         <v>75866</v>
       </c>
-      <c r="Y29" s="21">
+      <c r="Y29" s="29">
         <v>107628</v>
       </c>
-      <c r="Z29" s="21">
+      <c r="Z29" s="29">
         <v>72757</v>
       </c>
-      <c r="AA29" s="21">
+      <c r="AA29" s="29">
         <v>86788</v>
       </c>
-      <c r="AB29" s="21">
+      <c r="AB29" s="29">
         <v>221657</v>
       </c>
-      <c r="AC29" s="21">
+      <c r="AC29" s="29">
         <v>143444</v>
       </c>
-      <c r="AD29" s="21">
+      <c r="AD29" s="29">
         <v>50805</v>
       </c>
-      <c r="AE29" s="21">
+      <c r="AE29" s="29">
         <v>114536</v>
       </c>
-      <c r="AF29" s="21">
+      <c r="AF29" s="29">
         <v>135839</v>
       </c>
-      <c r="AG29" s="21">
+      <c r="AG29" s="29">
         <v>224359</v>
       </c>
-      <c r="AH29" s="21">
+      <c r="AH29" s="29">
         <v>239836</v>
       </c>
-      <c r="AI29" s="21">
+      <c r="AI29" s="29">
         <v>331720</v>
       </c>
-      <c r="AJ29" s="21">
+      <c r="AJ29" s="29">
         <v>66450</v>
       </c>
-      <c r="AK29" s="21">
+      <c r="AK29" s="29">
         <v>133115</v>
       </c>
-      <c r="AL29" s="21">
+      <c r="AL29" s="29">
         <v>138832</v>
       </c>
-      <c r="AM29" s="21">
+      <c r="AM29" s="29">
         <v>141037</v>
       </c>
-      <c r="AN29" s="21">
+      <c r="AN29" s="29">
         <v>73581</v>
       </c>
-      <c r="AO29" s="21">
+      <c r="AO29" s="29">
         <v>81609</v>
       </c>
-      <c r="AP29" s="21">
+      <c r="AP29" s="29">
         <v>160867</v>
       </c>
-      <c r="AQ29" s="21">
+      <c r="AQ29" s="29">
         <v>72686</v>
       </c>
-      <c r="AR29" s="21">
+      <c r="AR29" s="29">
         <v>145981</v>
       </c>
-      <c r="AS29" s="21">
+      <c r="AS29" s="29">
         <v>63834</v>
       </c>
-      <c r="AT29" s="21">
+      <c r="AT29" s="29">
         <v>88356</v>
       </c>
-      <c r="AU29" s="21">
+      <c r="AU29" s="29">
         <v>109831</v>
       </c>
-      <c r="AV29" s="21">
+      <c r="AV29" s="29">
         <v>134189</v>
       </c>
-      <c r="AW29" s="21">
+      <c r="AW29" s="29">
         <v>59809</v>
       </c>
-      <c r="AX29" s="21">
+      <c r="AX29" s="29">
         <v>95236</v>
       </c>
-      <c r="AY29" s="21">
+      <c r="AY29" s="29">
         <v>46784</v>
       </c>
-      <c r="AZ29" s="21">
+      <c r="AZ29" s="29">
         <v>67345</v>
       </c>
-      <c r="BA29" s="21">
+      <c r="BA29" s="29">
         <v>52416</v>
       </c>
-      <c r="BB29" s="21">
+      <c r="BB29" s="29">
         <v>69648</v>
       </c>
-      <c r="BC29" s="21">
+      <c r="BC29" s="29">
         <v>110487</v>
       </c>
-      <c r="BD29" s="20">
+      <c r="BD29" s="28">
         <v>51260</v>
       </c>
-      <c r="BE29" s="21">
+      <c r="BE29" s="29">
         <v>43943</v>
       </c>
-      <c r="BF29" s="20">
+      <c r="BF29" s="28">
         <v>43943</v>
       </c>
-      <c r="BG29" s="21">
+      <c r="BG29" s="29">
         <v>77367</v>
       </c>
-      <c r="BH29" s="21">
+      <c r="BH29" s="29">
         <v>36235</v>
       </c>
-      <c r="BI29" s="21">
+      <c r="BI29" s="29">
         <v>30768</v>
       </c>
-      <c r="BJ29" s="20">
+      <c r="BJ29" s="28">
         <v>10364</v>
       </c>
-      <c r="BK29" s="21">
+      <c r="BK29" s="29">
         <v>119255</v>
       </c>
-      <c r="BL29" s="21">
+      <c r="BL29" s="29">
         <v>18986</v>
       </c>
-      <c r="BM29" s="21">
+      <c r="BM29" s="29">
         <v>16406</v>
       </c>
-      <c r="BN29" s="21">
+      <c r="BN29" s="29">
         <v>26529</v>
       </c>
-      <c r="BO29" s="21">
+      <c r="BO29" s="29">
         <v>17974</v>
       </c>
-      <c r="BP29" s="21">
+      <c r="BP29" s="29">
         <v>17103</v>
       </c>
-      <c r="BQ29" s="21">
+      <c r="BQ29" s="29">
         <v>12377</v>
       </c>
-      <c r="BR29" s="20">
+      <c r="BR29" s="28">
         <v>9880</v>
       </c>
-      <c r="BS29" s="21">
+      <c r="BS29" s="29">
         <v>34250</v>
       </c>
-      <c r="BT29" s="21">
+      <c r="BT29" s="29">
         <v>7430</v>
       </c>
-      <c r="BU29" s="21">
+      <c r="BU29" s="29">
         <v>8607</v>
       </c>
-      <c r="BV29" s="21">
+      <c r="BV29" s="29">
         <v>6189</v>
       </c>
-      <c r="BW29" s="21">
+      <c r="BW29" s="29">
         <v>9694</v>
       </c>
-      <c r="BX29" s="20">
+      <c r="BX29" s="28">
         <v>2330</v>
       </c>
-      <c r="BY29" s="21">
+      <c r="BY29" s="29">
         <v>51137</v>
       </c>
-      <c r="BZ29" s="21">
+      <c r="BZ29" s="29">
         <v>10338</v>
       </c>
-      <c r="CA29" s="21">
+      <c r="CA29" s="29">
         <v>11919</v>
       </c>
-      <c r="CB29" s="20">
+      <c r="CB29" s="28">
         <v>28880</v>
       </c>
-      <c r="CC29" s="21">
+      <c r="CC29" s="29">
         <v>30298</v>
       </c>
-      <c r="CD29" s="20">
+      <c r="CD29" s="28">
         <v>30298</v>
       </c>
-      <c r="CE29" s="21">
+      <c r="CE29" s="29">
         <v>32645</v>
       </c>
-      <c r="CF29" s="20">
+      <c r="CF29" s="28">
         <v>32645</v>
       </c>
-      <c r="CG29" s="21">
+      <c r="CG29" s="29">
         <v>69184</v>
       </c>
-      <c r="CH29" s="21">
+      <c r="CH29" s="29">
         <v>42279</v>
       </c>
-      <c r="CI29" s="20">
+      <c r="CI29" s="28">
         <v>26905</v>
+      </c>
+    </row>
+    <row r="30" spans="1:87" ht="14.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="C30" s="38">
+        <v>45992</v>
+      </c>
+      <c r="D30" s="20">
+        <v>7085397</v>
+      </c>
+      <c r="E30" s="20">
+        <v>6627760</v>
+      </c>
+      <c r="F30" s="20">
+        <v>457637</v>
+      </c>
+      <c r="G30" s="21">
+        <v>1317629</v>
+      </c>
+      <c r="H30" s="21">
+        <v>94113</v>
+      </c>
+      <c r="I30" s="21">
+        <v>148667</v>
+      </c>
+      <c r="J30" s="21">
+        <v>123736</v>
+      </c>
+      <c r="K30" s="21">
+        <v>161613</v>
+      </c>
+      <c r="L30" s="21">
+        <v>100919</v>
+      </c>
+      <c r="M30" s="21">
+        <v>92281</v>
+      </c>
+      <c r="N30" s="21">
+        <v>165844</v>
+      </c>
+      <c r="O30" s="21">
+        <v>188633</v>
+      </c>
+      <c r="P30" s="21">
+        <v>133384</v>
+      </c>
+      <c r="Q30" s="20">
+        <v>108439</v>
+      </c>
+      <c r="R30" s="21">
+        <v>340220</v>
+      </c>
+      <c r="S30" s="21">
+        <v>184051</v>
+      </c>
+      <c r="T30" s="21">
+        <v>555188</v>
+      </c>
+      <c r="U30" s="21">
+        <v>74793</v>
+      </c>
+      <c r="V30" s="21">
+        <v>55467</v>
+      </c>
+      <c r="W30" s="21">
+        <v>333664</v>
+      </c>
+      <c r="X30" s="21">
+        <v>75786</v>
+      </c>
+      <c r="Y30" s="21">
+        <v>107546</v>
+      </c>
+      <c r="Z30" s="21">
+        <v>72709</v>
+      </c>
+      <c r="AA30" s="21">
+        <v>86796</v>
+      </c>
+      <c r="AB30" s="21">
+        <v>221496</v>
+      </c>
+      <c r="AC30" s="21">
+        <v>143387</v>
+      </c>
+      <c r="AD30" s="21">
+        <v>50773</v>
+      </c>
+      <c r="AE30" s="21">
+        <v>114451</v>
+      </c>
+      <c r="AF30" s="21">
+        <v>135798</v>
+      </c>
+      <c r="AG30" s="21">
+        <v>224277</v>
+      </c>
+      <c r="AH30" s="21">
+        <v>239672</v>
+      </c>
+      <c r="AI30" s="21">
+        <v>331524</v>
+      </c>
+      <c r="AJ30" s="21">
+        <v>66371</v>
+      </c>
+      <c r="AK30" s="21">
+        <v>133121</v>
+      </c>
+      <c r="AL30" s="21">
+        <v>138778</v>
+      </c>
+      <c r="AM30" s="21">
+        <v>141034</v>
+      </c>
+      <c r="AN30" s="21">
+        <v>73556</v>
+      </c>
+      <c r="AO30" s="21">
+        <v>81571</v>
+      </c>
+      <c r="AP30" s="21">
+        <v>160802</v>
+      </c>
+      <c r="AQ30" s="21">
+        <v>72670</v>
+      </c>
+      <c r="AR30" s="21">
+        <v>145929</v>
+      </c>
+      <c r="AS30" s="21">
+        <v>63763</v>
+      </c>
+      <c r="AT30" s="21">
+        <v>88345</v>
+      </c>
+      <c r="AU30" s="21">
+        <v>109817</v>
+      </c>
+      <c r="AV30" s="21">
+        <v>134109</v>
+      </c>
+      <c r="AW30" s="21">
+        <v>59786</v>
+      </c>
+      <c r="AX30" s="21">
+        <v>95189</v>
+      </c>
+      <c r="AY30" s="21">
+        <v>46777</v>
+      </c>
+      <c r="AZ30" s="21">
+        <v>67295</v>
+      </c>
+      <c r="BA30" s="21">
+        <v>52362</v>
+      </c>
+      <c r="BB30" s="21">
+        <v>69601</v>
+      </c>
+      <c r="BC30" s="21">
+        <v>110434</v>
+      </c>
+      <c r="BD30" s="20">
+        <v>51223</v>
+      </c>
+      <c r="BE30" s="21">
+        <v>43916</v>
+      </c>
+      <c r="BF30" s="20">
+        <v>43916</v>
+      </c>
+      <c r="BG30" s="21">
+        <v>77238</v>
+      </c>
+      <c r="BH30" s="21">
+        <v>36168</v>
+      </c>
+      <c r="BI30" s="21">
+        <v>30724</v>
+      </c>
+      <c r="BJ30" s="20">
+        <v>10346</v>
+      </c>
+      <c r="BK30" s="21">
+        <v>119137</v>
+      </c>
+      <c r="BL30" s="21">
+        <v>18994</v>
+      </c>
+      <c r="BM30" s="21">
+        <v>16381</v>
+      </c>
+      <c r="BN30" s="21">
+        <v>26517</v>
+      </c>
+      <c r="BO30" s="21">
+        <v>17959</v>
+      </c>
+      <c r="BP30" s="21">
+        <v>17065</v>
+      </c>
+      <c r="BQ30" s="21">
+        <v>12359</v>
+      </c>
+      <c r="BR30" s="20">
+        <v>9862</v>
+      </c>
+      <c r="BS30" s="21">
+        <v>34193</v>
+      </c>
+      <c r="BT30" s="21">
+        <v>7414</v>
+      </c>
+      <c r="BU30" s="21">
+        <v>8599</v>
+      </c>
+      <c r="BV30" s="21">
+        <v>6182</v>
+      </c>
+      <c r="BW30" s="21">
+        <v>9678</v>
+      </c>
+      <c r="BX30" s="20">
+        <v>2320</v>
+      </c>
+      <c r="BY30" s="21">
+        <v>51131</v>
+      </c>
+      <c r="BZ30" s="21">
+        <v>10330</v>
+      </c>
+      <c r="CA30" s="21">
+        <v>11922</v>
+      </c>
+      <c r="CB30" s="20">
+        <v>28879</v>
+      </c>
+      <c r="CC30" s="21">
+        <v>30264</v>
+      </c>
+      <c r="CD30" s="20">
+        <v>30264</v>
+      </c>
+      <c r="CE30" s="21">
+        <v>32632</v>
+      </c>
+      <c r="CF30" s="20">
+        <v>32632</v>
+      </c>
+      <c r="CG30" s="21">
+        <v>69126</v>
+      </c>
+      <c r="CH30" s="21">
+        <v>42243</v>
+      </c>
+      <c r="CI30" s="20">
+        <v>26883</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:E3"/>
   </mergeCells>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CI29"/>
+  <dimension ref="A1:CI30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="3" ySplit="7" topLeftCell="D23" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="A29" sqref="A29:XFD29"/>
+      <selection pane="bottomRight" activeCell="B34" sqref="B34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.81640625" style="1" customWidth="1"/>
     <col min="2" max="3" width="18.81640625" style="1" customWidth="1"/>
     <col min="4" max="7" width="12.1796875" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.453125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="10.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:87" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -21417,308 +21942,569 @@
       <c r="CB28" s="28">
         <v>1530</v>
       </c>
       <c r="CC28" s="29">
         <v>1125</v>
       </c>
       <c r="CD28" s="28">
         <v>1125</v>
       </c>
       <c r="CE28" s="29">
         <v>639</v>
       </c>
       <c r="CF28" s="28">
         <v>639</v>
       </c>
       <c r="CG28" s="29">
         <v>1675</v>
       </c>
       <c r="CH28" s="29">
         <v>923</v>
       </c>
       <c r="CI28" s="28">
         <v>752</v>
       </c>
     </row>
-    <row r="29" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B29" s="19" t="s">
+    <row r="29" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A29" s="2"/>
+      <c r="B29" s="30" t="s">
         <v>197</v>
       </c>
-      <c r="C29" s="38">
+      <c r="C29" s="23">
         <v>45962</v>
       </c>
-      <c r="D29" s="20">
+      <c r="D29" s="28">
         <v>282978</v>
       </c>
-      <c r="E29" s="20">
+      <c r="E29" s="28">
         <v>269993</v>
       </c>
-      <c r="F29" s="20">
+      <c r="F29" s="28">
         <v>12985</v>
       </c>
-      <c r="G29" s="21">
+      <c r="G29" s="29">
         <v>37787</v>
       </c>
-      <c r="H29" s="21">
+      <c r="H29" s="29">
         <v>1773</v>
       </c>
-      <c r="I29" s="21">
+      <c r="I29" s="29">
         <v>3258</v>
       </c>
-      <c r="J29" s="21">
+      <c r="J29" s="29">
         <v>3917</v>
       </c>
-      <c r="K29" s="21">
+      <c r="K29" s="29">
         <v>4241</v>
       </c>
-      <c r="L29" s="21">
+      <c r="L29" s="29">
         <v>2493</v>
       </c>
-      <c r="M29" s="21">
+      <c r="M29" s="29">
         <v>4045</v>
       </c>
-      <c r="N29" s="21">
+      <c r="N29" s="29">
         <v>4465</v>
       </c>
-      <c r="O29" s="21">
+      <c r="O29" s="29">
         <v>7398</v>
       </c>
-      <c r="P29" s="21">
+      <c r="P29" s="29">
         <v>2715</v>
       </c>
-      <c r="Q29" s="20">
+      <c r="Q29" s="28">
         <v>3482</v>
       </c>
-      <c r="R29" s="21">
+      <c r="R29" s="29">
         <v>12334</v>
       </c>
-      <c r="S29" s="21">
+      <c r="S29" s="29">
         <v>5985</v>
       </c>
-      <c r="T29" s="21">
+      <c r="T29" s="29">
         <v>53170</v>
       </c>
-      <c r="U29" s="21">
+      <c r="U29" s="29">
         <v>2624</v>
       </c>
-      <c r="V29" s="21">
+      <c r="V29" s="29">
         <v>852</v>
       </c>
-      <c r="W29" s="21">
+      <c r="W29" s="29">
         <v>8833</v>
       </c>
-      <c r="X29" s="21">
+      <c r="X29" s="29">
         <v>1615</v>
       </c>
-      <c r="Y29" s="21">
+      <c r="Y29" s="29">
         <v>4264</v>
       </c>
-      <c r="Z29" s="21">
+      <c r="Z29" s="29">
         <v>3461</v>
       </c>
-      <c r="AA29" s="21">
+      <c r="AA29" s="29">
         <v>4424</v>
       </c>
-      <c r="AB29" s="21">
+      <c r="AB29" s="29">
         <v>7284</v>
       </c>
-      <c r="AC29" s="21">
+      <c r="AC29" s="29">
         <v>4023</v>
       </c>
-      <c r="AD29" s="21">
+      <c r="AD29" s="29">
         <v>2787</v>
       </c>
-      <c r="AE29" s="21">
+      <c r="AE29" s="29">
         <v>3139</v>
       </c>
-      <c r="AF29" s="21">
+      <c r="AF29" s="29">
         <v>4485</v>
       </c>
-      <c r="AG29" s="21">
+      <c r="AG29" s="29">
         <v>6249</v>
       </c>
-      <c r="AH29" s="21">
+      <c r="AH29" s="29">
         <v>12683</v>
       </c>
-      <c r="AI29" s="21">
+      <c r="AI29" s="29">
         <v>9995</v>
       </c>
-      <c r="AJ29" s="21">
+      <c r="AJ29" s="29">
         <v>10768</v>
       </c>
-      <c r="AK29" s="21">
+      <c r="AK29" s="29">
         <v>9600</v>
       </c>
-      <c r="AL29" s="21">
+      <c r="AL29" s="29">
         <v>3629</v>
       </c>
-      <c r="AM29" s="21">
+      <c r="AM29" s="29">
         <v>5469</v>
       </c>
-      <c r="AN29" s="21">
+      <c r="AN29" s="29">
         <v>2617</v>
       </c>
-      <c r="AO29" s="21">
+      <c r="AO29" s="29">
         <v>3349</v>
       </c>
-      <c r="AP29" s="21">
+      <c r="AP29" s="29">
         <v>5516</v>
       </c>
-      <c r="AQ29" s="21">
+      <c r="AQ29" s="29">
         <v>1417</v>
       </c>
-      <c r="AR29" s="21">
+      <c r="AR29" s="29">
         <v>4862</v>
       </c>
-      <c r="AS29" s="21">
+      <c r="AS29" s="29">
         <v>1251</v>
       </c>
-      <c r="AT29" s="21">
+      <c r="AT29" s="29">
         <v>5434</v>
       </c>
-      <c r="AU29" s="21">
+      <c r="AU29" s="29">
         <v>3890</v>
       </c>
-      <c r="AV29" s="21">
+      <c r="AV29" s="29">
         <v>7746</v>
       </c>
-      <c r="AW29" s="21">
+      <c r="AW29" s="29">
         <v>1137</v>
       </c>
-      <c r="AX29" s="21">
+      <c r="AX29" s="29">
         <v>4215</v>
       </c>
-      <c r="AY29" s="21">
+      <c r="AY29" s="29">
         <v>1748</v>
       </c>
-      <c r="AZ29" s="21">
+      <c r="AZ29" s="29">
         <v>2320</v>
       </c>
-      <c r="BA29" s="21">
+      <c r="BA29" s="29">
         <v>1397</v>
       </c>
-      <c r="BB29" s="21">
+      <c r="BB29" s="29">
         <v>2552</v>
       </c>
-      <c r="BC29" s="21">
+      <c r="BC29" s="29">
         <v>4081</v>
       </c>
-      <c r="BD29" s="20">
+      <c r="BD29" s="28">
         <v>1001</v>
       </c>
-      <c r="BE29" s="21">
+      <c r="BE29" s="29">
         <v>915</v>
       </c>
-      <c r="BF29" s="20">
+      <c r="BF29" s="28">
         <v>915</v>
       </c>
-      <c r="BG29" s="21">
+      <c r="BG29" s="29">
         <v>2296</v>
       </c>
-      <c r="BH29" s="21">
+      <c r="BH29" s="29">
         <v>1143</v>
       </c>
-      <c r="BI29" s="21">
+      <c r="BI29" s="29">
         <v>953</v>
       </c>
-      <c r="BJ29" s="20">
+      <c r="BJ29" s="28">
         <v>200</v>
       </c>
-      <c r="BK29" s="21">
+      <c r="BK29" s="29">
         <v>3364</v>
       </c>
-      <c r="BL29" s="21">
+      <c r="BL29" s="29">
         <v>753</v>
       </c>
-      <c r="BM29" s="21">
+      <c r="BM29" s="29">
         <v>864</v>
       </c>
-      <c r="BN29" s="21">
+      <c r="BN29" s="29">
         <v>513</v>
       </c>
-      <c r="BO29" s="21">
+      <c r="BO29" s="29">
         <v>537</v>
       </c>
-      <c r="BP29" s="21">
+      <c r="BP29" s="29">
         <v>266</v>
       </c>
-      <c r="BQ29" s="21">
+      <c r="BQ29" s="29">
         <v>172</v>
       </c>
-      <c r="BR29" s="20">
+      <c r="BR29" s="28">
         <v>259</v>
       </c>
-      <c r="BS29" s="21">
+      <c r="BS29" s="29">
         <v>430</v>
       </c>
-      <c r="BT29" s="21">
+      <c r="BT29" s="29">
         <v>86</v>
       </c>
-      <c r="BU29" s="21">
+      <c r="BU29" s="29">
         <v>117</v>
       </c>
-      <c r="BV29" s="21">
+      <c r="BV29" s="29">
         <v>53</v>
       </c>
-      <c r="BW29" s="21">
+      <c r="BW29" s="29">
         <v>162</v>
       </c>
-      <c r="BX29" s="20">
+      <c r="BX29" s="28">
         <v>12</v>
       </c>
-      <c r="BY29" s="21">
+      <c r="BY29" s="29">
         <v>2499</v>
       </c>
-      <c r="BZ29" s="21">
+      <c r="BZ29" s="29">
         <v>254</v>
       </c>
-      <c r="CA29" s="21">
+      <c r="CA29" s="29">
         <v>707</v>
       </c>
-      <c r="CB29" s="20">
+      <c r="CB29" s="28">
         <v>1538</v>
       </c>
-      <c r="CC29" s="21">
+      <c r="CC29" s="29">
         <v>1138</v>
       </c>
-      <c r="CD29" s="20">
+      <c r="CD29" s="28">
         <v>1138</v>
       </c>
-      <c r="CE29" s="21">
+      <c r="CE29" s="29">
         <v>647</v>
       </c>
-      <c r="CF29" s="20">
+      <c r="CF29" s="28">
         <v>647</v>
       </c>
-      <c r="CG29" s="21">
+      <c r="CG29" s="29">
         <v>1696</v>
       </c>
-      <c r="CH29" s="21">
+      <c r="CH29" s="29">
         <v>927</v>
       </c>
-      <c r="CI29" s="20">
+      <c r="CI29" s="28">
         <v>769</v>
+      </c>
+    </row>
+    <row r="30" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="C30" s="38">
+        <v>45992</v>
+      </c>
+      <c r="D30" s="20">
+        <v>284809</v>
+      </c>
+      <c r="E30" s="20">
+        <v>271711</v>
+      </c>
+      <c r="F30" s="20">
+        <v>13098</v>
+      </c>
+      <c r="G30" s="21">
+        <v>38040</v>
+      </c>
+      <c r="H30" s="21">
+        <v>1785</v>
+      </c>
+      <c r="I30" s="21">
+        <v>3289</v>
+      </c>
+      <c r="J30" s="21">
+        <v>3934</v>
+      </c>
+      <c r="K30" s="21">
+        <v>4270</v>
+      </c>
+      <c r="L30" s="21">
+        <v>2501</v>
+      </c>
+      <c r="M30" s="21">
+        <v>4069</v>
+      </c>
+      <c r="N30" s="21">
+        <v>4458</v>
+      </c>
+      <c r="O30" s="21">
+        <v>7441</v>
+      </c>
+      <c r="P30" s="21">
+        <v>2745</v>
+      </c>
+      <c r="Q30" s="20">
+        <v>3548</v>
+      </c>
+      <c r="R30" s="21">
+        <v>12408</v>
+      </c>
+      <c r="S30" s="21">
+        <v>6035</v>
+      </c>
+      <c r="T30" s="21">
+        <v>53532</v>
+      </c>
+      <c r="U30" s="21">
+        <v>2637</v>
+      </c>
+      <c r="V30" s="21">
+        <v>858</v>
+      </c>
+      <c r="W30" s="21">
+        <v>8892</v>
+      </c>
+      <c r="X30" s="21">
+        <v>1619</v>
+      </c>
+      <c r="Y30" s="21">
+        <v>4282</v>
+      </c>
+      <c r="Z30" s="21">
+        <v>3460</v>
+      </c>
+      <c r="AA30" s="21">
+        <v>4433</v>
+      </c>
+      <c r="AB30" s="21">
+        <v>7302</v>
+      </c>
+      <c r="AC30" s="21">
+        <v>4047</v>
+      </c>
+      <c r="AD30" s="21">
+        <v>2806</v>
+      </c>
+      <c r="AE30" s="21">
+        <v>3154</v>
+      </c>
+      <c r="AF30" s="21">
+        <v>4490</v>
+      </c>
+      <c r="AG30" s="21">
+        <v>6272</v>
+      </c>
+      <c r="AH30" s="21">
+        <v>12781</v>
+      </c>
+      <c r="AI30" s="21">
+        <v>10082</v>
+      </c>
+      <c r="AJ30" s="21">
+        <v>10845</v>
+      </c>
+      <c r="AK30" s="21">
+        <v>9617</v>
+      </c>
+      <c r="AL30" s="21">
+        <v>3635</v>
+      </c>
+      <c r="AM30" s="21">
+        <v>5484</v>
+      </c>
+      <c r="AN30" s="21">
+        <v>2618</v>
+      </c>
+      <c r="AO30" s="21">
+        <v>3386</v>
+      </c>
+      <c r="AP30" s="21">
+        <v>5574</v>
+      </c>
+      <c r="AQ30" s="21">
+        <v>1412</v>
+      </c>
+      <c r="AR30" s="21">
+        <v>4930</v>
+      </c>
+      <c r="AS30" s="21">
+        <v>1263</v>
+      </c>
+      <c r="AT30" s="21">
+        <v>5461</v>
+      </c>
+      <c r="AU30" s="21">
+        <v>3896</v>
+      </c>
+      <c r="AV30" s="21">
+        <v>7844</v>
+      </c>
+      <c r="AW30" s="21">
+        <v>1152</v>
+      </c>
+      <c r="AX30" s="21">
+        <v>4246</v>
+      </c>
+      <c r="AY30" s="21">
+        <v>1773</v>
+      </c>
+      <c r="AZ30" s="21">
+        <v>2358</v>
+      </c>
+      <c r="BA30" s="21">
+        <v>1405</v>
+      </c>
+      <c r="BB30" s="21">
+        <v>2566</v>
+      </c>
+      <c r="BC30" s="21">
+        <v>4096</v>
+      </c>
+      <c r="BD30" s="20">
+        <v>1020</v>
+      </c>
+      <c r="BE30" s="21">
+        <v>929</v>
+      </c>
+      <c r="BF30" s="20">
+        <v>929</v>
+      </c>
+      <c r="BG30" s="21">
+        <v>2294</v>
+      </c>
+      <c r="BH30" s="21">
+        <v>1130</v>
+      </c>
+      <c r="BI30" s="21">
+        <v>966</v>
+      </c>
+      <c r="BJ30" s="20">
+        <v>198</v>
+      </c>
+      <c r="BK30" s="21">
+        <v>3406</v>
+      </c>
+      <c r="BL30" s="21">
+        <v>768</v>
+      </c>
+      <c r="BM30" s="21">
+        <v>856</v>
+      </c>
+      <c r="BN30" s="21">
+        <v>530</v>
+      </c>
+      <c r="BO30" s="21">
+        <v>547</v>
+      </c>
+      <c r="BP30" s="21">
+        <v>263</v>
+      </c>
+      <c r="BQ30" s="21">
+        <v>175</v>
+      </c>
+      <c r="BR30" s="20">
+        <v>267</v>
+      </c>
+      <c r="BS30" s="21">
+        <v>427</v>
+      </c>
+      <c r="BT30" s="21">
+        <v>85</v>
+      </c>
+      <c r="BU30" s="21">
+        <v>116</v>
+      </c>
+      <c r="BV30" s="21">
+        <v>52</v>
+      </c>
+      <c r="BW30" s="21">
+        <v>162</v>
+      </c>
+      <c r="BX30" s="20">
+        <v>12</v>
+      </c>
+      <c r="BY30" s="21">
+        <v>2504</v>
+      </c>
+      <c r="BZ30" s="21">
+        <v>256</v>
+      </c>
+      <c r="CA30" s="21">
+        <v>724</v>
+      </c>
+      <c r="CB30" s="20">
+        <v>1524</v>
+      </c>
+      <c r="CC30" s="21">
+        <v>1156</v>
+      </c>
+      <c r="CD30" s="20">
+        <v>1156</v>
+      </c>
+      <c r="CE30" s="21">
+        <v>671</v>
+      </c>
+      <c r="CF30" s="20">
+        <v>671</v>
+      </c>
+      <c r="CG30" s="21">
+        <v>1711</v>
+      </c>
+      <c r="CH30" s="21">
+        <v>929</v>
+      </c>
+      <c r="CI30" s="20">
+        <v>782</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:E3"/>
   </mergeCells>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>