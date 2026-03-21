--- v2 (2026-02-02)
+++ v3 (2026-03-21)
@@ -4,71 +4,71 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\110 HP時系列\R7\01 各月\R712\（参考）住民基本台帳に基づく人口（総人口・日本人人口・外国人人口）\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\110 HP時系列\R8\01 各月\R802\（参考）住民基本台帳に基づく人口（総人口・日本人人口・外国人人口）\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C816B3C3-A2B4-40C7-9924-975BF184E0C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8016B8F3-AFAF-4BC7-B30B-C5E868C3D25D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="総人口(2024.2.1～)" sheetId="2" r:id="rId1"/>
     <sheet name="日本人人口(2024.2.1～)" sheetId="3" r:id="rId2"/>
     <sheet name="外国人人口(2024.2.1～)" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'総人口(2024.2.1～)'!$B:$E</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="594" uniqueCount="201">
   <si>
     <t>住民基本台帳に基づく人口（総人口）</t>
   </si>
   <si>
     <t>Population Estimates of Saitama Prefecture</t>
   </si>
   <si>
     <t>市町村</t>
   </si>
   <si>
     <t>Cities,
 Towns and Villages</t>
   </si>
   <si>
     <t>総　計</t>
   </si>
   <si>
     <t>市　計</t>
   </si>
   <si>
     <t>郡　計</t>
   </si>
   <si>
     <t>さいたま市</t>
   </si>
@@ -624,50 +624,56 @@
     <t>令和7年4月1日</t>
   </si>
   <si>
     <t>令和7年5月1日</t>
   </si>
   <si>
     <t>令和7年6月1日</t>
   </si>
   <si>
     <t>令和7年7月1日</t>
   </si>
   <si>
     <t>令和7年8月1日</t>
   </si>
   <si>
     <t>令和7年9月1日</t>
   </si>
   <si>
     <t>令和7年10月1日</t>
   </si>
   <si>
     <t>令和7年11月1日</t>
   </si>
   <si>
     <t>令和7年12月1日</t>
+  </si>
+  <si>
+    <t>令和8年1月1日</t>
+  </si>
+  <si>
+    <t>令和8年2月1日</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
     </font>
@@ -1462,58 +1468,58 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CI30"/>
+  <dimension ref="A1:CI32"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="7" topLeftCell="D23" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="3" ySplit="7" topLeftCell="D29" activePane="bottomRight" state="frozenSplit"/>
       <selection activeCell="G11" sqref="G11"/>
       <selection pane="topRight" activeCell="G11" sqref="G11"/>
       <selection pane="bottomLeft" activeCell="G11" sqref="G11"/>
-      <selection pane="bottomRight" activeCell="F2" sqref="F2"/>
+      <selection pane="bottomRight" activeCell="F39" sqref="F39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.81640625" style="1" customWidth="1"/>
     <col min="2" max="3" width="18.81640625" style="1" customWidth="1"/>
     <col min="4" max="7" width="12.1796875" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.453125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="10.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:87" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -8192,334 +8198,856 @@
       <c r="CB29" s="28">
         <v>30418</v>
       </c>
       <c r="CC29" s="29">
         <v>31436</v>
       </c>
       <c r="CD29" s="28">
         <v>31436</v>
       </c>
       <c r="CE29" s="29">
         <v>33292</v>
       </c>
       <c r="CF29" s="28">
         <v>33292</v>
       </c>
       <c r="CG29" s="29">
         <v>70880</v>
       </c>
       <c r="CH29" s="29">
         <v>43206</v>
       </c>
       <c r="CI29" s="39">
         <v>27674</v>
       </c>
     </row>
-    <row r="30" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B30" s="19" t="s">
+    <row r="30" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A30" s="2"/>
+      <c r="B30" s="30" t="s">
         <v>198</v>
       </c>
-      <c r="C30" s="38">
+      <c r="C30" s="23">
         <v>45992</v>
       </c>
-      <c r="D30" s="31">
+      <c r="D30" s="28">
         <v>7370206</v>
       </c>
-      <c r="E30" s="33">
+      <c r="E30" s="28">
         <v>6899471</v>
       </c>
-      <c r="F30" s="33">
+      <c r="F30" s="28">
         <v>470735</v>
       </c>
-      <c r="G30" s="35">
+      <c r="G30" s="29">
         <v>1355669</v>
       </c>
-      <c r="H30" s="34">
+      <c r="H30" s="29">
         <v>95898</v>
       </c>
-      <c r="I30" s="32">
+      <c r="I30" s="29">
         <v>151956</v>
       </c>
-      <c r="J30" s="32">
+      <c r="J30" s="29">
         <v>127670</v>
       </c>
-      <c r="K30" s="32">
+      <c r="K30" s="29">
         <v>165883</v>
       </c>
-      <c r="L30" s="32">
+      <c r="L30" s="29">
         <v>103420</v>
       </c>
-      <c r="M30" s="32">
+      <c r="M30" s="29">
         <v>96350</v>
       </c>
-      <c r="N30" s="32">
+      <c r="N30" s="29">
         <v>170302</v>
       </c>
-      <c r="O30" s="32">
+      <c r="O30" s="29">
         <v>196074</v>
       </c>
-      <c r="P30" s="32">
+      <c r="P30" s="29">
         <v>136129</v>
       </c>
-      <c r="Q30" s="36">
+      <c r="Q30" s="28">
         <v>111987</v>
       </c>
-      <c r="R30" s="35">
+      <c r="R30" s="29">
         <v>352628</v>
       </c>
-      <c r="S30" s="32">
+      <c r="S30" s="29">
         <v>190086</v>
       </c>
-      <c r="T30" s="32">
+      <c r="T30" s="29">
         <v>608720</v>
       </c>
-      <c r="U30" s="32">
+      <c r="U30" s="29">
         <v>77430</v>
       </c>
-      <c r="V30" s="32">
+      <c r="V30" s="29">
         <v>56325</v>
       </c>
-      <c r="W30" s="32">
+      <c r="W30" s="29">
         <v>342556</v>
       </c>
-      <c r="X30" s="32">
+      <c r="X30" s="29">
         <v>77405</v>
       </c>
-      <c r="Y30" s="32">
+      <c r="Y30" s="29">
         <v>111828</v>
       </c>
-      <c r="Z30" s="32">
+      <c r="Z30" s="29">
         <v>76169</v>
       </c>
-      <c r="AA30" s="32">
+      <c r="AA30" s="29">
         <v>91229</v>
       </c>
-      <c r="AB30" s="32">
+      <c r="AB30" s="29">
         <v>228798</v>
       </c>
-      <c r="AC30" s="32">
+      <c r="AC30" s="29">
         <v>147434</v>
       </c>
-      <c r="AD30" s="32">
+      <c r="AD30" s="29">
         <v>53579</v>
       </c>
-      <c r="AE30" s="32">
+      <c r="AE30" s="29">
         <v>117605</v>
       </c>
-      <c r="AF30" s="32">
+      <c r="AF30" s="29">
         <v>140288</v>
       </c>
-      <c r="AG30" s="32">
+      <c r="AG30" s="29">
         <v>230549</v>
       </c>
-      <c r="AH30" s="32">
+      <c r="AH30" s="29">
         <v>252453</v>
       </c>
-      <c r="AI30" s="32">
+      <c r="AI30" s="29">
         <v>341606</v>
       </c>
-      <c r="AJ30" s="32">
+      <c r="AJ30" s="29">
         <v>77216</v>
       </c>
-      <c r="AK30" s="32">
+      <c r="AK30" s="29">
         <v>142738</v>
       </c>
-      <c r="AL30" s="32">
+      <c r="AL30" s="29">
         <v>142413</v>
       </c>
-      <c r="AM30" s="32">
+      <c r="AM30" s="29">
         <v>146518</v>
       </c>
-      <c r="AN30" s="32">
+      <c r="AN30" s="29">
         <v>76174</v>
       </c>
-      <c r="AO30" s="32">
+      <c r="AO30" s="29">
         <v>84957</v>
       </c>
-      <c r="AP30" s="32">
+      <c r="AP30" s="29">
         <v>166376</v>
       </c>
-      <c r="AQ30" s="32">
+      <c r="AQ30" s="29">
         <v>74082</v>
       </c>
-      <c r="AR30" s="32">
+      <c r="AR30" s="29">
         <v>150859</v>
       </c>
-      <c r="AS30" s="32">
+      <c r="AS30" s="29">
         <v>65026</v>
       </c>
-      <c r="AT30" s="32">
+      <c r="AT30" s="29">
         <v>93806</v>
       </c>
-      <c r="AU30" s="32">
+      <c r="AU30" s="29">
         <v>113713</v>
       </c>
-      <c r="AV30" s="32">
+      <c r="AV30" s="29">
         <v>141953</v>
       </c>
-      <c r="AW30" s="32">
+      <c r="AW30" s="29">
         <v>60938</v>
       </c>
-      <c r="AX30" s="32">
+      <c r="AX30" s="29">
         <v>99435</v>
       </c>
-      <c r="AY30" s="32">
+      <c r="AY30" s="29">
         <v>48550</v>
       </c>
-      <c r="AZ30" s="32">
+      <c r="AZ30" s="29">
         <v>69653</v>
       </c>
-      <c r="BA30" s="32">
+      <c r="BA30" s="29">
         <v>53767</v>
       </c>
-      <c r="BB30" s="32">
+      <c r="BB30" s="29">
         <v>72167</v>
       </c>
-      <c r="BC30" s="32">
+      <c r="BC30" s="29">
         <v>114530</v>
       </c>
-      <c r="BD30" s="31">
+      <c r="BD30" s="28">
         <v>52243</v>
       </c>
-      <c r="BE30" s="32">
+      <c r="BE30" s="29">
         <v>44845</v>
       </c>
-      <c r="BF30" s="31">
+      <c r="BF30" s="28">
         <v>44845</v>
       </c>
-      <c r="BG30" s="32">
+      <c r="BG30" s="29">
         <v>79532</v>
       </c>
-      <c r="BH30" s="32">
+      <c r="BH30" s="29">
         <v>37298</v>
       </c>
-      <c r="BI30" s="32">
+      <c r="BI30" s="29">
         <v>31690</v>
       </c>
-      <c r="BJ30" s="31">
+      <c r="BJ30" s="28">
         <v>10544</v>
       </c>
-      <c r="BK30" s="32">
+      <c r="BK30" s="29">
         <v>122543</v>
       </c>
-      <c r="BL30" s="32">
+      <c r="BL30" s="29">
         <v>19762</v>
       </c>
-      <c r="BM30" s="32">
+      <c r="BM30" s="29">
         <v>17237</v>
       </c>
-      <c r="BN30" s="32">
+      <c r="BN30" s="29">
         <v>27047</v>
       </c>
-      <c r="BO30" s="32">
+      <c r="BO30" s="29">
         <v>18506</v>
       </c>
-      <c r="BP30" s="32">
+      <c r="BP30" s="29">
         <v>17328</v>
       </c>
-      <c r="BQ30" s="32">
+      <c r="BQ30" s="29">
         <v>12534</v>
       </c>
-      <c r="BR30" s="31">
+      <c r="BR30" s="28">
         <v>10129</v>
       </c>
-      <c r="BS30" s="32">
+      <c r="BS30" s="29">
         <v>34620</v>
       </c>
-      <c r="BT30" s="32">
+      <c r="BT30" s="29">
         <v>7499</v>
       </c>
-      <c r="BU30" s="32">
+      <c r="BU30" s="29">
         <v>8715</v>
       </c>
-      <c r="BV30" s="32">
+      <c r="BV30" s="29">
         <v>6234</v>
       </c>
-      <c r="BW30" s="32">
+      <c r="BW30" s="29">
         <v>9840</v>
       </c>
-      <c r="BX30" s="31">
+      <c r="BX30" s="28">
         <v>2332</v>
       </c>
-      <c r="BY30" s="32">
+      <c r="BY30" s="29">
         <v>53635</v>
       </c>
-      <c r="BZ30" s="32">
+      <c r="BZ30" s="29">
         <v>10586</v>
       </c>
-      <c r="CA30" s="32">
+      <c r="CA30" s="29">
         <v>12646</v>
       </c>
-      <c r="CB30" s="31">
+      <c r="CB30" s="28">
         <v>30403</v>
       </c>
-      <c r="CC30" s="32">
+      <c r="CC30" s="29">
         <v>31420</v>
       </c>
-      <c r="CD30" s="31">
+      <c r="CD30" s="28">
         <v>31420</v>
       </c>
-      <c r="CE30" s="32">
+      <c r="CE30" s="29">
         <v>33303</v>
       </c>
-      <c r="CF30" s="31">
+      <c r="CF30" s="28">
         <v>33303</v>
       </c>
-      <c r="CG30" s="32">
+      <c r="CG30" s="29">
         <v>70837</v>
       </c>
-      <c r="CH30" s="32">
+      <c r="CH30" s="29">
         <v>43172</v>
       </c>
-      <c r="CI30" s="36">
+      <c r="CI30" s="39">
         <v>27665</v>
+      </c>
+    </row>
+    <row r="31" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A31" s="2"/>
+      <c r="B31" s="30" t="s">
+        <v>199</v>
+      </c>
+      <c r="C31" s="23">
+        <v>46023</v>
+      </c>
+      <c r="D31" s="28">
+        <v>7368512</v>
+      </c>
+      <c r="E31" s="28">
+        <v>6898258</v>
+      </c>
+      <c r="F31" s="28">
+        <v>470254</v>
+      </c>
+      <c r="G31" s="29">
+        <v>1355984</v>
+      </c>
+      <c r="H31" s="29">
+        <v>95911</v>
+      </c>
+      <c r="I31" s="29">
+        <v>152004</v>
+      </c>
+      <c r="J31" s="29">
+        <v>127730</v>
+      </c>
+      <c r="K31" s="29">
+        <v>165914</v>
+      </c>
+      <c r="L31" s="29">
+        <v>103423</v>
+      </c>
+      <c r="M31" s="29">
+        <v>96386</v>
+      </c>
+      <c r="N31" s="29">
+        <v>170297</v>
+      </c>
+      <c r="O31" s="29">
+        <v>196039</v>
+      </c>
+      <c r="P31" s="29">
+        <v>136252</v>
+      </c>
+      <c r="Q31" s="28">
+        <v>112028</v>
+      </c>
+      <c r="R31" s="29">
+        <v>352607</v>
+      </c>
+      <c r="S31" s="29">
+        <v>189859</v>
+      </c>
+      <c r="T31" s="29">
+        <v>608515</v>
+      </c>
+      <c r="U31" s="29">
+        <v>77396</v>
+      </c>
+      <c r="V31" s="29">
+        <v>56230</v>
+      </c>
+      <c r="W31" s="29">
+        <v>342490</v>
+      </c>
+      <c r="X31" s="29">
+        <v>77381</v>
+      </c>
+      <c r="Y31" s="29">
+        <v>111846</v>
+      </c>
+      <c r="Z31" s="29">
+        <v>76107</v>
+      </c>
+      <c r="AA31" s="29">
+        <v>91179</v>
+      </c>
+      <c r="AB31" s="29">
+        <v>228610</v>
+      </c>
+      <c r="AC31" s="29">
+        <v>147477</v>
+      </c>
+      <c r="AD31" s="29">
+        <v>53589</v>
+      </c>
+      <c r="AE31" s="29">
+        <v>117556</v>
+      </c>
+      <c r="AF31" s="29">
+        <v>140211</v>
+      </c>
+      <c r="AG31" s="29">
+        <v>230639</v>
+      </c>
+      <c r="AH31" s="29">
+        <v>252586</v>
+      </c>
+      <c r="AI31" s="29">
+        <v>341437</v>
+      </c>
+      <c r="AJ31" s="29">
+        <v>77289</v>
+      </c>
+      <c r="AK31" s="29">
+        <v>142833</v>
+      </c>
+      <c r="AL31" s="29">
+        <v>142311</v>
+      </c>
+      <c r="AM31" s="29">
+        <v>146414</v>
+      </c>
+      <c r="AN31" s="29">
+        <v>76187</v>
+      </c>
+      <c r="AO31" s="29">
+        <v>84917</v>
+      </c>
+      <c r="AP31" s="29">
+        <v>166243</v>
+      </c>
+      <c r="AQ31" s="29">
+        <v>74120</v>
+      </c>
+      <c r="AR31" s="29">
+        <v>150807</v>
+      </c>
+      <c r="AS31" s="29">
+        <v>64997</v>
+      </c>
+      <c r="AT31" s="29">
+        <v>93726</v>
+      </c>
+      <c r="AU31" s="29">
+        <v>113728</v>
+      </c>
+      <c r="AV31" s="29">
+        <v>141971</v>
+      </c>
+      <c r="AW31" s="29">
+        <v>60928</v>
+      </c>
+      <c r="AX31" s="29">
+        <v>99346</v>
+      </c>
+      <c r="AY31" s="29">
+        <v>48522</v>
+      </c>
+      <c r="AZ31" s="29">
+        <v>69668</v>
+      </c>
+      <c r="BA31" s="29">
+        <v>53731</v>
+      </c>
+      <c r="BB31" s="29">
+        <v>72165</v>
+      </c>
+      <c r="BC31" s="29">
+        <v>114461</v>
+      </c>
+      <c r="BD31" s="28">
+        <v>52195</v>
+      </c>
+      <c r="BE31" s="29">
+        <v>44824</v>
+      </c>
+      <c r="BF31" s="28">
+        <v>44824</v>
+      </c>
+      <c r="BG31" s="29">
+        <v>79339</v>
+      </c>
+      <c r="BH31" s="29">
+        <v>37230</v>
+      </c>
+      <c r="BI31" s="29">
+        <v>31593</v>
+      </c>
+      <c r="BJ31" s="28">
+        <v>10516</v>
+      </c>
+      <c r="BK31" s="29">
+        <v>122395</v>
+      </c>
+      <c r="BL31" s="29">
+        <v>19771</v>
+      </c>
+      <c r="BM31" s="29">
+        <v>17228</v>
+      </c>
+      <c r="BN31" s="29">
+        <v>27020</v>
+      </c>
+      <c r="BO31" s="29">
+        <v>18466</v>
+      </c>
+      <c r="BP31" s="29">
+        <v>17298</v>
+      </c>
+      <c r="BQ31" s="29">
+        <v>12510</v>
+      </c>
+      <c r="BR31" s="28">
+        <v>10102</v>
+      </c>
+      <c r="BS31" s="29">
+        <v>34567</v>
+      </c>
+      <c r="BT31" s="29">
+        <v>7502</v>
+      </c>
+      <c r="BU31" s="29">
+        <v>8708</v>
+      </c>
+      <c r="BV31" s="29">
+        <v>6223</v>
+      </c>
+      <c r="BW31" s="29">
+        <v>9810</v>
+      </c>
+      <c r="BX31" s="28">
+        <v>2324</v>
+      </c>
+      <c r="BY31" s="29">
+        <v>53596</v>
+      </c>
+      <c r="BZ31" s="29">
+        <v>10571</v>
+      </c>
+      <c r="CA31" s="29">
+        <v>12643</v>
+      </c>
+      <c r="CB31" s="28">
+        <v>30382</v>
+      </c>
+      <c r="CC31" s="29">
+        <v>31441</v>
+      </c>
+      <c r="CD31" s="28">
+        <v>31441</v>
+      </c>
+      <c r="CE31" s="29">
+        <v>33282</v>
+      </c>
+      <c r="CF31" s="28">
+        <v>33282</v>
+      </c>
+      <c r="CG31" s="29">
+        <v>70810</v>
+      </c>
+      <c r="CH31" s="29">
+        <v>43152</v>
+      </c>
+      <c r="CI31" s="39">
+        <v>27658</v>
+      </c>
+    </row>
+    <row r="32" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="19" t="s">
+        <v>200</v>
+      </c>
+      <c r="C32" s="38">
+        <v>46054</v>
+      </c>
+      <c r="D32" s="31">
+        <v>7364710</v>
+      </c>
+      <c r="E32" s="33">
+        <v>6894913</v>
+      </c>
+      <c r="F32" s="33">
+        <v>469797</v>
+      </c>
+      <c r="G32" s="35">
+        <v>1355687</v>
+      </c>
+      <c r="H32" s="34">
+        <v>95856</v>
+      </c>
+      <c r="I32" s="32">
+        <v>151827</v>
+      </c>
+      <c r="J32" s="32">
+        <v>127736</v>
+      </c>
+      <c r="K32" s="32">
+        <v>165812</v>
+      </c>
+      <c r="L32" s="32">
+        <v>103360</v>
+      </c>
+      <c r="M32" s="32">
+        <v>96363</v>
+      </c>
+      <c r="N32" s="32">
+        <v>170307</v>
+      </c>
+      <c r="O32" s="32">
+        <v>196189</v>
+      </c>
+      <c r="P32" s="32">
+        <v>136321</v>
+      </c>
+      <c r="Q32" s="36">
+        <v>111916</v>
+      </c>
+      <c r="R32" s="35">
+        <v>352517</v>
+      </c>
+      <c r="S32" s="32">
+        <v>189758</v>
+      </c>
+      <c r="T32" s="32">
+        <v>608313</v>
+      </c>
+      <c r="U32" s="32">
+        <v>77355</v>
+      </c>
+      <c r="V32" s="32">
+        <v>56138</v>
+      </c>
+      <c r="W32" s="32">
+        <v>342382</v>
+      </c>
+      <c r="X32" s="32">
+        <v>77294</v>
+      </c>
+      <c r="Y32" s="32">
+        <v>111761</v>
+      </c>
+      <c r="Z32" s="32">
+        <v>76069</v>
+      </c>
+      <c r="AA32" s="32">
+        <v>91060</v>
+      </c>
+      <c r="AB32" s="32">
+        <v>228588</v>
+      </c>
+      <c r="AC32" s="32">
+        <v>147313</v>
+      </c>
+      <c r="AD32" s="32">
+        <v>53503</v>
+      </c>
+      <c r="AE32" s="32">
+        <v>117523</v>
+      </c>
+      <c r="AF32" s="32">
+        <v>140079</v>
+      </c>
+      <c r="AG32" s="32">
+        <v>230612</v>
+      </c>
+      <c r="AH32" s="32">
+        <v>252302</v>
+      </c>
+      <c r="AI32" s="32">
+        <v>341357</v>
+      </c>
+      <c r="AJ32" s="32">
+        <v>77216</v>
+      </c>
+      <c r="AK32" s="32">
+        <v>142755</v>
+      </c>
+      <c r="AL32" s="32">
+        <v>142196</v>
+      </c>
+      <c r="AM32" s="32">
+        <v>146467</v>
+      </c>
+      <c r="AN32" s="32">
+        <v>76139</v>
+      </c>
+      <c r="AO32" s="32">
+        <v>84920</v>
+      </c>
+      <c r="AP32" s="32">
+        <v>166169</v>
+      </c>
+      <c r="AQ32" s="32">
+        <v>74085</v>
+      </c>
+      <c r="AR32" s="32">
+        <v>150653</v>
+      </c>
+      <c r="AS32" s="32">
+        <v>64975</v>
+      </c>
+      <c r="AT32" s="32">
+        <v>93614</v>
+      </c>
+      <c r="AU32" s="32">
+        <v>113714</v>
+      </c>
+      <c r="AV32" s="32">
+        <v>141929</v>
+      </c>
+      <c r="AW32" s="32">
+        <v>60880</v>
+      </c>
+      <c r="AX32" s="32">
+        <v>99209</v>
+      </c>
+      <c r="AY32" s="32">
+        <v>48486</v>
+      </c>
+      <c r="AZ32" s="32">
+        <v>69551</v>
+      </c>
+      <c r="BA32" s="32">
+        <v>53678</v>
+      </c>
+      <c r="BB32" s="32">
+        <v>72086</v>
+      </c>
+      <c r="BC32" s="32">
+        <v>114417</v>
+      </c>
+      <c r="BD32" s="31">
+        <v>52163</v>
+      </c>
+      <c r="BE32" s="32">
+        <v>44808</v>
+      </c>
+      <c r="BF32" s="31">
+        <v>44808</v>
+      </c>
+      <c r="BG32" s="32">
+        <v>79228</v>
+      </c>
+      <c r="BH32" s="32">
+        <v>37200</v>
+      </c>
+      <c r="BI32" s="32">
+        <v>31538</v>
+      </c>
+      <c r="BJ32" s="31">
+        <v>10490</v>
+      </c>
+      <c r="BK32" s="32">
+        <v>122232</v>
+      </c>
+      <c r="BL32" s="32">
+        <v>19744</v>
+      </c>
+      <c r="BM32" s="32">
+        <v>17181</v>
+      </c>
+      <c r="BN32" s="32">
+        <v>26965</v>
+      </c>
+      <c r="BO32" s="32">
+        <v>18459</v>
+      </c>
+      <c r="BP32" s="32">
+        <v>17271</v>
+      </c>
+      <c r="BQ32" s="32">
+        <v>12530</v>
+      </c>
+      <c r="BR32" s="31">
+        <v>10082</v>
+      </c>
+      <c r="BS32" s="32">
+        <v>34481</v>
+      </c>
+      <c r="BT32" s="32">
+        <v>7480</v>
+      </c>
+      <c r="BU32" s="32">
+        <v>8691</v>
+      </c>
+      <c r="BV32" s="32">
+        <v>6214</v>
+      </c>
+      <c r="BW32" s="32">
+        <v>9780</v>
+      </c>
+      <c r="BX32" s="31">
+        <v>2316</v>
+      </c>
+      <c r="BY32" s="32">
+        <v>53535</v>
+      </c>
+      <c r="BZ32" s="32">
+        <v>10558</v>
+      </c>
+      <c r="CA32" s="32">
+        <v>12642</v>
+      </c>
+      <c r="CB32" s="31">
+        <v>30335</v>
+      </c>
+      <c r="CC32" s="32">
+        <v>31427</v>
+      </c>
+      <c r="CD32" s="31">
+        <v>31427</v>
+      </c>
+      <c r="CE32" s="32">
+        <v>33256</v>
+      </c>
+      <c r="CF32" s="31">
+        <v>33256</v>
+      </c>
+      <c r="CG32" s="32">
+        <v>70830</v>
+      </c>
+      <c r="CH32" s="32">
+        <v>43186</v>
+      </c>
+      <c r="CI32" s="36">
+        <v>27644</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:E3"/>
   </mergeCells>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.55118110236220474" right="0.35433070866141736" top="0.74803149606299213" bottom="0.51181102362204722" header="0.51181102362204722" footer="0.74803149606299213"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CI30"/>
+  <dimension ref="A1:CI32"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="7" topLeftCell="BX23" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="3" ySplit="7" topLeftCell="BX26" activePane="bottomRight" state="frozenSplit"/>
       <selection activeCell="G11" sqref="G11"/>
       <selection pane="topRight" activeCell="G11" sqref="G11"/>
       <selection pane="bottomLeft" activeCell="G11" sqref="G11"/>
-      <selection pane="bottomRight" activeCell="BY33" sqref="BY33"/>
+      <selection pane="bottomRight" activeCell="G37" sqref="G37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.81640625" style="1" customWidth="1"/>
     <col min="2" max="3" width="18.81640625" style="1" customWidth="1"/>
     <col min="4" max="7" width="12.1796875" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.453125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="10.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:87" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -15198,333 +15726,855 @@
       <c r="CB29" s="28">
         <v>28880</v>
       </c>
       <c r="CC29" s="29">
         <v>30298</v>
       </c>
       <c r="CD29" s="28">
         <v>30298</v>
       </c>
       <c r="CE29" s="29">
         <v>32645</v>
       </c>
       <c r="CF29" s="28">
         <v>32645</v>
       </c>
       <c r="CG29" s="29">
         <v>69184</v>
       </c>
       <c r="CH29" s="29">
         <v>42279</v>
       </c>
       <c r="CI29" s="28">
         <v>26905</v>
       </c>
     </row>
-    <row r="30" spans="1:87" ht="14.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B30" s="19" t="s">
+    <row r="30" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A30" s="2"/>
+      <c r="B30" s="30" t="s">
         <v>198</v>
       </c>
-      <c r="C30" s="38">
+      <c r="C30" s="23">
         <v>45992</v>
       </c>
-      <c r="D30" s="20">
+      <c r="D30" s="28">
         <v>7085397</v>
       </c>
-      <c r="E30" s="20">
+      <c r="E30" s="28">
         <v>6627760</v>
       </c>
-      <c r="F30" s="20">
+      <c r="F30" s="28">
         <v>457637</v>
       </c>
-      <c r="G30" s="21">
+      <c r="G30" s="29">
         <v>1317629</v>
       </c>
-      <c r="H30" s="21">
+      <c r="H30" s="29">
         <v>94113</v>
       </c>
-      <c r="I30" s="21">
+      <c r="I30" s="29">
         <v>148667</v>
       </c>
-      <c r="J30" s="21">
+      <c r="J30" s="29">
         <v>123736</v>
       </c>
-      <c r="K30" s="21">
+      <c r="K30" s="29">
         <v>161613</v>
       </c>
-      <c r="L30" s="21">
+      <c r="L30" s="29">
         <v>100919</v>
       </c>
-      <c r="M30" s="21">
+      <c r="M30" s="29">
         <v>92281</v>
       </c>
-      <c r="N30" s="21">
+      <c r="N30" s="29">
         <v>165844</v>
       </c>
-      <c r="O30" s="21">
+      <c r="O30" s="29">
         <v>188633</v>
       </c>
-      <c r="P30" s="21">
+      <c r="P30" s="29">
         <v>133384</v>
       </c>
-      <c r="Q30" s="20">
+      <c r="Q30" s="28">
         <v>108439</v>
       </c>
-      <c r="R30" s="21">
+      <c r="R30" s="29">
         <v>340220</v>
       </c>
-      <c r="S30" s="21">
+      <c r="S30" s="29">
         <v>184051</v>
       </c>
-      <c r="T30" s="21">
+      <c r="T30" s="29">
         <v>555188</v>
       </c>
-      <c r="U30" s="21">
+      <c r="U30" s="29">
         <v>74793</v>
       </c>
-      <c r="V30" s="21">
+      <c r="V30" s="29">
         <v>55467</v>
       </c>
-      <c r="W30" s="21">
+      <c r="W30" s="29">
         <v>333664</v>
       </c>
-      <c r="X30" s="21">
+      <c r="X30" s="29">
         <v>75786</v>
       </c>
-      <c r="Y30" s="21">
+      <c r="Y30" s="29">
         <v>107546</v>
       </c>
-      <c r="Z30" s="21">
+      <c r="Z30" s="29">
         <v>72709</v>
       </c>
-      <c r="AA30" s="21">
+      <c r="AA30" s="29">
         <v>86796</v>
       </c>
-      <c r="AB30" s="21">
+      <c r="AB30" s="29">
         <v>221496</v>
       </c>
-      <c r="AC30" s="21">
+      <c r="AC30" s="29">
         <v>143387</v>
       </c>
-      <c r="AD30" s="21">
+      <c r="AD30" s="29">
         <v>50773</v>
       </c>
-      <c r="AE30" s="21">
+      <c r="AE30" s="29">
         <v>114451</v>
       </c>
-      <c r="AF30" s="21">
+      <c r="AF30" s="29">
         <v>135798</v>
       </c>
-      <c r="AG30" s="21">
+      <c r="AG30" s="29">
         <v>224277</v>
       </c>
-      <c r="AH30" s="21">
+      <c r="AH30" s="29">
         <v>239672</v>
       </c>
-      <c r="AI30" s="21">
+      <c r="AI30" s="29">
         <v>331524</v>
       </c>
-      <c r="AJ30" s="21">
+      <c r="AJ30" s="29">
         <v>66371</v>
       </c>
-      <c r="AK30" s="21">
+      <c r="AK30" s="29">
         <v>133121</v>
       </c>
-      <c r="AL30" s="21">
+      <c r="AL30" s="29">
         <v>138778</v>
       </c>
-      <c r="AM30" s="21">
+      <c r="AM30" s="29">
         <v>141034</v>
       </c>
-      <c r="AN30" s="21">
+      <c r="AN30" s="29">
         <v>73556</v>
       </c>
-      <c r="AO30" s="21">
+      <c r="AO30" s="29">
         <v>81571</v>
       </c>
-      <c r="AP30" s="21">
+      <c r="AP30" s="29">
         <v>160802</v>
       </c>
-      <c r="AQ30" s="21">
+      <c r="AQ30" s="29">
         <v>72670</v>
       </c>
-      <c r="AR30" s="21">
+      <c r="AR30" s="29">
         <v>145929</v>
       </c>
-      <c r="AS30" s="21">
+      <c r="AS30" s="29">
         <v>63763</v>
       </c>
-      <c r="AT30" s="21">
+      <c r="AT30" s="29">
         <v>88345</v>
       </c>
-      <c r="AU30" s="21">
+      <c r="AU30" s="29">
         <v>109817</v>
       </c>
-      <c r="AV30" s="21">
+      <c r="AV30" s="29">
         <v>134109</v>
       </c>
-      <c r="AW30" s="21">
+      <c r="AW30" s="29">
         <v>59786</v>
       </c>
-      <c r="AX30" s="21">
+      <c r="AX30" s="29">
         <v>95189</v>
       </c>
-      <c r="AY30" s="21">
+      <c r="AY30" s="29">
         <v>46777</v>
       </c>
-      <c r="AZ30" s="21">
+      <c r="AZ30" s="29">
         <v>67295</v>
       </c>
-      <c r="BA30" s="21">
+      <c r="BA30" s="29">
         <v>52362</v>
       </c>
-      <c r="BB30" s="21">
+      <c r="BB30" s="29">
         <v>69601</v>
       </c>
-      <c r="BC30" s="21">
+      <c r="BC30" s="29">
         <v>110434</v>
       </c>
-      <c r="BD30" s="20">
+      <c r="BD30" s="28">
         <v>51223</v>
       </c>
-      <c r="BE30" s="21">
+      <c r="BE30" s="29">
         <v>43916</v>
       </c>
-      <c r="BF30" s="20">
+      <c r="BF30" s="28">
         <v>43916</v>
       </c>
-      <c r="BG30" s="21">
+      <c r="BG30" s="29">
         <v>77238</v>
       </c>
-      <c r="BH30" s="21">
+      <c r="BH30" s="29">
         <v>36168</v>
       </c>
-      <c r="BI30" s="21">
+      <c r="BI30" s="29">
         <v>30724</v>
       </c>
-      <c r="BJ30" s="20">
+      <c r="BJ30" s="28">
         <v>10346</v>
       </c>
-      <c r="BK30" s="21">
+      <c r="BK30" s="29">
         <v>119137</v>
       </c>
-      <c r="BL30" s="21">
+      <c r="BL30" s="29">
         <v>18994</v>
       </c>
-      <c r="BM30" s="21">
+      <c r="BM30" s="29">
         <v>16381</v>
       </c>
-      <c r="BN30" s="21">
+      <c r="BN30" s="29">
         <v>26517</v>
       </c>
-      <c r="BO30" s="21">
+      <c r="BO30" s="29">
         <v>17959</v>
       </c>
-      <c r="BP30" s="21">
+      <c r="BP30" s="29">
         <v>17065</v>
       </c>
-      <c r="BQ30" s="21">
+      <c r="BQ30" s="29">
         <v>12359</v>
       </c>
-      <c r="BR30" s="20">
+      <c r="BR30" s="28">
         <v>9862</v>
       </c>
-      <c r="BS30" s="21">
+      <c r="BS30" s="29">
         <v>34193</v>
       </c>
-      <c r="BT30" s="21">
+      <c r="BT30" s="29">
         <v>7414</v>
       </c>
-      <c r="BU30" s="21">
+      <c r="BU30" s="29">
         <v>8599</v>
       </c>
-      <c r="BV30" s="21">
+      <c r="BV30" s="29">
         <v>6182</v>
       </c>
-      <c r="BW30" s="21">
+      <c r="BW30" s="29">
         <v>9678</v>
       </c>
-      <c r="BX30" s="20">
+      <c r="BX30" s="28">
         <v>2320</v>
       </c>
-      <c r="BY30" s="21">
+      <c r="BY30" s="29">
         <v>51131</v>
       </c>
-      <c r="BZ30" s="21">
+      <c r="BZ30" s="29">
         <v>10330</v>
       </c>
-      <c r="CA30" s="21">
+      <c r="CA30" s="29">
         <v>11922</v>
       </c>
-      <c r="CB30" s="20">
+      <c r="CB30" s="28">
         <v>28879</v>
       </c>
-      <c r="CC30" s="21">
+      <c r="CC30" s="29">
         <v>30264</v>
       </c>
-      <c r="CD30" s="20">
+      <c r="CD30" s="28">
         <v>30264</v>
       </c>
-      <c r="CE30" s="21">
+      <c r="CE30" s="29">
         <v>32632</v>
       </c>
-      <c r="CF30" s="20">
+      <c r="CF30" s="28">
         <v>32632</v>
       </c>
-      <c r="CG30" s="21">
+      <c r="CG30" s="29">
         <v>69126</v>
       </c>
-      <c r="CH30" s="21">
+      <c r="CH30" s="29">
         <v>42243</v>
       </c>
-      <c r="CI30" s="20">
+      <c r="CI30" s="28">
         <v>26883</v>
+      </c>
+    </row>
+    <row r="31" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A31" s="2"/>
+      <c r="B31" s="30" t="s">
+        <v>199</v>
+      </c>
+      <c r="C31" s="23">
+        <v>46023</v>
+      </c>
+      <c r="D31" s="28">
+        <v>7082272</v>
+      </c>
+      <c r="E31" s="28">
+        <v>6625159</v>
+      </c>
+      <c r="F31" s="28">
+        <v>457113</v>
+      </c>
+      <c r="G31" s="29">
+        <v>1317740</v>
+      </c>
+      <c r="H31" s="29">
+        <v>94100</v>
+      </c>
+      <c r="I31" s="29">
+        <v>148707</v>
+      </c>
+      <c r="J31" s="29">
+        <v>123773</v>
+      </c>
+      <c r="K31" s="29">
+        <v>161611</v>
+      </c>
+      <c r="L31" s="29">
+        <v>100921</v>
+      </c>
+      <c r="M31" s="29">
+        <v>92271</v>
+      </c>
+      <c r="N31" s="29">
+        <v>165793</v>
+      </c>
+      <c r="O31" s="29">
+        <v>188612</v>
+      </c>
+      <c r="P31" s="29">
+        <v>133511</v>
+      </c>
+      <c r="Q31" s="28">
+        <v>108441</v>
+      </c>
+      <c r="R31" s="29">
+        <v>340208</v>
+      </c>
+      <c r="S31" s="29">
+        <v>183791</v>
+      </c>
+      <c r="T31" s="29">
+        <v>554725</v>
+      </c>
+      <c r="U31" s="29">
+        <v>74754</v>
+      </c>
+      <c r="V31" s="29">
+        <v>55377</v>
+      </c>
+      <c r="W31" s="29">
+        <v>333569</v>
+      </c>
+      <c r="X31" s="29">
+        <v>75754</v>
+      </c>
+      <c r="Y31" s="29">
+        <v>107513</v>
+      </c>
+      <c r="Z31" s="29">
+        <v>72649</v>
+      </c>
+      <c r="AA31" s="29">
+        <v>86731</v>
+      </c>
+      <c r="AB31" s="29">
+        <v>221242</v>
+      </c>
+      <c r="AC31" s="29">
+        <v>143422</v>
+      </c>
+      <c r="AD31" s="29">
+        <v>50783</v>
+      </c>
+      <c r="AE31" s="29">
+        <v>114356</v>
+      </c>
+      <c r="AF31" s="29">
+        <v>135716</v>
+      </c>
+      <c r="AG31" s="29">
+        <v>224268</v>
+      </c>
+      <c r="AH31" s="29">
+        <v>239657</v>
+      </c>
+      <c r="AI31" s="29">
+        <v>331306</v>
+      </c>
+      <c r="AJ31" s="29">
+        <v>66345</v>
+      </c>
+      <c r="AK31" s="29">
+        <v>133152</v>
+      </c>
+      <c r="AL31" s="29">
+        <v>138663</v>
+      </c>
+      <c r="AM31" s="29">
+        <v>140940</v>
+      </c>
+      <c r="AN31" s="29">
+        <v>73583</v>
+      </c>
+      <c r="AO31" s="29">
+        <v>81525</v>
+      </c>
+      <c r="AP31" s="29">
+        <v>160677</v>
+      </c>
+      <c r="AQ31" s="29">
+        <v>72692</v>
+      </c>
+      <c r="AR31" s="29">
+        <v>145845</v>
+      </c>
+      <c r="AS31" s="29">
+        <v>63739</v>
+      </c>
+      <c r="AT31" s="29">
+        <v>88247</v>
+      </c>
+      <c r="AU31" s="29">
+        <v>109791</v>
+      </c>
+      <c r="AV31" s="29">
+        <v>134059</v>
+      </c>
+      <c r="AW31" s="29">
+        <v>59785</v>
+      </c>
+      <c r="AX31" s="29">
+        <v>95119</v>
+      </c>
+      <c r="AY31" s="29">
+        <v>46724</v>
+      </c>
+      <c r="AZ31" s="29">
+        <v>67281</v>
+      </c>
+      <c r="BA31" s="29">
+        <v>52323</v>
+      </c>
+      <c r="BB31" s="29">
+        <v>69570</v>
+      </c>
+      <c r="BC31" s="29">
+        <v>110369</v>
+      </c>
+      <c r="BD31" s="28">
+        <v>51169</v>
+      </c>
+      <c r="BE31" s="29">
+        <v>43911</v>
+      </c>
+      <c r="BF31" s="28">
+        <v>43911</v>
+      </c>
+      <c r="BG31" s="29">
+        <v>77036</v>
+      </c>
+      <c r="BH31" s="29">
+        <v>36093</v>
+      </c>
+      <c r="BI31" s="29">
+        <v>30628</v>
+      </c>
+      <c r="BJ31" s="28">
+        <v>10315</v>
+      </c>
+      <c r="BK31" s="29">
+        <v>118971</v>
+      </c>
+      <c r="BL31" s="29">
+        <v>18998</v>
+      </c>
+      <c r="BM31" s="29">
+        <v>16357</v>
+      </c>
+      <c r="BN31" s="29">
+        <v>26484</v>
+      </c>
+      <c r="BO31" s="29">
+        <v>17931</v>
+      </c>
+      <c r="BP31" s="29">
+        <v>17030</v>
+      </c>
+      <c r="BQ31" s="29">
+        <v>12336</v>
+      </c>
+      <c r="BR31" s="28">
+        <v>9835</v>
+      </c>
+      <c r="BS31" s="29">
+        <v>34134</v>
+      </c>
+      <c r="BT31" s="29">
+        <v>7416</v>
+      </c>
+      <c r="BU31" s="29">
+        <v>8584</v>
+      </c>
+      <c r="BV31" s="29">
+        <v>6170</v>
+      </c>
+      <c r="BW31" s="29">
+        <v>9652</v>
+      </c>
+      <c r="BX31" s="28">
+        <v>2312</v>
+      </c>
+      <c r="BY31" s="29">
+        <v>51090</v>
+      </c>
+      <c r="BZ31" s="29">
+        <v>10322</v>
+      </c>
+      <c r="CA31" s="29">
+        <v>11905</v>
+      </c>
+      <c r="CB31" s="28">
+        <v>28863</v>
+      </c>
+      <c r="CC31" s="29">
+        <v>30260</v>
+      </c>
+      <c r="CD31" s="28">
+        <v>30260</v>
+      </c>
+      <c r="CE31" s="29">
+        <v>32608</v>
+      </c>
+      <c r="CF31" s="28">
+        <v>32608</v>
+      </c>
+      <c r="CG31" s="29">
+        <v>69103</v>
+      </c>
+      <c r="CH31" s="29">
+        <v>42223</v>
+      </c>
+      <c r="CI31" s="28">
+        <v>26880</v>
+      </c>
+    </row>
+    <row r="32" spans="1:87" ht="14.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="19" t="s">
+        <v>200</v>
+      </c>
+      <c r="C32" s="38">
+        <v>46054</v>
+      </c>
+      <c r="D32" s="20">
+        <v>7077205</v>
+      </c>
+      <c r="E32" s="20">
+        <v>6620659</v>
+      </c>
+      <c r="F32" s="20">
+        <v>456546</v>
+      </c>
+      <c r="G32" s="21">
+        <v>1317242</v>
+      </c>
+      <c r="H32" s="21">
+        <v>94029</v>
+      </c>
+      <c r="I32" s="21">
+        <v>148523</v>
+      </c>
+      <c r="J32" s="21">
+        <v>123762</v>
+      </c>
+      <c r="K32" s="21">
+        <v>161502</v>
+      </c>
+      <c r="L32" s="21">
+        <v>100859</v>
+      </c>
+      <c r="M32" s="21">
+        <v>92211</v>
+      </c>
+      <c r="N32" s="21">
+        <v>165762</v>
+      </c>
+      <c r="O32" s="21">
+        <v>188707</v>
+      </c>
+      <c r="P32" s="21">
+        <v>133576</v>
+      </c>
+      <c r="Q32" s="20">
+        <v>108311</v>
+      </c>
+      <c r="R32" s="21">
+        <v>340078</v>
+      </c>
+      <c r="S32" s="21">
+        <v>183664</v>
+      </c>
+      <c r="T32" s="21">
+        <v>554229</v>
+      </c>
+      <c r="U32" s="21">
+        <v>74686</v>
+      </c>
+      <c r="V32" s="21">
+        <v>55288</v>
+      </c>
+      <c r="W32" s="21">
+        <v>333417</v>
+      </c>
+      <c r="X32" s="21">
+        <v>75676</v>
+      </c>
+      <c r="Y32" s="21">
+        <v>107408</v>
+      </c>
+      <c r="Z32" s="21">
+        <v>72574</v>
+      </c>
+      <c r="AA32" s="21">
+        <v>86628</v>
+      </c>
+      <c r="AB32" s="21">
+        <v>221199</v>
+      </c>
+      <c r="AC32" s="21">
+        <v>143265</v>
+      </c>
+      <c r="AD32" s="21">
+        <v>50729</v>
+      </c>
+      <c r="AE32" s="21">
+        <v>114300</v>
+      </c>
+      <c r="AF32" s="21">
+        <v>135613</v>
+      </c>
+      <c r="AG32" s="21">
+        <v>224203</v>
+      </c>
+      <c r="AH32" s="21">
+        <v>239350</v>
+      </c>
+      <c r="AI32" s="21">
+        <v>331206</v>
+      </c>
+      <c r="AJ32" s="21">
+        <v>66219</v>
+      </c>
+      <c r="AK32" s="21">
+        <v>133041</v>
+      </c>
+      <c r="AL32" s="21">
+        <v>138507</v>
+      </c>
+      <c r="AM32" s="21">
+        <v>140964</v>
+      </c>
+      <c r="AN32" s="21">
+        <v>73518</v>
+      </c>
+      <c r="AO32" s="21">
+        <v>81486</v>
+      </c>
+      <c r="AP32" s="21">
+        <v>160538</v>
+      </c>
+      <c r="AQ32" s="21">
+        <v>72654</v>
+      </c>
+      <c r="AR32" s="21">
+        <v>145695</v>
+      </c>
+      <c r="AS32" s="21">
+        <v>63708</v>
+      </c>
+      <c r="AT32" s="21">
+        <v>88151</v>
+      </c>
+      <c r="AU32" s="21">
+        <v>109761</v>
+      </c>
+      <c r="AV32" s="21">
+        <v>133950</v>
+      </c>
+      <c r="AW32" s="21">
+        <v>59736</v>
+      </c>
+      <c r="AX32" s="21">
+        <v>94984</v>
+      </c>
+      <c r="AY32" s="21">
+        <v>46655</v>
+      </c>
+      <c r="AZ32" s="21">
+        <v>67157</v>
+      </c>
+      <c r="BA32" s="21">
+        <v>52260</v>
+      </c>
+      <c r="BB32" s="21">
+        <v>69498</v>
+      </c>
+      <c r="BC32" s="21">
+        <v>110296</v>
+      </c>
+      <c r="BD32" s="20">
+        <v>51126</v>
+      </c>
+      <c r="BE32" s="21">
+        <v>43883</v>
+      </c>
+      <c r="BF32" s="20">
+        <v>43883</v>
+      </c>
+      <c r="BG32" s="21">
+        <v>76902</v>
+      </c>
+      <c r="BH32" s="21">
+        <v>36048</v>
+      </c>
+      <c r="BI32" s="21">
+        <v>30564</v>
+      </c>
+      <c r="BJ32" s="20">
+        <v>10290</v>
+      </c>
+      <c r="BK32" s="21">
+        <v>118801</v>
+      </c>
+      <c r="BL32" s="21">
+        <v>18975</v>
+      </c>
+      <c r="BM32" s="21">
+        <v>16318</v>
+      </c>
+      <c r="BN32" s="21">
+        <v>26430</v>
+      </c>
+      <c r="BO32" s="21">
+        <v>17928</v>
+      </c>
+      <c r="BP32" s="21">
+        <v>16997</v>
+      </c>
+      <c r="BQ32" s="21">
+        <v>12348</v>
+      </c>
+      <c r="BR32" s="20">
+        <v>9805</v>
+      </c>
+      <c r="BS32" s="21">
+        <v>34049</v>
+      </c>
+      <c r="BT32" s="21">
+        <v>7397</v>
+      </c>
+      <c r="BU32" s="21">
+        <v>8569</v>
+      </c>
+      <c r="BV32" s="21">
+        <v>6157</v>
+      </c>
+      <c r="BW32" s="21">
+        <v>9622</v>
+      </c>
+      <c r="BX32" s="20">
+        <v>2304</v>
+      </c>
+      <c r="BY32" s="21">
+        <v>51020</v>
+      </c>
+      <c r="BZ32" s="21">
+        <v>10305</v>
+      </c>
+      <c r="CA32" s="21">
+        <v>11887</v>
+      </c>
+      <c r="CB32" s="20">
+        <v>28828</v>
+      </c>
+      <c r="CC32" s="21">
+        <v>30232</v>
+      </c>
+      <c r="CD32" s="20">
+        <v>30232</v>
+      </c>
+      <c r="CE32" s="21">
+        <v>32571</v>
+      </c>
+      <c r="CF32" s="20">
+        <v>32571</v>
+      </c>
+      <c r="CG32" s="21">
+        <v>69088</v>
+      </c>
+      <c r="CH32" s="21">
+        <v>42224</v>
+      </c>
+      <c r="CI32" s="20">
+        <v>26864</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:E3"/>
   </mergeCells>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CI30"/>
+  <dimension ref="A1:CI32"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="7" topLeftCell="D23" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="3" ySplit="7" topLeftCell="D26" activePane="bottomRight" state="frozenSplit"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="B34" sqref="B34"/>
+      <selection pane="bottomRight" activeCell="G37" sqref="G37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.453125" defaultRowHeight="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.81640625" style="1" customWidth="1"/>
     <col min="2" max="3" width="18.81640625" style="1" customWidth="1"/>
     <col min="4" max="7" width="12.1796875" style="1" customWidth="1"/>
     <col min="8" max="8" width="10.453125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="10.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:87" ht="14" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -22203,308 +23253,830 @@
       <c r="CB29" s="28">
         <v>1538</v>
       </c>
       <c r="CC29" s="29">
         <v>1138</v>
       </c>
       <c r="CD29" s="28">
         <v>1138</v>
       </c>
       <c r="CE29" s="29">
         <v>647</v>
       </c>
       <c r="CF29" s="28">
         <v>647</v>
       </c>
       <c r="CG29" s="29">
         <v>1696</v>
       </c>
       <c r="CH29" s="29">
         <v>927</v>
       </c>
       <c r="CI29" s="28">
         <v>769</v>
       </c>
     </row>
-    <row r="30" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B30" s="19" t="s">
+    <row r="30" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A30" s="2"/>
+      <c r="B30" s="30" t="s">
         <v>198</v>
       </c>
-      <c r="C30" s="38">
+      <c r="C30" s="23">
         <v>45992</v>
       </c>
-      <c r="D30" s="20">
+      <c r="D30" s="28">
         <v>284809</v>
       </c>
-      <c r="E30" s="20">
+      <c r="E30" s="28">
         <v>271711</v>
       </c>
-      <c r="F30" s="20">
+      <c r="F30" s="28">
         <v>13098</v>
       </c>
-      <c r="G30" s="21">
+      <c r="G30" s="29">
         <v>38040</v>
       </c>
-      <c r="H30" s="21">
+      <c r="H30" s="29">
         <v>1785</v>
       </c>
-      <c r="I30" s="21">
+      <c r="I30" s="29">
         <v>3289</v>
       </c>
-      <c r="J30" s="21">
+      <c r="J30" s="29">
         <v>3934</v>
       </c>
-      <c r="K30" s="21">
+      <c r="K30" s="29">
         <v>4270</v>
       </c>
-      <c r="L30" s="21">
+      <c r="L30" s="29">
         <v>2501</v>
       </c>
-      <c r="M30" s="21">
+      <c r="M30" s="29">
         <v>4069</v>
       </c>
-      <c r="N30" s="21">
+      <c r="N30" s="29">
         <v>4458</v>
       </c>
-      <c r="O30" s="21">
+      <c r="O30" s="29">
         <v>7441</v>
       </c>
-      <c r="P30" s="21">
+      <c r="P30" s="29">
         <v>2745</v>
       </c>
-      <c r="Q30" s="20">
+      <c r="Q30" s="28">
         <v>3548</v>
       </c>
-      <c r="R30" s="21">
+      <c r="R30" s="29">
         <v>12408</v>
       </c>
-      <c r="S30" s="21">
+      <c r="S30" s="29">
         <v>6035</v>
       </c>
-      <c r="T30" s="21">
+      <c r="T30" s="29">
         <v>53532</v>
       </c>
-      <c r="U30" s="21">
+      <c r="U30" s="29">
         <v>2637</v>
       </c>
-      <c r="V30" s="21">
+      <c r="V30" s="29">
         <v>858</v>
       </c>
-      <c r="W30" s="21">
+      <c r="W30" s="29">
         <v>8892</v>
       </c>
-      <c r="X30" s="21">
+      <c r="X30" s="29">
         <v>1619</v>
       </c>
-      <c r="Y30" s="21">
+      <c r="Y30" s="29">
         <v>4282</v>
       </c>
-      <c r="Z30" s="21">
+      <c r="Z30" s="29">
         <v>3460</v>
       </c>
-      <c r="AA30" s="21">
+      <c r="AA30" s="29">
         <v>4433</v>
       </c>
-      <c r="AB30" s="21">
+      <c r="AB30" s="29">
         <v>7302</v>
       </c>
-      <c r="AC30" s="21">
+      <c r="AC30" s="29">
         <v>4047</v>
       </c>
-      <c r="AD30" s="21">
+      <c r="AD30" s="29">
         <v>2806</v>
       </c>
-      <c r="AE30" s="21">
+      <c r="AE30" s="29">
         <v>3154</v>
       </c>
-      <c r="AF30" s="21">
+      <c r="AF30" s="29">
         <v>4490</v>
       </c>
-      <c r="AG30" s="21">
+      <c r="AG30" s="29">
         <v>6272</v>
       </c>
-      <c r="AH30" s="21">
+      <c r="AH30" s="29">
         <v>12781</v>
       </c>
-      <c r="AI30" s="21">
+      <c r="AI30" s="29">
         <v>10082</v>
       </c>
-      <c r="AJ30" s="21">
+      <c r="AJ30" s="29">
         <v>10845</v>
       </c>
-      <c r="AK30" s="21">
+      <c r="AK30" s="29">
         <v>9617</v>
       </c>
-      <c r="AL30" s="21">
+      <c r="AL30" s="29">
         <v>3635</v>
       </c>
-      <c r="AM30" s="21">
+      <c r="AM30" s="29">
         <v>5484</v>
       </c>
-      <c r="AN30" s="21">
+      <c r="AN30" s="29">
         <v>2618</v>
       </c>
-      <c r="AO30" s="21">
+      <c r="AO30" s="29">
         <v>3386</v>
       </c>
-      <c r="AP30" s="21">
+      <c r="AP30" s="29">
         <v>5574</v>
       </c>
-      <c r="AQ30" s="21">
+      <c r="AQ30" s="29">
         <v>1412</v>
       </c>
-      <c r="AR30" s="21">
+      <c r="AR30" s="29">
         <v>4930</v>
       </c>
-      <c r="AS30" s="21">
+      <c r="AS30" s="29">
         <v>1263</v>
       </c>
-      <c r="AT30" s="21">
+      <c r="AT30" s="29">
         <v>5461</v>
       </c>
-      <c r="AU30" s="21">
+      <c r="AU30" s="29">
         <v>3896</v>
       </c>
-      <c r="AV30" s="21">
+      <c r="AV30" s="29">
         <v>7844</v>
       </c>
-      <c r="AW30" s="21">
+      <c r="AW30" s="29">
         <v>1152</v>
       </c>
-      <c r="AX30" s="21">
+      <c r="AX30" s="29">
         <v>4246</v>
       </c>
-      <c r="AY30" s="21">
+      <c r="AY30" s="29">
         <v>1773</v>
       </c>
-      <c r="AZ30" s="21">
+      <c r="AZ30" s="29">
         <v>2358</v>
       </c>
-      <c r="BA30" s="21">
+      <c r="BA30" s="29">
         <v>1405</v>
       </c>
-      <c r="BB30" s="21">
+      <c r="BB30" s="29">
         <v>2566</v>
       </c>
-      <c r="BC30" s="21">
+      <c r="BC30" s="29">
         <v>4096</v>
       </c>
-      <c r="BD30" s="20">
+      <c r="BD30" s="28">
         <v>1020</v>
       </c>
-      <c r="BE30" s="21">
+      <c r="BE30" s="29">
         <v>929</v>
       </c>
-      <c r="BF30" s="20">
+      <c r="BF30" s="28">
         <v>929</v>
       </c>
-      <c r="BG30" s="21">
+      <c r="BG30" s="29">
         <v>2294</v>
       </c>
-      <c r="BH30" s="21">
+      <c r="BH30" s="29">
         <v>1130</v>
       </c>
-      <c r="BI30" s="21">
+      <c r="BI30" s="29">
         <v>966</v>
       </c>
-      <c r="BJ30" s="20">
+      <c r="BJ30" s="28">
         <v>198</v>
       </c>
-      <c r="BK30" s="21">
+      <c r="BK30" s="29">
         <v>3406</v>
       </c>
-      <c r="BL30" s="21">
+      <c r="BL30" s="29">
         <v>768</v>
       </c>
-      <c r="BM30" s="21">
+      <c r="BM30" s="29">
         <v>856</v>
       </c>
-      <c r="BN30" s="21">
+      <c r="BN30" s="29">
         <v>530</v>
       </c>
-      <c r="BO30" s="21">
+      <c r="BO30" s="29">
         <v>547</v>
       </c>
-      <c r="BP30" s="21">
+      <c r="BP30" s="29">
         <v>263</v>
       </c>
-      <c r="BQ30" s="21">
+      <c r="BQ30" s="29">
         <v>175</v>
       </c>
-      <c r="BR30" s="20">
+      <c r="BR30" s="28">
         <v>267</v>
       </c>
-      <c r="BS30" s="21">
+      <c r="BS30" s="29">
         <v>427</v>
       </c>
-      <c r="BT30" s="21">
+      <c r="BT30" s="29">
         <v>85</v>
       </c>
-      <c r="BU30" s="21">
+      <c r="BU30" s="29">
         <v>116</v>
       </c>
-      <c r="BV30" s="21">
+      <c r="BV30" s="29">
         <v>52</v>
       </c>
-      <c r="BW30" s="21">
+      <c r="BW30" s="29">
         <v>162</v>
       </c>
-      <c r="BX30" s="20">
+      <c r="BX30" s="28">
         <v>12</v>
       </c>
-      <c r="BY30" s="21">
+      <c r="BY30" s="29">
         <v>2504</v>
       </c>
-      <c r="BZ30" s="21">
+      <c r="BZ30" s="29">
         <v>256</v>
       </c>
-      <c r="CA30" s="21">
+      <c r="CA30" s="29">
         <v>724</v>
       </c>
-      <c r="CB30" s="20">
+      <c r="CB30" s="28">
         <v>1524</v>
       </c>
-      <c r="CC30" s="21">
+      <c r="CC30" s="29">
         <v>1156</v>
       </c>
-      <c r="CD30" s="20">
+      <c r="CD30" s="28">
         <v>1156</v>
       </c>
-      <c r="CE30" s="21">
+      <c r="CE30" s="29">
         <v>671</v>
       </c>
-      <c r="CF30" s="20">
+      <c r="CF30" s="28">
         <v>671</v>
       </c>
-      <c r="CG30" s="21">
+      <c r="CG30" s="29">
         <v>1711</v>
       </c>
-      <c r="CH30" s="21">
+      <c r="CH30" s="29">
         <v>929</v>
       </c>
-      <c r="CI30" s="20">
+      <c r="CI30" s="28">
         <v>782</v>
+      </c>
+    </row>
+    <row r="31" spans="1:87" ht="14" x14ac:dyDescent="0.2">
+      <c r="A31" s="2"/>
+      <c r="B31" s="30" t="s">
+        <v>199</v>
+      </c>
+      <c r="C31" s="23">
+        <v>46023</v>
+      </c>
+      <c r="D31" s="28">
+        <v>286240</v>
+      </c>
+      <c r="E31" s="28">
+        <v>273099</v>
+      </c>
+      <c r="F31" s="28">
+        <v>13141</v>
+      </c>
+      <c r="G31" s="29">
+        <v>38244</v>
+      </c>
+      <c r="H31" s="29">
+        <v>1811</v>
+      </c>
+      <c r="I31" s="29">
+        <v>3297</v>
+      </c>
+      <c r="J31" s="29">
+        <v>3957</v>
+      </c>
+      <c r="K31" s="29">
+        <v>4303</v>
+      </c>
+      <c r="L31" s="29">
+        <v>2502</v>
+      </c>
+      <c r="M31" s="29">
+        <v>4115</v>
+      </c>
+      <c r="N31" s="29">
+        <v>4504</v>
+      </c>
+      <c r="O31" s="29">
+        <v>7427</v>
+      </c>
+      <c r="P31" s="29">
+        <v>2741</v>
+      </c>
+      <c r="Q31" s="28">
+        <v>3587</v>
+      </c>
+      <c r="R31" s="29">
+        <v>12399</v>
+      </c>
+      <c r="S31" s="29">
+        <v>6068</v>
+      </c>
+      <c r="T31" s="29">
+        <v>53790</v>
+      </c>
+      <c r="U31" s="29">
+        <v>2642</v>
+      </c>
+      <c r="V31" s="29">
+        <v>853</v>
+      </c>
+      <c r="W31" s="29">
+        <v>8921</v>
+      </c>
+      <c r="X31" s="29">
+        <v>1627</v>
+      </c>
+      <c r="Y31" s="29">
+        <v>4333</v>
+      </c>
+      <c r="Z31" s="29">
+        <v>3458</v>
+      </c>
+      <c r="AA31" s="29">
+        <v>4448</v>
+      </c>
+      <c r="AB31" s="29">
+        <v>7368</v>
+      </c>
+      <c r="AC31" s="29">
+        <v>4055</v>
+      </c>
+      <c r="AD31" s="29">
+        <v>2806</v>
+      </c>
+      <c r="AE31" s="29">
+        <v>3200</v>
+      </c>
+      <c r="AF31" s="29">
+        <v>4495</v>
+      </c>
+      <c r="AG31" s="29">
+        <v>6371</v>
+      </c>
+      <c r="AH31" s="29">
+        <v>12929</v>
+      </c>
+      <c r="AI31" s="29">
+        <v>10131</v>
+      </c>
+      <c r="AJ31" s="29">
+        <v>10944</v>
+      </c>
+      <c r="AK31" s="29">
+        <v>9681</v>
+      </c>
+      <c r="AL31" s="29">
+        <v>3648</v>
+      </c>
+      <c r="AM31" s="29">
+        <v>5474</v>
+      </c>
+      <c r="AN31" s="29">
+        <v>2604</v>
+      </c>
+      <c r="AO31" s="29">
+        <v>3392</v>
+      </c>
+      <c r="AP31" s="29">
+        <v>5566</v>
+      </c>
+      <c r="AQ31" s="29">
+        <v>1428</v>
+      </c>
+      <c r="AR31" s="29">
+        <v>4962</v>
+      </c>
+      <c r="AS31" s="29">
+        <v>1258</v>
+      </c>
+      <c r="AT31" s="29">
+        <v>5479</v>
+      </c>
+      <c r="AU31" s="29">
+        <v>3937</v>
+      </c>
+      <c r="AV31" s="29">
+        <v>7912</v>
+      </c>
+      <c r="AW31" s="29">
+        <v>1143</v>
+      </c>
+      <c r="AX31" s="29">
+        <v>4227</v>
+      </c>
+      <c r="AY31" s="29">
+        <v>1798</v>
+      </c>
+      <c r="AZ31" s="29">
+        <v>2387</v>
+      </c>
+      <c r="BA31" s="29">
+        <v>1408</v>
+      </c>
+      <c r="BB31" s="29">
+        <v>2595</v>
+      </c>
+      <c r="BC31" s="29">
+        <v>4092</v>
+      </c>
+      <c r="BD31" s="28">
+        <v>1026</v>
+      </c>
+      <c r="BE31" s="29">
+        <v>913</v>
+      </c>
+      <c r="BF31" s="28">
+        <v>913</v>
+      </c>
+      <c r="BG31" s="29">
+        <v>2303</v>
+      </c>
+      <c r="BH31" s="29">
+        <v>1137</v>
+      </c>
+      <c r="BI31" s="29">
+        <v>965</v>
+      </c>
+      <c r="BJ31" s="28">
+        <v>201</v>
+      </c>
+      <c r="BK31" s="29">
+        <v>3424</v>
+      </c>
+      <c r="BL31" s="29">
+        <v>773</v>
+      </c>
+      <c r="BM31" s="29">
+        <v>871</v>
+      </c>
+      <c r="BN31" s="29">
+        <v>536</v>
+      </c>
+      <c r="BO31" s="29">
+        <v>535</v>
+      </c>
+      <c r="BP31" s="29">
+        <v>268</v>
+      </c>
+      <c r="BQ31" s="29">
+        <v>174</v>
+      </c>
+      <c r="BR31" s="28">
+        <v>267</v>
+      </c>
+      <c r="BS31" s="29">
+        <v>433</v>
+      </c>
+      <c r="BT31" s="29">
+        <v>86</v>
+      </c>
+      <c r="BU31" s="29">
+        <v>124</v>
+      </c>
+      <c r="BV31" s="29">
+        <v>53</v>
+      </c>
+      <c r="BW31" s="29">
+        <v>158</v>
+      </c>
+      <c r="BX31" s="28">
+        <v>12</v>
+      </c>
+      <c r="BY31" s="29">
+        <v>2506</v>
+      </c>
+      <c r="BZ31" s="29">
+        <v>249</v>
+      </c>
+      <c r="CA31" s="29">
+        <v>738</v>
+      </c>
+      <c r="CB31" s="28">
+        <v>1519</v>
+      </c>
+      <c r="CC31" s="29">
+        <v>1181</v>
+      </c>
+      <c r="CD31" s="28">
+        <v>1181</v>
+      </c>
+      <c r="CE31" s="29">
+        <v>674</v>
+      </c>
+      <c r="CF31" s="28">
+        <v>674</v>
+      </c>
+      <c r="CG31" s="29">
+        <v>1707</v>
+      </c>
+      <c r="CH31" s="29">
+        <v>929</v>
+      </c>
+      <c r="CI31" s="28">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="32" spans="1:87" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="19" t="s">
+        <v>200</v>
+      </c>
+      <c r="C32" s="38">
+        <v>46054</v>
+      </c>
+      <c r="D32" s="20">
+        <v>287505</v>
+      </c>
+      <c r="E32" s="20">
+        <v>274254</v>
+      </c>
+      <c r="F32" s="20">
+        <v>13251</v>
+      </c>
+      <c r="G32" s="21">
+        <v>38445</v>
+      </c>
+      <c r="H32" s="21">
+        <v>1827</v>
+      </c>
+      <c r="I32" s="21">
+        <v>3304</v>
+      </c>
+      <c r="J32" s="21">
+        <v>3974</v>
+      </c>
+      <c r="K32" s="21">
+        <v>4310</v>
+      </c>
+      <c r="L32" s="21">
+        <v>2501</v>
+      </c>
+      <c r="M32" s="21">
+        <v>4152</v>
+      </c>
+      <c r="N32" s="21">
+        <v>4545</v>
+      </c>
+      <c r="O32" s="21">
+        <v>7482</v>
+      </c>
+      <c r="P32" s="21">
+        <v>2745</v>
+      </c>
+      <c r="Q32" s="20">
+        <v>3605</v>
+      </c>
+      <c r="R32" s="21">
+        <v>12439</v>
+      </c>
+      <c r="S32" s="21">
+        <v>6094</v>
+      </c>
+      <c r="T32" s="21">
+        <v>54084</v>
+      </c>
+      <c r="U32" s="21">
+        <v>2669</v>
+      </c>
+      <c r="V32" s="21">
+        <v>850</v>
+      </c>
+      <c r="W32" s="21">
+        <v>8965</v>
+      </c>
+      <c r="X32" s="21">
+        <v>1618</v>
+      </c>
+      <c r="Y32" s="21">
+        <v>4353</v>
+      </c>
+      <c r="Z32" s="21">
+        <v>3495</v>
+      </c>
+      <c r="AA32" s="21">
+        <v>4432</v>
+      </c>
+      <c r="AB32" s="21">
+        <v>7389</v>
+      </c>
+      <c r="AC32" s="21">
+        <v>4048</v>
+      </c>
+      <c r="AD32" s="21">
+        <v>2774</v>
+      </c>
+      <c r="AE32" s="21">
+        <v>3223</v>
+      </c>
+      <c r="AF32" s="21">
+        <v>4466</v>
+      </c>
+      <c r="AG32" s="21">
+        <v>6409</v>
+      </c>
+      <c r="AH32" s="21">
+        <v>12952</v>
+      </c>
+      <c r="AI32" s="21">
+        <v>10151</v>
+      </c>
+      <c r="AJ32" s="21">
+        <v>10997</v>
+      </c>
+      <c r="AK32" s="21">
+        <v>9714</v>
+      </c>
+      <c r="AL32" s="21">
+        <v>3689</v>
+      </c>
+      <c r="AM32" s="21">
+        <v>5503</v>
+      </c>
+      <c r="AN32" s="21">
+        <v>2621</v>
+      </c>
+      <c r="AO32" s="21">
+        <v>3434</v>
+      </c>
+      <c r="AP32" s="21">
+        <v>5631</v>
+      </c>
+      <c r="AQ32" s="21">
+        <v>1431</v>
+      </c>
+      <c r="AR32" s="21">
+        <v>4958</v>
+      </c>
+      <c r="AS32" s="21">
+        <v>1267</v>
+      </c>
+      <c r="AT32" s="21">
+        <v>5463</v>
+      </c>
+      <c r="AU32" s="21">
+        <v>3953</v>
+      </c>
+      <c r="AV32" s="21">
+        <v>7979</v>
+      </c>
+      <c r="AW32" s="21">
+        <v>1144</v>
+      </c>
+      <c r="AX32" s="21">
+        <v>4225</v>
+      </c>
+      <c r="AY32" s="21">
+        <v>1831</v>
+      </c>
+      <c r="AZ32" s="21">
+        <v>2394</v>
+      </c>
+      <c r="BA32" s="21">
+        <v>1418</v>
+      </c>
+      <c r="BB32" s="21">
+        <v>2588</v>
+      </c>
+      <c r="BC32" s="21">
+        <v>4121</v>
+      </c>
+      <c r="BD32" s="20">
+        <v>1037</v>
+      </c>
+      <c r="BE32" s="21">
+        <v>925</v>
+      </c>
+      <c r="BF32" s="20">
+        <v>925</v>
+      </c>
+      <c r="BG32" s="21">
+        <v>2326</v>
+      </c>
+      <c r="BH32" s="21">
+        <v>1152</v>
+      </c>
+      <c r="BI32" s="21">
+        <v>974</v>
+      </c>
+      <c r="BJ32" s="20">
+        <v>200</v>
+      </c>
+      <c r="BK32" s="21">
+        <v>3431</v>
+      </c>
+      <c r="BL32" s="21">
+        <v>769</v>
+      </c>
+      <c r="BM32" s="21">
+        <v>863</v>
+      </c>
+      <c r="BN32" s="21">
+        <v>535</v>
+      </c>
+      <c r="BO32" s="21">
+        <v>531</v>
+      </c>
+      <c r="BP32" s="21">
+        <v>274</v>
+      </c>
+      <c r="BQ32" s="21">
+        <v>182</v>
+      </c>
+      <c r="BR32" s="20">
+        <v>277</v>
+      </c>
+      <c r="BS32" s="21">
+        <v>432</v>
+      </c>
+      <c r="BT32" s="21">
+        <v>83</v>
+      </c>
+      <c r="BU32" s="21">
+        <v>122</v>
+      </c>
+      <c r="BV32" s="21">
+        <v>57</v>
+      </c>
+      <c r="BW32" s="21">
+        <v>158</v>
+      </c>
+      <c r="BX32" s="20">
+        <v>12</v>
+      </c>
+      <c r="BY32" s="21">
+        <v>2515</v>
+      </c>
+      <c r="BZ32" s="21">
+        <v>253</v>
+      </c>
+      <c r="CA32" s="21">
+        <v>755</v>
+      </c>
+      <c r="CB32" s="20">
+        <v>1507</v>
+      </c>
+      <c r="CC32" s="21">
+        <v>1195</v>
+      </c>
+      <c r="CD32" s="20">
+        <v>1195</v>
+      </c>
+      <c r="CE32" s="21">
+        <v>685</v>
+      </c>
+      <c r="CF32" s="20">
+        <v>685</v>
+      </c>
+      <c r="CG32" s="21">
+        <v>1742</v>
+      </c>
+      <c r="CH32" s="21">
+        <v>962</v>
+      </c>
+      <c r="CI32" s="20">
+        <v>780</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:E3"/>
   </mergeCells>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>