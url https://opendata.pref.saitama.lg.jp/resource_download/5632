--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -1,127 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
   <workbookPr defaultThemeVersion="166925"/>
-  <xr:revisionPtr xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" documentId="13_ncr:1_{0DA44CB4-1406-4728-BCD2-1408F58AE4BD}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" documentId="13_ncr:1_{6FF39580-203D-462E-A617-CB8F7F6B364C}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView activeTab="10" firstSheet="2" xr2:uid="{9796BE30-1385-42C2-881C-6EBDE32275C4}" windowHeight="11040" windowWidth="20730" xWindow="-120" yWindow="-120"/>
+    <workbookView xr2:uid="{9796BE30-1385-42C2-881C-6EBDE32275C4}" windowHeight="11040" windowWidth="20730" xWindow="-120" yWindow="-120"/>
   </bookViews>
   <sheets>
-    <sheet r:id="rId1" name="R7.1" sheetId="17"/>
-[...9 lines deleted...]
-    <sheet r:id="rId11" name="R7.11" sheetId="29"/>
+    <sheet r:id="rId1" name="R8.1" sheetId="17"/>
   </sheets>
   <definedNames>
-    <definedName hidden="1" localSheetId="9" name="_xlnm._FilterDatabase">'R7.10'!$B$3:$J$17</definedName>
-[...25 lines deleted...]
-    <definedName localSheetId="8" name="_xlnm.Print_Titles">'R7.9'!$1:$3</definedName>
+    <definedName localSheetId="0" name="_xlnm.Print_Area">'R8.1'!$A$1:$J$26</definedName>
+    <definedName localSheetId="0" name="_xlnm.Print_Titles">'R8.1'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>％</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>川越市　人口と世帯数</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>管轄</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>世帯数
 （世帯）</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>人口
 （人）</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>男
 （人）</t>
@@ -596,51 +551,51 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -898,1390 +853,80 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...38 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E1B6469-8851-48C0-A1EF-BB8FEE6A9688}">
-  <sheetPr>
-[...1268 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{65835B58-3298-4680-9F49-A39C7BCBA58A}">
   <sheetPr>
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:J26"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="55" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <selection activeCell="B1" sqref="B1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="19.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="7.625" style="23" customWidth="1"/>
     <col min="2" max="2" width="24.375" style="23" customWidth="1"/>
     <col min="3" max="10" width="11.125" style="23" customWidth="1"/>
     <col min="11" max="16384" width="9" style="23"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="30" x14ac:dyDescent="0.4">
       <c r="B1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="28"/>
       <c r="D1" s="1"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="I1" s="29">
-        <v>45962</v>
+        <v>46023</v>
       </c>
       <c r="J1" s="29"/>
     </row>
     <row r="2" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B2" s="30" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="32" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="32" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="32" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="32" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="26" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="26"/>
       <c r="I2" s="26" t="s">
         <v>8</v>
@@ -2290,5729 +935,619 @@
     </row>
     <row r="3" spans="2:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="31"/>
       <c r="C3" s="31"/>
       <c r="D3" s="31"/>
       <c r="E3" s="31"/>
       <c r="F3" s="31"/>
       <c r="G3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B4" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="5">
-        <v>171495</v>
+        <v>171542</v>
       </c>
       <c r="D4" s="5">
-        <v>352729</v>
+        <v>352607</v>
       </c>
       <c r="E4" s="5">
-        <v>175274</v>
+        <v>175214</v>
       </c>
       <c r="F4" s="6">
-        <v>177454</v>
+        <v>177392</v>
       </c>
       <c r="G4" s="7">
-        <v>294</v>
+        <v>27</v>
       </c>
       <c r="H4" s="8">
-        <v>59</v>
+        <v>-21</v>
       </c>
       <c r="I4" s="8">
-        <v>1905</v>
+        <v>2010</v>
       </c>
       <c r="J4" s="9">
-        <v>-347</v>
+        <v>-198</v>
       </c>
     </row>
     <row r="5" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="5">
-        <v>55014</v>
+        <v>55064</v>
       </c>
       <c r="D5" s="5">
-        <v>106530</v>
+        <v>106615</v>
       </c>
       <c r="E5" s="5">
-        <v>52625</v>
+        <v>52674</v>
       </c>
       <c r="F5" s="6">
-        <v>53905</v>
+        <v>53941</v>
       </c>
       <c r="G5" s="7">
-        <v>117</v>
+        <v>17</v>
       </c>
       <c r="H5" s="8">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="I5" s="8">
-        <v>748</v>
+        <v>819</v>
       </c>
       <c r="J5" s="9">
-        <v>158</v>
+        <v>312</v>
       </c>
     </row>
     <row r="6" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="5">
-        <v>116481</v>
+        <v>116478</v>
       </c>
       <c r="D6" s="5">
-        <v>246199</v>
+        <v>245992</v>
       </c>
       <c r="E6" s="5">
-        <v>122649</v>
+        <v>122540</v>
       </c>
       <c r="F6" s="6">
-        <v>123549</v>
+        <v>123451</v>
       </c>
       <c r="G6" s="7">
-        <v>177</v>
+        <v>10</v>
       </c>
       <c r="H6" s="8">
-        <v>-9</v>
+        <v>-73</v>
       </c>
       <c r="I6" s="8">
-        <v>1157</v>
+        <v>1191</v>
       </c>
       <c r="J6" s="9">
-        <v>-505</v>
+        <v>-510</v>
       </c>
     </row>
     <row r="7" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5">
-        <v>2304</v>
+        <v>2306</v>
       </c>
       <c r="D7" s="5">
-        <v>5278</v>
+        <v>5273</v>
       </c>
       <c r="E7" s="5">
-        <v>2624</v>
+        <v>2619</v>
       </c>
       <c r="F7" s="6">
         <v>2654</v>
       </c>
       <c r="G7" s="7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H7" s="8">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="I7" s="8">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="J7" s="9">
-        <v>-59</v>
+        <v>-41</v>
       </c>
     </row>
     <row r="8" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="5">
-        <v>4550</v>
+        <v>4552</v>
       </c>
       <c r="D8" s="5">
-        <v>9940</v>
+        <v>9937</v>
       </c>
       <c r="E8" s="5">
         <v>4913</v>
       </c>
       <c r="F8" s="6">
-        <v>5027</v>
+        <v>5024</v>
       </c>
       <c r="G8" s="7">
-        <v>-2</v>
+        <v>5</v>
       </c>
       <c r="H8" s="8">
-        <v>-15</v>
+        <v>-1</v>
       </c>
       <c r="I8" s="8">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="J8" s="9">
-        <v>-94</v>
+        <v>-92</v>
       </c>
     </row>
     <row r="9" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="5">
-        <v>11281</v>
+        <v>11283</v>
       </c>
       <c r="D9" s="5">
-        <v>25171</v>
+        <v>25147</v>
       </c>
       <c r="E9" s="5">
-        <v>12576</v>
+        <v>12545</v>
       </c>
       <c r="F9" s="6">
-        <v>12595</v>
+        <v>12602</v>
       </c>
       <c r="G9" s="7">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="H9" s="8">
-        <v>10</v>
+        <v>-5</v>
       </c>
       <c r="I9" s="8">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="J9" s="9">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="5">
-        <v>27114</v>
+        <v>27130</v>
       </c>
       <c r="D10" s="5">
-        <v>53854</v>
+        <v>53857</v>
       </c>
       <c r="E10" s="5">
-        <v>26684</v>
+        <v>26687</v>
       </c>
       <c r="F10" s="6">
         <v>27170</v>
       </c>
       <c r="G10" s="7">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="H10" s="8">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="I10" s="8">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="J10" s="9">
-        <v>-88</v>
+        <v>-36</v>
       </c>
     </row>
     <row r="11" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="5">
-        <v>9333</v>
+        <v>9366</v>
       </c>
       <c r="D11" s="5">
-        <v>20758</v>
+        <v>20759</v>
       </c>
       <c r="E11" s="5">
-        <v>10458</v>
+        <v>10467</v>
       </c>
       <c r="F11" s="6">
-        <v>10300</v>
+        <v>10292</v>
       </c>
       <c r="G11" s="7">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="H11" s="8">
-        <v>-22</v>
+        <v>11</v>
       </c>
       <c r="I11" s="8">
-        <v>55</v>
+        <v>107</v>
       </c>
       <c r="J11" s="9">
-        <v>-94</v>
+        <v>-48</v>
       </c>
     </row>
     <row r="12" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="5">
-        <v>16400</v>
+        <v>16392</v>
       </c>
       <c r="D12" s="5">
-        <v>35082</v>
+        <v>35029</v>
       </c>
       <c r="E12" s="5">
-        <v>17572</v>
+        <v>17545</v>
       </c>
       <c r="F12" s="6">
-        <v>17510</v>
+        <v>17484</v>
       </c>
       <c r="G12" s="7">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="H12" s="8">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="I12" s="8">
         <v>277</v>
       </c>
       <c r="J12" s="9">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B13" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="5">
-        <v>14953</v>
+        <v>14894</v>
       </c>
       <c r="D13" s="5">
-        <v>32448</v>
+        <v>32380</v>
       </c>
       <c r="E13" s="5">
-        <v>16240</v>
+        <v>16189</v>
       </c>
       <c r="F13" s="6">
-        <v>16207</v>
+        <v>16190</v>
       </c>
       <c r="G13" s="7">
-        <v>-11</v>
+        <v>-51</v>
       </c>
       <c r="H13" s="8">
-        <v>-41</v>
+        <v>-52</v>
       </c>
       <c r="I13" s="8">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="J13" s="9">
-        <v>-72</v>
+        <v>-110</v>
       </c>
     </row>
     <row r="14" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B14" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="5">
-        <v>2645</v>
+        <v>2651</v>
       </c>
       <c r="D14" s="5">
-        <v>5507</v>
+        <v>5503</v>
       </c>
       <c r="E14" s="5">
-        <v>2667</v>
+        <v>2663</v>
       </c>
       <c r="F14" s="6">
         <v>2840</v>
       </c>
       <c r="G14" s="7">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H14" s="8">
-        <v>-16</v>
+        <v>3</v>
       </c>
       <c r="I14" s="8">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="J14" s="9">
-        <v>-24</v>
+        <v>-39</v>
       </c>
     </row>
     <row r="15" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B15" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="5">
-        <v>8344</v>
+        <v>8328</v>
       </c>
       <c r="D15" s="5">
-        <v>16438</v>
+        <v>16401</v>
       </c>
       <c r="E15" s="5">
-        <v>7924</v>
+        <v>7896</v>
       </c>
       <c r="F15" s="6">
-        <v>8514</v>
+        <v>8505</v>
       </c>
       <c r="G15" s="7">
-        <v>22</v>
+        <v>-12</v>
       </c>
       <c r="H15" s="8">
-        <v>14</v>
+        <v>-19</v>
       </c>
       <c r="I15" s="8">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="J15" s="9">
-        <v>2</v>
+        <v>-33</v>
       </c>
     </row>
     <row r="16" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B16" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="5">
-        <v>14371</v>
+        <v>14379</v>
       </c>
       <c r="D16" s="5">
-        <v>29946</v>
+        <v>29913</v>
       </c>
       <c r="E16" s="5">
-        <v>15083</v>
+        <v>15082</v>
       </c>
       <c r="F16" s="6">
-        <v>14863</v>
+        <v>14831</v>
       </c>
       <c r="G16" s="7">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="H16" s="8">
-        <v>16</v>
+        <v>-4</v>
       </c>
       <c r="I16" s="8">
-        <v>70</v>
+        <v>127</v>
       </c>
       <c r="J16" s="9">
-        <v>-156</v>
+        <v>-155</v>
       </c>
     </row>
     <row r="17" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B17" s="10" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="11">
-        <v>5186</v>
+        <v>5197</v>
       </c>
       <c r="D17" s="11">
-        <v>11777</v>
+        <v>11793</v>
       </c>
       <c r="E17" s="11">
-        <v>5908</v>
+        <v>5934</v>
       </c>
       <c r="F17" s="12">
-        <v>5869</v>
+        <v>5859</v>
       </c>
       <c r="G17" s="13">
-        <v>0</v>
+        <v>-9</v>
       </c>
       <c r="H17" s="14">
-        <v>-10</v>
+        <v>-17</v>
       </c>
       <c r="I17" s="14">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="J17" s="15">
-        <v>-18</v>
+        <v>-36</v>
       </c>
     </row>
     <row r="19" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B19" s="36" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="26" t="s">
         <v>26</v>
       </c>
       <c r="D19" s="25" t="s">
         <v>27</v>
       </c>
       <c r="E19" s="26"/>
       <c r="F19" s="26"/>
       <c r="G19" s="25" t="s">
         <v>28</v>
       </c>
       <c r="H19" s="26"/>
       <c r="I19" s="26"/>
     </row>
     <row r="20" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B20" s="36"/>
       <c r="C20" s="26"/>
       <c r="D20" s="16"/>
       <c r="E20" s="24" t="s">
         <v>29</v>
       </c>
       <c r="F20" s="24" t="s">
         <v>30</v>
       </c>
       <c r="G20" s="16"/>
       <c r="H20" s="24" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="24" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="21" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B21" s="17">
-        <v>45961</v>
+        <v>46022</v>
       </c>
       <c r="C21" s="18">
-        <v>59</v>
+        <v>-21</v>
       </c>
       <c r="D21" s="18">
-        <v>-176</v>
+        <v>-180</v>
       </c>
       <c r="E21" s="19">
-        <v>170</v>
+        <v>144</v>
       </c>
       <c r="F21" s="19">
-        <v>346</v>
+        <v>324</v>
       </c>
       <c r="G21" s="19">
-        <v>235</v>
+        <v>159</v>
       </c>
       <c r="H21" s="19">
-        <v>1405</v>
+        <v>1263</v>
       </c>
       <c r="I21" s="19">
-        <v>1170</v>
+        <v>1104</v>
       </c>
       <c r="J21" s="23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B23" s="23" t="s">
         <v>34</v>
       </c>
       <c r="D23" s="20">
-        <v>3232.1909649042427</v>
+        <v>3231.0730321634751</v>
       </c>
       <c r="E23" s="23" t="s">
         <v>35</v>
       </c>
       <c r="G23" s="27" t="s">
         <v>36</v>
       </c>
       <c r="H23" s="27"/>
       <c r="I23" s="21">
-        <v>37719</v>
+        <v>37513</v>
       </c>
       <c r="J23" s="23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B24" s="23" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="21">
-        <v>95769</v>
+        <v>95782</v>
       </c>
       <c r="E24" s="23" t="s">
         <v>37</v>
       </c>
       <c r="G24" s="27" t="s">
         <v>39</v>
       </c>
       <c r="H24" s="27"/>
       <c r="I24" s="21">
-        <v>58050</v>
+        <v>58269</v>
       </c>
       <c r="J24" s="23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="25" spans="2:10" x14ac:dyDescent="0.4">
       <c r="B25" s="33" t="s">
         <v>41</v>
       </c>
       <c r="C25" s="33"/>
       <c r="D25" s="22">
-        <v>27.150872199337169</v>
-[...5079 lines deleted...]
-        <v>27.146489340895759</v>
+        <v>27.163953069564702</v>
       </c>
       <c r="E25" s="23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:10" x14ac:dyDescent="0.4">
       <c r="D26" s="34" t="s">
         <v>40</v>
       </c>
       <c r="E26" s="35"/>
     </row>
   </sheetData>
   <mergeCells count="17">
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="D26:E26"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C19:C20"/>
     <mergeCell ref="D19:F19"/>
     <mergeCell ref="G19:I19"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="I1:J1"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="I2:J2"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="85" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>22</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector baseType="lpstr" size="33">
-[...32 lines deleted...]
-      <vt:lpstr>R7.9!Print_Titles</vt:lpstr>
+    <vt:vector baseType="lpstr" size="3">
+      <vt:lpstr>R8.1</vt:lpstr>
+      <vt:lpstr>R8.1!Print_Area</vt:lpstr>
+      <vt:lpstr>R8.1!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>