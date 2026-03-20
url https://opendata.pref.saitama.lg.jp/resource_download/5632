--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -1,82 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
   <workbookPr defaultThemeVersion="166925"/>
-  <xr:revisionPtr xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" documentId="13_ncr:1_{6FF39580-203D-462E-A617-CB8F7F6B364C}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" documentId="13_ncr:1_{D392AE53-CF5E-4389-BE89-CEB30216AC8F}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xr2:uid="{9796BE30-1385-42C2-881C-6EBDE32275C4}" windowHeight="11040" windowWidth="20730" xWindow="-120" yWindow="-120"/>
+    <workbookView activeTab="1" xr2:uid="{9796BE30-1385-42C2-881C-6EBDE32275C4}" windowHeight="11040" windowWidth="20730" xWindow="-120" yWindow="-120"/>
   </bookViews>
   <sheets>
     <sheet r:id="rId1" name="R8.1" sheetId="17"/>
+    <sheet r:id="rId2" name="R8.2" sheetId="18"/>
   </sheets>
   <definedNames>
+    <definedName hidden="1" localSheetId="1" name="_xlnm._FilterDatabase">'R8.2'!$B$3:$J$17</definedName>
     <definedName localSheetId="0" name="_xlnm.Print_Area">'R8.1'!$A$1:$J$26</definedName>
+    <definedName localSheetId="1" name="_xlnm.Print_Area">'R8.2'!$A$1:$J$26</definedName>
     <definedName localSheetId="0" name="_xlnm.Print_Titles">'R8.1'!$1:$3</definedName>
+    <definedName localSheetId="1" name="_xlnm.Print_Titles">'R8.2'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="42">
   <si>
     <t>％</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>川越市　人口と世帯数</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>管轄</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>世帯数
 （世帯）</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>人口
 （人）</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>男
 （人）</t>
@@ -551,51 +556,51 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -853,59 +858,63 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E1B6469-8851-48C0-A1EF-BB8FEE6A9688}">
   <sheetPr>
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:J26"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="55" zoomScaleSheetLayoutView="70" workbookViewId="0">
+    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="55" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <selection activeCell="B1" sqref="B1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="19.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="7.625" style="23" customWidth="1"/>
     <col min="2" max="2" width="24.375" style="23" customWidth="1"/>
     <col min="3" max="10" width="11.125" style="23" customWidth="1"/>
     <col min="11" max="16384" width="9" style="23"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="30" x14ac:dyDescent="0.4">
       <c r="B1" s="28" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="28"/>
       <c r="D1" s="1"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="I1" s="29">
         <v>46023</v>
       </c>
       <c r="J1" s="29"/>
     </row>
     <row r="2" spans="2:10" x14ac:dyDescent="0.4">
@@ -1488,66 +1497,704 @@
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="D26:E26"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C19:C20"/>
     <mergeCell ref="D19:F19"/>
     <mergeCell ref="G19:I19"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="G24:H24"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="I1:J1"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="I2:J2"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="85" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C38ED82-2A07-4059-A372-C46C083C8E69}">
+  <sheetPr>
+    <tabColor theme="5"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B1:J26"/>
+  <sheetViews>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="55" zoomScaleSheetLayoutView="70" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1:C1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="19.5" x14ac:dyDescent="0.4"/>
+  <cols>
+    <col min="1" max="1" width="7.625" style="23" customWidth="1"/>
+    <col min="2" max="2" width="24.375" style="23" customWidth="1"/>
+    <col min="3" max="10" width="11.125" style="23" customWidth="1"/>
+    <col min="11" max="16384" width="9" style="23"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:10" ht="30" x14ac:dyDescent="0.4">
+      <c r="B1" s="28" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="28"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="I1" s="29">
+        <v>46054</v>
+      </c>
+      <c r="J1" s="29"/>
+    </row>
+    <row r="2" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B2" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="32" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="32" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="26"/>
+      <c r="I2" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="J2" s="26"/>
+    </row>
+    <row r="3" spans="2:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="31"/>
+      <c r="C3" s="31"/>
+      <c r="D3" s="31"/>
+      <c r="E3" s="31"/>
+      <c r="F3" s="31"/>
+      <c r="G3" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B4" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="5">
+        <v>171613</v>
+      </c>
+      <c r="D4" s="5">
+        <v>352517</v>
+      </c>
+      <c r="E4" s="5">
+        <v>175149</v>
+      </c>
+      <c r="F4" s="6">
+        <v>177367</v>
+      </c>
+      <c r="G4" s="7">
+        <v>71</v>
+      </c>
+      <c r="H4" s="8">
+        <v>-90</v>
+      </c>
+      <c r="I4" s="8">
+        <v>2142</v>
+      </c>
+      <c r="J4" s="9">
+        <v>-15</v>
+      </c>
+    </row>
+    <row r="5" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B5" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="5">
+        <v>55140</v>
+      </c>
+      <c r="D5" s="5">
+        <v>106659</v>
+      </c>
+      <c r="E5" s="5">
+        <v>52717</v>
+      </c>
+      <c r="F5" s="6">
+        <v>53942</v>
+      </c>
+      <c r="G5" s="7">
+        <v>76</v>
+      </c>
+      <c r="H5" s="8">
+        <v>44</v>
+      </c>
+      <c r="I5" s="8">
+        <v>890</v>
+      </c>
+      <c r="J5" s="9">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="6" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="5">
+        <v>116473</v>
+      </c>
+      <c r="D6" s="5">
+        <v>245858</v>
+      </c>
+      <c r="E6" s="5">
+        <v>122432</v>
+      </c>
+      <c r="F6" s="6">
+        <v>123425</v>
+      </c>
+      <c r="G6" s="7">
+        <v>-5</v>
+      </c>
+      <c r="H6" s="8">
+        <v>-134</v>
+      </c>
+      <c r="I6" s="8">
+        <v>1252</v>
+      </c>
+      <c r="J6" s="9">
+        <v>-412</v>
+      </c>
+    </row>
+    <row r="7" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5">
+        <v>2307</v>
+      </c>
+      <c r="D7" s="5">
+        <v>5269</v>
+      </c>
+      <c r="E7" s="5">
+        <v>2613</v>
+      </c>
+      <c r="F7" s="6">
+        <v>2656</v>
+      </c>
+      <c r="G7" s="7">
+        <v>1</v>
+      </c>
+      <c r="H7" s="8">
+        <v>-4</v>
+      </c>
+      <c r="I7" s="8">
+        <v>45</v>
+      </c>
+      <c r="J7" s="9">
+        <v>-32</v>
+      </c>
+    </row>
+    <row r="8" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B8" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="5">
+        <v>4550</v>
+      </c>
+      <c r="D8" s="5">
+        <v>9928</v>
+      </c>
+      <c r="E8" s="5">
+        <v>4909</v>
+      </c>
+      <c r="F8" s="6">
+        <v>5019</v>
+      </c>
+      <c r="G8" s="7">
+        <v>-2</v>
+      </c>
+      <c r="H8" s="8">
+        <v>-9</v>
+      </c>
+      <c r="I8" s="8">
+        <v>1</v>
+      </c>
+      <c r="J8" s="9">
+        <v>-106</v>
+      </c>
+    </row>
+    <row r="9" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B9" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="5">
+        <v>11261</v>
+      </c>
+      <c r="D9" s="5">
+        <v>25105</v>
+      </c>
+      <c r="E9" s="5">
+        <v>12516</v>
+      </c>
+      <c r="F9" s="6">
+        <v>12589</v>
+      </c>
+      <c r="G9" s="7">
+        <v>-22</v>
+      </c>
+      <c r="H9" s="8">
+        <v>-42</v>
+      </c>
+      <c r="I9" s="8">
+        <v>147</v>
+      </c>
+      <c r="J9" s="9">
+        <v>-10</v>
+      </c>
+    </row>
+    <row r="10" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B10" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="5">
+        <v>27132</v>
+      </c>
+      <c r="D10" s="5">
+        <v>53808</v>
+      </c>
+      <c r="E10" s="5">
+        <v>26656</v>
+      </c>
+      <c r="F10" s="6">
+        <v>27152</v>
+      </c>
+      <c r="G10" s="7">
+        <v>2</v>
+      </c>
+      <c r="H10" s="8">
+        <v>-49</v>
+      </c>
+      <c r="I10" s="8">
+        <v>258</v>
+      </c>
+      <c r="J10" s="9">
+        <v>-51</v>
+      </c>
+    </row>
+    <row r="11" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B11" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" s="5">
+        <v>9377</v>
+      </c>
+      <c r="D11" s="5">
+        <v>20765</v>
+      </c>
+      <c r="E11" s="5">
+        <v>10472</v>
+      </c>
+      <c r="F11" s="6">
+        <v>10293</v>
+      </c>
+      <c r="G11" s="7">
+        <v>11</v>
+      </c>
+      <c r="H11" s="8">
+        <v>6</v>
+      </c>
+      <c r="I11" s="8">
+        <v>95</v>
+      </c>
+      <c r="J11" s="9">
+        <v>-61</v>
+      </c>
+    </row>
+    <row r="12" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B12" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="5">
+        <v>16413</v>
+      </c>
+      <c r="D12" s="5">
+        <v>35045</v>
+      </c>
+      <c r="E12" s="5">
+        <v>17551</v>
+      </c>
+      <c r="F12" s="6">
+        <v>17494</v>
+      </c>
+      <c r="G12" s="7">
+        <v>21</v>
+      </c>
+      <c r="H12" s="8">
+        <v>16</v>
+      </c>
+      <c r="I12" s="8">
+        <v>290</v>
+      </c>
+      <c r="J12" s="9">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B13" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="5">
+        <v>14896</v>
+      </c>
+      <c r="D13" s="5">
+        <v>32365</v>
+      </c>
+      <c r="E13" s="5">
+        <v>16173</v>
+      </c>
+      <c r="F13" s="6">
+        <v>16191</v>
+      </c>
+      <c r="G13" s="7">
+        <v>2</v>
+      </c>
+      <c r="H13" s="8">
+        <v>-15</v>
+      </c>
+      <c r="I13" s="8">
+        <v>111</v>
+      </c>
+      <c r="J13" s="9">
+        <v>-115</v>
+      </c>
+    </row>
+    <row r="14" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B14" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="5">
+        <v>2652</v>
+      </c>
+      <c r="D14" s="5">
+        <v>5507</v>
+      </c>
+      <c r="E14" s="5">
+        <v>2663</v>
+      </c>
+      <c r="F14" s="6">
+        <v>2844</v>
+      </c>
+      <c r="G14" s="7">
+        <v>1</v>
+      </c>
+      <c r="H14" s="8">
+        <v>4</v>
+      </c>
+      <c r="I14" s="8">
+        <v>22</v>
+      </c>
+      <c r="J14" s="9">
+        <v>-20</v>
+      </c>
+    </row>
+    <row r="15" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B15" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="5">
+        <v>8320</v>
+      </c>
+      <c r="D15" s="5">
+        <v>16384</v>
+      </c>
+      <c r="E15" s="5">
+        <v>7883</v>
+      </c>
+      <c r="F15" s="6">
+        <v>8501</v>
+      </c>
+      <c r="G15" s="7">
+        <v>-8</v>
+      </c>
+      <c r="H15" s="8">
+        <v>-17</v>
+      </c>
+      <c r="I15" s="8">
+        <v>73</v>
+      </c>
+      <c r="J15" s="9">
+        <v>-31</v>
+      </c>
+    </row>
+    <row r="16" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B16" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C16" s="5">
+        <v>14365</v>
+      </c>
+      <c r="D16" s="5">
+        <v>29883</v>
+      </c>
+      <c r="E16" s="5">
+        <v>15057</v>
+      </c>
+      <c r="F16" s="6">
+        <v>14826</v>
+      </c>
+      <c r="G16" s="7">
+        <v>-14</v>
+      </c>
+      <c r="H16" s="8">
+        <v>-30</v>
+      </c>
+      <c r="I16" s="8">
+        <v>166</v>
+      </c>
+      <c r="J16" s="9">
+        <v>-79</v>
+      </c>
+    </row>
+    <row r="17" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B17" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" s="11">
+        <v>5200</v>
+      </c>
+      <c r="D17" s="11">
+        <v>11799</v>
+      </c>
+      <c r="E17" s="11">
+        <v>5939</v>
+      </c>
+      <c r="F17" s="12">
+        <v>5860</v>
+      </c>
+      <c r="G17" s="13">
+        <v>3</v>
+      </c>
+      <c r="H17" s="14">
+        <v>6</v>
+      </c>
+      <c r="I17" s="14">
+        <v>44</v>
+      </c>
+      <c r="J17" s="15">
+        <v>-5</v>
+      </c>
+    </row>
+    <row r="19" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B19" s="36" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="26" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="E19" s="26"/>
+      <c r="F19" s="26"/>
+      <c r="G19" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="H19" s="26"/>
+      <c r="I19" s="26"/>
+    </row>
+    <row r="20" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B20" s="36"/>
+      <c r="C20" s="26"/>
+      <c r="D20" s="16"/>
+      <c r="E20" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="F20" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="G20" s="16"/>
+      <c r="H20" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="I20" s="24" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="21" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B21" s="17">
+        <v>46053</v>
+      </c>
+      <c r="C21" s="18">
+        <v>-90</v>
+      </c>
+      <c r="D21" s="18">
+        <v>-271</v>
+      </c>
+      <c r="E21" s="19">
+        <v>146</v>
+      </c>
+      <c r="F21" s="19">
+        <v>417</v>
+      </c>
+      <c r="G21" s="19">
+        <v>181</v>
+      </c>
+      <c r="H21" s="19">
+        <v>1325</v>
+      </c>
+      <c r="I21" s="19">
+        <v>1144</v>
+      </c>
+      <c r="J21" s="23" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B23" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="D23" s="20">
+        <v>3230.2483276825806</v>
+      </c>
+      <c r="E23" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G23" s="27" t="s">
+        <v>36</v>
+      </c>
+      <c r="H23" s="27"/>
+      <c r="I23" s="21">
+        <v>37297</v>
+      </c>
+      <c r="J23" s="23" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="24" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B24" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" s="21">
+        <v>95787</v>
+      </c>
+      <c r="E24" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="G24" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="H24" s="27"/>
+      <c r="I24" s="21">
+        <v>58490</v>
+      </c>
+      <c r="J24" s="23" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="B25" s="33" t="s">
+        <v>41</v>
+      </c>
+      <c r="C25" s="33"/>
+      <c r="D25" s="22">
+        <v>27.172306583795958</v>
+      </c>
+      <c r="E25" s="23" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="2:10" x14ac:dyDescent="0.4">
+      <c r="D26" s="34" t="s">
+        <v>40</v>
+      </c>
+      <c r="E26" s="35"/>
+    </row>
+  </sheetData>
+  <mergeCells count="17">
+    <mergeCell ref="G19:I19"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="B1:C1"/>
+    <mergeCell ref="I1:J1"/>
+    <mergeCell ref="B2:B3"/>
+    <mergeCell ref="C2:C3"/>
+    <mergeCell ref="D2:D3"/>
+    <mergeCell ref="E2:E3"/>
+    <mergeCell ref="F2:F3"/>
+    <mergeCell ref="G2:H2"/>
+    <mergeCell ref="I2:J2"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="B19:B20"/>
+    <mergeCell ref="C19:C20"/>
+    <mergeCell ref="D19:F19"/>
+  </mergeCells>
+  <phoneticPr fontId="3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="85" fitToWidth="0" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector baseType="lpstr" size="3">
+    <vt:vector baseType="lpstr" size="6">
       <vt:lpstr>R8.1</vt:lpstr>
+      <vt:lpstr>R8.2</vt:lpstr>
       <vt:lpstr>R8.1!Print_Area</vt:lpstr>
+      <vt:lpstr>R8.2!Print_Area</vt:lpstr>
       <vt:lpstr>R8.1!Print_Titles</vt:lpstr>
+      <vt:lpstr>R8.2!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>