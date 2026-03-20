--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -6,53 +6,53 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
   <workbookPr defaultThemeVersion="166925"/>
-  <xr:revisionPtr xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" documentId="13_ncr:1_{BA7A3D94-13EE-4C80-AF2C-22DC6BCDFBEA}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" documentId="13_ncr:1_{556D5C0C-8354-4ACF-8E5F-B866CD492547}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView activeTab="6" firstSheet="2" xr2:uid="{02940C5D-5895-4E2E-ACD7-07DD705DFEF4}" windowHeight="11040" windowWidth="20730" xWindow="-120" yWindow="-120"/>
+    <workbookView activeTab="6" firstSheet="2" xr2:uid="{02940C5D-5895-4E2E-ACD7-07DD705DFEF4}" windowHeight="10905" windowWidth="10455" xWindow="-105" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet r:id="rId1" name="平成7年1月～" sheetId="6"/>
     <sheet r:id="rId2" name="平成12年1月～" sheetId="5"/>
     <sheet r:id="rId3" name="平成17年1月～" sheetId="4"/>
     <sheet r:id="rId4" name="平成22年1月～" sheetId="3"/>
     <sheet r:id="rId5" name="平成27年1月～" sheetId="2"/>
     <sheet r:id="rId6" name="令和2年1月～" sheetId="1"/>
     <sheet r:id="rId7" name="令和7年1月～" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName localSheetId="1" name="_xlnm.Print_Area">'平成12年1月～'!$A$1:$E$61</definedName>
     <definedName localSheetId="2" name="_xlnm.Print_Area">'平成17年1月～'!$A$1:$E$61</definedName>
     <definedName localSheetId="3" name="_xlnm.Print_Area">'平成22年1月～'!$A$1:$E$61</definedName>
     <definedName localSheetId="4" name="_xlnm.Print_Area">'平成27年1月～'!$A$1:$E$61</definedName>
     <definedName localSheetId="0" name="_xlnm.Print_Area">'平成7年1月～'!$A$1:$E$61</definedName>
     <definedName localSheetId="5" name="_xlnm.Print_Area">'令和2年1月～'!$A$1:$E$61</definedName>
     <definedName localSheetId="6" name="_xlnm.Print_Area">'令和7年1月～'!$A$1:$E$61</definedName>
     <definedName localSheetId="1" name="_xlnm.Print_Titles">'平成12年1月～'!$1:$1</definedName>
     <definedName localSheetId="2" name="_xlnm.Print_Titles">'平成17年1月～'!$1:$1</definedName>
     <definedName localSheetId="3" name="_xlnm.Print_Titles">'平成22年1月～'!$1:$1</definedName>
     <definedName localSheetId="4" name="_xlnm.Print_Titles">'平成27年1月～'!$1:$1</definedName>
     <definedName localSheetId="0" name="_xlnm.Print_Titles">'平成7年1月～'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
@@ -7148,54 +7148,62 @@
       <c r="E13" s="3">
         <v>177398</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A14" s="5">
         <v>46023</v>
       </c>
       <c r="B14" s="3">
         <v>171542</v>
       </c>
       <c r="C14" s="3">
         <v>352607</v>
       </c>
       <c r="D14" s="3">
         <v>175214</v>
       </c>
       <c r="E14" s="3">
         <v>177392</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A15" s="4">
         <v>44228</v>
       </c>
-      <c r="B15" s="3"/>
-[...2 lines deleted...]
-      <c r="E15" s="3"/>
+      <c r="B15" s="3">
+        <v>171613</v>
+      </c>
+      <c r="C15" s="3">
+        <v>352517</v>
+      </c>
+      <c r="D15" s="3">
+        <v>175149</v>
+      </c>
+      <c r="E15" s="3">
+        <v>177367</v>
+      </c>
     </row>
     <row r="16" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A16" s="4">
         <v>44256</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
     </row>
     <row r="17" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A17" s="4">
         <v>44287</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
     </row>
     <row r="18" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A18" s="4">
         <v>44317</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>