--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -1,78 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28025"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <xr:revisionPtr xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" documentId="13_ncr:1_{76921D13-0DED-426F-975F-7A6B2BF69930}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" documentId="13_ncr:1_{B808FE69-AD04-4403-A963-8D52D624A24B}" revIDLastSave="0" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}" windowHeight="11040" windowWidth="20730" xWindow="-120" yWindow="-120"/>
+    <workbookView activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}" windowHeight="11040" windowWidth="20730" xWindow="-120" yWindow="-120"/>
   </bookViews>
   <sheets>
     <sheet r:id="rId1" name="R8.1" sheetId="28"/>
+    <sheet r:id="rId2" name="R8.2" sheetId="29"/>
   </sheets>
   <definedNames>
     <definedName localSheetId="0" name="_xlnm.Print_Titles">'R8.1'!$1:$2</definedName>
+    <definedName localSheetId="1" name="_xlnm.Print_Titles">'R8.2'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="109">
   <si>
     <t>１００歳以上</t>
   </si>
   <si>
     <t>　合　　計　</t>
   </si>
   <si>
     <t>年齢</t>
     <rPh sb="0" eb="2">
       <t>ネンレイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>人口</t>
     <rPh sb="0" eb="2">
       <t>ジンコウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>男</t>
     <rPh sb="0" eb="1">
       <t>オトコ</t>
     </rPh>
@@ -709,51 +712,51 @@
     <xf numFmtId="177" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1001,1573 +1004,3087 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C259D54-BE9C-45C1-918F-F1886FD69A9E}">
+  <dimension ref="A1:D106"/>
+  <sheetViews>
+    <sheetView view="pageLayout" zoomScale="80" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="80" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <cols>
+    <col min="1" max="1" width="18.75" customWidth="1"/>
+    <col min="2" max="4" width="19.375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="D1" s="7" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A2" s="19"/>
+      <c r="B2" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="23" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2" s="24" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="15" x14ac:dyDescent="0.15">
+      <c r="A3" s="17" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" s="1">
+        <v>1844</v>
+      </c>
+      <c r="C3" s="2">
+        <v>927</v>
+      </c>
+      <c r="D3" s="3">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A4" s="17" t="s">
+        <v>60</v>
+      </c>
+      <c r="B4" s="1">
+        <v>1956</v>
+      </c>
+      <c r="C4" s="2">
+        <v>1003</v>
+      </c>
+      <c r="D4" s="3">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A5" s="17" t="s">
+        <v>61</v>
+      </c>
+      <c r="B5" s="1">
+        <v>2188</v>
+      </c>
+      <c r="C5" s="2">
+        <v>1127</v>
+      </c>
+      <c r="D5" s="3">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A6" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" s="1">
+        <v>2249</v>
+      </c>
+      <c r="C6" s="2">
+        <v>1125</v>
+      </c>
+      <c r="D6" s="3">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A7" s="17" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" s="1">
+        <v>2319</v>
+      </c>
+      <c r="C7" s="2">
+        <v>1206</v>
+      </c>
+      <c r="D7" s="3">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A8" s="17" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" s="1">
+        <v>2449</v>
+      </c>
+      <c r="C8" s="2">
+        <v>1235</v>
+      </c>
+      <c r="D8" s="3">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A9" s="17" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" s="1">
+        <v>2489</v>
+      </c>
+      <c r="C9" s="2">
+        <v>1264</v>
+      </c>
+      <c r="D9" s="3">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A10" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" s="1">
+        <v>2666</v>
+      </c>
+      <c r="C10" s="2">
+        <v>1386</v>
+      </c>
+      <c r="D10" s="3">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A11" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" s="1">
+        <v>2802</v>
+      </c>
+      <c r="C11" s="2">
+        <v>1401</v>
+      </c>
+      <c r="D11" s="3">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A12" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" s="10">
+        <v>2860</v>
+      </c>
+      <c r="C12" s="11">
+        <v>1493</v>
+      </c>
+      <c r="D12" s="12">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A13" s="17" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" s="1">
+        <v>2819</v>
+      </c>
+      <c r="C13" s="2">
+        <v>1477</v>
+      </c>
+      <c r="D13" s="3">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A14" s="17" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" s="1">
+        <v>2924</v>
+      </c>
+      <c r="C14" s="2">
+        <v>1536</v>
+      </c>
+      <c r="D14" s="3">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" s="1">
+        <v>3099</v>
+      </c>
+      <c r="C15" s="2">
+        <v>1625</v>
+      </c>
+      <c r="D15" s="3">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" s="1">
+        <v>3084</v>
+      </c>
+      <c r="C16" s="2">
+        <v>1623</v>
+      </c>
+      <c r="D16" s="3">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A17" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="1">
+        <v>3104</v>
+      </c>
+      <c r="C17" s="2">
+        <v>1614</v>
+      </c>
+      <c r="D17" s="3">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A18" s="17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" s="1">
+        <v>3204</v>
+      </c>
+      <c r="C18" s="2">
+        <v>1640</v>
+      </c>
+      <c r="D18" s="3">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A19" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="B19" s="1">
+        <v>3167</v>
+      </c>
+      <c r="C19" s="2">
+        <v>1589</v>
+      </c>
+      <c r="D19" s="3">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B20" s="1">
+        <v>3136</v>
+      </c>
+      <c r="C20" s="2">
+        <v>1572</v>
+      </c>
+      <c r="D20" s="3">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B21" s="1">
+        <v>3291</v>
+      </c>
+      <c r="C21" s="2">
+        <v>1641</v>
+      </c>
+      <c r="D21" s="3">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A22" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B22" s="10">
+        <v>3489</v>
+      </c>
+      <c r="C22" s="11">
+        <v>1794</v>
+      </c>
+      <c r="D22" s="12">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A23" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B23" s="1">
+        <v>3533</v>
+      </c>
+      <c r="C23" s="2">
+        <v>1784</v>
+      </c>
+      <c r="D23" s="3">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A24" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="B24" s="1">
+        <v>3757</v>
+      </c>
+      <c r="C24" s="2">
+        <v>1932</v>
+      </c>
+      <c r="D24" s="3">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B25" s="1">
+        <v>3822</v>
+      </c>
+      <c r="C25" s="2">
+        <v>2026</v>
+      </c>
+      <c r="D25" s="3">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A26" s="17" t="s">
+        <v>82</v>
+      </c>
+      <c r="B26" s="1">
+        <v>3950</v>
+      </c>
+      <c r="C26" s="2">
+        <v>2003</v>
+      </c>
+      <c r="D26" s="3">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A27" s="17" t="s">
+        <v>83</v>
+      </c>
+      <c r="B27" s="1">
+        <v>3890</v>
+      </c>
+      <c r="C27" s="2">
+        <v>1937</v>
+      </c>
+      <c r="D27" s="3">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="B28" s="1">
+        <v>3843</v>
+      </c>
+      <c r="C28" s="2">
+        <v>1970</v>
+      </c>
+      <c r="D28" s="3">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="B29" s="1">
+        <v>3790</v>
+      </c>
+      <c r="C29" s="2">
+        <v>1906</v>
+      </c>
+      <c r="D29" s="3">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A30" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="B30" s="1">
+        <v>3852</v>
+      </c>
+      <c r="C30" s="2">
+        <v>1977</v>
+      </c>
+      <c r="D30" s="3">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A31" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="B31" s="1">
+        <v>3811</v>
+      </c>
+      <c r="C31" s="2">
+        <v>1902</v>
+      </c>
+      <c r="D31" s="3">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A32" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="B32" s="1">
+        <v>4047</v>
+      </c>
+      <c r="C32" s="2">
+        <v>2067</v>
+      </c>
+      <c r="D32" s="3">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B33" s="13">
+        <v>3847</v>
+      </c>
+      <c r="C33" s="14">
+        <v>1961</v>
+      </c>
+      <c r="D33" s="15">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="17" t="s">
+        <v>90</v>
+      </c>
+      <c r="B34" s="1">
+        <v>4016</v>
+      </c>
+      <c r="C34" s="2">
+        <v>2068</v>
+      </c>
+      <c r="D34" s="3">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A35" s="17" t="s">
+        <v>91</v>
+      </c>
+      <c r="B35" s="1">
+        <v>3763</v>
+      </c>
+      <c r="C35" s="2">
+        <v>1961</v>
+      </c>
+      <c r="D35" s="3">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A36" s="17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B36" s="1">
+        <v>3858</v>
+      </c>
+      <c r="C36" s="2">
+        <v>1970</v>
+      </c>
+      <c r="D36" s="3">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A37" s="17" t="s">
+        <v>93</v>
+      </c>
+      <c r="B37" s="1">
+        <v>3765</v>
+      </c>
+      <c r="C37" s="2">
+        <v>1967</v>
+      </c>
+      <c r="D37" s="3">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A38" s="17" t="s">
+        <v>94</v>
+      </c>
+      <c r="B38" s="1">
+        <v>3717</v>
+      </c>
+      <c r="C38" s="2">
+        <v>1964</v>
+      </c>
+      <c r="D38" s="3">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A39" s="17" t="s">
+        <v>95</v>
+      </c>
+      <c r="B39" s="1">
+        <v>3926</v>
+      </c>
+      <c r="C39" s="2">
+        <v>2064</v>
+      </c>
+      <c r="D39" s="3">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A40" s="17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B40" s="1">
+        <v>4064</v>
+      </c>
+      <c r="C40" s="2">
+        <v>2168</v>
+      </c>
+      <c r="D40" s="3">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A41" s="17" t="s">
+        <v>97</v>
+      </c>
+      <c r="B41" s="1">
+        <v>3928</v>
+      </c>
+      <c r="C41" s="2">
+        <v>2092</v>
+      </c>
+      <c r="D41" s="3">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A42" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="B42" s="10">
+        <v>4119</v>
+      </c>
+      <c r="C42" s="11">
+        <v>2187</v>
+      </c>
+      <c r="D42" s="12">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A43" s="17" t="s">
+        <v>99</v>
+      </c>
+      <c r="B43" s="1">
+        <v>4259</v>
+      </c>
+      <c r="C43" s="2">
+        <v>2237</v>
+      </c>
+      <c r="D43" s="3">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A44" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="1">
+        <v>4381</v>
+      </c>
+      <c r="C44" s="2">
+        <v>2259</v>
+      </c>
+      <c r="D44" s="3">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A45" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B45" s="1">
+        <v>4505</v>
+      </c>
+      <c r="C45" s="2">
+        <v>2318</v>
+      </c>
+      <c r="D45" s="3">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A46" s="17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B46" s="1">
+        <v>4590</v>
+      </c>
+      <c r="C46" s="2">
+        <v>2394</v>
+      </c>
+      <c r="D46" s="3">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="B47" s="1">
+        <v>4585</v>
+      </c>
+      <c r="C47" s="2">
+        <v>2397</v>
+      </c>
+      <c r="D47" s="3">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A48" s="17" t="s">
+        <v>104</v>
+      </c>
+      <c r="B48" s="1">
+        <v>4628</v>
+      </c>
+      <c r="C48" s="2">
+        <v>2426</v>
+      </c>
+      <c r="D48" s="3">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A49" s="17" t="s">
+        <v>105</v>
+      </c>
+      <c r="B49" s="1">
+        <v>5008</v>
+      </c>
+      <c r="C49" s="2">
+        <v>2598</v>
+      </c>
+      <c r="D49" s="3">
+        <v>2410</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A50" s="17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B50" s="1">
+        <v>5137</v>
+      </c>
+      <c r="C50" s="2">
+        <v>2716</v>
+      </c>
+      <c r="D50" s="3">
+        <v>2421</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A51" s="17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B51" s="1">
+        <v>5146</v>
+      </c>
+      <c r="C51" s="2">
+        <v>2723</v>
+      </c>
+      <c r="D51" s="3">
+        <v>2423</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A52" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" s="10">
+        <v>5298</v>
+      </c>
+      <c r="C52" s="11">
+        <v>2749</v>
+      </c>
+      <c r="D52" s="12">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A53" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B53" s="1">
+        <v>5615</v>
+      </c>
+      <c r="C53" s="2">
+        <v>2878</v>
+      </c>
+      <c r="D53" s="3">
+        <v>2737</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A54" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="B54" s="1">
+        <v>6131</v>
+      </c>
+      <c r="C54" s="2">
+        <v>3182</v>
+      </c>
+      <c r="D54" s="3">
+        <v>2949</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A55" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" s="1">
+        <v>6165</v>
+      </c>
+      <c r="C55" s="2">
+        <v>3237</v>
+      </c>
+      <c r="D55" s="3">
+        <v>2928</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A56" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="B56" s="1">
+        <v>6098</v>
+      </c>
+      <c r="C56" s="2">
+        <v>3193</v>
+      </c>
+      <c r="D56" s="3">
+        <v>2905</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A57" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="B57" s="1">
+        <v>5964</v>
+      </c>
+      <c r="C57" s="2">
+        <v>3109</v>
+      </c>
+      <c r="D57" s="3">
+        <v>2855</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A58" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="B58" s="1">
+        <v>5743</v>
+      </c>
+      <c r="C58" s="2">
+        <v>2941</v>
+      </c>
+      <c r="D58" s="3">
+        <v>2802</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A59" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="B59" s="1">
+        <v>5383</v>
+      </c>
+      <c r="C59" s="2">
+        <v>2765</v>
+      </c>
+      <c r="D59" s="3">
+        <v>2618</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A60" s="17" t="s">
+        <v>15</v>
+      </c>
+      <c r="B60" s="1">
+        <v>5293</v>
+      </c>
+      <c r="C60" s="2">
+        <v>2724</v>
+      </c>
+      <c r="D60" s="3">
+        <v>2569</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A61" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B61" s="1">
+        <v>5376</v>
+      </c>
+      <c r="C61" s="2">
+        <v>2751</v>
+      </c>
+      <c r="D61" s="3">
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A62" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B62" s="1">
+        <v>3796</v>
+      </c>
+      <c r="C62" s="2">
+        <v>1978</v>
+      </c>
+      <c r="D62" s="3">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A63" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B63" s="13">
+        <v>4943</v>
+      </c>
+      <c r="C63" s="14">
+        <v>2553</v>
+      </c>
+      <c r="D63" s="15">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A64" s="17" t="s">
+        <v>19</v>
+      </c>
+      <c r="B64" s="1">
+        <v>4483</v>
+      </c>
+      <c r="C64" s="2">
+        <v>2306</v>
+      </c>
+      <c r="D64" s="3">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A65" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B65" s="1">
+        <v>4131</v>
+      </c>
+      <c r="C65" s="2">
+        <v>2105</v>
+      </c>
+      <c r="D65" s="3">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A66" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="B66" s="1">
+        <v>3931</v>
+      </c>
+      <c r="C66" s="2">
+        <v>2001</v>
+      </c>
+      <c r="D66" s="3">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A67" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B67" s="1">
+        <v>3799</v>
+      </c>
+      <c r="C67" s="2">
+        <v>1924</v>
+      </c>
+      <c r="D67" s="3">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A68" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B68" s="1">
+        <v>3753</v>
+      </c>
+      <c r="C68" s="2">
+        <v>1928</v>
+      </c>
+      <c r="D68" s="3">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A69" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B69" s="1">
+        <v>3775</v>
+      </c>
+      <c r="C69" s="2">
+        <v>1894</v>
+      </c>
+      <c r="D69" s="3">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A70" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B70" s="1">
+        <v>3551</v>
+      </c>
+      <c r="C70" s="2">
+        <v>1786</v>
+      </c>
+      <c r="D70" s="3">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A71" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="B71" s="1">
+        <v>3320</v>
+      </c>
+      <c r="C71" s="2">
+        <v>1636</v>
+      </c>
+      <c r="D71" s="3">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A72" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="B72" s="10">
+        <v>3457</v>
+      </c>
+      <c r="C72" s="11">
+        <v>1668</v>
+      </c>
+      <c r="D72" s="12">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A73" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B73" s="1">
+        <v>3704</v>
+      </c>
+      <c r="C73" s="2">
+        <v>1775</v>
+      </c>
+      <c r="D73" s="3">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A74" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="B74" s="1">
+        <v>3660</v>
+      </c>
+      <c r="C74" s="2">
+        <v>1729</v>
+      </c>
+      <c r="D74" s="3">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A75" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="B75" s="1">
+        <v>3951</v>
+      </c>
+      <c r="C75" s="2">
+        <v>1878</v>
+      </c>
+      <c r="D75" s="3">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A76" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="B76" s="1">
+        <v>4014</v>
+      </c>
+      <c r="C76" s="2">
+        <v>1865</v>
+      </c>
+      <c r="D76" s="3">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A77" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="B77" s="1">
+        <v>4328</v>
+      </c>
+      <c r="C77" s="2">
+        <v>1981</v>
+      </c>
+      <c r="D77" s="3">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A78" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="B78" s="1">
+        <v>4725</v>
+      </c>
+      <c r="C78" s="2">
+        <v>2150</v>
+      </c>
+      <c r="D78" s="3">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A79" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="B79" s="1">
+        <v>5213</v>
+      </c>
+      <c r="C79" s="2">
+        <v>2337</v>
+      </c>
+      <c r="D79" s="3">
+        <v>2876</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A80" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B80" s="1">
+        <v>5189</v>
+      </c>
+      <c r="C80" s="2">
+        <v>2317</v>
+      </c>
+      <c r="D80" s="3">
+        <v>2872</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A81" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B81" s="1">
+        <v>5201</v>
+      </c>
+      <c r="C81" s="2">
+        <v>2324</v>
+      </c>
+      <c r="D81" s="3">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A82" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B82" s="1">
+        <v>3699</v>
+      </c>
+      <c r="C82" s="2">
+        <v>1639</v>
+      </c>
+      <c r="D82" s="3">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A83" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B83" s="13">
+        <v>3061</v>
+      </c>
+      <c r="C83" s="14">
+        <v>1324</v>
+      </c>
+      <c r="D83" s="15">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A84" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="B84" s="1">
+        <v>3834</v>
+      </c>
+      <c r="C84" s="2">
+        <v>1572</v>
+      </c>
+      <c r="D84" s="3">
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A85" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="B85" s="1">
+        <v>3936</v>
+      </c>
+      <c r="C85" s="2">
+        <v>1714</v>
+      </c>
+      <c r="D85" s="3">
+        <v>2222</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A86" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="B86" s="1">
+        <v>3578</v>
+      </c>
+      <c r="C86" s="2">
+        <v>1544</v>
+      </c>
+      <c r="D86" s="3">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A87" s="17" t="s">
+        <v>42</v>
+      </c>
+      <c r="B87" s="1">
+        <v>3249</v>
+      </c>
+      <c r="C87" s="2">
+        <v>1354</v>
+      </c>
+      <c r="D87" s="3">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A88" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="B88" s="1">
+        <v>2930</v>
+      </c>
+      <c r="C88" s="2">
+        <v>1253</v>
+      </c>
+      <c r="D88" s="3">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A89" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="B89" s="1">
+        <v>2431</v>
+      </c>
+      <c r="C89" s="2">
+        <v>997</v>
+      </c>
+      <c r="D89" s="3">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A90" s="17" t="s">
+        <v>45</v>
+      </c>
+      <c r="B90" s="1">
+        <v>2021</v>
+      </c>
+      <c r="C90" s="2">
+        <v>824</v>
+      </c>
+      <c r="D90" s="3">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A91" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="B91" s="1">
+        <v>1927</v>
+      </c>
+      <c r="C91" s="2">
+        <v>737</v>
+      </c>
+      <c r="D91" s="3">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A92" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B92" s="10">
+        <v>1636</v>
+      </c>
+      <c r="C92" s="11">
+        <v>622</v>
+      </c>
+      <c r="D92" s="12">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A93" s="17" t="s">
+        <v>48</v>
+      </c>
+      <c r="B93" s="1">
+        <v>1389</v>
+      </c>
+      <c r="C93" s="2">
+        <v>516</v>
+      </c>
+      <c r="D93" s="3">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A94" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="B94" s="1">
+        <v>987</v>
+      </c>
+      <c r="C94" s="2">
+        <v>344</v>
+      </c>
+      <c r="D94" s="3">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A95" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="B95" s="1">
+        <v>853</v>
+      </c>
+      <c r="C95" s="2">
+        <v>282</v>
+      </c>
+      <c r="D95" s="3">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A96" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="B96" s="1">
+        <v>714</v>
+      </c>
+      <c r="C96" s="2">
+        <v>209</v>
+      </c>
+      <c r="D96" s="3">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A97" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="B97" s="1">
+        <v>501</v>
+      </c>
+      <c r="C97" s="2">
+        <v>136</v>
+      </c>
+      <c r="D97" s="3">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A98" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="B98" s="1">
+        <v>371</v>
+      </c>
+      <c r="C98" s="2">
+        <v>83</v>
+      </c>
+      <c r="D98" s="3">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A99" s="17" t="s">
+        <v>54</v>
+      </c>
+      <c r="B99" s="1">
+        <v>243</v>
+      </c>
+      <c r="C99" s="2">
+        <v>55</v>
+      </c>
+      <c r="D99" s="3">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A100" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="B100" s="1">
+        <v>199</v>
+      </c>
+      <c r="C100" s="2">
+        <v>47</v>
+      </c>
+      <c r="D100" s="3">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A101" s="17" t="s">
+        <v>56</v>
+      </c>
+      <c r="B101" s="1">
+        <v>132</v>
+      </c>
+      <c r="C101" s="2">
+        <v>18</v>
+      </c>
+      <c r="D101" s="3">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A102" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="B102" s="10">
+        <v>96</v>
+      </c>
+      <c r="C102" s="11">
+        <v>17</v>
+      </c>
+      <c r="D102" s="12">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A103" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B103" s="1">
+        <v>154</v>
+      </c>
+      <c r="C103" s="2">
+        <v>11</v>
+      </c>
+      <c r="D103" s="3">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A104" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="B104" s="4">
+        <v>352607</v>
+      </c>
+      <c r="C104" s="5">
+        <v>175214</v>
+      </c>
+      <c r="D104" s="6">
+        <v>177392</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A105" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B105" s="26">
+        <v>47.4</v>
+      </c>
+      <c r="C105" s="27">
+        <v>46.1</v>
+      </c>
+      <c r="D105" s="26">
+        <v>48.6</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A106" s="16" t="s">
+        <v>7</v>
+      </c>
+      <c r="B106" s="21">
+        <v>49</v>
+      </c>
+      <c r="C106" s="25">
+        <v>48</v>
+      </c>
+      <c r="D106" s="20">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <phoneticPr fontId="2"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.78740157480314965" bottom="0.55118110236220474" header="0.39370078740157483" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" scale="96" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddHeader>&amp;C&amp;18川越市　年齢別・男女別人口&amp;R令和8年1月1日</oddHeader>
+  </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="52" max="16383" man="1"/>
+  </rowBreaks>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F3942897-BE6E-465C-8807-7A04A75B00D4}">
   <dimension ref="A1:D106"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="80" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="18.75" customWidth="1"/>
     <col min="2" max="4" width="19.375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C1" s="7" t="s">
         <v>4</v>
       </c>
       <c r="D1" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="10.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="19"/>
       <c r="B2" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="23" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="15" x14ac:dyDescent="0.15">
       <c r="A3" s="17" t="s">
         <v>59</v>
       </c>
       <c r="B3" s="1">
-        <v>1844</v>
+        <v>1828</v>
       </c>
       <c r="C3" s="2">
-        <v>927</v>
+        <v>906</v>
       </c>
       <c r="D3" s="3">
-        <v>917</v>
+        <v>922</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="17" t="s">
         <v>60</v>
       </c>
       <c r="B4" s="1">
-        <v>1956</v>
+        <v>1993</v>
       </c>
       <c r="C4" s="2">
-        <v>1003</v>
+        <v>1037</v>
       </c>
       <c r="D4" s="3">
-        <v>953</v>
+        <v>956</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="17" t="s">
         <v>61</v>
       </c>
       <c r="B5" s="1">
-        <v>2188</v>
+        <v>2148</v>
       </c>
       <c r="C5" s="2">
-        <v>1127</v>
+        <v>1087</v>
       </c>
       <c r="D5" s="3">
         <v>1061</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="17" t="s">
         <v>62</v>
       </c>
       <c r="B6" s="1">
-        <v>2249</v>
+        <v>2240</v>
       </c>
       <c r="C6" s="2">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="D6" s="3">
-        <v>1124</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="17" t="s">
         <v>63</v>
       </c>
       <c r="B7" s="1">
-        <v>2319</v>
+        <v>2322</v>
       </c>
       <c r="C7" s="2">
-        <v>1206</v>
+        <v>1202</v>
       </c>
       <c r="D7" s="3">
-        <v>1113</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="17" t="s">
         <v>64</v>
       </c>
       <c r="B8" s="1">
-        <v>2449</v>
+        <v>2439</v>
       </c>
       <c r="C8" s="2">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="D8" s="3">
-        <v>1214</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="17" t="s">
         <v>65</v>
       </c>
       <c r="B9" s="1">
-        <v>2489</v>
+        <v>2472</v>
       </c>
       <c r="C9" s="2">
-        <v>1264</v>
+        <v>1237</v>
       </c>
       <c r="D9" s="3">
-        <v>1225</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="17" t="s">
         <v>66</v>
       </c>
       <c r="B10" s="1">
-        <v>2666</v>
+        <v>2680</v>
       </c>
       <c r="C10" s="2">
-        <v>1386</v>
+        <v>1382</v>
       </c>
       <c r="D10" s="3">
-        <v>1280</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="17" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="1">
-        <v>2802</v>
+        <v>2779</v>
       </c>
       <c r="C11" s="2">
-        <v>1401</v>
+        <v>1393</v>
       </c>
       <c r="D11" s="3">
-        <v>1401</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="18" t="s">
         <v>68</v>
       </c>
       <c r="B12" s="10">
-        <v>2860</v>
+        <v>2815</v>
       </c>
       <c r="C12" s="11">
-        <v>1493</v>
+        <v>1482</v>
       </c>
       <c r="D12" s="12">
-        <v>1367</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="17" t="s">
         <v>69</v>
       </c>
       <c r="B13" s="1">
-        <v>2819</v>
+        <v>2866</v>
       </c>
       <c r="C13" s="2">
-        <v>1477</v>
+        <v>1505</v>
       </c>
       <c r="D13" s="3">
-        <v>1342</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="17" t="s">
         <v>70</v>
       </c>
       <c r="B14" s="1">
-        <v>2924</v>
+        <v>2912</v>
       </c>
       <c r="C14" s="2">
-        <v>1536</v>
+        <v>1496</v>
       </c>
       <c r="D14" s="3">
-        <v>1388</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="17" t="s">
         <v>71</v>
       </c>
       <c r="B15" s="1">
-        <v>3099</v>
+        <v>3064</v>
       </c>
       <c r="C15" s="2">
-        <v>1625</v>
+        <v>1638</v>
       </c>
       <c r="D15" s="3">
-        <v>1474</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="17" t="s">
         <v>72</v>
       </c>
       <c r="B16" s="1">
-        <v>3084</v>
+        <v>3089</v>
       </c>
       <c r="C16" s="2">
-        <v>1623</v>
+        <v>1629</v>
       </c>
       <c r="D16" s="3">
-        <v>1461</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="17" t="s">
         <v>73</v>
       </c>
       <c r="B17" s="1">
-        <v>3104</v>
+        <v>3099</v>
       </c>
       <c r="C17" s="2">
-        <v>1614</v>
+        <v>1597</v>
       </c>
       <c r="D17" s="3">
-        <v>1490</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="17" t="s">
         <v>74</v>
       </c>
       <c r="B18" s="1">
-        <v>3204</v>
+        <v>3203</v>
       </c>
       <c r="C18" s="2">
-        <v>1640</v>
+        <v>1637</v>
       </c>
       <c r="D18" s="3">
-        <v>1564</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A19" s="17" t="s">
         <v>75</v>
       </c>
       <c r="B19" s="1">
-        <v>3167</v>
+        <v>3145</v>
       </c>
       <c r="C19" s="2">
-        <v>1589</v>
+        <v>1581</v>
       </c>
       <c r="D19" s="3">
-        <v>1578</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A20" s="17" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="1">
-        <v>3136</v>
+        <v>3164</v>
       </c>
       <c r="C20" s="2">
-        <v>1572</v>
+        <v>1600</v>
       </c>
       <c r="D20" s="3">
         <v>1564</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A21" s="17" t="s">
         <v>77</v>
       </c>
       <c r="B21" s="1">
-        <v>3291</v>
+        <v>3218</v>
       </c>
       <c r="C21" s="2">
-        <v>1641</v>
+        <v>1626</v>
       </c>
       <c r="D21" s="3">
-        <v>1650</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A22" s="18" t="s">
         <v>78</v>
       </c>
       <c r="B22" s="10">
-        <v>3489</v>
+        <v>3512</v>
       </c>
       <c r="C22" s="11">
-        <v>1794</v>
+        <v>1787</v>
       </c>
       <c r="D22" s="12">
-        <v>1695</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A23" s="17" t="s">
         <v>79</v>
       </c>
       <c r="B23" s="1">
-        <v>3533</v>
+        <v>3528</v>
       </c>
       <c r="C23" s="2">
-        <v>1784</v>
+        <v>1788</v>
       </c>
       <c r="D23" s="3">
-        <v>1749</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A24" s="17" t="s">
         <v>80</v>
       </c>
       <c r="B24" s="1">
-        <v>3757</v>
+        <v>3768</v>
       </c>
       <c r="C24" s="2">
-        <v>1932</v>
+        <v>1928</v>
       </c>
       <c r="D24" s="3">
-        <v>1825</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A25" s="17" t="s">
         <v>81</v>
       </c>
       <c r="B25" s="1">
-        <v>3822</v>
+        <v>3782</v>
       </c>
       <c r="C25" s="2">
-        <v>2026</v>
+        <v>1999</v>
       </c>
       <c r="D25" s="3">
-        <v>1796</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A26" s="17" t="s">
         <v>82</v>
       </c>
       <c r="B26" s="1">
-        <v>3950</v>
+        <v>4002</v>
       </c>
       <c r="C26" s="2">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="D26" s="3">
-        <v>1947</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A27" s="17" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="1">
-        <v>3890</v>
+        <v>3865</v>
       </c>
       <c r="C27" s="2">
-        <v>1937</v>
+        <v>1954</v>
       </c>
       <c r="D27" s="3">
-        <v>1953</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A28" s="17" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="1">
-        <v>3843</v>
+        <v>3834</v>
       </c>
       <c r="C28" s="2">
-        <v>1970</v>
+        <v>1958</v>
       </c>
       <c r="D28" s="3">
-        <v>1873</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A29" s="17" t="s">
         <v>85</v>
       </c>
       <c r="B29" s="1">
-        <v>3790</v>
+        <v>3833</v>
       </c>
       <c r="C29" s="2">
-        <v>1906</v>
+        <v>1932</v>
       </c>
       <c r="D29" s="3">
-        <v>1884</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A30" s="17" t="s">
         <v>86</v>
       </c>
       <c r="B30" s="1">
-        <v>3852</v>
+        <v>3906</v>
       </c>
       <c r="C30" s="2">
-        <v>1977</v>
+        <v>2004</v>
       </c>
       <c r="D30" s="3">
-        <v>1875</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A31" s="17" t="s">
         <v>87</v>
       </c>
       <c r="B31" s="1">
-        <v>3811</v>
+        <v>3765</v>
       </c>
       <c r="C31" s="2">
-        <v>1902</v>
+        <v>1880</v>
       </c>
       <c r="D31" s="3">
-        <v>1909</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A32" s="18" t="s">
         <v>88</v>
       </c>
       <c r="B32" s="1">
-        <v>4047</v>
+        <v>4071</v>
       </c>
       <c r="C32" s="2">
-        <v>2067</v>
+        <v>2088</v>
       </c>
       <c r="D32" s="3">
-        <v>1980</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A33" s="17" t="s">
         <v>89</v>
       </c>
       <c r="B33" s="13">
-        <v>3847</v>
+        <v>3856</v>
       </c>
       <c r="C33" s="14">
-        <v>1961</v>
+        <v>1946</v>
       </c>
       <c r="D33" s="15">
-        <v>1886</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A34" s="17" t="s">
         <v>90</v>
       </c>
       <c r="B34" s="1">
-        <v>4016</v>
+        <v>4003</v>
       </c>
       <c r="C34" s="2">
-        <v>2068</v>
+        <v>2075</v>
       </c>
       <c r="D34" s="3">
-        <v>1948</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A35" s="17" t="s">
         <v>91</v>
       </c>
       <c r="B35" s="1">
-        <v>3763</v>
+        <v>3815</v>
       </c>
       <c r="C35" s="2">
-        <v>1961</v>
+        <v>1983</v>
       </c>
       <c r="D35" s="3">
-        <v>1802</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36" s="17" t="s">
         <v>92</v>
       </c>
       <c r="B36" s="1">
-        <v>3858</v>
+        <v>3842</v>
       </c>
       <c r="C36" s="2">
-        <v>1970</v>
+        <v>1976</v>
       </c>
       <c r="D36" s="3">
-        <v>1888</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37" s="17" t="s">
         <v>93</v>
       </c>
       <c r="B37" s="1">
         <v>3765</v>
       </c>
       <c r="C37" s="2">
-        <v>1967</v>
+        <v>1952</v>
       </c>
       <c r="D37" s="3">
-        <v>1798</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A38" s="17" t="s">
         <v>94</v>
       </c>
       <c r="B38" s="1">
-        <v>3717</v>
+        <v>3753</v>
       </c>
       <c r="C38" s="2">
-        <v>1964</v>
+        <v>1985</v>
       </c>
       <c r="D38" s="3">
-        <v>1753</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39" s="17" t="s">
         <v>95</v>
       </c>
       <c r="B39" s="1">
-        <v>3926</v>
+        <v>3885</v>
       </c>
       <c r="C39" s="2">
-        <v>2064</v>
+        <v>2040</v>
       </c>
       <c r="D39" s="3">
-        <v>1862</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40" s="17" t="s">
         <v>96</v>
       </c>
       <c r="B40" s="1">
-        <v>4064</v>
+        <v>4110</v>
       </c>
       <c r="C40" s="2">
-        <v>2168</v>
+        <v>2182</v>
       </c>
       <c r="D40" s="3">
-        <v>1896</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A41" s="17" t="s">
         <v>97</v>
       </c>
       <c r="B41" s="1">
-        <v>3928</v>
+        <v>3903</v>
       </c>
       <c r="C41" s="2">
-        <v>2092</v>
+        <v>2084</v>
       </c>
       <c r="D41" s="3">
-        <v>1836</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A42" s="18" t="s">
         <v>98</v>
       </c>
       <c r="B42" s="10">
-        <v>4119</v>
+        <v>4085</v>
       </c>
       <c r="C42" s="11">
-        <v>2187</v>
+        <v>2180</v>
       </c>
       <c r="D42" s="12">
-        <v>1932</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A43" s="17" t="s">
         <v>99</v>
       </c>
       <c r="B43" s="1">
-        <v>4259</v>
+        <v>4243</v>
       </c>
       <c r="C43" s="2">
-        <v>2237</v>
+        <v>2217</v>
       </c>
       <c r="D43" s="3">
-        <v>2021</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="44" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A44" s="17" t="s">
         <v>100</v>
       </c>
       <c r="B44" s="1">
-        <v>4381</v>
+        <v>4400</v>
       </c>
       <c r="C44" s="2">
-        <v>2259</v>
+        <v>2266</v>
       </c>
       <c r="D44" s="3">
-        <v>2122</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A45" s="17" t="s">
         <v>101</v>
       </c>
       <c r="B45" s="1">
-        <v>4505</v>
+        <v>4447</v>
       </c>
       <c r="C45" s="2">
-        <v>2318</v>
+        <v>2315</v>
       </c>
       <c r="D45" s="3">
-        <v>2187</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="46" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A46" s="17" t="s">
         <v>102</v>
       </c>
       <c r="B46" s="1">
-        <v>4590</v>
+        <v>4649</v>
       </c>
       <c r="C46" s="2">
-        <v>2394</v>
+        <v>2416</v>
       </c>
       <c r="D46" s="3">
-        <v>2196</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="47" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A47" s="17" t="s">
         <v>103</v>
       </c>
       <c r="B47" s="1">
-        <v>4585</v>
+        <v>4572</v>
       </c>
       <c r="C47" s="2">
-        <v>2397</v>
+        <v>2363</v>
       </c>
       <c r="D47" s="3">
-        <v>2188</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="48" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A48" s="17" t="s">
         <v>104</v>
       </c>
       <c r="B48" s="1">
-        <v>4628</v>
+        <v>4637</v>
       </c>
       <c r="C48" s="2">
-        <v>2426</v>
+        <v>2447</v>
       </c>
       <c r="D48" s="3">
-        <v>2202</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="49" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A49" s="17" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="1">
-        <v>5008</v>
+        <v>4985</v>
       </c>
       <c r="C49" s="2">
-        <v>2598</v>
+        <v>2597</v>
       </c>
       <c r="D49" s="3">
-        <v>2410</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A50" s="17" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="1">
-        <v>5137</v>
+        <v>5127</v>
       </c>
       <c r="C50" s="2">
-        <v>2716</v>
+        <v>2702</v>
       </c>
       <c r="D50" s="3">
-        <v>2421</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A51" s="17" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="1">
-        <v>5146</v>
+        <v>5156</v>
       </c>
       <c r="C51" s="2">
-        <v>2723</v>
+        <v>2735</v>
       </c>
       <c r="D51" s="3">
-        <v>2423</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A52" s="18" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="10">
-        <v>5298</v>
+        <v>5225</v>
       </c>
       <c r="C52" s="11">
-        <v>2749</v>
+        <v>2705</v>
       </c>
       <c r="D52" s="12">
-        <v>2549</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A53" s="17" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="1">
-        <v>5615</v>
+        <v>5630</v>
       </c>
       <c r="C53" s="2">
-        <v>2878</v>
+        <v>2895</v>
       </c>
       <c r="D53" s="3">
-        <v>2737</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="54" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A54" s="17" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="1">
-        <v>6131</v>
+        <v>6091</v>
       </c>
       <c r="C54" s="2">
-        <v>3182</v>
+        <v>3141</v>
       </c>
       <c r="D54" s="3">
-        <v>2949</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A55" s="17" t="s">
         <v>10</v>
       </c>
       <c r="B55" s="1">
-        <v>6165</v>
+        <v>6188</v>
       </c>
       <c r="C55" s="2">
-        <v>3237</v>
+        <v>3261</v>
       </c>
       <c r="D55" s="3">
-        <v>2928</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="56" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A56" s="17" t="s">
         <v>11</v>
       </c>
       <c r="B56" s="1">
-        <v>6098</v>
+        <v>6061</v>
       </c>
       <c r="C56" s="2">
-        <v>3193</v>
+        <v>3183</v>
       </c>
       <c r="D56" s="3">
-        <v>2905</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A57" s="17" t="s">
         <v>12</v>
       </c>
       <c r="B57" s="1">
-        <v>5964</v>
+        <v>6050</v>
       </c>
       <c r="C57" s="2">
-        <v>3109</v>
+        <v>3140</v>
       </c>
       <c r="D57" s="3">
-        <v>2855</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="58" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A58" s="17" t="s">
         <v>13</v>
       </c>
       <c r="B58" s="1">
-        <v>5743</v>
+        <v>5664</v>
       </c>
       <c r="C58" s="2">
-        <v>2941</v>
+        <v>2936</v>
       </c>
       <c r="D58" s="3">
-        <v>2802</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="59" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A59" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B59" s="1">
-        <v>5383</v>
+        <v>5362</v>
       </c>
       <c r="C59" s="2">
-        <v>2765</v>
+        <v>2725</v>
       </c>
       <c r="D59" s="3">
-        <v>2618</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A60" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B60" s="1">
-        <v>5293</v>
+        <v>5357</v>
       </c>
       <c r="C60" s="2">
-        <v>2724</v>
+        <v>2756</v>
       </c>
       <c r="D60" s="3">
-        <v>2569</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="61" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A61" s="17" t="s">
         <v>16</v>
       </c>
       <c r="B61" s="1">
-        <v>5376</v>
+        <v>5342</v>
       </c>
       <c r="C61" s="2">
-        <v>2751</v>
+        <v>2739</v>
       </c>
       <c r="D61" s="3">
-        <v>2625</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A62" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B62" s="1">
-        <v>3796</v>
+        <v>3948</v>
       </c>
       <c r="C62" s="2">
-        <v>1978</v>
+        <v>2056</v>
       </c>
       <c r="D62" s="3">
-        <v>1818</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="63" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A63" s="17" t="s">
         <v>18</v>
       </c>
       <c r="B63" s="13">
-        <v>4943</v>
+        <v>4835</v>
       </c>
       <c r="C63" s="14">
-        <v>2553</v>
+        <v>2480</v>
       </c>
       <c r="D63" s="15">
-        <v>2390</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="64" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A64" s="17" t="s">
         <v>19</v>
       </c>
       <c r="B64" s="1">
-        <v>4483</v>
+        <v>4543</v>
       </c>
       <c r="C64" s="2">
-        <v>2306</v>
+        <v>2342</v>
       </c>
       <c r="D64" s="3">
-        <v>2177</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="65" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A65" s="17" t="s">
         <v>20</v>
       </c>
       <c r="B65" s="1">
-        <v>4131</v>
+        <v>4088</v>
       </c>
       <c r="C65" s="2">
-        <v>2105</v>
+        <v>2082</v>
       </c>
       <c r="D65" s="3">
-        <v>2026</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="66" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A66" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B66" s="1">
-        <v>3931</v>
+        <v>3981</v>
       </c>
       <c r="C66" s="2">
-        <v>2001</v>
+        <v>2029</v>
       </c>
       <c r="D66" s="3">
-        <v>1930</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="67" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A67" s="17" t="s">
         <v>22</v>
       </c>
       <c r="B67" s="1">
-        <v>3799</v>
+        <v>3790</v>
       </c>
       <c r="C67" s="2">
-        <v>1924</v>
+        <v>1921</v>
       </c>
       <c r="D67" s="3">
-        <v>1875</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="68" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A68" s="17" t="s">
         <v>23</v>
       </c>
       <c r="B68" s="1">
-        <v>3753</v>
+        <v>3743</v>
       </c>
       <c r="C68" s="2">
-        <v>1928</v>
+        <v>1948</v>
       </c>
       <c r="D68" s="3">
-        <v>1825</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="69" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A69" s="17" t="s">
         <v>24</v>
       </c>
       <c r="B69" s="1">
-        <v>3775</v>
+        <v>3743</v>
       </c>
       <c r="C69" s="2">
-        <v>1894</v>
+        <v>1873</v>
       </c>
       <c r="D69" s="3">
-        <v>1881</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="70" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A70" s="17" t="s">
         <v>25</v>
       </c>
       <c r="B70" s="1">
-        <v>3551</v>
+        <v>3558</v>
       </c>
       <c r="C70" s="2">
         <v>1786</v>
       </c>
       <c r="D70" s="3">
-        <v>1765</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="71" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A71" s="17" t="s">
         <v>26</v>
       </c>
       <c r="B71" s="1">
-        <v>3320</v>
+        <v>3368</v>
       </c>
       <c r="C71" s="2">
-        <v>1636</v>
+        <v>1649</v>
       </c>
       <c r="D71" s="3">
-        <v>1684</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="72" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A72" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B72" s="10">
-        <v>3457</v>
+        <v>3425</v>
       </c>
       <c r="C72" s="11">
-        <v>1668</v>
+        <v>1641</v>
       </c>
       <c r="D72" s="12">
-        <v>1789</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="73" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A73" s="17" t="s">
         <v>28</v>
       </c>
       <c r="B73" s="1">
-        <v>3704</v>
+        <v>3651</v>
       </c>
       <c r="C73" s="2">
-        <v>1775</v>
+        <v>1762</v>
       </c>
       <c r="D73" s="3">
-        <v>1929</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="74" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A74" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B74" s="1">
-        <v>3660</v>
+        <v>3683</v>
       </c>
       <c r="C74" s="2">
-        <v>1729</v>
+        <v>1753</v>
       </c>
       <c r="D74" s="3">
-        <v>1931</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="75" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A75" s="17" t="s">
         <v>30</v>
       </c>
       <c r="B75" s="1">
-        <v>3951</v>
+        <v>3886</v>
       </c>
       <c r="C75" s="2">
-        <v>1878</v>
+        <v>1856</v>
       </c>
       <c r="D75" s="3">
-        <v>2073</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="76" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A76" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B76" s="1">
-        <v>4014</v>
+        <v>4020</v>
       </c>
       <c r="C76" s="2">
-        <v>1865</v>
+        <v>1858</v>
       </c>
       <c r="D76" s="3">
-        <v>2149</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="77" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A77" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B77" s="1">
-        <v>4328</v>
+        <v>4220</v>
       </c>
       <c r="C77" s="2">
-        <v>1981</v>
+        <v>1945</v>
       </c>
       <c r="D77" s="3">
-        <v>2347</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="78" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A78" s="17" t="s">
         <v>33</v>
       </c>
       <c r="B78" s="1">
-        <v>4725</v>
+        <v>4760</v>
       </c>
       <c r="C78" s="2">
-        <v>2150</v>
+        <v>2146</v>
       </c>
       <c r="D78" s="3">
-        <v>2575</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="79" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A79" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B79" s="1">
-        <v>5213</v>
+        <v>5137</v>
       </c>
       <c r="C79" s="2">
-        <v>2337</v>
+        <v>2317</v>
       </c>
       <c r="D79" s="3">
-        <v>2876</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="80" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A80" s="17" t="s">
         <v>35</v>
       </c>
       <c r="B80" s="1">
-        <v>5189</v>
+        <v>5147</v>
       </c>
       <c r="C80" s="2">
-        <v>2317</v>
+        <v>2268</v>
       </c>
       <c r="D80" s="3">
-        <v>2872</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="81" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A81" s="17" t="s">
         <v>36</v>
       </c>
       <c r="B81" s="1">
-        <v>5201</v>
+        <v>5225</v>
       </c>
       <c r="C81" s="2">
-        <v>2324</v>
+        <v>2359</v>
       </c>
       <c r="D81" s="3">
-        <v>2877</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="82" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A82" s="18" t="s">
         <v>37</v>
       </c>
       <c r="B82" s="1">
-        <v>3699</v>
+        <v>3901</v>
       </c>
       <c r="C82" s="2">
-        <v>1639</v>
+        <v>1723</v>
       </c>
       <c r="D82" s="3">
-        <v>2060</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="83" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A83" s="17" t="s">
         <v>38</v>
       </c>
       <c r="B83" s="13">
-        <v>3061</v>
+        <v>3010</v>
       </c>
       <c r="C83" s="14">
-        <v>1324</v>
+        <v>1308</v>
       </c>
       <c r="D83" s="15">
-        <v>1737</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="84" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A84" s="17" t="s">
         <v>39</v>
       </c>
       <c r="B84" s="1">
-        <v>3834</v>
+        <v>3715</v>
       </c>
       <c r="C84" s="2">
-        <v>1572</v>
+        <v>1511</v>
       </c>
       <c r="D84" s="3">
-        <v>2262</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="85" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A85" s="17" t="s">
         <v>40</v>
       </c>
       <c r="B85" s="1">
-        <v>3936</v>
+        <v>3962</v>
       </c>
       <c r="C85" s="2">
-        <v>1714</v>
+        <v>1726</v>
       </c>
       <c r="D85" s="3">
-        <v>2222</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="86" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A86" s="17" t="s">
         <v>41</v>
       </c>
       <c r="B86" s="1">
-        <v>3578</v>
+        <v>3548</v>
       </c>
       <c r="C86" s="2">
-        <v>1544</v>
+        <v>1521</v>
       </c>
       <c r="D86" s="3">
-        <v>2034</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="87" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A87" s="17" t="s">
         <v>42</v>
       </c>
       <c r="B87" s="1">
-        <v>3249</v>
+        <v>3308</v>
       </c>
       <c r="C87" s="2">
-        <v>1354</v>
+        <v>1382</v>
       </c>
       <c r="D87" s="3">
-        <v>1895</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="88" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A88" s="17" t="s">
         <v>43</v>
       </c>
       <c r="B88" s="1">
-        <v>2930</v>
+        <v>2920</v>
       </c>
       <c r="C88" s="2">
-        <v>1253</v>
+        <v>1232</v>
       </c>
       <c r="D88" s="3">
-        <v>1677</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="89" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A89" s="17" t="s">
         <v>44</v>
       </c>
       <c r="B89" s="1">
-        <v>2431</v>
+        <v>2487</v>
       </c>
       <c r="C89" s="2">
-        <v>997</v>
+        <v>1039</v>
       </c>
       <c r="D89" s="3">
-        <v>1434</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="90" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A90" s="17" t="s">
         <v>45</v>
       </c>
       <c r="B90" s="1">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="C90" s="2">
-        <v>824</v>
+        <v>816</v>
       </c>
       <c r="D90" s="3">
-        <v>1197</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="91" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A91" s="17" t="s">
         <v>46</v>
       </c>
       <c r="B91" s="1">
-        <v>1927</v>
+        <v>1970</v>
       </c>
       <c r="C91" s="2">
-        <v>737</v>
+        <v>765</v>
       </c>
       <c r="D91" s="3">
-        <v>1190</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="92" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A92" s="18" t="s">
         <v>47</v>
       </c>
       <c r="B92" s="10">
-        <v>1636</v>
+        <v>1641</v>
       </c>
       <c r="C92" s="11">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="D92" s="12">
-        <v>1014</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="93" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A93" s="17" t="s">
         <v>48</v>
       </c>
       <c r="B93" s="1">
-        <v>1389</v>
+        <v>1403</v>
       </c>
       <c r="C93" s="2">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="D93" s="3">
-        <v>873</v>
+        <v>883</v>
       </c>
     </row>
     <row r="94" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A94" s="17" t="s">
         <v>49</v>
       </c>
       <c r="B94" s="1">
-        <v>987</v>
+        <v>1040</v>
       </c>
       <c r="C94" s="2">
-        <v>344</v>
+        <v>380</v>
       </c>
       <c r="D94" s="3">
-        <v>643</v>
+        <v>660</v>
       </c>
     </row>
     <row r="95" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A95" s="17" t="s">
         <v>50</v>
       </c>
       <c r="B95" s="1">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="C95" s="2">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="D95" s="3">
-        <v>571</v>
+        <v>591</v>
       </c>
     </row>
     <row r="96" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A96" s="17" t="s">
         <v>51</v>
       </c>
       <c r="B96" s="1">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="C96" s="2">
         <v>209</v>
       </c>
       <c r="D96" s="3">
-        <v>505</v>
+        <v>504</v>
       </c>
     </row>
     <row r="97" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A97" s="17" t="s">
         <v>52</v>
       </c>
       <c r="B97" s="1">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C97" s="2">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="D97" s="3">
-        <v>365</v>
+        <v>358</v>
       </c>
     </row>
     <row r="98" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A98" s="17" t="s">
         <v>53</v>
       </c>
       <c r="B98" s="1">
-        <v>371</v>
+        <v>395</v>
       </c>
       <c r="C98" s="2">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D98" s="3">
-        <v>288</v>
+        <v>309</v>
       </c>
     </row>
     <row r="99" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A99" s="17" t="s">
         <v>54</v>
       </c>
       <c r="B99" s="1">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="C99" s="2">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D99" s="3">
-        <v>188</v>
+        <v>194</v>
       </c>
     </row>
     <row r="100" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A100" s="17" t="s">
         <v>55</v>
       </c>
       <c r="B100" s="1">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="C100" s="2">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D100" s="3">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="101" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A101" s="17" t="s">
         <v>56</v>
       </c>
       <c r="B101" s="1">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="C101" s="2">
         <v>18</v>
       </c>
       <c r="D101" s="3">
-        <v>114</v>
+        <v>104</v>
       </c>
     </row>
     <row r="102" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A102" s="18" t="s">
         <v>57</v>
       </c>
       <c r="B102" s="10">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="C102" s="11">
         <v>17</v>
       </c>
       <c r="D102" s="12">
-        <v>79</v>
+        <v>86</v>
       </c>
     </row>
     <row r="103" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A103" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B103" s="1">
         <v>154</v>
       </c>
       <c r="C103" s="2">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D103" s="3">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="104" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A104" s="9" t="s">
         <v>1</v>
       </c>
       <c r="B104" s="4">
-        <v>352607</v>
+        <v>352517</v>
       </c>
       <c r="C104" s="5">
-        <v>175214</v>
+        <v>175149</v>
       </c>
       <c r="D104" s="6">
-        <v>177392</v>
+        <v>177367</v>
       </c>
     </row>
     <row r="105" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A105" s="16" t="s">
         <v>58</v>
       </c>
       <c r="B105" s="26">
         <v>47.4</v>
       </c>
       <c r="C105" s="27">
         <v>46.1</v>
       </c>
       <c r="D105" s="26">
-        <v>48.6</v>
+        <v>48.7</v>
       </c>
     </row>
     <row r="106" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A106" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B106" s="21">
         <v>49</v>
       </c>
       <c r="C106" s="25">
         <v>48</v>
       </c>
       <c r="D106" s="20">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="2"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.78740157480314965" bottom="0.55118110236220474" header="0.39370078740157483" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" scale="96" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;C&amp;18川越市　年齢別・男女別人口&amp;R令和8年1月1日</oddHeader>
+    <oddHeader>&amp;C&amp;18川越市　年齢別・男女別人口&amp;R令和8年2月1日</oddHeader>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="52" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector baseType="lpstr" size="2">
+    <vt:vector baseType="lpstr" size="4">
       <vt:lpstr>R8.1</vt:lpstr>
+      <vt:lpstr>R8.2</vt:lpstr>
       <vt:lpstr>R8.1!Print_Titles</vt:lpstr>
+      <vt:lpstr>R8.2!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>