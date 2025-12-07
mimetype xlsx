--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -4,69 +4,69 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\110 HP時系列\R7\02   四半期ごと（4月、7月、10月、1月）\R707\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\114561\Box\【02_課所共有】02_06_統計課\R07年度\04_人口統計担当\16_推計人口・町（丁）字別人口調査\16_02_住民異動月報\110 HP時系列\R7\02   四半期ごと（4月、7月、10月、1月）\R710\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EFD0B00B-589A-460A-921C-956AD9D86B06}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7BF87E9-E565-4D9A-8383-FEF90506A6B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="110" yWindow="380" windowWidth="19090" windowHeight="11200" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="１月１日" sheetId="2" r:id="rId1"/>
     <sheet name="４月１日" sheetId="3" r:id="rId2"/>
     <sheet name="７月１日" sheetId="4" r:id="rId3"/>
     <sheet name="１０月１日" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="15">
   <si>
     <t>埼玉県全体の推計人口</t>
   </si>
   <si>
     <t>各年 １月１日現在</t>
   </si>
   <si>
     <t>単位：人</t>
   </si>
   <si>
     <t>和</t>
   </si>
   <si>
     <t>歴</t>
   </si>
   <si>
     <t>西歴</t>
   </si>
   <si>
     <t>人口</t>
   </si>
   <si>
     <t>昭和</t>
   </si>
   <si>
@@ -2542,51 +2542,51 @@
     <row r="70" spans="1:4" s="22" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A70" s="19" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="20">
         <v>7</v>
       </c>
       <c r="C70" s="20">
         <v>2025</v>
       </c>
       <c r="D70" s="21">
         <v>7321033</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:E71"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <pane ySplit="3" topLeftCell="A56" activePane="bottomLeft" state="frozenSplit"/>
       <selection pane="bottomLeft" activeCell="J64" sqref="J64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.36328125" defaultRowHeight="17.25" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6" style="1" customWidth="1"/>
     <col min="2" max="2" width="6" style="2" customWidth="1"/>
     <col min="3" max="3" width="9.36328125" style="2" customWidth="1"/>
     <col min="4" max="4" width="15.54296875" style="3" customWidth="1"/>
     <col min="5" max="5" width="10.36328125" style="1" customWidth="1"/>
     <col min="6" max="16384" width="10.36328125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>2</v>
@@ -3532,55 +3532,55 @@
     </row>
     <row r="70" spans="1:4" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="9">
         <v>7</v>
       </c>
       <c r="C70" s="9">
         <v>2025</v>
       </c>
       <c r="D70" s="14">
         <v>7325312</v>
       </c>
     </row>
     <row r="71" spans="1:4" ht="16.5" x14ac:dyDescent="0.25"/>
   </sheetData>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:E72"/>
+  <dimension ref="A1:E73"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A59" activePane="bottomLeft" state="frozenSplit"/>
+      <selection pane="bottomLeft" activeCell="F70" sqref="F70"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.36328125" defaultRowHeight="17.25" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6" style="1" customWidth="1"/>
     <col min="2" max="2" width="6" style="2" customWidth="1"/>
     <col min="3" max="3" width="9.36328125" style="2" customWidth="1"/>
     <col min="4" max="4" width="15.54296875" style="3" customWidth="1"/>
     <col min="5" max="5" width="10.36328125" style="1" customWidth="1"/>
     <col min="6" max="16384" width="10.36328125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="16.5" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>2</v>
       </c>
     </row>
@@ -4500,53 +4500,67 @@
       </c>
       <c r="B68" s="9">
         <v>5</v>
       </c>
       <c r="C68" s="9">
         <v>2023</v>
       </c>
       <c r="D68" s="14">
         <v>7331296</v>
       </c>
     </row>
     <row r="69" spans="1:4" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9">
         <v>6</v>
       </c>
       <c r="C69" s="9">
         <v>2024</v>
       </c>
       <c r="D69" s="14">
         <v>7329258</v>
       </c>
     </row>
-    <row r="70" spans="1:4" ht="16.5" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="A72" s="1" t="s">
+    <row r="70" spans="1:4" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A70" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" s="9">
+        <v>7</v>
+      </c>
+      <c r="C70" s="9">
+        <v>2025</v>
+      </c>
+      <c r="D70" s="14">
+        <v>7322991</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="16.5" x14ac:dyDescent="0.25"/>
+    <row r="73" spans="1:4" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A73" s="1" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <pageSetup paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>