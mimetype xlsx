--- v0 (2025-10-16)
+++ v1 (2025-12-11)
@@ -1,82 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4239DA2A-9FFC-4573-9108-34F60DA1525A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AF904CBF-1946-4D4A-9817-CD63930AFD2F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="saitama-zuii-R6-7-9" sheetId="11" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'saitama-zuii-R6-7-9'!$A$1:$L$301</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'saitama-zuii-R6-7-9'!$A$1:$L$300</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'saitama-zuii-R6-7-9'!$A$1:$K$59</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'saitama-zuii-R6-7-9'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K128" i="11" l="1"/>
+  <c r="K127" i="11" l="1"/>
+  <c r="K128" i="11"/>
   <c r="K129" i="11"/>
   <c r="K130" i="11"/>
   <c r="K131" i="11"/>
   <c r="K132" i="11"/>
   <c r="K133" i="11"/>
   <c r="K134" i="11"/>
   <c r="K135" i="11"/>
   <c r="K136" i="11"/>
   <c r="K137" i="11"/>
   <c r="K138" i="11"/>
   <c r="K139" i="11"/>
   <c r="K140" i="11"/>
   <c r="K141" i="11"/>
   <c r="K142" i="11"/>
   <c r="K143" i="11"/>
   <c r="K144" i="11"/>
   <c r="K145" i="11"/>
   <c r="K146" i="11"/>
   <c r="K147" i="11"/>
   <c r="K148" i="11"/>
   <c r="K149" i="11"/>
   <c r="K150" i="11"/>
   <c r="K151" i="11"/>
   <c r="K152" i="11"/>
   <c r="K153" i="11"/>
@@ -205,56 +206,55 @@
   <c r="K276" i="11"/>
   <c r="K277" i="11"/>
   <c r="K278" i="11"/>
   <c r="K279" i="11"/>
   <c r="K280" i="11"/>
   <c r="K281" i="11"/>
   <c r="K282" i="11"/>
   <c r="K283" i="11"/>
   <c r="K284" i="11"/>
   <c r="K285" i="11"/>
   <c r="K286" i="11"/>
   <c r="K287" i="11"/>
   <c r="K288" i="11"/>
   <c r="K289" i="11"/>
   <c r="K290" i="11"/>
   <c r="K291" i="11"/>
   <c r="K292" i="11"/>
   <c r="K293" i="11"/>
   <c r="K294" i="11"/>
   <c r="K295" i="11"/>
   <c r="K296" i="11"/>
   <c r="K297" i="11"/>
   <c r="K298" i="11"/>
   <c r="K299" i="11"/>
   <c r="K300" i="11"/>
-  <c r="K301" i="11"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1078" uniqueCount="532">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1070" uniqueCount="529">
   <si>
     <t>備考</t>
     <rPh sb="0" eb="2">
       <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>契約件名</t>
     <rPh sb="0" eb="2">
       <t>ケイヤク</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ケンメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>連絡先</t>
     <rPh sb="0" eb="3">
       <t>レンラクサキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -2429,63 +2429,50 @@
     <rPh sb="3" eb="5">
       <t>シンジュク</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ク</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>イチ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>タニ</t>
     </rPh>
     <rPh sb="8" eb="11">
       <t>カガマチ</t>
     </rPh>
     <rPh sb="11" eb="14">
       <t>イッチョウメ</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>バン</t>
     </rPh>
     <rPh sb="17" eb="18">
       <t>ゴウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...11 lines deleted...]
-    <t>埼玉県春日部市谷原一丁目１３番地１９</t>
   </si>
   <si>
     <t>048-832-0110（内線2244）</t>
   </si>
   <si>
     <t>防弾面付き防弾帽の購入</t>
     <rPh sb="0" eb="2">
       <t>ボウダン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>メン</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ツ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ボウダン</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>ボウ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>コウニュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
@@ -3405,55 +3392,53 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AAAAD512-D221-40FF-B394-0AD039BEC146}">
   <sheetPr>
     <tabColor indexed="42"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L301"/>
+  <dimension ref="A1:L300"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A117" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="22.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.58203125" style="6" customWidth="1"/>
     <col min="2" max="2" width="25" style="6" customWidth="1"/>
     <col min="3" max="3" width="21.83203125" style="6" customWidth="1"/>
     <col min="4" max="4" width="31.33203125" style="6" customWidth="1"/>
     <col min="5" max="5" width="28.08203125" style="6" customWidth="1"/>
     <col min="6" max="6" width="39.33203125" style="6" customWidth="1"/>
     <col min="7" max="8" width="12.33203125" style="12" customWidth="1"/>
     <col min="9" max="9" width="13.25" style="13" customWidth="1"/>
     <col min="10" max="10" width="8" style="6" customWidth="1"/>
     <col min="11" max="11" width="68.5" style="6" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.58203125" style="6" customWidth="1"/>
     <col min="13" max="16384" width="9" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -3828,54 +3813,54 @@
       <c r="B11" s="7" t="s">
         <v>56</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>57</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>58</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>59</v>
       </c>
       <c r="F11" s="9" t="s">
         <v>60</v>
       </c>
       <c r="G11" s="10">
         <v>45548</v>
       </c>
       <c r="H11" s="10">
         <v>45652</v>
       </c>
       <c r="I11" s="11">
         <v>2970000</v>
       </c>
       <c r="J11" s="15" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="K11" s="14" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="L11" s="7"/>
     </row>
     <row r="12" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>61</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>62</v>
       </c>
       <c r="D12" s="7" t="s">
         <v>63</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>121</v>
       </c>
       <c r="F12" s="9" t="s">
         <v>64</v>
       </c>
       <c r="G12" s="10">
         <v>45474</v>
       </c>
@@ -3962,51 +3947,51 @@
       <c r="J14" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K14" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L14" s="7"/>
     </row>
     <row r="15" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>77</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>78</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>79</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="G15" s="10">
         <v>45505</v>
       </c>
       <c r="H15" s="10">
         <v>46295</v>
       </c>
       <c r="I15" s="11">
         <v>13997280</v>
       </c>
       <c r="J15" s="15" t="s">
         <v>80</v>
       </c>
       <c r="K15" s="14" t="s">
         <v>81</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B16" s="7" t="s">
@@ -4444,129 +4429,129 @@
       <c r="H27" s="10">
         <v>45534</v>
       </c>
       <c r="I27" s="11">
         <v>2923097</v>
       </c>
       <c r="J27" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K27" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L27" s="7"/>
     </row>
     <row r="28" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>130</v>
       </c>
       <c r="C28" s="7" t="s">
         <v>131</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>133</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>140</v>
       </c>
       <c r="G28" s="10">
         <v>45516</v>
       </c>
       <c r="H28" s="10">
         <v>45596</v>
       </c>
       <c r="I28" s="11">
         <v>4234519</v>
       </c>
       <c r="J28" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K28" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L28" s="7"/>
     </row>
     <row r="29" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>130</v>
       </c>
       <c r="C29" s="7" t="s">
         <v>131</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="E29" s="8" t="s">
         <v>133</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>140</v>
       </c>
       <c r="G29" s="10">
         <v>45517</v>
       </c>
       <c r="H29" s="10">
         <v>45565</v>
       </c>
       <c r="I29" s="11">
         <v>2543966</v>
       </c>
       <c r="J29" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K29" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L29" s="7"/>
     </row>
     <row r="30" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>130</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>131</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>133</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="G30" s="10">
         <v>45524</v>
       </c>
       <c r="H30" s="10">
         <v>45596</v>
       </c>
       <c r="I30" s="11">
         <v>1389418</v>
       </c>
       <c r="J30" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K30" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L30" s="7"/>
     </row>
     <row r="31" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>130</v>
       </c>
@@ -4588,57 +4573,57 @@
       <c r="H31" s="10">
         <v>45565</v>
       </c>
       <c r="I31" s="11">
         <v>100720351</v>
       </c>
       <c r="J31" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K31" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L31" s="7"/>
     </row>
     <row r="32" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>130</v>
       </c>
       <c r="C32" s="7" t="s">
         <v>131</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="E32" s="8" t="s">
         <v>133</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="G32" s="10">
         <v>45554</v>
       </c>
       <c r="H32" s="10">
         <v>45596</v>
       </c>
       <c r="I32" s="11">
         <v>1872079</v>
       </c>
       <c r="J32" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K32" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L32" s="7"/>
     </row>
     <row r="33" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>130</v>
       </c>
@@ -4660,57 +4645,57 @@
       <c r="H33" s="10">
         <v>45596</v>
       </c>
       <c r="I33" s="11">
         <v>3214336</v>
       </c>
       <c r="J33" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K33" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L33" s="7"/>
     </row>
     <row r="34" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>130</v>
       </c>
       <c r="C34" s="7" t="s">
         <v>131</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="E34" s="8" t="s">
         <v>133</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="G34" s="10">
         <v>45560</v>
       </c>
       <c r="H34" s="10">
         <v>45626</v>
       </c>
       <c r="I34" s="11">
         <v>25528747</v>
       </c>
       <c r="J34" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K34" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L34" s="7"/>
     </row>
     <row r="35" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="7" t="s">
         <v>141</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>142</v>
       </c>
@@ -5148,51 +5133,51 @@
       <c r="J46" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K46" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L46" s="7"/>
     </row>
     <row r="47" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="7" t="s">
         <v>163</v>
       </c>
       <c r="B47" s="7" t="s">
         <v>186</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>187</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>193</v>
       </c>
       <c r="E47" s="8" t="s">
         <v>199</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="G47" s="10">
         <v>45540</v>
       </c>
       <c r="H47" s="10">
         <v>45747</v>
       </c>
       <c r="I47" s="11">
         <v>2200000</v>
       </c>
       <c r="J47" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K47" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L47" s="7"/>
     </row>
     <row r="48" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="7" t="s">
         <v>163</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>186</v>
       </c>
@@ -5507,60 +5492,60 @@
       <c r="G56" s="10">
         <v>45533</v>
       </c>
       <c r="H56" s="10">
         <v>45726</v>
       </c>
       <c r="I56" s="11">
         <v>2989500</v>
       </c>
       <c r="J56" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K56" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L56" s="7"/>
     </row>
     <row r="57" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="7" t="s">
         <v>202</v>
       </c>
       <c r="B57" s="7" t="s">
         <v>224</v>
       </c>
       <c r="C57" s="7" t="s">
+        <v>503</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>504</v>
+      </c>
+      <c r="E57" s="8" t="s">
+        <v>505</v>
+      </c>
+      <c r="F57" s="9" t="s">
         <v>506</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="G57" s="10">
         <v>45536</v>
       </c>
       <c r="H57" s="10">
         <v>45747</v>
       </c>
       <c r="I57" s="11">
         <v>32887820</v>
       </c>
       <c r="J57" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K57" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L57" s="7" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="58" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="7" t="s">
         <v>202</v>
       </c>
       <c r="B58" s="7" t="s">
@@ -5887,54 +5872,54 @@
       </c>
       <c r="J66" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K66" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L66" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="7" t="s">
         <v>243</v>
       </c>
       <c r="B67" s="7" t="s">
         <v>280</v>
       </c>
       <c r="C67" s="7" t="s">
         <v>281</v>
       </c>
       <c r="D67" s="7" t="s">
         <v>282</v>
       </c>
       <c r="E67" s="8" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="G67" s="10">
         <v>45512</v>
       </c>
       <c r="H67" s="10">
         <v>45747</v>
       </c>
       <c r="I67" s="11">
         <v>5230500</v>
       </c>
       <c r="J67" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K67" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L67" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="7" t="s">
         <v>243</v>
       </c>
       <c r="B68" s="7" t="s">
@@ -5960,57 +5945,57 @@
       </c>
       <c r="I68" s="11">
         <v>3995200</v>
       </c>
       <c r="J68" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K68" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L68" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="7" t="s">
         <v>243</v>
       </c>
       <c r="B69" s="7" t="s">
         <v>288</v>
       </c>
       <c r="C69" s="7" t="s">
         <v>289</v>
       </c>
       <c r="D69" s="7" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="E69" s="8" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="G69" s="10">
         <v>45474</v>
       </c>
       <c r="H69" s="10">
         <v>45735</v>
       </c>
       <c r="I69" s="11">
         <v>3585582</v>
       </c>
       <c r="J69" s="15" t="s">
         <v>80</v>
       </c>
       <c r="K69" s="14" t="s">
         <v>81</v>
       </c>
       <c r="L69" s="7"/>
     </row>
     <row r="70" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="7" t="s">
         <v>290</v>
       </c>
       <c r="B70" s="7" t="s">
         <v>291</v>
       </c>
@@ -6328,171 +6313,171 @@
       <c r="F78" s="9" t="s">
         <v>327</v>
       </c>
       <c r="G78" s="10">
         <v>45537</v>
       </c>
       <c r="H78" s="10">
         <v>45744</v>
       </c>
       <c r="I78" s="11">
         <v>2238500</v>
       </c>
       <c r="J78" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K78" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L78" s="7"/>
     </row>
     <row r="79" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="7" t="s">
         <v>323</v>
       </c>
       <c r="B79" s="7" t="s">
+        <v>489</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>490</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>491</v>
+      </c>
+      <c r="E79" s="8" t="s">
         <v>492</v>
       </c>
-      <c r="C79" s="7" t="s">
+      <c r="F79" s="9" t="s">
         <v>493</v>
-      </c>
-[...7 lines deleted...]
-        <v>496</v>
       </c>
       <c r="G79" s="10">
         <v>45545</v>
       </c>
       <c r="H79" s="10">
         <v>45625</v>
       </c>
       <c r="I79" s="11">
         <v>19235700</v>
       </c>
       <c r="J79" s="15" t="s">
         <v>348</v>
       </c>
       <c r="K79" s="14" t="s">
         <v>349</v>
       </c>
       <c r="L79" s="7"/>
     </row>
     <row r="80" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="7" t="s">
         <v>323</v>
       </c>
       <c r="B80" s="7" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="D80" s="7" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="E80" s="8" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="G80" s="10">
         <v>45545</v>
       </c>
       <c r="H80" s="10">
         <v>45688</v>
       </c>
       <c r="I80" s="11">
         <v>6530700</v>
       </c>
       <c r="J80" s="15" t="s">
         <v>348</v>
       </c>
       <c r="K80" s="14" t="s">
         <v>349</v>
       </c>
       <c r="L80" s="7"/>
     </row>
     <row r="81" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="7" t="s">
+        <v>497</v>
+      </c>
+      <c r="B81" s="7" t="s">
+        <v>498</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>499</v>
+      </c>
+      <c r="D81" s="7" t="s">
         <v>500</v>
       </c>
-      <c r="B81" s="7" t="s">
+      <c r="E81" s="8" t="s">
         <v>501</v>
       </c>
-      <c r="C81" s="7" t="s">
+      <c r="F81" s="9" t="s">
         <v>502</v>
-      </c>
-[...7 lines deleted...]
-        <v>505</v>
       </c>
       <c r="G81" s="10">
         <v>45559</v>
       </c>
       <c r="H81" s="10">
         <v>45747</v>
       </c>
       <c r="I81" s="11">
         <v>19655900</v>
       </c>
       <c r="J81" s="15" t="s">
         <v>348</v>
       </c>
       <c r="K81" s="14" t="s">
         <v>349</v>
       </c>
       <c r="L81" s="7"/>
     </row>
     <row r="82" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="7" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="B82" s="7" t="s">
+        <v>516</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>517</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>518</v>
+      </c>
+      <c r="E82" s="8" t="s">
         <v>519</v>
       </c>
-      <c r="C82" s="7" t="s">
+      <c r="F82" s="9" t="s">
         <v>520</v>
-      </c>
-[...7 lines deleted...]
-        <v>523</v>
       </c>
       <c r="G82" s="10">
         <v>45541</v>
       </c>
       <c r="H82" s="10">
         <v>45677</v>
       </c>
       <c r="I82" s="11">
         <v>115500000</v>
       </c>
       <c r="J82" s="15" t="s">
         <v>33</v>
       </c>
       <c r="K82" s="14" t="s">
         <v>34</v>
       </c>
       <c r="L82" s="7"/>
     </row>
     <row r="83" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="7" t="s">
         <v>323</v>
       </c>
       <c r="B83" s="7" t="s">
         <v>328</v>
       </c>
@@ -6629,92 +6614,92 @@
       </c>
       <c r="J86" s="15" t="s">
         <v>348</v>
       </c>
       <c r="K86" s="14" t="s">
         <v>349</v>
       </c>
       <c r="L86" s="7" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="87" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="7" t="s">
         <v>334</v>
       </c>
       <c r="B87" s="7" t="s">
         <v>350</v>
       </c>
       <c r="C87" s="7" t="s">
         <v>351</v>
       </c>
       <c r="D87" s="7" t="s">
         <v>352</v>
       </c>
       <c r="E87" s="8" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="F87" s="9" t="s">
         <v>353</v>
       </c>
       <c r="G87" s="10">
         <v>45523</v>
       </c>
       <c r="H87" s="10">
         <v>45747</v>
       </c>
       <c r="I87" s="11">
         <v>1023000</v>
       </c>
       <c r="J87" s="15" t="s">
         <v>9</v>
       </c>
       <c r="K87" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L87" s="7" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="88" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="7" t="s">
         <v>334</v>
       </c>
       <c r="B88" s="7" t="s">
+        <v>507</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>508</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>509</v>
+      </c>
+      <c r="E88" s="8" t="s">
         <v>510</v>
       </c>
-      <c r="C88" s="7" t="s">
+      <c r="F88" s="9" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>514</v>
       </c>
       <c r="G88" s="10">
         <v>45553</v>
       </c>
       <c r="H88" s="10">
         <v>45625</v>
       </c>
       <c r="I88" s="11">
         <v>9027700</v>
       </c>
       <c r="J88" s="15" t="s">
         <v>348</v>
       </c>
       <c r="K88" s="14" t="s">
         <v>349</v>
       </c>
       <c r="L88" s="7"/>
     </row>
     <row r="89" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="7" t="s">
         <v>356</v>
       </c>
       <c r="B89" s="7" t="s">
         <v>357</v>
       </c>
@@ -7071,87 +7056,87 @@
       <c r="K98" s="14" t="s">
         <v>11</v>
       </c>
       <c r="L98" s="7"/>
     </row>
     <row r="99" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="7" t="s">
         <v>363</v>
       </c>
       <c r="B99" s="7" t="s">
         <v>403</v>
       </c>
       <c r="C99" s="7" t="s">
         <v>404</v>
       </c>
       <c r="D99" s="7" t="s">
         <v>405</v>
       </c>
       <c r="E99" s="8" t="s">
         <v>406</v>
       </c>
       <c r="F99" s="9" t="s">
         <v>407</v>
       </c>
       <c r="G99" s="10">
-        <v>45482</v>
+        <v>45499</v>
       </c>
       <c r="H99" s="10">
         <v>45535</v>
       </c>
       <c r="I99" s="11">
         <v>4950000</v>
       </c>
       <c r="J99" s="15" t="s">
         <v>348</v>
       </c>
       <c r="K99" s="14" t="s">
         <v>349</v>
       </c>
       <c r="L99" s="7"/>
     </row>
     <row r="100" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="7" t="s">
         <v>363</v>
       </c>
       <c r="B100" s="7" t="s">
         <v>403</v>
       </c>
       <c r="C100" s="7" t="s">
         <v>404</v>
       </c>
       <c r="D100" s="7" t="s">
         <v>408</v>
       </c>
       <c r="E100" s="8" t="s">
         <v>409</v>
       </c>
       <c r="F100" s="9" t="s">
         <v>410</v>
       </c>
       <c r="G100" s="10">
-        <v>45525</v>
+        <v>45539</v>
       </c>
       <c r="H100" s="10">
         <v>45565</v>
       </c>
       <c r="I100" s="11">
         <v>4025890</v>
       </c>
       <c r="J100" s="15" t="s">
         <v>348</v>
       </c>
       <c r="K100" s="14" t="s">
         <v>349</v>
       </c>
       <c r="L100" s="7"/>
     </row>
     <row r="101" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="7" t="s">
         <v>411</v>
       </c>
       <c r="B101" s="7" t="s">
         <v>412</v>
       </c>
       <c r="C101" s="7" t="s">
         <v>413</v>
       </c>
@@ -7945,221 +7930,202 @@
       <c r="G122" s="10">
         <v>45545</v>
       </c>
       <c r="H122" s="10">
         <v>45747</v>
       </c>
       <c r="I122" s="11">
         <v>204315940</v>
       </c>
       <c r="J122" s="22" t="s">
         <v>9</v>
       </c>
       <c r="K122" s="23" t="s">
         <v>11</v>
       </c>
       <c r="L122" s="7"/>
     </row>
     <row r="123" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="7" t="s">
         <v>411</v>
       </c>
       <c r="B123" s="7" t="s">
         <v>412</v>
       </c>
       <c r="C123" s="7" t="s">
-        <v>436</v>
+        <v>473</v>
       </c>
       <c r="D123" s="7" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E123" s="21" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G123" s="10">
-        <v>45546</v>
+        <v>45554</v>
       </c>
       <c r="H123" s="10">
-        <v>45747</v>
+        <v>45716</v>
       </c>
       <c r="I123" s="11">
-        <v>3025000</v>
+        <v>18026800</v>
       </c>
       <c r="J123" s="22" t="s">
         <v>9</v>
       </c>
       <c r="K123" s="23" t="s">
         <v>11</v>
       </c>
       <c r="L123" s="7"/>
     </row>
     <row r="124" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="7" t="s">
         <v>411</v>
       </c>
       <c r="B124" s="7" t="s">
         <v>412</v>
       </c>
       <c r="C124" s="7" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D124" s="7" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="E124" s="21" t="s">
-        <v>478</v>
+        <v>341</v>
       </c>
       <c r="F124" s="9" t="s">
         <v>479</v>
       </c>
       <c r="G124" s="10">
         <v>45554</v>
       </c>
       <c r="H124" s="10">
-        <v>45716</v>
+        <v>45747</v>
       </c>
       <c r="I124" s="11">
-        <v>18026800</v>
+        <v>10726595</v>
       </c>
       <c r="J124" s="22" t="s">
         <v>9</v>
       </c>
       <c r="K124" s="23" t="s">
         <v>11</v>
       </c>
       <c r="L124" s="7"/>
     </row>
     <row r="125" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="7" t="s">
         <v>411</v>
       </c>
       <c r="B125" s="7" t="s">
         <v>412</v>
       </c>
       <c r="C125" s="7" t="s">
+        <v>477</v>
+      </c>
+      <c r="D125" s="7" t="s">
         <v>480</v>
       </c>
-      <c r="D125" s="7" t="s">
+      <c r="E125" s="21" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="F125" s="9" t="s">
         <v>482</v>
       </c>
       <c r="G125" s="10">
-        <v>45554</v>
+        <v>45555</v>
       </c>
       <c r="H125" s="10">
         <v>45747</v>
       </c>
       <c r="I125" s="11">
-        <v>10726595</v>
+        <v>5412000</v>
       </c>
       <c r="J125" s="22" t="s">
         <v>9</v>
       </c>
       <c r="K125" s="23" t="s">
         <v>11</v>
       </c>
       <c r="L125" s="7"/>
     </row>
     <row r="126" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="7" t="s">
-        <v>411</v>
+        <v>483</v>
       </c>
       <c r="B126" s="7" t="s">
-        <v>412</v>
+        <v>484</v>
       </c>
       <c r="C126" s="7" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="D126" s="7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E126" s="21" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="G126" s="10">
-        <v>45555</v>
+        <v>45548</v>
       </c>
       <c r="H126" s="10">
-        <v>45747</v>
+        <v>45626</v>
       </c>
       <c r="I126" s="11">
-        <v>5412000</v>
+        <v>1980000</v>
       </c>
       <c r="J126" s="22" t="s">
         <v>9</v>
       </c>
       <c r="K126" s="23" t="s">
         <v>11</v>
       </c>
       <c r="L126" s="7"/>
     </row>
     <row r="127" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A127" s="7" t="s">
-[...32 lines deleted...]
-      <c r="L127" s="7"/>
+      <c r="A127" s="16"/>
+      <c r="B127" s="16"/>
+      <c r="C127" s="16"/>
+      <c r="D127" s="16"/>
+      <c r="E127" s="16"/>
+      <c r="F127" s="16"/>
+      <c r="G127" s="17"/>
+      <c r="H127" s="17"/>
+      <c r="I127" s="18"/>
+      <c r="J127" s="19"/>
+      <c r="K127" s="20" t="str">
+        <f>IF(J127="","",VLOOKUP($J127,#REF!,2,FALSE))</f>
+        <v/>
+      </c>
+      <c r="L127" s="16"/>
     </row>
     <row r="128" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="16"/>
       <c r="B128" s="16"/>
       <c r="C128" s="16"/>
       <c r="D128" s="16"/>
       <c r="E128" s="16"/>
       <c r="F128" s="16"/>
       <c r="G128" s="17"/>
       <c r="H128" s="17"/>
       <c r="I128" s="18"/>
       <c r="J128" s="19"/>
       <c r="K128" s="20" t="str">
         <f>IF(J128="","",VLOOKUP($J128,#REF!,2,FALSE))</f>
         <v/>
       </c>
       <c r="L128" s="16"/>
     </row>
     <row r="129" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="16"/>
       <c r="B129" s="16"/>
       <c r="C129" s="16"/>
       <c r="D129" s="16"/>
       <c r="E129" s="16"/>
       <c r="F129" s="16"/>
@@ -11058,83 +11024,66 @@
       <c r="I299" s="18"/>
       <c r="J299" s="19"/>
       <c r="K299" s="20" t="str">
         <f>IF(J299="","",VLOOKUP($J299,#REF!,2,FALSE))</f>
         <v/>
       </c>
       <c r="L299" s="16"/>
     </row>
     <row r="300" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A300" s="16"/>
       <c r="B300" s="16"/>
       <c r="C300" s="16"/>
       <c r="D300" s="16"/>
       <c r="E300" s="16"/>
       <c r="F300" s="16"/>
       <c r="G300" s="17"/>
       <c r="H300" s="17"/>
       <c r="I300" s="18"/>
       <c r="J300" s="19"/>
       <c r="K300" s="20" t="str">
         <f>IF(J300="","",VLOOKUP($J300,#REF!,2,FALSE))</f>
         <v/>
       </c>
       <c r="L300" s="16"/>
     </row>
-    <row r="301" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:L301" xr:uid="{8139753F-E721-460F-951E-9B2179361AE8}">
+  <autoFilter ref="A1:L300" xr:uid="{8139753F-E721-460F-951E-9B2179361AE8}">
     <filterColumn colId="9" showButton="0"/>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="J1:K1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="3">
-    <dataValidation type="whole" imeMode="halfAlpha" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="半角数字を入力してください。" error="半角数字のみ入力してください。「円」は不要です。" sqref="I53:I301 I2:I52" xr:uid="{7A40455C-0BEF-4B9F-8BE7-12AD4030CA40}">
+    <dataValidation type="whole" imeMode="halfAlpha" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="半角数字を入力してください。" error="半角数字のみ入力してください。「円」は不要です。" sqref="I2:I300" xr:uid="{7A40455C-0BEF-4B9F-8BE7-12AD4030CA40}">
       <formula1>0</formula1>
     </dataValidation>
-    <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="日付を入力してください" error="2022/4/1のように入力してください。" sqref="G53:H301 G2:H52" xr:uid="{3148D9B1-B397-4E97-B5C7-F72EC8953F26}">
+    <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="日付を入力してください" error="2022/4/1のように入力してください。" sqref="G2:H300" xr:uid="{3148D9B1-B397-4E97-B5C7-F72EC8953F26}">
       <formula1>44652</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J53:J301 J2:J52" xr:uid="{81C5C10A-2E60-4D99-85FD-05E1EBB307B3}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J2:J300" xr:uid="{81C5C10A-2E60-4D99-85FD-05E1EBB307B3}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="44" fitToHeight="0" orientation="landscape" errors="blank" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>