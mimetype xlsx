--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -1,82 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FF71405-28F9-487F-9402-005A8EA3C75B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DAD07E92-F348-4764-BE39-C3B521792C3A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="saitama-zuii-R6-10-12" sheetId="11" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'saitama-zuii-R6-10-12'!$A$1:$L$135</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'saitama-zuii-R6-10-12'!$A$1:$L$134</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'saitama-zuii-R6-10-12'!$A$1:$K$59</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'saitama-zuii-R6-10-12'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K144" i="11" l="1"/>
+  <c r="K143" i="11" l="1"/>
+  <c r="K144" i="11"/>
   <c r="K145" i="11"/>
   <c r="K146" i="11"/>
   <c r="K147" i="11"/>
   <c r="K148" i="11"/>
   <c r="K149" i="11"/>
   <c r="K150" i="11"/>
   <c r="K151" i="11"/>
   <c r="K152" i="11"/>
   <c r="K153" i="11"/>
   <c r="K154" i="11"/>
   <c r="K155" i="11"/>
   <c r="K156" i="11"/>
   <c r="K157" i="11"/>
   <c r="K158" i="11"/>
   <c r="K159" i="11"/>
   <c r="K160" i="11"/>
   <c r="K161" i="11"/>
   <c r="K162" i="11"/>
   <c r="K163" i="11"/>
   <c r="K164" i="11"/>
   <c r="K165" i="11"/>
   <c r="K166" i="11"/>
   <c r="K167" i="11"/>
   <c r="K168" i="11"/>
   <c r="K169" i="11"/>
@@ -205,56 +206,55 @@
   <c r="K292" i="11"/>
   <c r="K293" i="11"/>
   <c r="K294" i="11"/>
   <c r="K295" i="11"/>
   <c r="K296" i="11"/>
   <c r="K297" i="11"/>
   <c r="K298" i="11"/>
   <c r="K299" i="11"/>
   <c r="K300" i="11"/>
   <c r="K301" i="11"/>
   <c r="K302" i="11"/>
   <c r="K303" i="11"/>
   <c r="K304" i="11"/>
   <c r="K305" i="11"/>
   <c r="K306" i="11"/>
   <c r="K307" i="11"/>
   <c r="K308" i="11"/>
   <c r="K309" i="11"/>
   <c r="K310" i="11"/>
   <c r="K311" i="11"/>
   <c r="K312" i="11"/>
   <c r="K313" i="11"/>
   <c r="K314" i="11"/>
   <c r="K315" i="11"/>
   <c r="K316" i="11"/>
-  <c r="K317" i="11"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1119" uniqueCount="533">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1111" uniqueCount="528">
   <si>
     <t>備考</t>
     <rPh sb="0" eb="2">
       <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>契約件名</t>
     <rPh sb="0" eb="2">
       <t>ケイヤク</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ケンメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>連絡先</t>
     <rPh sb="0" eb="3">
       <t>レンラクサキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -1577,62 +1577,50 @@
   <si>
     <t>埼玉県埋蔵文化財調査事業団</t>
   </si>
   <si>
     <t>埼玉県熊谷市船木台４－４－１</t>
   </si>
   <si>
     <t>交付金（改築）工事（小久住遺跡埋蔵文化財報告書作成業務委託）</t>
   </si>
   <si>
     <t>本庄県土整備事務所</t>
   </si>
   <si>
     <t>0495-21-3141</t>
   </si>
   <si>
     <t>（緊）災害防除工事（地質調査業務委託）吉田太田部工区</t>
   </si>
   <si>
     <t>株式会社協和地質コンサルタント</t>
   </si>
   <si>
     <t>埼玉県越谷市瓦曽根３－１１－３０</t>
   </si>
   <si>
-    <t>さいたま県土整備事務所</t>
-[...10 lines deleted...]
-  <si>
     <t>建設管理課</t>
   </si>
   <si>
     <t>048-830-5196</t>
   </si>
   <si>
     <t>土木積算システム改修業務委託（経費根拠書出力機能等追加）</t>
   </si>
   <si>
     <t>都市整備部</t>
   </si>
   <si>
     <t>大宮公園事務所</t>
   </si>
   <si>
     <t>048-641-6391</t>
   </si>
   <si>
     <t>川重冷熱工業株式会社</t>
   </si>
   <si>
     <t>２４大宮公園双輪場サービスセンター冷温水発生機改修工事</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -1915,54 +1903,50 @@
       <t>カイヘイ</t>
     </rPh>
     <rPh sb="24" eb="26">
       <t>コウニュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>コイト電工株式会社関東支店</t>
     <rPh sb="3" eb="5">
       <t>デンコウ</t>
     </rPh>
     <rPh sb="5" eb="9">
       <t>カブシキガイシャ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>カントウ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>シテン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>神奈川県横浜市戸塚区品濃町５０４－２</t>
-  </si>
-[...2 lines deleted...]
-    <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">埼玉県さいたま市大宮区桜木町二丁目３２４番地１ </t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>042-973-2281</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>048-830-2395</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>048-830-3565</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>048-832-0715</t>
   </si>
   <si>
     <t>上尾警察署ほか昇降機設備保守業務委託</t>
   </si>
   <si>
     <t>ジャパンエレベーターサービス城西株式会社</t>
@@ -2902,55 +2886,53 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AAAAD512-D221-40FF-B394-0AD039BEC146}">
   <sheetPr>
     <tabColor indexed="42"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L317"/>
+  <dimension ref="A1:L316"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A40" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="22.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.75" style="6" customWidth="1"/>
     <col min="2" max="2" width="20.83203125" style="6" customWidth="1"/>
     <col min="3" max="3" width="11.83203125" style="6" customWidth="1"/>
     <col min="4" max="4" width="31.33203125" style="6" customWidth="1"/>
     <col min="5" max="5" width="28.08203125" style="6" customWidth="1"/>
     <col min="6" max="6" width="39.33203125" style="6" customWidth="1"/>
     <col min="7" max="8" width="12.33203125" style="12" customWidth="1"/>
     <col min="9" max="9" width="13.25" style="13" customWidth="1"/>
     <col min="10" max="10" width="8" style="6" customWidth="1"/>
     <col min="11" max="11" width="68.5" style="6" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.58203125" style="6" customWidth="1"/>
     <col min="13" max="16384" width="9" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -3012,51 +2994,51 @@
       </c>
       <c r="J2" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K2" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>20</v>
       </c>
       <c r="E3" s="8" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="10">
         <v>45643</v>
       </c>
       <c r="H3" s="10">
         <v>45991</v>
       </c>
       <c r="I3" s="11">
         <v>11742170</v>
       </c>
       <c r="J3" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K3" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="7" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="7" t="s">
@@ -3398,63 +3380,63 @@
       <c r="E13" s="8" t="s">
         <v>38</v>
       </c>
       <c r="F13" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G13" s="10">
         <v>45642</v>
       </c>
       <c r="H13" s="10">
         <v>45716</v>
       </c>
       <c r="I13" s="11">
         <v>9240000</v>
       </c>
       <c r="J13" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="7"/>
     </row>
     <row r="14" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="G14" s="10">
         <v>45646</v>
       </c>
       <c r="H14" s="10">
         <v>45747</v>
       </c>
       <c r="I14" s="11">
         <v>3372600</v>
       </c>
       <c r="J14" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="7"/>
     </row>
     <row r="15" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>11</v>
       </c>
@@ -3625,129 +3607,129 @@
       <c r="H19" s="10">
         <v>45579</v>
       </c>
       <c r="I19" s="11">
         <v>81654831</v>
       </c>
       <c r="J19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="K19" s="14" t="s">
         <v>54</v>
       </c>
       <c r="L19" s="7"/>
     </row>
     <row r="20" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>66</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="10">
         <v>45575</v>
       </c>
       <c r="H20" s="10">
         <v>45592</v>
       </c>
       <c r="I20" s="11">
         <v>9834000</v>
       </c>
       <c r="J20" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="7"/>
     </row>
     <row r="21" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>65</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="E21" s="8" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>84</v>
       </c>
       <c r="G21" s="10">
         <v>45575</v>
       </c>
       <c r="H21" s="10">
         <v>45618</v>
       </c>
       <c r="I21" s="11">
         <v>10315800</v>
       </c>
       <c r="J21" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="7"/>
     </row>
     <row r="22" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="7" t="s">
         <v>65</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>68</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="G22" s="10">
         <v>45575</v>
       </c>
       <c r="H22" s="10">
         <v>45580</v>
       </c>
       <c r="I22" s="11">
         <v>5841000</v>
       </c>
       <c r="J22" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="7"/>
     </row>
     <row r="23" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>49</v>
       </c>
@@ -4240,87 +4222,87 @@
       <c r="G36" s="10">
         <v>45624</v>
       </c>
       <c r="H36" s="10">
         <v>45747</v>
       </c>
       <c r="I36" s="11">
         <v>3545300</v>
       </c>
       <c r="J36" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K36" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="7"/>
     </row>
     <row r="37" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>125</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="D37" s="7" t="s">
         <v>126</v>
       </c>
       <c r="E37" s="8" t="s">
         <v>127</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>128</v>
       </c>
       <c r="G37" s="10">
         <v>45569</v>
       </c>
       <c r="H37" s="10">
         <v>45747</v>
       </c>
       <c r="I37" s="11">
         <v>4986080</v>
       </c>
       <c r="J37" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="7"/>
     </row>
     <row r="38" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>125</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="D38" s="7" t="s">
         <v>129</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>127</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>128</v>
       </c>
       <c r="G38" s="10">
         <v>45616</v>
       </c>
       <c r="H38" s="10">
         <v>45657</v>
       </c>
       <c r="I38" s="11">
         <v>1648680</v>
       </c>
       <c r="J38" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K38" s="14" t="s">
         <v>18</v>
       </c>
@@ -4862,60 +4844,60 @@
       <c r="G53" s="10">
         <v>45614</v>
       </c>
       <c r="H53" s="10">
         <v>45688</v>
       </c>
       <c r="I53" s="11">
         <v>2790520</v>
       </c>
       <c r="J53" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K53" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="7"/>
     </row>
     <row r="54" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="7" t="s">
         <v>162</v>
       </c>
       <c r="B54" s="7" t="s">
         <v>168</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="D54" s="7" t="s">
         <v>173</v>
       </c>
       <c r="E54" s="8" t="s">
         <v>171</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="G54" s="10">
         <v>45629</v>
       </c>
       <c r="H54" s="10">
         <v>45716</v>
       </c>
       <c r="I54" s="11">
         <v>7407879</v>
       </c>
       <c r="J54" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K54" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="7"/>
     </row>
     <row r="55" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="7" t="s">
         <v>162</v>
       </c>
       <c r="B55" s="7" t="s">
         <v>168</v>
       </c>
@@ -4970,84 +4952,84 @@
       <c r="G56" s="10">
         <v>45646</v>
       </c>
       <c r="H56" s="10">
         <v>45685</v>
       </c>
       <c r="I56" s="11">
         <v>32992512</v>
       </c>
       <c r="J56" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K56" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="7"/>
     </row>
     <row r="57" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="7" t="s">
         <v>162</v>
       </c>
       <c r="B57" s="7" t="s">
         <v>168</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="D57" s="7" t="s">
         <v>177</v>
       </c>
       <c r="E57" s="8" t="s">
         <v>171</v>
       </c>
       <c r="F57" s="9" t="s">
         <v>178</v>
       </c>
       <c r="G57" s="10">
         <v>45646</v>
       </c>
       <c r="H57" s="10">
         <v>45685</v>
       </c>
       <c r="I57" s="11">
         <v>34488678</v>
       </c>
       <c r="J57" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K57" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="7"/>
     </row>
     <row r="58" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="7" t="s">
         <v>162</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="C58" s="7" t="s">
         <v>169</v>
       </c>
       <c r="D58" s="7" t="s">
         <v>176</v>
       </c>
       <c r="E58" s="8" t="s">
         <v>171</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>178</v>
       </c>
       <c r="G58" s="10">
         <v>45652</v>
       </c>
       <c r="H58" s="10">
         <v>45688</v>
       </c>
       <c r="I58" s="11">
         <v>1311327</v>
       </c>
       <c r="J58" s="15" t="s">
         <v>17</v>
       </c>
@@ -5072,66 +5054,66 @@
       <c r="E59" s="8" t="s">
         <v>184</v>
       </c>
       <c r="F59" s="9" t="s">
         <v>185</v>
       </c>
       <c r="G59" s="10">
         <v>45586</v>
       </c>
       <c r="H59" s="10">
         <v>45625</v>
       </c>
       <c r="I59" s="11">
         <v>1401400</v>
       </c>
       <c r="J59" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K59" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="7"/>
     </row>
     <row r="60" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="7" t="s">
+        <v>494</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>495</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>496</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>497</v>
+      </c>
+      <c r="E60" s="8" t="s">
+        <v>498</v>
+      </c>
+      <c r="F60" s="9" t="s">
         <v>499</v>
-      </c>
-[...13 lines deleted...]
-        <v>504</v>
       </c>
       <c r="G60" s="10">
         <v>45602</v>
       </c>
       <c r="H60" s="10">
         <v>45737</v>
       </c>
       <c r="I60" s="11">
         <v>4199800</v>
       </c>
       <c r="J60" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K60" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="7"/>
     </row>
     <row r="61" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="7" t="s">
         <v>186</v>
       </c>
       <c r="B61" s="7" t="s">
         <v>187</v>
       </c>
@@ -5308,51 +5290,51 @@
       </c>
       <c r="J65" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K65" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="7" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="66" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="7" t="s">
         <v>201</v>
       </c>
       <c r="B66" s="7" t="s">
         <v>212</v>
       </c>
       <c r="C66" s="7" t="s">
         <v>213</v>
       </c>
       <c r="D66" s="7" t="s">
         <v>214</v>
       </c>
       <c r="E66" s="8" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>215</v>
       </c>
       <c r="G66" s="10">
         <v>45569</v>
       </c>
       <c r="H66" s="10">
         <v>45657</v>
       </c>
       <c r="I66" s="11">
         <v>2007500</v>
       </c>
       <c r="J66" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K66" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="7"/>
     </row>
     <row r="67" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="7" t="s">
         <v>201</v>
       </c>
@@ -5377,51 +5359,51 @@
       <c r="H67" s="10">
         <v>45591</v>
       </c>
       <c r="I67" s="11">
         <v>1021900</v>
       </c>
       <c r="J67" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K67" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="7"/>
     </row>
     <row r="68" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="7" t="s">
         <v>201</v>
       </c>
       <c r="B68" s="7" t="s">
         <v>212</v>
       </c>
       <c r="C68" s="7" t="s">
         <v>218</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="E68" s="8" t="s">
         <v>219</v>
       </c>
       <c r="F68" s="9" t="s">
         <v>220</v>
       </c>
       <c r="G68" s="10">
         <v>45601</v>
       </c>
       <c r="H68" s="10">
         <v>45616</v>
       </c>
       <c r="I68" s="11">
         <v>3824000</v>
       </c>
       <c r="J68" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K68" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="7"/>
     </row>
     <row r="69" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
@@ -5448,78 +5430,78 @@
       </c>
       <c r="H69" s="10">
         <v>45747</v>
       </c>
       <c r="I69" s="11">
         <v>3899610</v>
       </c>
       <c r="J69" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K69" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="7" t="s">
         <v>201</v>
       </c>
       <c r="B70" s="7" t="s">
         <v>223</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="D70" s="7" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="G70" s="10">
         <v>45607</v>
       </c>
       <c r="H70" s="10">
         <v>45747</v>
       </c>
       <c r="I70" s="11">
         <v>3773000</v>
       </c>
       <c r="J70" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K70" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="7" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
     </row>
     <row r="71" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="7" t="s">
         <v>201</v>
       </c>
       <c r="B71" s="7" t="s">
         <v>228</v>
       </c>
       <c r="C71" s="7" t="s">
         <v>229</v>
       </c>
       <c r="D71" s="7" t="s">
         <v>230</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>231</v>
       </c>
       <c r="F71" s="9" t="s">
         <v>232</v>
       </c>
       <c r="G71" s="10">
         <v>45583</v>
       </c>
       <c r="H71" s="10">
@@ -5681,89 +5663,89 @@
       </c>
       <c r="K75" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="7" t="s">
         <v>201</v>
       </c>
       <c r="B76" s="7" t="s">
         <v>250</v>
       </c>
       <c r="C76" s="7" t="s">
         <v>251</v>
       </c>
       <c r="D76" s="7" t="s">
         <v>252</v>
       </c>
       <c r="E76" s="8" t="s">
         <v>255</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="G76" s="10">
         <v>45590</v>
       </c>
       <c r="H76" s="10">
         <v>45747</v>
       </c>
       <c r="I76" s="11">
         <v>10780000</v>
       </c>
       <c r="J76" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K76" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="7" t="s">
         <v>201</v>
       </c>
       <c r="B77" s="7" t="s">
         <v>250</v>
       </c>
       <c r="C77" s="7" t="s">
         <v>251</v>
       </c>
       <c r="D77" s="7" t="s">
         <v>253</v>
       </c>
       <c r="E77" s="8" t="s">
         <v>254</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="G77" s="10">
         <v>45595</v>
       </c>
       <c r="H77" s="10">
         <v>45747</v>
       </c>
       <c r="I77" s="11">
         <v>20775447</v>
       </c>
       <c r="J77" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K77" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="7" t="s">
         <v>256</v>
       </c>
       <c r="B78" s="7" t="s">
@@ -6114,51 +6096,51 @@
       </c>
       <c r="H87" s="10">
         <v>45747</v>
       </c>
       <c r="I87" s="11">
         <v>2514330</v>
       </c>
       <c r="J87" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K87" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="7" t="s">
         <v>256</v>
       </c>
       <c r="B88" s="7" t="s">
         <v>300</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="D88" s="7" t="s">
         <v>301</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>303</v>
       </c>
       <c r="F88" s="9" t="s">
         <v>304</v>
       </c>
       <c r="G88" s="10">
         <v>45642</v>
       </c>
       <c r="H88" s="10">
         <v>45747</v>
       </c>
       <c r="I88" s="11">
         <v>26346100</v>
       </c>
       <c r="J88" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K88" s="14" t="s">
         <v>18</v>
       </c>
@@ -6340,90 +6322,90 @@
       <c r="I93" s="11">
         <v>14254295</v>
       </c>
       <c r="J93" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K93" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="7"/>
     </row>
     <row r="94" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="7" t="s">
         <v>305</v>
       </c>
       <c r="B94" s="7" t="s">
         <v>325</v>
       </c>
       <c r="C94" s="7" t="s">
         <v>326</v>
       </c>
       <c r="D94" s="7" t="s">
         <v>327</v>
       </c>
       <c r="E94" s="8" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="G94" s="10">
         <v>45581</v>
       </c>
       <c r="H94" s="10">
         <v>45582</v>
       </c>
       <c r="I94" s="11">
         <v>1403050</v>
       </c>
       <c r="J94" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K94" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="7"/>
     </row>
     <row r="95" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="7" t="s">
         <v>305</v>
       </c>
       <c r="B95" s="7" t="s">
         <v>325</v>
       </c>
       <c r="C95" s="7" t="s">
         <v>326</v>
       </c>
       <c r="D95" s="7" t="s">
         <v>328</v>
       </c>
       <c r="E95" s="8" t="s">
         <v>329</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="G95" s="10">
         <v>45614</v>
       </c>
       <c r="H95" s="10">
         <v>45730</v>
       </c>
       <c r="I95" s="11">
         <v>1980000</v>
       </c>
       <c r="J95" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K95" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="7"/>
     </row>
     <row r="96" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="7" t="s">
         <v>305</v>
       </c>
       <c r="B96" s="7" t="s">
         <v>330</v>
       </c>
@@ -6669,51 +6651,51 @@
       <c r="J102" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K102" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="7"/>
     </row>
     <row r="103" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="7" t="s">
         <v>365</v>
       </c>
       <c r="B103" s="7" t="s">
         <v>366</v>
       </c>
       <c r="C103" s="7" t="s">
         <v>367</v>
       </c>
       <c r="D103" s="7" t="s">
         <v>368</v>
       </c>
       <c r="E103" s="8" t="s">
         <v>369</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="G103" s="10">
         <v>45593</v>
       </c>
       <c r="H103" s="10">
         <v>45379</v>
       </c>
       <c r="I103" s="11">
         <v>8415000</v>
       </c>
       <c r="J103" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K103" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="7"/>
     </row>
     <row r="104" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="7" t="s">
         <v>365</v>
       </c>
       <c r="B104" s="7" t="s">
         <v>366</v>
       </c>
@@ -6729,1176 +6711,1154 @@
       <c r="F104" s="9" t="s">
         <v>372</v>
       </c>
       <c r="G104" s="10">
         <v>45603</v>
       </c>
       <c r="H104" s="10">
         <v>45379</v>
       </c>
       <c r="I104" s="11">
         <v>8052000</v>
       </c>
       <c r="J104" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K104" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="7"/>
     </row>
     <row r="105" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="7" t="s">
         <v>365</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>387</v>
+        <v>373</v>
       </c>
       <c r="C105" s="7" t="s">
-        <v>388</v>
+        <v>374</v>
       </c>
       <c r="D105" s="7" t="s">
-        <v>389</v>
+        <v>375</v>
       </c>
       <c r="E105" s="8" t="s">
-        <v>390</v>
+        <v>376</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>435</v>
+        <v>377</v>
       </c>
       <c r="G105" s="10">
-        <v>45617</v>
+        <v>45566</v>
       </c>
       <c r="H105" s="10">
-        <v>45737</v>
+        <v>45631</v>
       </c>
       <c r="I105" s="11">
-        <v>3333000</v>
+        <v>1312085</v>
       </c>
       <c r="J105" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K105" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="7"/>
     </row>
     <row r="106" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="7" t="s">
         <v>365</v>
       </c>
       <c r="B106" s="7" t="s">
         <v>373</v>
       </c>
       <c r="C106" s="7" t="s">
-        <v>374</v>
+        <v>432</v>
       </c>
       <c r="D106" s="7" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="E106" s="8" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="G106" s="10">
         <v>45566</v>
       </c>
       <c r="H106" s="10">
-        <v>45631</v>
+        <v>45747</v>
       </c>
       <c r="I106" s="11">
-        <v>1312085</v>
+        <v>54646915</v>
       </c>
       <c r="J106" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K106" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="7"/>
     </row>
     <row r="107" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="7" t="s">
         <v>365</v>
       </c>
       <c r="B107" s="7" t="s">
         <v>373</v>
       </c>
       <c r="C107" s="7" t="s">
-        <v>437</v>
+        <v>374</v>
       </c>
       <c r="D107" s="7" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="E107" s="8" t="s">
         <v>379</v>
       </c>
       <c r="F107" s="9" t="s">
         <v>380</v>
       </c>
       <c r="G107" s="10">
         <v>45566</v>
       </c>
       <c r="H107" s="10">
         <v>45747</v>
       </c>
       <c r="I107" s="11">
-        <v>54646915</v>
+        <v>18919884</v>
       </c>
       <c r="J107" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K107" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="7"/>
     </row>
     <row r="108" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="7" t="s">
         <v>365</v>
       </c>
       <c r="B108" s="7" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
       <c r="C108" s="7" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="D108" s="7" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="E108" s="8" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="G108" s="10">
-        <v>45566</v>
+        <v>45604</v>
       </c>
       <c r="H108" s="10">
         <v>45747</v>
       </c>
       <c r="I108" s="11">
-        <v>18919884</v>
+        <v>16500000</v>
       </c>
       <c r="J108" s="15" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="K108" s="14" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="L108" s="7"/>
     </row>
     <row r="109" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="7" t="s">
-        <v>365</v>
+        <v>500</v>
       </c>
       <c r="B109" s="7" t="s">
-        <v>382</v>
+        <v>501</v>
       </c>
       <c r="C109" s="7" t="s">
-        <v>383</v>
+        <v>502</v>
       </c>
       <c r="D109" s="7" t="s">
-        <v>384</v>
+        <v>503</v>
       </c>
       <c r="E109" s="8" t="s">
-        <v>385</v>
+        <v>504</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>386</v>
+        <v>505</v>
       </c>
       <c r="G109" s="10">
-        <v>45604</v>
+        <v>45651</v>
       </c>
       <c r="H109" s="10">
-        <v>45747</v>
+        <v>45930</v>
       </c>
       <c r="I109" s="11">
-        <v>16500000</v>
+        <v>451000000</v>
       </c>
       <c r="J109" s="15" t="s">
-        <v>53</v>
+        <v>345</v>
       </c>
       <c r="K109" s="14" t="s">
-        <v>54</v>
+        <v>346</v>
       </c>
       <c r="L109" s="7"/>
     </row>
     <row r="110" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="7" t="s">
-        <v>505</v>
+        <v>365</v>
       </c>
       <c r="B110" s="7" t="s">
-        <v>506</v>
+        <v>387</v>
       </c>
       <c r="C110" s="7" t="s">
-        <v>507</v>
+        <v>388</v>
       </c>
       <c r="D110" s="7" t="s">
-        <v>508</v>
+        <v>389</v>
       </c>
       <c r="E110" s="8" t="s">
-        <v>509</v>
+        <v>38</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>510</v>
+        <v>21</v>
       </c>
       <c r="G110" s="10">
-        <v>45651</v>
+        <v>45618</v>
       </c>
       <c r="H110" s="10">
-        <v>45930</v>
+        <v>45747</v>
       </c>
       <c r="I110" s="11">
-        <v>451000000</v>
+        <v>12724690</v>
       </c>
       <c r="J110" s="15" t="s">
-        <v>345</v>
+        <v>17</v>
       </c>
       <c r="K110" s="14" t="s">
-        <v>346</v>
+        <v>18</v>
       </c>
       <c r="L110" s="7"/>
     </row>
     <row r="111" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="7" t="s">
-        <v>365</v>
+        <v>390</v>
       </c>
       <c r="B111" s="7" t="s">
         <v>391</v>
       </c>
       <c r="C111" s="7" t="s">
         <v>392</v>
       </c>
       <c r="D111" s="7" t="s">
+        <v>394</v>
+      </c>
+      <c r="E111" s="8" t="s">
         <v>393</v>
       </c>
-      <c r="E111" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F111" s="9" t="s">
-        <v>21</v>
+        <v>395</v>
       </c>
       <c r="G111" s="10">
-        <v>45618</v>
+        <v>45642</v>
       </c>
       <c r="H111" s="10">
-        <v>45747</v>
+        <v>45741</v>
       </c>
       <c r="I111" s="11">
-        <v>12724690</v>
+        <v>6204000</v>
       </c>
       <c r="J111" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K111" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="7"/>
     </row>
     <row r="112" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="7" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B112" s="7" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C112" s="7" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D112" s="7" t="s">
         <v>398</v>
       </c>
       <c r="E112" s="8" t="s">
-        <v>397</v>
+        <v>119</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>399</v>
+        <v>523</v>
       </c>
       <c r="G112" s="10">
-        <v>45642</v>
+        <v>45580</v>
       </c>
       <c r="H112" s="10">
         <v>45741</v>
       </c>
       <c r="I112" s="11">
-        <v>6204000</v>
+        <v>1685200</v>
       </c>
       <c r="J112" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K112" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L112" s="7"/>
     </row>
     <row r="113" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="7" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B113" s="7" t="s">
+        <v>399</v>
+      </c>
+      <c r="C113" s="7" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="D113" s="7" t="s">
         <v>402</v>
       </c>
       <c r="E113" s="8" t="s">
-        <v>119</v>
+        <v>401</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>528</v>
+        <v>403</v>
       </c>
       <c r="G113" s="10">
-        <v>45580</v>
+        <v>45566</v>
       </c>
       <c r="H113" s="10">
-        <v>45741</v>
+        <v>45625</v>
       </c>
       <c r="I113" s="11">
-        <v>1685200</v>
+        <v>6415200</v>
       </c>
       <c r="J113" s="15" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="K113" s="14" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="L113" s="7"/>
     </row>
     <row r="114" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="7" t="s">
-        <v>394</v>
+        <v>442</v>
       </c>
       <c r="B114" s="7" t="s">
-        <v>403</v>
+        <v>443</v>
       </c>
       <c r="C114" s="7" t="s">
-        <v>404</v>
+        <v>444</v>
       </c>
       <c r="D114" s="7" t="s">
-        <v>406</v>
+        <v>481</v>
       </c>
       <c r="E114" s="8" t="s">
-        <v>405</v>
+        <v>205</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>407</v>
+        <v>485</v>
       </c>
       <c r="G114" s="10">
-        <v>45566</v>
+        <v>45586</v>
       </c>
       <c r="H114" s="10">
-        <v>45625</v>
+        <v>45646</v>
       </c>
       <c r="I114" s="11">
-        <v>6415200</v>
+        <v>6039000</v>
       </c>
       <c r="J114" s="15" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="K114" s="14" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="L114" s="7"/>
     </row>
     <row r="115" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="7" t="s">
+        <v>442</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>445</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>446</v>
+      </c>
+      <c r="D115" s="7" t="s">
         <v>447</v>
       </c>
-      <c r="B115" s="7" t="s">
+      <c r="E115" s="8" t="s">
         <v>448</v>
       </c>
-      <c r="C115" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D115" s="7" t="s">
+      <c r="F115" s="9" t="s">
         <v>486</v>
       </c>
-      <c r="E115" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G115" s="10">
-        <v>45586</v>
+        <v>45576</v>
       </c>
       <c r="H115" s="10">
-        <v>45646</v>
+        <v>45747</v>
       </c>
       <c r="I115" s="11">
-        <v>6039000</v>
+        <v>3478002</v>
       </c>
       <c r="J115" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K115" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="7"/>
     </row>
     <row r="116" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="7" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B116" s="7" t="s">
+        <v>449</v>
+      </c>
+      <c r="C116" s="7" t="s">
         <v>450</v>
       </c>
-      <c r="C116" s="7" t="s">
+      <c r="D116" s="7" t="s">
         <v>451</v>
       </c>
-      <c r="D116" s="7" t="s">
+      <c r="E116" s="8" t="s">
+        <v>488</v>
+      </c>
+      <c r="F116" s="9" t="s">
         <v>452</v>
       </c>
-      <c r="E116" s="8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G116" s="10">
-        <v>45576</v>
+        <v>45625</v>
       </c>
       <c r="H116" s="10">
-        <v>45747</v>
+        <v>45653</v>
       </c>
       <c r="I116" s="11">
-        <v>3478002</v>
+        <v>2530000</v>
       </c>
       <c r="J116" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K116" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L116" s="7"/>
     </row>
     <row r="117" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="7" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B117" s="7" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="C117" s="7" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="D117" s="7" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E117" s="8" t="s">
-        <v>493</v>
+        <v>462</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="G117" s="10">
-        <v>45625</v>
+        <v>45597</v>
       </c>
       <c r="H117" s="10">
-        <v>45653</v>
+        <v>45742</v>
       </c>
       <c r="I117" s="11">
-        <v>2530000</v>
+        <v>1416420</v>
       </c>
       <c r="J117" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K117" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="L117" s="7"/>
+      <c r="L117" s="7" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="118" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="7" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B118" s="7" t="s">
+        <v>459</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="D118" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="E118" s="8" t="s">
         <v>464</v>
       </c>
-      <c r="C118" s="7" t="s">
+      <c r="F118" s="9" t="s">
         <v>465</v>
-      </c>
-[...7 lines deleted...]
-        <v>468</v>
       </c>
       <c r="G118" s="10">
         <v>45597</v>
       </c>
       <c r="H118" s="10">
         <v>45742</v>
       </c>
       <c r="I118" s="11">
-        <v>1416420</v>
+        <v>1179750</v>
       </c>
       <c r="J118" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K118" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="119" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="7" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B119" s="7" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="C119" s="7" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="D119" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="E119" s="8" t="s">
         <v>466</v>
       </c>
-      <c r="E119" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F119" s="9" t="s">
-        <v>470</v>
+        <v>484</v>
       </c>
       <c r="G119" s="10">
         <v>45597</v>
       </c>
       <c r="H119" s="10">
         <v>45742</v>
       </c>
       <c r="I119" s="11">
-        <v>1179750</v>
+        <v>2329250</v>
       </c>
       <c r="J119" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K119" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="120" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="7" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B120" s="7" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="C120" s="7" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="D120" s="7" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="E120" s="8" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="G120" s="10">
-        <v>45597</v>
+        <v>45624</v>
       </c>
       <c r="H120" s="10">
-        <v>45742</v>
+        <v>45747</v>
       </c>
       <c r="I120" s="11">
-        <v>2329250</v>
+        <v>11677600</v>
       </c>
       <c r="J120" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K120" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="L120" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L120" s="7"/>
     </row>
     <row r="121" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="7" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B121" s="7" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="C121" s="7" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="D121" s="7" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="E121" s="8" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="G121" s="10">
-        <v>45624</v>
+        <v>45643</v>
       </c>
       <c r="H121" s="10">
-        <v>45747</v>
+        <v>46053</v>
       </c>
       <c r="I121" s="11">
-        <v>11677600</v>
+        <v>78099120</v>
       </c>
       <c r="J121" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K121" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="L121" s="7"/>
+      <c r="L121" s="7" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="122" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="7" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B122" s="7" t="s">
+        <v>467</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>468</v>
+      </c>
+      <c r="D122" s="7" t="s">
         <v>472</v>
       </c>
-      <c r="C122" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E122" s="8" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="G122" s="10">
         <v>45643</v>
       </c>
       <c r="H122" s="10">
-        <v>46053</v>
+        <v>45747</v>
       </c>
       <c r="I122" s="11">
-        <v>78099120</v>
+        <v>50711397</v>
       </c>
       <c r="J122" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K122" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="L122" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L122" s="7"/>
     </row>
     <row r="123" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="7" t="s">
-        <v>447</v>
+        <v>524</v>
       </c>
       <c r="B123" s="7" t="s">
-        <v>472</v>
+        <v>453</v>
       </c>
       <c r="C123" s="7" t="s">
-        <v>473</v>
+        <v>454</v>
       </c>
       <c r="D123" s="7" t="s">
-        <v>477</v>
+        <v>455</v>
       </c>
       <c r="E123" s="8" t="s">
-        <v>475</v>
+        <v>456</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>488</v>
+        <v>457</v>
       </c>
       <c r="G123" s="10">
-        <v>45643</v>
+        <v>45568</v>
       </c>
       <c r="H123" s="10">
-        <v>45747</v>
+        <v>46022</v>
       </c>
       <c r="I123" s="11">
-        <v>50711397</v>
+        <v>174680000</v>
       </c>
       <c r="J123" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K123" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="L123" s="7"/>
+      <c r="L123" s="7" t="s">
+        <v>458</v>
+      </c>
     </row>
     <row r="124" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="7" t="s">
-        <v>529</v>
+        <v>442</v>
       </c>
       <c r="B124" s="7" t="s">
-        <v>458</v>
+        <v>473</v>
       </c>
       <c r="C124" s="7" t="s">
-        <v>459</v>
+        <v>474</v>
       </c>
       <c r="D124" s="7" t="s">
-        <v>460</v>
+        <v>475</v>
       </c>
       <c r="E124" s="8" t="s">
-        <v>461</v>
+        <v>487</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>462</v>
+        <v>482</v>
       </c>
       <c r="G124" s="10">
-        <v>45568</v>
+        <v>45566</v>
       </c>
       <c r="H124" s="10">
-        <v>46022</v>
+        <v>45576</v>
       </c>
       <c r="I124" s="11">
-        <v>174680000</v>
+        <v>1968560</v>
       </c>
       <c r="J124" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K124" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="L124" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L124" s="7"/>
     </row>
     <row r="125" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="7" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B125" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="C125" s="7" t="s">
+        <v>477</v>
+      </c>
+      <c r="D125" s="7" t="s">
         <v>478</v>
       </c>
-      <c r="C125" s="7" t="s">
+      <c r="E125" s="8" t="s">
         <v>479</v>
       </c>
-      <c r="D125" s="7" t="s">
+      <c r="F125" s="9" t="s">
         <v>480</v>
-      </c>
-[...4 lines deleted...]
-        <v>487</v>
       </c>
       <c r="G125" s="10">
         <v>45566</v>
       </c>
       <c r="H125" s="10">
-        <v>45576</v>
+        <v>45688</v>
       </c>
       <c r="I125" s="11">
-        <v>1968560</v>
+        <v>2560800</v>
       </c>
       <c r="J125" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K125" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L125" s="7"/>
     </row>
     <row r="126" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="7" t="s">
-        <v>447</v>
+        <v>404</v>
       </c>
       <c r="B126" s="7" t="s">
-        <v>481</v>
+        <v>405</v>
       </c>
       <c r="C126" s="7" t="s">
-        <v>482</v>
+        <v>406</v>
       </c>
       <c r="D126" s="7" t="s">
-        <v>483</v>
+        <v>407</v>
       </c>
       <c r="E126" s="8" t="s">
-        <v>484</v>
+        <v>408</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>485</v>
+        <v>409</v>
       </c>
       <c r="G126" s="10">
-        <v>45566</v>
+        <v>45597</v>
       </c>
       <c r="H126" s="10">
-        <v>45688</v>
+        <v>45716</v>
       </c>
       <c r="I126" s="11">
-        <v>2560800</v>
+        <v>17160000</v>
       </c>
       <c r="J126" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K126" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L126" s="7"/>
     </row>
     <row r="127" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="7" t="s">
+        <v>404</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>405</v>
+      </c>
+      <c r="C127" s="7" t="s">
+        <v>406</v>
+      </c>
+      <c r="D127" s="7" t="s">
+        <v>410</v>
+      </c>
+      <c r="E127" s="8" t="s">
         <v>408</v>
       </c>
-      <c r="B127" s="7" t="s">
+      <c r="F127" s="9" t="s">
         <v>409</v>
-      </c>
-[...10 lines deleted...]
-        <v>413</v>
       </c>
       <c r="G127" s="10">
         <v>45597</v>
       </c>
       <c r="H127" s="10">
         <v>45716</v>
       </c>
       <c r="I127" s="11">
-        <v>17160000</v>
+        <v>9020000</v>
       </c>
       <c r="J127" s="15" t="s">
-        <v>17</v>
+        <v>411</v>
       </c>
       <c r="K127" s="14" t="s">
-        <v>18</v>
+        <v>412</v>
       </c>
       <c r="L127" s="7"/>
     </row>
     <row r="128" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="7" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B128" s="7" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="C128" s="7" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="D128" s="7" t="s">
         <v>414</v>
       </c>
       <c r="E128" s="8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="G128" s="10">
-        <v>45597</v>
+        <v>45611</v>
       </c>
       <c r="H128" s="10">
-        <v>45716</v>
+        <v>45616</v>
       </c>
       <c r="I128" s="11">
-        <v>9020000</v>
+        <v>13156000</v>
       </c>
       <c r="J128" s="15" t="s">
-        <v>415</v>
+        <v>17</v>
       </c>
       <c r="K128" s="14" t="s">
-        <v>416</v>
+        <v>18</v>
       </c>
       <c r="L128" s="7"/>
     </row>
     <row r="129" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="7" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B129" s="7" t="s">
+        <v>413</v>
+      </c>
+      <c r="C129" s="7" t="s">
+        <v>406</v>
+      </c>
+      <c r="D129" s="7" t="s">
         <v>417</v>
       </c>
-      <c r="C129" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D129" s="7" t="s">
+      <c r="E129" s="8" t="s">
         <v>418</v>
       </c>
-      <c r="E129" s="8" t="s">
+      <c r="F129" s="9" t="s">
         <v>419</v>
       </c>
-      <c r="F129" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G129" s="10">
-        <v>45611</v>
+        <v>45622</v>
       </c>
       <c r="H129" s="10">
-        <v>45616</v>
+        <v>45737</v>
       </c>
       <c r="I129" s="11">
-        <v>13156000</v>
+        <v>2024011</v>
       </c>
       <c r="J129" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K129" s="14" t="s">
         <v>18</v>
       </c>
       <c r="L129" s="7"/>
     </row>
     <row r="130" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="7" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B130" s="7" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="C130" s="7" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="D130" s="7" t="s">
+        <v>420</v>
+      </c>
+      <c r="E130" s="8" t="s">
         <v>421</v>
       </c>
-      <c r="E130" s="8" t="s">
+      <c r="F130" s="9" t="s">
         <v>422</v>
       </c>
-      <c r="F130" s="9" t="s">
+      <c r="G130" s="10">
+        <v>45627</v>
+      </c>
+      <c r="H130" s="10">
+        <v>46721</v>
+      </c>
+      <c r="I130" s="11">
+        <v>1980000</v>
+      </c>
+      <c r="J130" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="K130" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="L130" s="7" t="s">
         <v>423</v>
       </c>
-      <c r="G130" s="10">
-[...14 lines deleted...]
-      <c r="L130" s="7"/>
     </row>
     <row r="131" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="7" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B131" s="7" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="C131" s="7" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="D131" s="7" t="s">
         <v>424</v>
       </c>
       <c r="E131" s="8" t="s">
         <v>425</v>
       </c>
       <c r="F131" s="9" t="s">
         <v>426</v>
       </c>
       <c r="G131" s="10">
-        <v>45627</v>
+        <v>45650</v>
       </c>
       <c r="H131" s="10">
-        <v>46721</v>
+        <v>45747</v>
       </c>
       <c r="I131" s="11">
-        <v>1980000</v>
+        <v>1111000</v>
       </c>
       <c r="J131" s="15" t="s">
         <v>17</v>
       </c>
       <c r="K131" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="L131" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L131" s="7"/>
     </row>
     <row r="132" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="7" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B132" s="7" t="s">
-        <v>409</v>
+        <v>427</v>
       </c>
       <c r="C132" s="7" t="s">
-        <v>410</v>
+        <v>435</v>
       </c>
       <c r="D132" s="7" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="E132" s="8" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="G132" s="10">
-        <v>45650</v>
+        <v>45566</v>
       </c>
       <c r="H132" s="10">
-        <v>45747</v>
+        <v>46660</v>
       </c>
       <c r="I132" s="11">
-        <v>1111000</v>
+        <v>11583000</v>
       </c>
       <c r="J132" s="15" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="K132" s="14" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L132" s="7"/>
+        <v>54</v>
+      </c>
+      <c r="L132" s="7" t="s">
+        <v>439</v>
+      </c>
     </row>
     <row r="133" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="7" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B133" s="7" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="C133" s="7" t="s">
+        <v>435</v>
+      </c>
+      <c r="D133" s="7" t="s">
         <v>440</v>
       </c>
-      <c r="D133" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133" s="8" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="G133" s="10">
         <v>45566</v>
       </c>
       <c r="H133" s="10">
         <v>46660</v>
       </c>
       <c r="I133" s="11">
-        <v>11583000</v>
+        <v>4504500</v>
       </c>
       <c r="J133" s="15" t="s">
         <v>53</v>
       </c>
       <c r="K133" s="14" t="s">
         <v>54</v>
       </c>
       <c r="L133" s="7" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
     </row>
     <row r="134" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="7" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="C134" s="7" t="s">
-        <v>440</v>
+        <v>406</v>
       </c>
       <c r="D134" s="7" t="s">
-        <v>445</v>
+        <v>428</v>
       </c>
       <c r="E134" s="8" t="s">
-        <v>442</v>
+        <v>429</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>443</v>
+        <v>430</v>
       </c>
       <c r="G134" s="10">
-        <v>45566</v>
+        <v>45644</v>
       </c>
       <c r="H134" s="10">
-        <v>46660</v>
+        <v>45716</v>
       </c>
       <c r="I134" s="11">
-        <v>4504500</v>
+        <v>1683000</v>
       </c>
       <c r="J134" s="15" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="K134" s="14" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L134" s="7"/>
     </row>
     <row r="135" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A135" s="7" t="s">
-[...32 lines deleted...]
-      <c r="L135" s="7"/>
+      <c r="A135" s="16"/>
+      <c r="B135" s="16"/>
+      <c r="C135" s="16"/>
+      <c r="D135" s="16"/>
+      <c r="E135" s="16"/>
+      <c r="F135" s="16"/>
+      <c r="G135" s="17"/>
+      <c r="H135" s="17"/>
+      <c r="I135" s="18"/>
+      <c r="J135" s="19"/>
+      <c r="K135" s="20"/>
+      <c r="L135" s="16"/>
     </row>
     <row r="136" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="16"/>
       <c r="B136" s="16"/>
       <c r="C136" s="16"/>
       <c r="D136" s="16"/>
       <c r="E136" s="16"/>
       <c r="F136" s="16"/>
       <c r="G136" s="17"/>
       <c r="H136" s="17"/>
       <c r="I136" s="18"/>
       <c r="J136" s="19"/>
       <c r="K136" s="20"/>
       <c r="L136" s="16"/>
     </row>
     <row r="137" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="16"/>
       <c r="B137" s="16"/>
       <c r="C137" s="16"/>
       <c r="D137" s="16"/>
       <c r="E137" s="16"/>
       <c r="F137" s="16"/>
       <c r="G137" s="17"/>
       <c r="H137" s="17"/>
       <c r="I137" s="18"/>
@@ -7951,65 +7911,68 @@
     <row r="141" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="16"/>
       <c r="B141" s="16"/>
       <c r="C141" s="16"/>
       <c r="D141" s="16"/>
       <c r="E141" s="16"/>
       <c r="F141" s="16"/>
       <c r="G141" s="17"/>
       <c r="H141" s="17"/>
       <c r="I141" s="18"/>
       <c r="J141" s="19"/>
       <c r="K141" s="20"/>
       <c r="L141" s="16"/>
     </row>
     <row r="142" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="16"/>
       <c r="B142" s="16"/>
       <c r="C142" s="16"/>
       <c r="D142" s="16"/>
       <c r="E142" s="16"/>
       <c r="F142" s="16"/>
       <c r="G142" s="17"/>
       <c r="H142" s="17"/>
       <c r="I142" s="18"/>
       <c r="J142" s="19"/>
-      <c r="K142" s="20"/>
-      <c r="L142" s="16"/>
+      <c r="K142" s="16"/>
     </row>
     <row r="143" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="16"/>
       <c r="B143" s="16"/>
       <c r="C143" s="16"/>
       <c r="D143" s="16"/>
       <c r="E143" s="16"/>
       <c r="F143" s="16"/>
       <c r="G143" s="17"/>
       <c r="H143" s="17"/>
       <c r="I143" s="18"/>
       <c r="J143" s="19"/>
-      <c r="K143" s="16"/>
+      <c r="K143" s="20" t="str">
+        <f>IF(J142="","",VLOOKUP($J142,#REF!,2,FALSE))</f>
+        <v/>
+      </c>
+      <c r="L143" s="16"/>
     </row>
     <row r="144" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="16"/>
       <c r="B144" s="16"/>
       <c r="C144" s="16"/>
       <c r="D144" s="16"/>
       <c r="E144" s="16"/>
       <c r="F144" s="16"/>
       <c r="G144" s="17"/>
       <c r="H144" s="17"/>
       <c r="I144" s="18"/>
       <c r="J144" s="19"/>
       <c r="K144" s="20" t="str">
         <f>IF(J143="","",VLOOKUP($J143,#REF!,2,FALSE))</f>
         <v/>
       </c>
       <c r="L144" s="16"/>
     </row>
     <row r="145" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="16"/>
       <c r="B145" s="16"/>
       <c r="C145" s="16"/>
       <c r="D145" s="16"/>
       <c r="E145" s="16"/>
       <c r="F145" s="16"/>
@@ -10892,88 +10855,71 @@
       <c r="J314" s="19"/>
       <c r="K314" s="20" t="str">
         <f>IF(J313="","",VLOOKUP($J313,#REF!,2,FALSE))</f>
         <v/>
       </c>
       <c r="L314" s="16"/>
     </row>
     <row r="315" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A315" s="16"/>
       <c r="B315" s="16"/>
       <c r="C315" s="16"/>
       <c r="D315" s="16"/>
       <c r="E315" s="16"/>
       <c r="F315" s="16"/>
       <c r="G315" s="17"/>
       <c r="H315" s="17"/>
       <c r="I315" s="18"/>
       <c r="J315" s="19"/>
       <c r="K315" s="20" t="str">
         <f>IF(J314="","",VLOOKUP($J314,#REF!,2,FALSE))</f>
         <v/>
       </c>
       <c r="L315" s="16"/>
     </row>
     <row r="316" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A316" s="16"/>
-[...8 lines deleted...]
-      <c r="J316" s="19"/>
       <c r="K316" s="20" t="str">
         <f>IF(J315="","",VLOOKUP($J315,#REF!,2,FALSE))</f>
         <v/>
       </c>
-      <c r="L316" s="16"/>
-[...5 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:L135" xr:uid="{8139753F-E721-460F-951E-9B2179361AE8}">
+  <autoFilter ref="A1:L134" xr:uid="{8139753F-E721-460F-951E-9B2179361AE8}">
     <filterColumn colId="9" showButton="0"/>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="J1:K1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="3">
-    <dataValidation type="whole" imeMode="halfAlpha" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="半角数字を入力してください。" error="半角数字のみ入力してください。「円」は不要です。" sqref="I2:I117 I118:I316" xr:uid="{7A40455C-0BEF-4B9F-8BE7-12AD4030CA40}">
+    <dataValidation type="whole" imeMode="halfAlpha" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="半角数字を入力してください。" error="半角数字のみ入力してください。「円」は不要です。" sqref="I2:I315" xr:uid="{7A40455C-0BEF-4B9F-8BE7-12AD4030CA40}">
       <formula1>0</formula1>
     </dataValidation>
-    <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="日付を入力してください" error="2022/4/1のように入力してください。" sqref="G2:H117 G118:H316" xr:uid="{3148D9B1-B397-4E97-B5C7-F72EC8953F26}">
+    <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="日付を入力してください" error="2022/4/1のように入力してください。" sqref="G2:H315" xr:uid="{3148D9B1-B397-4E97-B5C7-F72EC8953F26}">
       <formula1>44652</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J2:J117 J118:J316" xr:uid="{81C5C10A-2E60-4D99-85FD-05E1EBB307B3}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J2:J315" xr:uid="{81C5C10A-2E60-4D99-85FD-05E1EBB307B3}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="48" fitToHeight="0" orientation="landscape" errors="blank" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>