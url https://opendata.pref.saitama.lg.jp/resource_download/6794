--- v0 (2025-10-14)
+++ v1 (2026-02-15)
@@ -1,80 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{08B47BB2-80CF-486E-9301-4FAAA5BE3637}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D83B595F-CF3D-4A33-8BE1-2DDC13CFA31A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="627" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="saitama-zuii-R7-1-3" sheetId="11" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'saitama-zuii-R7-1-3'!$A$1:$L$64</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'saitama-zuii-R7-1-3'!$A$1:$L$64</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'saitama-zuii-R7-1-3'!$A$1:$L$63</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'saitama-zuii-R7-1-3'!$A$1:$L$63</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'saitama-zuii-R7-1-3'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="538" uniqueCount="272">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="530" uniqueCount="268">
   <si>
     <t>備考</t>
     <rPh sb="0" eb="2">
       <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>契約件名</t>
     <rPh sb="0" eb="2">
       <t>ケイヤク</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ケンメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>連絡先</t>
     <rPh sb="0" eb="3">
       <t>レンラクサキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -1294,62 +1294,50 @@
   </si>
   <si>
     <t>東京都江東区豊洲三丁目３番３号</t>
     <rPh sb="0" eb="2">
       <t>トウキョウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ト</t>
     </rPh>
     <rPh sb="3" eb="6">
       <t>コウトウク</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>トヨス</t>
     </rPh>
     <rPh sb="8" eb="11">
       <t>サンチョウメ</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>バン</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>ゴウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...10 lines deleted...]
-    <t>東京都墨田区東向島６－１０－６</t>
   </si>
   <si>
     <t>048-832-0110（内線2292）</t>
     <rPh sb="13" eb="15">
       <t>ナイセン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>交通信号保守物品（制御電源、灯器開閉ユニット）の購入</t>
     <rPh sb="0" eb="2">
       <t>コウツウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>シンゴウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ホシュ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ブッピン</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>セイギョ</t>
     </rPh>
@@ -1535,51 +1523,51 @@
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1664,70 +1652,57 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="177" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
@@ -1835,72 +1810,60 @@
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -2200,102 +2163,102 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AAAAD512-D221-40FF-B394-0AD039BEC146}">
   <sheetPr>
     <tabColor indexed="42"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L64"/>
+  <dimension ref="A1:L63"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A55" zoomScale="70" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="22.5" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.33203125" style="9" customWidth="1"/>
     <col min="2" max="2" width="23.75" style="9" customWidth="1"/>
     <col min="3" max="3" width="21.83203125" style="9" customWidth="1"/>
     <col min="4" max="4" width="64.08203125" style="9" customWidth="1"/>
     <col min="5" max="5" width="47.25" style="9" customWidth="1"/>
     <col min="6" max="6" width="61.58203125" style="9" customWidth="1"/>
     <col min="7" max="8" width="12.33203125" style="15" customWidth="1"/>
     <col min="9" max="9" width="12.33203125" style="16" customWidth="1"/>
     <col min="10" max="10" width="8" style="9" customWidth="1"/>
     <col min="11" max="11" width="68.5" style="9" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="18" style="9" bestFit="1" customWidth="1"/>
     <col min="13" max="16384" width="9" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C1" s="8" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="43" t="s">
+      <c r="E1" s="42" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="43" t="s">
+      <c r="F1" s="42" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H1" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I1" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J1" s="48" t="s">
+      <c r="J1" s="45" t="s">
         <v>8</v>
       </c>
-      <c r="K1" s="49"/>
+      <c r="K1" s="46"/>
       <c r="L1" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B2" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="10" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="10" t="s">
         <v>14</v>
       </c>
       <c r="E2" s="11" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="12" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="13">
         <v>45709</v>
@@ -2344,51 +2307,51 @@
       </c>
       <c r="J3" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K3" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="10" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="11" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="F4" s="12" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="13">
         <v>45705</v>
       </c>
       <c r="H4" s="13">
         <v>45747</v>
       </c>
       <c r="I4" s="14">
         <v>4774000</v>
       </c>
       <c r="J4" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="10"/>
     </row>
     <row r="5" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="22" t="s">
         <v>11</v>
       </c>
@@ -2631,51 +2594,51 @@
       <c r="H11" s="13">
         <v>45747</v>
       </c>
       <c r="I11" s="14">
         <v>16593500</v>
       </c>
       <c r="J11" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="10"/>
     </row>
     <row r="12" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>52</v>
       </c>
       <c r="F12" s="12" t="s">
         <v>53</v>
       </c>
       <c r="G12" s="13">
         <v>45658</v>
       </c>
       <c r="H12" s="13">
         <v>45747</v>
       </c>
       <c r="I12" s="14">
         <v>22731500</v>
       </c>
       <c r="J12" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="10"/>
     </row>
     <row r="13" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
@@ -2874,248 +2837,248 @@
       <c r="E18" s="29" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="12" t="s">
         <v>73</v>
       </c>
       <c r="G18" s="13">
         <v>45681</v>
       </c>
       <c r="H18" s="13">
         <v>45747</v>
       </c>
       <c r="I18" s="14">
         <v>2733588</v>
       </c>
       <c r="J18" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="10"/>
     </row>
     <row r="19" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="D19" s="28" t="s">
+        <v>257</v>
+      </c>
+      <c r="E19" s="29" t="s">
         <v>258</v>
       </c>
-      <c r="B19" s="10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F19" s="12" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="G19" s="13">
         <v>45658</v>
       </c>
       <c r="H19" s="13">
         <v>45747</v>
       </c>
       <c r="I19" s="14">
         <v>14256530</v>
       </c>
       <c r="J19" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="10" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="D20" s="28" t="s">
+        <v>260</v>
+      </c>
+      <c r="E20" s="29" t="s">
         <v>258</v>
       </c>
-      <c r="B20" s="10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F20" s="12" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="G20" s="13">
         <v>45672</v>
       </c>
       <c r="H20" s="13">
         <v>45716</v>
       </c>
       <c r="I20" s="14">
         <v>2475533</v>
       </c>
       <c r="J20" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="10"/>
     </row>
     <row r="21" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>261</v>
+      </c>
+      <c r="D21" s="28" t="s">
+        <v>262</v>
+      </c>
+      <c r="E21" s="29" t="s">
         <v>258</v>
       </c>
-      <c r="B21" s="10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F21" s="12" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="G21" s="13">
         <v>45706</v>
       </c>
       <c r="H21" s="13">
         <v>45747</v>
       </c>
       <c r="I21" s="14">
         <v>4118499</v>
       </c>
       <c r="J21" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="10"/>
     </row>
     <row r="22" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="10" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="B22" s="10" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="C22" s="10" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E22" s="29" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="F22" s="12" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="G22" s="13">
         <v>45717</v>
       </c>
       <c r="H22" s="13">
         <v>46081</v>
       </c>
       <c r="I22" s="14">
         <v>31402800</v>
       </c>
       <c r="J22" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="10"/>
     </row>
     <row r="23" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>256</v>
+      </c>
+      <c r="D23" s="28" t="s">
+        <v>266</v>
+      </c>
+      <c r="E23" s="29" t="s">
         <v>258</v>
       </c>
-      <c r="B23" s="10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F23" s="12" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="G23" s="13">
         <v>45721</v>
       </c>
       <c r="H23" s="13">
         <v>45747</v>
       </c>
       <c r="I23" s="14">
         <v>32547472</v>
       </c>
       <c r="J23" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="10"/>
     </row>
     <row r="24" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="10" t="s">
+        <v>254</v>
+      </c>
+      <c r="B24" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>261</v>
+      </c>
+      <c r="D24" s="28" t="s">
+        <v>266</v>
+      </c>
+      <c r="E24" s="29" t="s">
         <v>258</v>
       </c>
-      <c r="B24" s="10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F24" s="12" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="G24" s="13">
         <v>45723</v>
       </c>
       <c r="H24" s="13">
         <v>45747</v>
       </c>
       <c r="I24" s="14">
         <v>8363837</v>
       </c>
       <c r="J24" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="10"/>
     </row>
     <row r="25" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="10" t="s">
         <v>78</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>79</v>
       </c>
@@ -3617,51 +3580,51 @@
       </c>
       <c r="I38" s="14">
         <v>1833000</v>
       </c>
       <c r="J38" s="32" t="s">
         <v>17</v>
       </c>
       <c r="K38" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="28" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="28" t="s">
         <v>121</v>
       </c>
       <c r="B39" s="28" t="s">
         <v>142</v>
       </c>
       <c r="C39" s="28" t="s">
         <v>143</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="E39" s="29" t="s">
         <v>144</v>
       </c>
       <c r="F39" s="30" t="s">
         <v>145</v>
       </c>
       <c r="G39" s="31">
         <v>45667</v>
       </c>
       <c r="H39" s="31">
         <v>45747</v>
       </c>
       <c r="I39" s="14">
         <v>1386000</v>
       </c>
       <c r="J39" s="32" t="s">
         <v>17</v>
       </c>
       <c r="K39" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="28"/>
     </row>
     <row r="40" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
@@ -4046,574 +4009,538 @@
       <c r="E50" s="29" t="s">
         <v>198</v>
       </c>
       <c r="F50" s="30" t="s">
         <v>199</v>
       </c>
       <c r="G50" s="31">
         <v>45714</v>
       </c>
       <c r="H50" s="31">
         <v>45747</v>
       </c>
       <c r="I50" s="14">
         <v>2031436</v>
       </c>
       <c r="J50" s="32" t="s">
         <v>17</v>
       </c>
       <c r="K50" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="28"/>
     </row>
     <row r="51" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="28" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B51" s="28" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C51" s="28" t="s">
         <v>205</v>
       </c>
       <c r="D51" s="28" t="s">
         <v>206</v>
       </c>
       <c r="E51" s="29" t="s">
         <v>207</v>
       </c>
       <c r="F51" s="30" t="s">
         <v>208</v>
       </c>
       <c r="G51" s="31">
         <v>45658</v>
       </c>
       <c r="H51" s="31">
         <v>45716</v>
       </c>
       <c r="I51" s="14">
         <v>5630240</v>
       </c>
       <c r="J51" s="32" t="s">
         <v>17</v>
       </c>
       <c r="K51" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="28" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="52" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="28" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B52" s="28" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C52" s="28" t="s">
         <v>205</v>
       </c>
       <c r="D52" s="28" t="s">
         <v>210</v>
       </c>
       <c r="E52" s="29" t="s">
         <v>211</v>
       </c>
       <c r="F52" s="30" t="s">
         <v>212</v>
       </c>
       <c r="G52" s="31">
         <v>45658</v>
       </c>
       <c r="H52" s="31">
         <v>45747</v>
       </c>
       <c r="I52" s="14">
         <v>1882650</v>
       </c>
       <c r="J52" s="32" t="s">
         <v>17</v>
       </c>
       <c r="K52" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="28" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="53" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="28" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B53" s="28" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C53" s="28" t="s">
         <v>213</v>
       </c>
       <c r="D53" s="28" t="s">
         <v>214</v>
       </c>
       <c r="E53" s="29" t="s">
         <v>215</v>
       </c>
       <c r="F53" s="30" t="s">
         <v>216</v>
       </c>
       <c r="G53" s="31">
         <v>45658</v>
       </c>
       <c r="H53" s="31">
         <v>45747</v>
       </c>
       <c r="I53" s="14">
         <v>1100000</v>
       </c>
       <c r="J53" s="32" t="s">
         <v>17</v>
       </c>
       <c r="K53" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="28"/>
     </row>
     <row r="54" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="10" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B54" s="10" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>205</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>217</v>
       </c>
       <c r="E54" s="11" t="s">
         <v>207</v>
       </c>
       <c r="F54" s="12" t="s">
         <v>208</v>
       </c>
       <c r="G54" s="13">
         <v>45689</v>
       </c>
       <c r="H54" s="13">
         <v>45716</v>
       </c>
       <c r="I54" s="14">
         <v>1195150</v>
       </c>
       <c r="J54" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K54" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="10" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="55" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="10" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B55" s="10" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>205</v>
       </c>
       <c r="D55" s="10" t="s">
         <v>218</v>
       </c>
       <c r="E55" s="11" t="s">
         <v>219</v>
       </c>
       <c r="F55" s="12" t="s">
         <v>220</v>
       </c>
       <c r="G55" s="13">
         <v>45689</v>
       </c>
       <c r="H55" s="13">
         <v>45747</v>
       </c>
       <c r="I55" s="14">
         <v>1669800</v>
       </c>
       <c r="J55" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K55" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="10" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="56" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="10" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B56" s="10" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>213</v>
       </c>
       <c r="D56" s="10" t="s">
         <v>221</v>
       </c>
       <c r="E56" s="11" t="s">
         <v>222</v>
       </c>
       <c r="F56" s="12" t="s">
         <v>223</v>
       </c>
       <c r="G56" s="13">
         <v>45689</v>
       </c>
       <c r="H56" s="13">
         <v>46418</v>
       </c>
       <c r="I56" s="14">
         <v>19998000</v>
       </c>
       <c r="J56" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K56" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="10" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="57" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="10" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B57" s="10" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>213</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>225</v>
       </c>
       <c r="E57" s="11" t="s">
         <v>226</v>
       </c>
       <c r="F57" s="12" t="s">
         <v>227</v>
       </c>
       <c r="G57" s="13">
         <v>45716</v>
       </c>
       <c r="H57" s="13">
         <v>47542</v>
       </c>
       <c r="I57" s="14">
         <v>43960840</v>
       </c>
       <c r="J57" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K57" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="10" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="58" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="10" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B58" s="10" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>213</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>229</v>
       </c>
       <c r="E58" s="11" t="s">
         <v>230</v>
       </c>
       <c r="F58" s="12" t="s">
         <v>231</v>
       </c>
       <c r="G58" s="13">
         <v>45717</v>
       </c>
       <c r="H58" s="13">
         <v>46446</v>
       </c>
       <c r="I58" s="14">
         <v>20697600</v>
       </c>
       <c r="J58" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K58" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="10" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="59" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="10" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B59" s="10" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C59" s="10" t="s">
         <v>213</v>
       </c>
       <c r="D59" s="10" t="s">
         <v>232</v>
       </c>
       <c r="E59" s="11" t="s">
         <v>233</v>
       </c>
       <c r="F59" s="12" t="s">
         <v>234</v>
       </c>
       <c r="G59" s="13">
         <v>45717</v>
       </c>
       <c r="H59" s="13">
         <v>46812</v>
       </c>
       <c r="I59" s="14">
         <v>361152000</v>
       </c>
       <c r="J59" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K59" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="10" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:12" s="38" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="33" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B60" s="33" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C60" s="33" t="s">
         <v>213</v>
       </c>
       <c r="D60" s="33" t="s">
         <v>235</v>
       </c>
       <c r="E60" s="40" t="s">
         <v>236</v>
       </c>
       <c r="F60" s="39" t="s">
         <v>237</v>
       </c>
       <c r="G60" s="34">
         <v>45717</v>
       </c>
       <c r="H60" s="34">
         <v>45747</v>
       </c>
       <c r="I60" s="14">
         <v>1544125</v>
       </c>
       <c r="J60" s="35" t="s">
         <v>87</v>
       </c>
       <c r="K60" s="36" t="s">
         <v>88</v>
       </c>
       <c r="L60" s="37"/>
     </row>
     <row r="61" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="10" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B61" s="10" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>205</v>
       </c>
       <c r="D61" s="10" t="s">
         <v>238</v>
       </c>
       <c r="E61" s="11" t="s">
         <v>45</v>
       </c>
       <c r="F61" s="12" t="s">
         <v>239</v>
       </c>
       <c r="G61" s="13">
         <v>45717</v>
       </c>
       <c r="H61" s="13">
         <v>45747</v>
       </c>
       <c r="I61" s="14">
         <v>1407670</v>
       </c>
       <c r="J61" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K61" s="17" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="10" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="62" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="44" t="s">
-        <v>251</v>
+      <c r="A62" s="43" t="s">
+        <v>247</v>
       </c>
       <c r="B62" s="10" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>213</v>
       </c>
       <c r="D62" s="10" t="s">
         <v>240</v>
       </c>
       <c r="E62" s="11" t="s">
         <v>241</v>
       </c>
-      <c r="F62" s="44" t="s">
+      <c r="F62" s="43" t="s">
         <v>242</v>
       </c>
       <c r="G62" s="24">
         <v>45717</v>
       </c>
-      <c r="H62" s="45">
+      <c r="H62" s="44">
         <v>46812</v>
       </c>
       <c r="I62" s="14">
         <v>10129680</v>
       </c>
       <c r="J62" s="18" t="s">
         <v>17</v>
       </c>
       <c r="K62" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="L62" s="44" t="s">
+      <c r="L62" s="43" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="63" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A63" s="9" t="s">
-[...5 lines deleted...]
-      <c r="C63" s="28" t="s">
+      <c r="A63" s="10" t="s">
+        <v>247</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>250</v>
+      </c>
+      <c r="C63" s="10" t="s">
         <v>243</v>
       </c>
-      <c r="D63" s="28" t="s">
+      <c r="D63" s="10" t="s">
         <v>244</v>
       </c>
-      <c r="E63" s="29" t="s">
+      <c r="E63" s="11" t="s">
         <v>245</v>
       </c>
-      <c r="F63" s="46" t="s">
+      <c r="F63" s="12" t="s">
         <v>246</v>
       </c>
-      <c r="G63" s="31">
-[...3 lines deleted...]
-        <v>45747</v>
+      <c r="G63" s="13">
+        <v>45687</v>
+      </c>
+      <c r="H63" s="13">
+        <v>45716</v>
       </c>
       <c r="I63" s="14">
-        <v>1631256</v>
-[...34 lines deleted...]
-      <c r="I64" s="14">
         <v>4646400</v>
       </c>
-      <c r="J64" s="18" t="s">
-[...5 lines deleted...]
-      <c r="L64" s="10"/>
+      <c r="J63" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="K63" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="L63" s="10"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:L64" xr:uid="{54385EEA-F5DC-4F6F-B817-BDDAD95E1171}">
+  <autoFilter ref="A1:L63" xr:uid="{54385EEA-F5DC-4F6F-B817-BDDAD95E1171}">
     <filterColumn colId="9" showButton="0"/>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="J1:K1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="33" fitToHeight="0" orientation="landscape" errors="blank" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>