--- v0 (2025-11-06)
+++ v1 (2026-02-16)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27328"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88A73525-3453-4A50-95F3-BF3344CE116F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{17E86A30-DD0E-4363-A12E-3937C866A2AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-6885" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="様式" sheetId="11" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">様式!$B$1:$L$88</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">様式!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="734" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="830" uniqueCount="316">
   <si>
     <t>備考</t>
     <rPh sb="0" eb="2">
       <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>契約件名</t>
     <rPh sb="0" eb="2">
       <t>ケイヤク</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ケンメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>連絡先</t>
     <rPh sb="0" eb="3">
       <t>レンラクサキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -3595,63 +3595,375 @@
   <si>
     <t>救出立坑周辺物件調査等業務委託の変更</t>
     <rPh sb="0" eb="2">
       <t>キュウシュツ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>タテコウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>シュウヘン</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ブッケン</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>チョウサ</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>トウ</t>
     </rPh>
     <rPh sb="11" eb="15">
       <t>ギョウムイタク</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ヘンコウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>下水道局</t>
+    <rPh sb="0" eb="3">
+      <t>ゲスイドウ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>キョク</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>中川下水道事務所</t>
+    <rPh sb="0" eb="2">
+      <t>ナカガワ</t>
+    </rPh>
+    <rPh sb="2" eb="5">
+      <t>ゲスイドウ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>ジムショ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）八潮地区交差点陥没現場定点観測業務委託その１</t>
+  </si>
+  <si>
+    <t>富士測地株式会社</t>
+  </si>
+  <si>
+    <t>埼玉県川口市前川３－５２－１０</t>
+    <rPh sb="0" eb="2">
+      <t>サイタマ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ケン</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>カワグチシ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>マエカワ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）八潮地区交差点陥没現場定点観測業務委託その２</t>
+  </si>
+  <si>
+    <t>株式会社大洋画地</t>
+    <rPh sb="0" eb="4">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>埼玉県さいたま市川口市青木４－７－３</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="8" eb="11">
+      <t>カワグチシ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>アオキ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）八潮地区交差点陥没現場定点観測業務委託その３</t>
+  </si>
+  <si>
+    <t>埼玉測量設計株式会社</t>
+    <rPh sb="6" eb="10">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>埼玉県さいたま市浦和区北浦和１－６－１５　１階</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="8" eb="14">
+      <t>ウラワクキタウラワ</t>
+    </rPh>
+    <rPh sb="22" eb="23">
+      <t>カイ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）八潮地区交差点陥没現場定点観測業務委託その４</t>
+  </si>
+  <si>
+    <t>国内測量設計株式会社</t>
+    <rPh sb="8" eb="10">
+      <t>カイシャ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>埼玉県越谷市花田１－１１－８</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>コシガヤシ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>ハナダ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）八潮地区交差点陥没現場定点観測業務委託その５</t>
+  </si>
+  <si>
+    <t>株式会社アタル開発</t>
+    <rPh sb="0" eb="4">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>埼玉県春日部市中央４－７－４</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="3" eb="7">
+      <t>カスカベシ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>チュウオウ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）地盤モニタリング業務委託その１</t>
+  </si>
+  <si>
+    <t>株式会社協和地質コンサルタント</t>
+  </si>
+  <si>
+    <t>埼玉県越谷市瓦曽根３－１１－３０</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>コシガヤシ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>カワラ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>ソネ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）地盤モニタリング業務委託その２</t>
+  </si>
+  <si>
+    <t>光洋土質調査株式会社</t>
+    <rPh sb="6" eb="10">
+      <t>カブシキガイシャ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>埼玉県さいたま市北区吉野町２－１９６－６</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>キタク</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ヨシノ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>マチ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）地盤モニタリング業務委託その３</t>
+  </si>
+  <si>
+    <t>株式会社東建ジオテック本店</t>
+    <rPh sb="0" eb="4">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>埼玉県さいたま市浦和区仲町３－１３－１０</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="8" eb="11">
+      <t>ウラワク</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>ナカマチ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）地盤モニタリング業務委託その４</t>
+  </si>
+  <si>
+    <t>株式会社東光土質</t>
+    <rPh sb="0" eb="4">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>埼玉県さいたま市岩槻区浮谷１１２３</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="8" eb="11">
+      <t>イワツキク</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>ウキヤ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）地盤モニタリング業務委託その５</t>
+  </si>
+  <si>
+    <t>株式会社ヤマモトジオサーブ</t>
+    <rPh sb="0" eb="4">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>埼玉県三郷市彦野１－８１</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>ミサトシ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ヒコ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）大正幹線土のう設置工事</t>
+  </si>
+  <si>
+    <t>株式会社三田組</t>
+    <rPh sb="0" eb="4">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>埼玉県八潮市南後谷８７８－５</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>ヤシオシ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ミナミ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>ウシロタニ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>（八潮）中央幹線中川流域管渠点検業務委託</t>
+  </si>
+  <si>
+    <t>管清工業株式会社北関東営業所</t>
+    <rPh sb="8" eb="14">
+      <t>キタカントウエイギョウショ</t>
+    </rPh>
+    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>埼玉県さいたま市北区宮原町４－９５－６</t>
+    <rPh sb="0" eb="19">
+      <t>サイタマケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="#,##0;&quot;△ &quot;#,##0"/>
     <numFmt numFmtId="177" formatCode="#,##0_);[Red]\(#,##0\)"/>
   </numFmts>
-  <fonts count="8">
+  <fonts count="9">
     <font>
       <sz val="12"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF333333"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
@@ -3662,50 +3974,57 @@
       <name val="MS P ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="游ゴシック Light"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="MS P ゴシック"/>
+      <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
@@ -3791,51 +4110,51 @@
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
@@ -3876,50 +4195,66 @@
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="177" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -4219,102 +4554,102 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AAAAD512-D221-40FF-B394-0AD039BEC146}">
   <sheetPr>
     <tabColor indexed="42"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L88"/>
+  <dimension ref="A1:L100"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="22.5" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="15.58203125" style="4" customWidth="1"/>
     <col min="2" max="2" width="25" style="4" customWidth="1"/>
     <col min="3" max="3" width="21.83203125" style="4" customWidth="1"/>
     <col min="4" max="4" width="31.33203125" style="4" customWidth="1"/>
     <col min="5" max="5" width="28.08203125" style="4" customWidth="1"/>
     <col min="6" max="6" width="39.33203125" style="4" customWidth="1"/>
     <col min="7" max="8" width="12.33203125" style="10" customWidth="1"/>
     <col min="9" max="9" width="12.33203125" style="11" customWidth="1"/>
     <col min="10" max="10" width="8" style="4" customWidth="1"/>
     <col min="11" max="11" width="68.5" style="4" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.58203125" style="4" customWidth="1"/>
     <col min="13" max="16384" width="9" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="22.5" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="14" t="s">
         <v>11</v>
       </c>
       <c r="H1" s="14" t="s">
         <v>12</v>
       </c>
       <c r="I1" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="J1" s="22" t="s">
+      <c r="J1" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="K1" s="23"/>
+      <c r="K1" s="27"/>
       <c r="L1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="22.5" customHeight="1">
       <c r="A2" s="17" t="s">
         <v>19</v>
       </c>
       <c r="B2" s="17" t="s">
         <v>272</v>
       </c>
       <c r="C2" s="17" t="s">
         <v>273</v>
       </c>
       <c r="D2" s="17" t="s">
         <v>274</v>
       </c>
       <c r="E2" s="18" t="s">
         <v>275</v>
       </c>
       <c r="F2" s="19" t="s">
         <v>276</v>
       </c>
       <c r="G2" s="14">
         <v>45706</v>
@@ -7460,50 +7795,482 @@
       <c r="D88" s="5" t="s">
         <v>262</v>
       </c>
       <c r="E88" s="6" t="s">
         <v>214</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>215</v>
       </c>
       <c r="G88" s="8">
         <v>45723</v>
       </c>
       <c r="H88" s="8">
         <v>45930</v>
       </c>
       <c r="I88" s="9">
         <v>465614600</v>
       </c>
       <c r="J88" s="13" t="s">
         <v>14</v>
       </c>
       <c r="K88" s="12" t="s">
         <v>17</v>
       </c>
       <c r="L88" s="5"/>
+    </row>
+    <row r="89" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A89" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B89" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C89" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="E89" s="22" t="s">
+        <v>281</v>
+      </c>
+      <c r="F89" s="22" t="s">
+        <v>282</v>
+      </c>
+      <c r="G89" s="23">
+        <v>45685</v>
+      </c>
+      <c r="H89" s="23">
+        <v>46112</v>
+      </c>
+      <c r="I89" s="24">
+        <v>32491800</v>
+      </c>
+      <c r="J89" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K89" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L89" s="22"/>
+    </row>
+    <row r="90" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A90" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B90" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C90" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="E90" s="22" t="s">
+        <v>284</v>
+      </c>
+      <c r="F90" s="22" t="s">
+        <v>285</v>
+      </c>
+      <c r="G90" s="23">
+        <v>45685</v>
+      </c>
+      <c r="H90" s="23">
+        <v>46112</v>
+      </c>
+      <c r="I90" s="24">
+        <v>7360100</v>
+      </c>
+      <c r="J90" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K90" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L90" s="22"/>
+    </row>
+    <row r="91" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A91" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B91" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C91" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="E91" s="22" t="s">
+        <v>287</v>
+      </c>
+      <c r="F91" s="22" t="s">
+        <v>288</v>
+      </c>
+      <c r="G91" s="23">
+        <v>45685</v>
+      </c>
+      <c r="H91" s="23">
+        <v>46112</v>
+      </c>
+      <c r="I91" s="24">
+        <v>6802400</v>
+      </c>
+      <c r="J91" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K91" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L91" s="22"/>
+    </row>
+    <row r="92" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A92" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B92" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C92" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="E92" s="22" t="s">
+        <v>290</v>
+      </c>
+      <c r="F92" s="22" t="s">
+        <v>291</v>
+      </c>
+      <c r="G92" s="23">
+        <v>45685</v>
+      </c>
+      <c r="H92" s="23">
+        <v>46112</v>
+      </c>
+      <c r="I92" s="24">
+        <v>8563500</v>
+      </c>
+      <c r="J92" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K92" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L92" s="22"/>
+    </row>
+    <row r="93" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A93" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B93" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C93" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="E93" s="22" t="s">
+        <v>293</v>
+      </c>
+      <c r="F93" s="22" t="s">
+        <v>294</v>
+      </c>
+      <c r="G93" s="23">
+        <v>45685</v>
+      </c>
+      <c r="H93" s="23">
+        <v>46112</v>
+      </c>
+      <c r="I93" s="24">
+        <v>4804800</v>
+      </c>
+      <c r="J93" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K93" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L93" s="22"/>
+    </row>
+    <row r="94" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A94" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B94" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C94" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="E94" s="22" t="s">
+        <v>296</v>
+      </c>
+      <c r="F94" s="22" t="s">
+        <v>297</v>
+      </c>
+      <c r="G94" s="23">
+        <v>45685</v>
+      </c>
+      <c r="H94" s="23">
+        <v>45869</v>
+      </c>
+      <c r="I94" s="24">
+        <v>5610000</v>
+      </c>
+      <c r="J94" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K94" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L94" s="22"/>
+    </row>
+    <row r="95" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A95" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B95" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C95" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="E95" s="22" t="s">
+        <v>299</v>
+      </c>
+      <c r="F95" s="22" t="s">
+        <v>300</v>
+      </c>
+      <c r="G95" s="23">
+        <v>45685</v>
+      </c>
+      <c r="H95" s="23">
+        <v>45869</v>
+      </c>
+      <c r="I95" s="24">
+        <v>7177500</v>
+      </c>
+      <c r="J95" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K95" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L95" s="22"/>
+    </row>
+    <row r="96" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A96" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B96" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C96" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="E96" s="22" t="s">
+        <v>302</v>
+      </c>
+      <c r="F96" s="22" t="s">
+        <v>303</v>
+      </c>
+      <c r="G96" s="23">
+        <v>45685</v>
+      </c>
+      <c r="H96" s="23">
+        <v>45869</v>
+      </c>
+      <c r="I96" s="24">
+        <v>11000000</v>
+      </c>
+      <c r="J96" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K96" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L96" s="22"/>
+    </row>
+    <row r="97" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A97" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B97" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C97" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="E97" s="22" t="s">
+        <v>305</v>
+      </c>
+      <c r="F97" s="22" t="s">
+        <v>306</v>
+      </c>
+      <c r="G97" s="23">
+        <v>45685</v>
+      </c>
+      <c r="H97" s="23">
+        <v>45869</v>
+      </c>
+      <c r="I97" s="24">
+        <v>14399000</v>
+      </c>
+      <c r="J97" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K97" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L97" s="22"/>
+    </row>
+    <row r="98" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A98" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B98" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C98" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="E98" s="22" t="s">
+        <v>308</v>
+      </c>
+      <c r="F98" s="22" t="s">
+        <v>309</v>
+      </c>
+      <c r="G98" s="23">
+        <v>45685</v>
+      </c>
+      <c r="H98" s="23">
+        <v>45869</v>
+      </c>
+      <c r="I98" s="24">
+        <v>5280000</v>
+      </c>
+      <c r="J98" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K98" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L98" s="22"/>
+    </row>
+    <row r="99" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A99" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B99" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C99" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="E99" s="22" t="s">
+        <v>311</v>
+      </c>
+      <c r="F99" s="22" t="s">
+        <v>312</v>
+      </c>
+      <c r="G99" s="23">
+        <v>45687</v>
+      </c>
+      <c r="H99" s="23">
+        <v>45838</v>
+      </c>
+      <c r="I99" s="24">
+        <v>2090000</v>
+      </c>
+      <c r="J99" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K99" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L99" s="22"/>
+    </row>
+    <row r="100" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A100" s="22" t="s">
+        <v>278</v>
+      </c>
+      <c r="B100" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C100" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="E100" s="22" t="s">
+        <v>314</v>
+      </c>
+      <c r="F100" s="22" t="s">
+        <v>315</v>
+      </c>
+      <c r="G100" s="23">
+        <v>45709</v>
+      </c>
+      <c r="H100" s="23">
+        <v>45930</v>
+      </c>
+      <c r="I100" s="24">
+        <v>6380000</v>
+      </c>
+      <c r="J100" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="K100" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="L100" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="J1:K1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="3">
     <dataValidation type="whole" imeMode="halfAlpha" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="半角数字を入力してください。" error="半角数字のみ入力してください。「円」は不要です。" sqref="I4:I88" xr:uid="{7A40455C-0BEF-4B9F-8BE7-12AD4030CA40}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="日付を入力してください" error="2022/4/1のように入力してください。" sqref="G4:H88" xr:uid="{3148D9B1-B397-4E97-B5C7-F72EC8953F26}">
       <formula1>44652</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J4:J88" xr:uid="{81C5C10A-2E60-4D99-85FD-05E1EBB307B3}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="65" fitToHeight="0" orientation="landscape" errors="blank" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>