--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27328"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DAFDECE7-19EF-4414-9033-C517E26C1C9D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3B93D74A-3168-40FF-B37F-02F57A189534}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-6885" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="様式" sheetId="11" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">様式!$A$1:$K$24</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">様式!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="138">
   <si>
     <t>備考</t>
     <rPh sb="0" eb="2">
       <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>契約件名</t>
     <rPh sb="0" eb="2">
       <t>ケイヤク</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ケンメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>連絡先</t>
     <rPh sb="0" eb="3">
       <t>レンラクサキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -1084,96 +1084,438 @@
     </rPh>
     <rPh sb="7" eb="8">
       <t>シ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ミナミク</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>シラハタ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>埼玉県吉川市大字三輪野江字蓮沼２２７９－２</t>
     <rPh sb="0" eb="3">
       <t>サイタマケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>埼玉県さいたま市大宮区宮町二丁目３５番地</t>
     <rPh sb="0" eb="3">
       <t>サイタマケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>下水道局</t>
+    <rPh sb="0" eb="3">
+      <t>ゲスイドウ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>キョク</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>中川下水道事務所</t>
+    <rPh sb="0" eb="2">
+      <t>ナカガワ</t>
+    </rPh>
+    <rPh sb="2" eb="5">
+      <t>ゲスイドウ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>ジムショ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（八潮）八潮地区交差点陥没現場定点観測業務委託その６</t>
+  </si>
+  <si>
+    <t>第一測量設計株式会社</t>
+    <rPh sb="6" eb="10">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>埼玉県さいたま市南区大谷口５５８６</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ミナミク</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>オオ</t>
+    </rPh>
+    <rPh sb="11" eb="12">
+      <t>タニ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>クチ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（八潮）八潮地区交差点陥没現場定点観測業務委託その７</t>
+  </si>
+  <si>
+    <t>太平洋航業株式会社</t>
+    <rPh sb="5" eb="9">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>埼玉県川口市大字小谷場７８２－２</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>カワグチシ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>オオジ</t>
+    </rPh>
+    <rPh sb="8" eb="9">
+      <t>チイ</t>
+    </rPh>
+    <rPh sb="9" eb="10">
+      <t>タニ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（八潮）八潮地区交差点陥没現場定点観測業務委託その８</t>
+  </si>
+  <si>
+    <t>芝測量建築設計株式会社</t>
+    <rPh sb="7" eb="11">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>埼玉県川口市芝中田２－５－２３</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>カワグチシ</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>シバ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>ナカタ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（八潮）八潮地区交差点陥没現場定点観測業務委託その９</t>
+  </si>
+  <si>
+    <t>株式会社本州</t>
+  </si>
+  <si>
+    <t>埼玉県川口市東川口５－１０－３３</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ヒガシ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>カワグチ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（八潮）八潮地区交差点陥没現場定点観測業務委託その１０</t>
+  </si>
+  <si>
+    <t>株式会社東都コンサルタント</t>
+    <rPh sb="0" eb="4">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>埼玉県川口市江戸袋１－１－１３</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>カワグチシ</t>
+    </rPh>
+    <rPh sb="6" eb="9">
+      <t>エドブクロ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>中川流域中央幹線人孔改築方法検討業務委託</t>
+  </si>
+  <si>
+    <t>株式会社エース埼玉営業所</t>
+    <rPh sb="0" eb="4">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>埼玉県さいたま市南区大谷場１－５－１７－１０３</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ミナミク</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>オオ</t>
+    </rPh>
+    <rPh sb="11" eb="12">
+      <t>タニ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（八潮）交通誘導警備業務委託その６</t>
+  </si>
+  <si>
+    <t>株式会社織田興業</t>
+  </si>
+  <si>
+    <t>埼玉県八潮市中央１－３－１３</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>ヤシオシ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>チュウオウ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（八潮）汚水バイパス管撤去工事</t>
+  </si>
+  <si>
+    <t>流入渠脱臭設備工事</t>
+  </si>
+  <si>
+    <t>前澤工業株式会社北関東支店</t>
+    <rPh sb="8" eb="13">
+      <t>キタカントウシテン</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>埼玉県川口市仲町５－１１</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="3" eb="6">
+      <t>カワグチシ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>ナカマチ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（八潮）公共汚水中継ポンプ場消臭剤添加設備運転管理業務委託</t>
+  </si>
+  <si>
+    <t>埼玉薬品株式会社</t>
+    <rPh sb="4" eb="8">
+      <t>カブシキガイシャ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>埼玉県さいたま市見沼区卸町１－４３</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="8" eb="11">
+      <t>ミヌマク</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>オロシマチ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（八潮）中川流域中央幹線臭気調査・検討業務委託その１</t>
+  </si>
+  <si>
+    <t>公益社団法人におい・かおり環境協会</t>
+    <rPh sb="0" eb="6">
+      <t>コウエキシャダンホウジン</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>キョウカイ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>東京都新宿区四谷三栄町６－６四谷МＳビル４階</t>
+    <rPh sb="3" eb="6">
+      <t>シンジュクク</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>ヨツヤ</t>
+    </rPh>
+    <rPh sb="8" eb="11">
+      <t>サンエイチョウ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>ヨツヤ</t>
+    </rPh>
+    <rPh sb="21" eb="22">
+      <t>カイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>（八潮）中川流域中央幹線臭気調査・検討業務委託その２</t>
+  </si>
+  <si>
+    <t>日本工営株式会社北関東事務所</t>
+    <rPh sb="8" eb="11">
+      <t>キタカントウ</t>
+    </rPh>
+    <rPh sb="11" eb="14">
+      <t>ジムショ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>埼玉県さいたま市大宮区宮町２－３５</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="8" eb="11">
+      <t>オオミヤク</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>ミヤマチ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>中川流域路面下空洞調査資料作成等業務委託</t>
+  </si>
+  <si>
+    <t>シーエスコンサルタント株式会社</t>
+    <rPh sb="11" eb="15">
+      <t>カブシキカイシャ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>埼玉県さいたま市南区南浦和２－３９－１６</t>
+    <rPh sb="0" eb="3">
+      <t>サイタマケン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>シ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ミナミク</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>ミナミ</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>ウラワ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="#,##0;&quot;△ &quot;#,##0"/>
     <numFmt numFmtId="177" formatCode="#,##0_);[Red]\(#,##0\)"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="12"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF333333"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="MS P ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
-      <color rgb="FFFF0000"/>
+      <color theme="1"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
@@ -1252,64 +1594,60 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
@@ -1319,51 +1657,71 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="176" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="177" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="177" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
@@ -1664,999 +2022,1456 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AAAAD512-D221-40FF-B394-0AD039BEC146}">
   <sheetPr>
     <tabColor indexed="42"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L24"/>
+  <dimension ref="A1:L37"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="22.5" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="15.58203125" style="11" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="16384" width="9" style="11"/>
+    <col min="1" max="1" width="15.58203125" style="10" customWidth="1"/>
+    <col min="2" max="2" width="25" style="10" customWidth="1"/>
+    <col min="3" max="3" width="21.83203125" style="10" customWidth="1"/>
+    <col min="4" max="4" width="35" style="10" customWidth="1"/>
+    <col min="5" max="5" width="28.08203125" style="10" customWidth="1"/>
+    <col min="6" max="6" width="39.33203125" style="10" customWidth="1"/>
+    <col min="7" max="8" width="12.33203125" style="12" customWidth="1"/>
+    <col min="9" max="9" width="12.33203125" style="13" customWidth="1"/>
+    <col min="10" max="10" width="8" style="10" customWidth="1"/>
+    <col min="11" max="11" width="68.5" style="10" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="15.58203125" style="10" customWidth="1"/>
+    <col min="13" max="16384" width="9" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="5" customFormat="1" ht="22.5" customHeight="1">
+    <row r="1" spans="1:12" s="4" customFormat="1" ht="22.5" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="17" t="s">
+      <c r="G1" s="20" t="s">
         <v>11</v>
       </c>
-      <c r="H1" s="17" t="s">
+      <c r="H1" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="I1" s="3" t="s">
+      <c r="I1" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="J1" s="18" t="s">
+      <c r="J1" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="K1" s="19"/>
-      <c r="L1" s="4" t="s">
+      <c r="K1" s="23"/>
+      <c r="L1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A2" s="6" t="s">
+      <c r="A2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B2" s="6" t="s">
+      <c r="B2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C2" s="6" t="s">
+      <c r="C2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="D2" s="6" t="s">
+      <c r="D2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="F2" s="8" t="s">
+      <c r="F2" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="G2" s="9">
+      <c r="G2" s="8">
         <v>45765</v>
       </c>
-      <c r="H2" s="9">
+      <c r="H2" s="8">
         <v>45838</v>
       </c>
-      <c r="I2" s="10">
+      <c r="I2" s="9">
         <v>1144000</v>
       </c>
-      <c r="J2" s="16" t="s">
+      <c r="J2" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K2" s="15" t="s">
+      <c r="K2" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L2" s="6"/>
+      <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A3" s="6" t="s">
+      <c r="A3" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B3" s="6" t="s">
+      <c r="B3" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C3" s="6" t="s">
+      <c r="C3" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="D3" s="6" t="s">
+      <c r="D3" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="E3" s="7" t="s">
+      <c r="E3" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="F3" s="8" t="s">
+      <c r="F3" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="G3" s="9">
+      <c r="G3" s="8">
         <v>45784</v>
       </c>
-      <c r="H3" s="9">
+      <c r="H3" s="8">
         <v>46112</v>
       </c>
-      <c r="I3" s="12">
+      <c r="I3" s="11">
         <v>3197040</v>
       </c>
-      <c r="J3" s="16" t="s">
+      <c r="J3" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="K3" s="15" t="s">
+      <c r="K3" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="L3" s="6"/>
+      <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A4" s="6" t="s">
+      <c r="A4" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="6" t="s">
+      <c r="B4" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="C4" s="6" t="s">
+      <c r="C4" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="D4" s="6" t="s">
+      <c r="D4" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="E4" s="7" t="s">
+      <c r="E4" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="F4" s="8" t="s">
+      <c r="F4" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="G4" s="9">
+      <c r="G4" s="8">
         <v>45748</v>
       </c>
-      <c r="H4" s="9">
+      <c r="H4" s="8">
         <v>46112</v>
       </c>
-      <c r="I4" s="12">
+      <c r="I4" s="11">
         <v>5148000</v>
       </c>
-      <c r="J4" s="16" t="s">
+      <c r="J4" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="K4" s="15" t="s">
+      <c r="K4" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="L4" s="6"/>
+      <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A5" s="6" t="s">
+      <c r="A5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C5" s="6" t="s">
+      <c r="C5" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E5" s="7" t="s">
+      <c r="E5" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="F5" s="8" t="s">
+      <c r="F5" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="G5" s="9">
+      <c r="G5" s="8">
         <v>45788</v>
       </c>
-      <c r="H5" s="9">
+      <c r="H5" s="8">
         <v>45839</v>
       </c>
-      <c r="I5" s="12">
+      <c r="I5" s="11">
         <v>14586000</v>
       </c>
-      <c r="J5" s="16" t="s">
+      <c r="J5" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="15" t="s">
+      <c r="K5" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="L5" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A6" s="6" t="s">
+      <c r="A6" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="C6" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="D6" s="6" t="s">
+      <c r="D6" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="E6" s="7" t="s">
+      <c r="E6" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="F6" s="8" t="s">
+      <c r="F6" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="G6" s="9">
+      <c r="G6" s="8">
         <v>45838</v>
       </c>
-      <c r="H6" s="9">
+      <c r="H6" s="8">
         <v>45930</v>
       </c>
-      <c r="I6" s="12">
+      <c r="I6" s="11">
         <v>22110000</v>
       </c>
-      <c r="J6" s="16" t="s">
+      <c r="J6" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K6" s="15" t="s">
+      <c r="K6" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L6" s="6"/>
+      <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A7" s="6" t="s">
+      <c r="A7" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B7" s="6" t="s">
+      <c r="B7" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="C7" s="6" t="s">
+      <c r="C7" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="D7" s="6" t="s">
+      <c r="D7" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E7" s="7" t="s">
+      <c r="E7" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="F7" s="8" t="s">
+      <c r="F7" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="G7" s="9">
+      <c r="G7" s="8">
         <v>45785</v>
       </c>
-      <c r="H7" s="9">
+      <c r="H7" s="8">
         <v>45930</v>
       </c>
-      <c r="I7" s="12">
+      <c r="I7" s="11">
         <v>31790000</v>
       </c>
-      <c r="J7" s="16" t="s">
+      <c r="J7" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K7" s="15" t="s">
+      <c r="K7" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L7" s="6"/>
+      <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A8" s="6" t="s">
+      <c r="A8" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B8" s="6" t="s">
+      <c r="B8" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="C8" s="6" t="s">
+      <c r="C8" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="D8" s="6" t="s">
+      <c r="D8" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E8" s="7" t="s">
+      <c r="E8" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="F8" s="8" t="s">
+      <c r="F8" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="G8" s="9">
+      <c r="G8" s="8">
         <v>45785</v>
       </c>
-      <c r="H8" s="9">
+      <c r="H8" s="8">
         <v>46112</v>
       </c>
-      <c r="I8" s="12">
+      <c r="I8" s="11">
         <v>33550000</v>
       </c>
-      <c r="J8" s="16" t="s">
+      <c r="J8" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K8" s="15" t="s">
+      <c r="K8" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L8" s="6"/>
+      <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A9" s="6" t="s">
+      <c r="A9" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B9" s="6" t="s">
+      <c r="B9" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C9" s="6" t="s">
+      <c r="C9" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D9" s="6" t="s">
+      <c r="D9" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="E9" s="7" t="s">
+      <c r="E9" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="F9" s="8" t="s">
+      <c r="F9" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="G9" s="9">
+      <c r="G9" s="8">
         <v>45689</v>
       </c>
-      <c r="H9" s="9">
+      <c r="H9" s="8">
         <v>45838</v>
       </c>
-      <c r="I9" s="12">
+      <c r="I9" s="11">
         <v>11240900</v>
       </c>
-      <c r="J9" s="16" t="s">
+      <c r="J9" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K9" s="15" t="s">
+      <c r="K9" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L9" s="6" t="s">
+      <c r="L9" s="5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A10" s="6" t="s">
+      <c r="A10" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B10" s="6" t="s">
+      <c r="B10" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C10" s="6" t="s">
+      <c r="C10" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D10" s="6" t="s">
+      <c r="D10" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="E10" s="7" t="s">
+      <c r="E10" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="F10" s="8" t="s">
+      <c r="F10" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="G10" s="9">
+      <c r="G10" s="8">
         <v>45705</v>
       </c>
-      <c r="H10" s="9">
+      <c r="H10" s="8">
         <v>45838</v>
       </c>
-      <c r="I10" s="12">
+      <c r="I10" s="11">
         <v>20886800</v>
       </c>
-      <c r="J10" s="16" t="s">
+      <c r="J10" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K10" s="15" t="s">
+      <c r="K10" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="L10" s="5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A11" s="6" t="s">
+      <c r="A11" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B11" s="6" t="s">
+      <c r="B11" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C11" s="6" t="s">
+      <c r="C11" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="D11" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="E11" s="7" t="s">
+      <c r="E11" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="F11" s="8" t="s">
+      <c r="F11" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="G11" s="9">
+      <c r="G11" s="8">
         <v>45723</v>
       </c>
-      <c r="H11" s="9">
+      <c r="H11" s="8">
         <v>46112</v>
       </c>
-      <c r="I11" s="12">
+      <c r="I11" s="11">
         <v>18700000</v>
       </c>
-      <c r="J11" s="16" t="s">
+      <c r="J11" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K11" s="15" t="s">
+      <c r="K11" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="L11" s="5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A12" s="6" t="s">
+      <c r="A12" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="B12" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C12" s="6" t="s">
+      <c r="C12" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D12" s="6" t="s">
+      <c r="D12" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="E12" s="7" t="s">
+      <c r="E12" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="F12" s="8" t="s">
+      <c r="F12" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="G12" s="9">
+      <c r="G12" s="8">
         <v>45723</v>
       </c>
-      <c r="H12" s="9">
+      <c r="H12" s="8">
         <v>46112</v>
       </c>
-      <c r="I12" s="12">
+      <c r="I12" s="11">
         <v>6545000</v>
       </c>
-      <c r="J12" s="16" t="s">
+      <c r="J12" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K12" s="15" t="s">
+      <c r="K12" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L12" s="6" t="s">
+      <c r="L12" s="5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A13" s="6" t="s">
+      <c r="A13" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B13" s="6" t="s">
+      <c r="B13" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C13" s="6" t="s">
+      <c r="C13" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D13" s="6" t="s">
+      <c r="D13" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E13" s="7" t="s">
+      <c r="E13" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="F13" s="8" t="s">
+      <c r="F13" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="G13" s="9">
+      <c r="G13" s="8">
         <v>45723</v>
       </c>
-      <c r="H13" s="9">
+      <c r="H13" s="8">
         <v>45930</v>
       </c>
-      <c r="I13" s="12">
+      <c r="I13" s="11">
         <v>499532000</v>
       </c>
-      <c r="J13" s="16" t="s">
+      <c r="J13" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K13" s="15" t="s">
+      <c r="K13" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L13" s="6" t="s">
+      <c r="L13" s="5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A14" s="6" t="s">
+      <c r="A14" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B14" s="6" t="s">
+      <c r="B14" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C14" s="6" t="s">
+      <c r="C14" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D14" s="6" t="s">
+      <c r="D14" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="E14" s="7" t="s">
+      <c r="E14" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="F14" s="8" t="s">
+      <c r="F14" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="G14" s="9">
+      <c r="G14" s="8">
         <v>45748</v>
       </c>
-      <c r="H14" s="9">
+      <c r="H14" s="8">
         <v>45838</v>
       </c>
-      <c r="I14" s="12">
+      <c r="I14" s="11">
         <v>3960000</v>
       </c>
-      <c r="J14" s="16" t="s">
+      <c r="J14" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K14" s="15" t="s">
+      <c r="K14" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="L14" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A15" s="6" t="s">
+      <c r="A15" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B15" s="6" t="s">
+      <c r="B15" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C15" s="6" t="s">
+      <c r="C15" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="D15" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="E15" s="7" t="s">
+      <c r="E15" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="F15" s="8" t="s">
+      <c r="F15" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="G15" s="9">
+      <c r="G15" s="8">
         <v>45748</v>
       </c>
-      <c r="H15" s="9">
+      <c r="H15" s="8">
         <v>45930</v>
       </c>
-      <c r="I15" s="12">
+      <c r="I15" s="11">
         <v>108460000</v>
       </c>
-      <c r="J15" s="16" t="s">
+      <c r="J15" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K15" s="15" t="s">
+      <c r="K15" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="L15" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A16" s="6" t="s">
+      <c r="A16" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B16" s="6" t="s">
+      <c r="B16" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C16" s="6" t="s">
+      <c r="C16" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D16" s="6" t="s">
+      <c r="D16" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="E16" s="7" t="s">
+      <c r="E16" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="F16" s="8" t="s">
+      <c r="F16" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="G16" s="9">
+      <c r="G16" s="8">
         <v>45748</v>
       </c>
-      <c r="H16" s="9">
+      <c r="H16" s="8">
         <v>45930</v>
       </c>
-      <c r="I16" s="12">
+      <c r="I16" s="11">
         <v>76626000</v>
       </c>
-      <c r="J16" s="16" t="s">
+      <c r="J16" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K16" s="15" t="s">
+      <c r="K16" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L16" s="6" t="s">
+      <c r="L16" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A17" s="6" t="s">
+      <c r="A17" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B17" s="6" t="s">
+      <c r="B17" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C17" s="6" t="s">
+      <c r="C17" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D17" s="6" t="s">
+      <c r="D17" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="E17" s="7" t="s">
+      <c r="E17" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="F17" s="8" t="s">
+      <c r="F17" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="G17" s="9">
+      <c r="G17" s="8">
         <v>45748</v>
       </c>
-      <c r="H17" s="9">
+      <c r="H17" s="8">
         <v>45930</v>
       </c>
-      <c r="I17" s="12">
+      <c r="I17" s="11">
         <v>22572000</v>
       </c>
-      <c r="J17" s="16" t="s">
+      <c r="J17" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K17" s="15" t="s">
+      <c r="K17" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L17" s="6" t="s">
+      <c r="L17" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A18" s="6" t="s">
+      <c r="A18" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B18" s="6" t="s">
+      <c r="B18" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C18" s="6" t="s">
+      <c r="C18" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D18" s="6" t="s">
+      <c r="D18" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="E18" s="7" t="s">
+      <c r="E18" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="F18" s="8" t="s">
+      <c r="F18" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="G18" s="9">
+      <c r="G18" s="8">
         <v>45765</v>
       </c>
-      <c r="H18" s="9">
+      <c r="H18" s="8">
         <v>45838</v>
       </c>
-      <c r="I18" s="12">
+      <c r="I18" s="11">
         <v>2420000</v>
       </c>
-      <c r="J18" s="16" t="s">
+      <c r="J18" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K18" s="15" t="s">
+      <c r="K18" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="L18" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A19" s="6" t="s">
+      <c r="A19" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B19" s="6" t="s">
+      <c r="B19" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C19" s="6" t="s">
+      <c r="C19" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="D19" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="E19" s="7" t="s">
+      <c r="E19" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="F19" s="8" t="s">
+      <c r="F19" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="G19" s="9">
+      <c r="G19" s="8">
         <v>45775</v>
       </c>
-      <c r="H19" s="9">
+      <c r="H19" s="8">
         <v>45808</v>
       </c>
-      <c r="I19" s="12">
+      <c r="I19" s="11">
         <v>21480800</v>
       </c>
-      <c r="J19" s="16" t="s">
+      <c r="J19" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K19" s="15" t="s">
+      <c r="K19" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="L19" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A20" s="6" t="s">
+      <c r="A20" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B20" s="6" t="s">
+      <c r="B20" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C20" s="6" t="s">
+      <c r="C20" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D20" s="6" t="s">
+      <c r="D20" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="E20" s="7" t="s">
+      <c r="E20" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="F20" s="8" t="s">
+      <c r="F20" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="G20" s="9">
+      <c r="G20" s="8">
         <v>45778</v>
       </c>
-      <c r="H20" s="9">
+      <c r="H20" s="8">
         <v>45808</v>
       </c>
-      <c r="I20" s="12">
+      <c r="I20" s="11">
         <v>5720000</v>
       </c>
-      <c r="J20" s="16" t="s">
+      <c r="J20" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K20" s="15" t="s">
+      <c r="K20" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L20" s="6" t="s">
+      <c r="L20" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A21" s="6" t="s">
+      <c r="A21" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B21" s="6" t="s">
+      <c r="B21" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C21" s="6" t="s">
+      <c r="C21" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D21" s="6" t="s">
+      <c r="D21" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="E21" s="7" t="s">
+      <c r="E21" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F21" s="8" t="s">
+      <c r="F21" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="G21" s="9">
+      <c r="G21" s="8">
         <v>45778</v>
       </c>
-      <c r="H21" s="9">
+      <c r="H21" s="8">
         <v>45808</v>
       </c>
-      <c r="I21" s="12">
+      <c r="I21" s="11">
         <v>3410000</v>
       </c>
-      <c r="J21" s="16" t="s">
+      <c r="J21" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K21" s="15" t="s">
+      <c r="K21" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L21" s="6" t="s">
+      <c r="L21" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A22" s="6" t="s">
+      <c r="A22" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="6" t="s">
+      <c r="B22" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C22" s="6" t="s">
+      <c r="C22" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D22" s="6" t="s">
+      <c r="D22" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="E22" s="7" t="s">
+      <c r="E22" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="F22" s="8" t="s">
+      <c r="F22" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="G22" s="9">
+      <c r="G22" s="8">
         <v>45790</v>
       </c>
-      <c r="H22" s="9">
+      <c r="H22" s="8">
         <v>45930</v>
       </c>
-      <c r="I22" s="12">
+      <c r="I22" s="11">
         <v>28512000</v>
       </c>
-      <c r="J22" s="16" t="s">
+      <c r="J22" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K22" s="15" t="s">
+      <c r="K22" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L22" s="6" t="s">
+      <c r="L22" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A23" s="6" t="s">
+      <c r="A23" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B23" s="6" t="s">
+      <c r="B23" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C23" s="6" t="s">
+      <c r="C23" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D23" s="6" t="s">
+      <c r="D23" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="E23" s="7" t="s">
+      <c r="E23" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="F23" s="8" t="s">
+      <c r="F23" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="G23" s="9">
+      <c r="G23" s="8">
         <v>45790</v>
       </c>
-      <c r="H23" s="9">
+      <c r="H23" s="8">
         <v>45930</v>
       </c>
-      <c r="I23" s="12">
+      <c r="I23" s="11">
         <v>9207000</v>
       </c>
-      <c r="J23" s="16" t="s">
+      <c r="J23" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="K23" s="15" t="s">
+      <c r="K23" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="L23" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="22.5" customHeight="1">
-      <c r="A24" s="6" t="s">
+      <c r="A24" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B24" s="6" t="s">
+      <c r="B24" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C24" s="6" t="s">
+      <c r="C24" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D24" s="6" t="s">
+      <c r="D24" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="E24" s="7" t="s">
+      <c r="E24" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="F24" s="8" t="s">
+      <c r="F24" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="G24" s="9">
+      <c r="G24" s="8">
         <v>45791</v>
       </c>
-      <c r="H24" s="9">
+      <c r="H24" s="8">
         <v>46112</v>
       </c>
-      <c r="I24" s="12">
+      <c r="I24" s="11">
         <v>229724000</v>
       </c>
-      <c r="J24" s="16" t="s">
+      <c r="J24" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="K24" s="15" t="s">
+      <c r="K24" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="L24" s="6"/>
+      <c r="L24" s="5"/>
+    </row>
+    <row r="25" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A25" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B25" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C25" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E25" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="F25" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="G25" s="17">
+        <v>45748</v>
+      </c>
+      <c r="H25" s="17">
+        <v>46112</v>
+      </c>
+      <c r="I25" s="18">
+        <v>3619000</v>
+      </c>
+      <c r="J25" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K25" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L25" s="16"/>
+    </row>
+    <row r="26" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A26" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="E26" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="F26" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="G26" s="17">
+        <v>45748</v>
+      </c>
+      <c r="H26" s="17">
+        <v>45912</v>
+      </c>
+      <c r="I26" s="18">
+        <v>2550900</v>
+      </c>
+      <c r="J26" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K26" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L26" s="16"/>
+    </row>
+    <row r="27" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A27" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B27" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C27" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E27" s="16" t="s">
+        <v>108</v>
+      </c>
+      <c r="F27" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="G27" s="17">
+        <v>45748</v>
+      </c>
+      <c r="H27" s="17">
+        <v>45912</v>
+      </c>
+      <c r="I27" s="18">
+        <v>2882000</v>
+      </c>
+      <c r="J27" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K27" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L27" s="16"/>
+    </row>
+    <row r="28" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A28" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B28" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C28" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="E28" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="F28" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="G28" s="17">
+        <v>45748</v>
+      </c>
+      <c r="H28" s="17">
+        <v>45912</v>
+      </c>
+      <c r="I28" s="18">
+        <v>2998600</v>
+      </c>
+      <c r="J28" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K28" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L28" s="16"/>
+    </row>
+    <row r="29" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A29" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B29" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C29" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E29" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="F29" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="G29" s="17">
+        <v>45748</v>
+      </c>
+      <c r="H29" s="17">
+        <v>45912</v>
+      </c>
+      <c r="I29" s="18">
+        <v>2550900</v>
+      </c>
+      <c r="J29" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K29" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L29" s="16"/>
+    </row>
+    <row r="30" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A30" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B30" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C30" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E30" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="G30" s="17">
+        <v>45748</v>
+      </c>
+      <c r="H30" s="17">
+        <v>46112</v>
+      </c>
+      <c r="I30" s="18">
+        <v>9108000</v>
+      </c>
+      <c r="J30" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K30" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L30" s="16"/>
+    </row>
+    <row r="31" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A31" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B31" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C31" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E31" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="F31" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="G31" s="17">
+        <v>45748</v>
+      </c>
+      <c r="H31" s="17">
+        <v>45930</v>
+      </c>
+      <c r="I31" s="18">
+        <v>355597000</v>
+      </c>
+      <c r="J31" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K31" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L31" s="16"/>
+    </row>
+    <row r="32" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A32" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B32" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C32" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="E32" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="F32" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="G32" s="17">
+        <v>45748</v>
+      </c>
+      <c r="H32" s="17">
+        <v>46112</v>
+      </c>
+      <c r="I32" s="18">
+        <v>37760800</v>
+      </c>
+      <c r="J32" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K32" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L32" s="16"/>
+    </row>
+    <row r="33" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A33" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B33" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C33" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="E33" s="16" t="s">
+        <v>124</v>
+      </c>
+      <c r="F33" s="16" t="s">
+        <v>125</v>
+      </c>
+      <c r="G33" s="17">
+        <v>45772</v>
+      </c>
+      <c r="H33" s="17">
+        <v>46112</v>
+      </c>
+      <c r="I33" s="18">
+        <v>86900000</v>
+      </c>
+      <c r="J33" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K33" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L33" s="16"/>
+    </row>
+    <row r="34" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A34" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B34" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C34" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="E34" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="F34" s="16" t="s">
+        <v>128</v>
+      </c>
+      <c r="G34" s="17">
+        <v>45777</v>
+      </c>
+      <c r="H34" s="17">
+        <v>46038</v>
+      </c>
+      <c r="I34" s="18">
+        <v>140030000</v>
+      </c>
+      <c r="J34" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K34" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L34" s="16"/>
+    </row>
+    <row r="35" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A35" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B35" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C35" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="E35" s="16" t="s">
+        <v>130</v>
+      </c>
+      <c r="F35" s="16" t="s">
+        <v>131</v>
+      </c>
+      <c r="G35" s="17">
+        <v>45779</v>
+      </c>
+      <c r="H35" s="17">
+        <v>46017</v>
+      </c>
+      <c r="I35" s="18">
+        <v>7292000</v>
+      </c>
+      <c r="J35" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K35" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L35" s="16"/>
+    </row>
+    <row r="36" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A36" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B36" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C36" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="E36" s="16" t="s">
+        <v>133</v>
+      </c>
+      <c r="F36" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="G36" s="17">
+        <v>45779</v>
+      </c>
+      <c r="H36" s="17">
+        <v>46017</v>
+      </c>
+      <c r="I36" s="18">
+        <v>7238000</v>
+      </c>
+      <c r="J36" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="K36" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L36" s="16"/>
+    </row>
+    <row r="37" spans="1:12" ht="22.5" customHeight="1">
+      <c r="A37" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B37" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C37" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D37" s="16" t="s">
+        <v>135</v>
+      </c>
+      <c r="E37" s="16" t="s">
+        <v>136</v>
+      </c>
+      <c r="F37" s="16" t="s">
+        <v>137</v>
+      </c>
+      <c r="G37" s="17">
+        <v>45813</v>
+      </c>
+      <c r="H37" s="17">
+        <v>46017</v>
+      </c>
+      <c r="I37" s="18">
+        <v>5104000</v>
+      </c>
+      <c r="J37" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="K37" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="L37" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="J1:K1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <dataValidations count="2">
+  <dataValidations count="3">
     <dataValidation type="whole" imeMode="halfAlpha" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="半角数字を入力してください。" error="半角数字のみ入力してください。「円」は不要です。" sqref="I2:I24" xr:uid="{7A40455C-0BEF-4B9F-8BE7-12AD4030CA40}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="日付を入力してください" error="2022/4/1のように入力してください。" sqref="G2:H24" xr:uid="{3148D9B1-B397-4E97-B5C7-F72EC8953F26}">
       <formula1>44652</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J2:J24" xr:uid="{81C5C10A-2E60-4D99-85FD-05E1EBB307B3}">
+      <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="44" fitToHeight="0" orientation="landscape" errors="blank" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
-  <extLst>
-[...10 lines deleted...]
-  </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>